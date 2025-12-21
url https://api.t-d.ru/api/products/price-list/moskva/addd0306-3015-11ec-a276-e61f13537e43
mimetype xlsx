--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="924">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="916">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>04.11.2025 17:15:56</t>
+    <t>21.12.2025 08:14:51</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -905,60 +905,57 @@
   <si>
     <t>00000477135</t>
   </si>
   <si>
     <t>Доска для пиццы Профлайнтрейд Доска д/пиццы 260х13</t>
   </si>
   <si>
     <t>Доска д/пиццы 260х13</t>
   </si>
   <si>
     <t>Доски для пиццы</t>
   </si>
   <si>
     <t>Доска разделочная круглая для пиццы. Размеры: 260х13мм. Материал: бук</t>
   </si>
   <si>
     <t>Профлайнтрейд</t>
   </si>
   <si>
     <t>Доски из дерева</t>
   </si>
   <si>
     <t>00000038645</t>
   </si>
   <si>
-    <t>Доска для пиццы Фабрика Авторской мебели Доска д/пиццы 350х20</t>
+    <t>Доска для пиццы Профлайнтрейд Доска д/пиццы 350х20</t>
   </si>
   <si>
     <t>Доска д/пиццы 350х20</t>
   </si>
   <si>
     <t>Доска разделочная круглая для пиццы. Размеры: 350х20мм или 340х20мм. Материал: бук</t>
-  </si>
-[...1 lines deleted...]
-    <t>Фабрика Авторской мебели</t>
   </si>
   <si>
     <t>00000038646</t>
   </si>
   <si>
     <t>Скребок Lilly 141 new</t>
   </si>
   <si>
     <t>141 new</t>
   </si>
   <si>
     <t>Скребок 141 изготовлен из нержавеющей стали, ручка - из пластика. Рабочя поверхность сребка гибкая. Длина изделия - 12 см</t>
   </si>
   <si>
     <t>00000035913</t>
   </si>
   <si>
     <t>Нож для пиццы Lilly 150</t>
   </si>
   <si>
     <t>Ножи для пиццы</t>
   </si>
   <si>
     <t>Нож для пиццы 150  прямой изготовлен из нержавеющей стали, ручка - из пластика. Диаметр рабочей поверхности - 10 см</t>
   </si>
@@ -1707,68 +1704,50 @@
   <si>
     <t>Печь для пиццы купольная Morello Forni Печь д/пиццы L 100 ST</t>
   </si>
   <si>
     <t>Печь д/пиццы L 100 ST</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии L, модель L 100 ST, Стандартное исполнение, 1380х1520х1680 мм, Рабочая температура: 350 - 400 C,</t>
   </si>
   <si>
     <t>00000380568</t>
   </si>
   <si>
     <t>Сумка для пиццы Cambro GBP220 110</t>
   </si>
   <si>
     <t>GBP220 110</t>
   </si>
   <si>
     <t>Сумка для пиццы GBP220 110 (2 шт. по 51 см или 3 шт. по 45,7 см, черная). Цвет: черный. Материал: нейлон. Вмещает: две коробки для пиццы по 51 см или три по 45,7 см. Размеры сумки: 43 х 55 х 16,5 см. Высококачественные материалы и прочная конструкция для защиты качества продуктов питания и температуры на пути от кухни до потребителя. Оснащена двумя ремнями, рассчитаными на большую нагрузку, нейлоновой ручкой, длинной застежкой-липучкой для надёжного и долгосрочного открывания-закрывания. Превосходный контроль влажности и передовая промышленная технология поддержания температуры. Прочный, созданный для промышленных целей, нейлон на внешней стороне устойчив к пятнам и легко моется.</t>
   </si>
   <si>
     <t>00000353880</t>
   </si>
   <si>
-    <t>Тепловая витрина для пиццы EKSI HW-815</t>
-[...16 lines deleted...]
-  <si>
     <t>Печь для пиццы подовая WellPizza Piccolo 1M</t>
   </si>
   <si>
     <t>Piccolo 1M</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Piccolo 1M, 568х500х280мм, 220В, 1600Вт, 23 кг, размеры пекарной камеры 410x360x90, электромеханическое управление.</t>
   </si>
   <si>
     <t>00000303937</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Piccolo 2M</t>
   </si>
   <si>
     <t>Piccolo 2M</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Piccolo 2M, 568х500х430мм, 220В, 3200Вт, размеры пекарной камеры 410x360x90мм, электромеханическое управление.</t>
   </si>
   <si>
     <t>00000303938</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Semplice 4M</t>
@@ -2373,50 +2352,59 @@
   <si>
     <t>Форма-сетка для пиццы 949.030. Материал: алюминий с антипригарным покрытием. Размер: диаметр 30,5 см. Назначение: для выпечки пиццы.</t>
   </si>
   <si>
     <t>00000037722</t>
   </si>
   <si>
     <t>Форма для пиццы Pujadas 949.035</t>
   </si>
   <si>
     <t>Форма-сетка для пиццы 949.025. Материал: алюминий с антипригарным покрытием. Размер: диаметр 35,5 см. Назначение: для выпечки пиццы.</t>
   </si>
   <si>
     <t>00000037723</t>
   </si>
   <si>
     <t>Форма для пиццы Pujadas 949.040</t>
   </si>
   <si>
     <t>Форма-сетка для пиццы 949.025. Материал: алюминий с антипригарным покрытием. Размер: диаметр 40 см. Назначение: для выпечки пиццы.</t>
   </si>
   <si>
     <t>00000037724</t>
   </si>
   <si>
+    <t>Форма для пиццы Pujadas 963.030</t>
+  </si>
+  <si>
+    <t>Форма-сетка для пиццы 963.030. Материал: алюминий. Размеры: d=30 см. Страна: Испания</t>
+  </si>
+  <si>
+    <t>00000037726</t>
+  </si>
+  <si>
     <t>Форма для пиццы Pujadas 963.040</t>
   </si>
   <si>
     <t>Форма-сетка для пиццы 963.040. Материал: алюминий. Размеры: d=40 см. Страна: Испания</t>
   </si>
   <si>
     <t>00000037729</t>
   </si>
   <si>
     <t>Печь для пиццы купольная Morello Forni Печь д/пиццы PAX 120</t>
   </si>
   <si>
     <t>Печь д/пиццы PAX 120</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии PAX 120,  1400х1400х1740 мм</t>
   </si>
   <si>
     <t>00000162346</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Basic2 6M</t>
   </si>
   <si>
     <t>Basic2 6M</t>
@@ -2708,62 +2696,50 @@
   </si>
   <si>
     <t>Печь для пиццы купольная Valoriani Vesuvio OT 120 основание</t>
   </si>
   <si>
     <t>Vesuvio OT 120 основание</t>
   </si>
   <si>
     <t>Основные характеристики:
 Габариты 1600x1700х1903мм, рабочая температура 250/470°C, вместимость: 5-6 пицц Ø30см. Искрогаситель в комплекте</t>
   </si>
   <si>
     <t>00000477170</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Profess 66M L (полн. кам)</t>
   </si>
   <si>
     <t>Profess 66M L (полн. кам)</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Professionale 66M L (полная отделка камнем) - 18 000 Вт, 380В, 1360x954x745 мм. вместимость 12 пицц диаметром 33</t>
   </si>
   <si>
     <t>00000445371</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000226013</t>
   </si>
   <si>
     <t>Подставка для печей для пиццы Abat ПП-2</t>
   </si>
   <si>
     <t>Габариты: 820х615х855 мм. Макс. нагрузка на полку 140 кг. Макс. общая нагрузка на подставку 270 кг. Конструкция разборная. Макс. нагрузка на столешницу 270 кг. Вес (без упаковки) 34 кг.</t>
   </si>
   <si>
     <t>00000176834</t>
   </si>
   <si>
     <t>Подставка для печей для пиццы WLBake STZM-35/2</t>
   </si>
   <si>
     <t>STZM-35/2</t>
   </si>
   <si>
     <t>Подставка STZM-35 для печей Cupponne серии Tiziano, мод.TZ 435/2M, Сварная конструкция. Изготовлен из нержавеющей стали 430 (2 мм). Имеет столешницу и обвязку ножек без полки. Габариты стенда: 1000x840x970 мм. Ножки регулируются по высоте.</t>
   </si>
   <si>
     <t>00000379979</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Вулкан-Heidebrenner  ETP Марсили, 41121</t>
   </si>
@@ -2978,51 +2954,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28809dcd5074a1705cb15854c5422148.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd358da110b1484f789eff16f699641.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d8955ed1721c5bfb1b3ed861f91cbe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe020cb8ef60876dae0334b0c0c91bfd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57491d63985a1c57421d507ed83a3773.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667566336498d0bf80201bad1dcd8943.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1827247a98baebbf920b6d4461047d.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2666306158e3f809df5fec81ed4499.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03c13fefbfd5ebb437979bbc6a417dda.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33bc95f01c3db046afe1279e4acfdaf4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daeafc135882c6803bc5d983b8687c12.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a501d170e9b05d87f45855ea52f0a5a7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bd13dad82651d7faff5a58f5ee2d9c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4f89ec2bc28e9676f8fe2b4e9f4e18.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca699a8f4f5dfdf699c86547bd3442b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d79289139a6e9a9d2eda7720d0c7a3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e34f9d6d1a5c92ee79b2f3b1c147fca5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aa68af62b95f19fb9e774e5d6abf648.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d99673ac589b0c206468c4c25f8a8f7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49653ad3f7343aeecf897ce58e0e7cda.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f82b36f5f38b5af5d8d9634f3986ddb.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75f66e126a9587eca189574b57a1fc4.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb040023bb01dd581bbd55282c86dcf.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c17d8b04c99ec7dc4929ac72fb8b5a.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e063c4e1738792ba1c652a349d2ebf.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c493b5753c1f615eee38ea9932bb820b.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ecf2481895cdcd1658d9b1908e4b521.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287e276329eeeedd04bf4bf2d9e7b61e.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e7fe9d1cfe6e14f1d7fb57395b480a.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c123ce328736c68861b56824e4e61ad4.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1412692913cd3bc6df94a4084efb2f3.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2169f47750b8171756a9f80dc3b7a0.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f56752d726480511ec41ddcc1861d2.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc99bbfaa2b066193d6e09d27b0a847.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2798fd8554288409eb42dbb069af67bc.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc03462bc99c313f05852da568d13de.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3901cb5a85d49ea646dd54c40aa54127.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a231690c166083181e98dd924f64ecc.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eac4dd57a716271ed093c4ee2d649bb.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/955fef080db427ba34d86fdeaea2d5da.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc6fb2da66ce17ad48c071b83a4e328.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0347553a7d507db5a38570e9d16b6097.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582a5af5a5ebeae1b4c9f2c21c9f008d.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab53714fa6035b8ab8e439e4b282cef.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97f02950a7c0e9d255ea24765b125f22.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acca11d66cb35a20bc37e3c13ab928ef.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebcda1f20af6ca3af8d419a20ee92d9f.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb417e37d2088bfbf663ee89e86bb7de.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a701097768166da27ea1786246672a1.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad151b6cef96aec59529a89e82c87511.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca75a9162ccd623ccf532cf6f5733875.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5f8b097df0aa3103c1900db2e08596.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57dd52b081882a9bbeab58194aeabc4.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91021e1aaa30763b4d50cce2d8072c61.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e911dafc53ec9b8e0b3143c875dc31.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a9b17f14b19a86187b3c3f30f13538.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb97381f6b682cf2caeea80df016ce67.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc8eb7d55ba3986111f389506d52fe3.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a269dafc2d2c3c79bf75cc0dfa3b3967.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0eda0237d463b114508b3bbb2ea364a.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d277f414f7535b96f143599256fb55.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d29bd911f5881d5041fb0745aeac420.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fccadeba0a0ee56b310e5c9cd3cbda6.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64a88ddfe9384c53b18bffde6842603.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4356d341622fd5ed873de40d20e5c2e9.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1cd16198f78ae0ac560da95e5948e03.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1036b290a3acba9017de011f712968a.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c85306a9f7c078d9524470b665ee8e2.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1fff98138af2852f1e5323d722ffc9.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7e119613cc570aaaaecd1f031a487f.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae64c4ca249058298ba8b8355071d80.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff41f933903c5c54ecb59005a8ddd2cf.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177a95d6bc68e12d3b0967baf9213467.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdea3230e7cf4896ba040291ca165869.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682e332547e50440b55a9fe29e75f144.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c18945d173769708b03781d1290622f.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31d2777e49cd1a5481259fcf67b36f4.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbac3fbf0eb78dc7ccd60a784e981a96.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d6f293d26ae775bb3efd41e6f83291.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e55589c97b9e2077c62e1963a7374021.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914580455677c0ad130bd19c719982ff.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b937521a078f41ee3d929c68270392.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c702bc774ee8910d4d3e61119b4649e.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92dfec69bbf62808e382fd7d9ffdbea3.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b5b8508419052f6a0f55eb1708cb73.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4662b3e3be83bff3923d038e18802692.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fac41a48653a606b17e313ad237e83.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50cbe9baa700b6b5e242213f9667ce0a.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0752fb0052b9ff0f761e12b77ab23d12.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2671bbad3016d9fe4421c884996dfa2.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fb63f39080786eb37bbc81f89ebbe8c.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62839baaaebef013b48f9c7e663d4f5.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1b943a5bffde0f1637cbf60d72a56a.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b22e7226388c13ed542fd45df02abd.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01bf51575c58868efba8b496447d158e.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39208cb58ef096191175586fffcfc31.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03226bb4cb4a15840d75589c5bbac2fc.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41f8a68d39267dd68567a9753ffa68f.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb19516481924adfc716cb6e3269867.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a088326532e11959606badc9ff2786c1.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1cd7203634986bc2ce14095a5f4d356.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbd5e4914d98073d8e7f1dfbaa4723e.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf777820ae5c34f0d058d9f5de95147.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cc331cfa8cb6fb18648c02112c9c3d.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cabfd7a445d7072491b0e5ea3deb991a.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0b67661373ede56f2b8046d2315809.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7125527abc6885437d2cbdfd5e9c0179.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b62324cfeff47f6b67ea7bc5c4710b.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0187eaefaf126efc9cedda226b5968e1.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d8d1ce69a23ecd033bbf20e1031ade7.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e8fde1f7cb6a96fa04ff381590fa4f.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6def2131a39bed731a17c3e4f3a24b7.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafb68d5e9adc9573b8890d3cb60580a.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd8015507f1f348a8a158b680db0450.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b83a61710cbb00ff11e90beee9a21e.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b189267f7cd8640169817fd30860212.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdd7c61bba036873e8e84407c0a6eb79.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536c5e4fe7e8ace0bcfcd284b50dd39c.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2604f2796c37cc23d7a1b659f71ba864.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b967509ce24b763a5ab743a4882c4d2.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a5847b4384a5f1e05a6eb4fa03de204.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded4929b98e7f18b782a8c1ab5b231e8.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb7b36c9fd7d04618ce5d7ae3dc00aed.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9a28f6c6a2232774d881fcd5f6d17c5.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d24c72eb5f3c4566b3b916a5b8cd37.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e69e6c7cc123d210435a100d6f43e.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/866a6312f58eaf481f6e1e172d58298a.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b135c14dc4d86011fa5ea78b6669.JPG"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a66512dfd594f6f56a44b75d072326.JPG"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006365819ca83898ad69f34ec33c5ada.JPG"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3536391c858e5b9c7b55a095e89a4c2.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070bfa110cdd115049c8b08f99a4810c.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce3056c10175542c7e28d6c9b3b92e3.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3562d164ade7f0cee3cabdc2596c13cb.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9263d18ef5e12aaa3dccbd0bac0ddeb.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d91f36a608db95516033986e9a759a.JPG"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b7d8b2c63817d4adaa0a256f0d11d4.JPG"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489b2c60bdfa34aa480f711f2043b59f.JPG"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4347e1a4bdff900cb3c36e241ffede.JPG"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2618696f4da20633fe24678507eda1.JPG"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a22e57b318e0795acdb56c6011939d08.JPG"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b9ad7d82fd75a78a07e663946a5370.JPG"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c32b89597c0d68ebe1109297e119bfb.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47276eee87a41dafc667548a8473b07.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2639092930ef2305fcb0b834c074ca2.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16c97d58e96ee414b258a2fc73c12d6.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b45b796f7d6d78fe86834074df75f5.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b464a0b251ab3ffc39bdd55bf5ff2e.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b8e10bbcd5b097242149c8c4230ad0.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a66ad53a8882b935b169b444cc0e3.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debd949cd8cbc6fa6b61147164b39864.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e558b3a77eb86036f7e151c820b7a72.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74715df20ac23f165ce8bc963b4a015e.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f204589903650b4ba2c69fb890f926f7.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b951d42bfc1af882243f503735c8456.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa9d46b0ffe882b6a4935ee8513f00a.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94838c3e7264b104bc5476df5d3b04dc.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9a18a712367d4979b298028c3133c1.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab49a01987f230cabe6892a8a573148.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27b562eb6e03add3da3d607225d52f1.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b718467057a734c08bd299ed7fbb560.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429687e521fa14d65dd0c05964a53c03.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9755b7102e1f05bba3a13d1856e1f432.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ad543d89a1bebe5a9a447bd74ea55fa.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a27c991fc7f16de971dc3324f0047047.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57a467a3e966d91cfadf75b24e0baa0.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe981ad5daba11f35f8368b4ff0cc46c.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6113e5ce90eed8259cbceb41bfeb128.JPG"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ef43c5405754015a059da7dcf45b713.JPG"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1926f2cf460cc421e42d67d9f062dbc1.JPG"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b9097602397da03c3cf3f431672b58.JPG"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b2d10cc81f7920bc3a3690793bafd5.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55010695ab52a3d084f5d2ac47eff42.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62a35c01062ff35e9be4f0dec947eff.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39a63a48f4d57007d4b8c25725f3bc2.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919f0bbaf09955c683bf5c4c8493ff7b.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed46e1282d1b8f5bbb825fa12dce6f1c.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0c2fa03e6a4d2da028cebd48c8f03b.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62727f2680728cc022df79efb35f481.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ed5c562f677c111aeb8a84743a1c6a.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8aba0547b0c14303e5568582396b7f.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677520341d5e8fda928eb9fd533f0a20.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112facf8ca8072818fc0f53059da15cd.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe27ad5817f275ae8f0bc511a8de77aa.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eaa34a6844d80fab06edd1dde2870c1.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d170f08dec46fcec03634d82c3e6152.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9481b24b92ad1c9c1ee953cd4b4ade5.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04056b7a97949d109f31fff8359afa2a.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320e8483f57517c3fc744f87b766453c.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a73491b86d90da307daa01b60454d42.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a25e13439464420d608ca91e08aa02.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e99028fe7b89002be082d6a6ed1dbe.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e775d5b6934745a9ea34939ed476ca.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54dde5d12103f90373f932f46a86adf4.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9925ad9a59f85725a0819c28de64ad89.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f38594515fec2129454383c6d726f91.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44b79088360bb368a7ce6ca6b68641c.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c66df092b3fc9e0767fad12bce388f5.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5066a7e705dc5785ea45674292a3f48.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b263555aaa117cd67a480f7078603713.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba904e5f757f509bb20e890effb2d13.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4520d9162c454fa067a34f806585e824.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfaae9005e0171ead25e4e07a9a6eca8.JPG"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a7c4474238029437a3253e2378b148.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2517698642f7ca88dc394b0c44d5fe0f.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a579adeb64d14233551db11094f712d.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bebba58589cee63491043a828c89c50.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4df2d7e0f93c8db5317485005010ef.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d138564065c84b8714640782c1ccf9.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6af498d88bb129b97350919146039300.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf426c97bce3c985533e444dc6993cb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28809dcd5074a1705cb15854c5422148.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd358da110b1484f789eff16f699641.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d8955ed1721c5bfb1b3ed861f91cbe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe020cb8ef60876dae0334b0c0c91bfd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57491d63985a1c57421d507ed83a3773.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667566336498d0bf80201bad1dcd8943.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1827247a98baebbf920b6d4461047d.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2666306158e3f809df5fec81ed4499.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03c13fefbfd5ebb437979bbc6a417dda.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33bc95f01c3db046afe1279e4acfdaf4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daeafc135882c6803bc5d983b8687c12.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a501d170e9b05d87f45855ea52f0a5a7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bd13dad82651d7faff5a58f5ee2d9c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4f89ec2bc28e9676f8fe2b4e9f4e18.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca699a8f4f5dfdf699c86547bd3442b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d79289139a6e9a9d2eda7720d0c7a3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e34f9d6d1a5c92ee79b2f3b1c147fca5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aa68af62b95f19fb9e774e5d6abf648.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d99673ac589b0c206468c4c25f8a8f7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49653ad3f7343aeecf897ce58e0e7cda.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f82b36f5f38b5af5d8d9634f3986ddb.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75f66e126a9587eca189574b57a1fc4.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb040023bb01dd581bbd55282c86dcf.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c17d8b04c99ec7dc4929ac72fb8b5a.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e063c4e1738792ba1c652a349d2ebf.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c493b5753c1f615eee38ea9932bb820b.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ecf2481895cdcd1658d9b1908e4b521.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287e276329eeeedd04bf4bf2d9e7b61e.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e7fe9d1cfe6e14f1d7fb57395b480a.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c123ce328736c68861b56824e4e61ad4.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1412692913cd3bc6df94a4084efb2f3.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2169f47750b8171756a9f80dc3b7a0.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f56752d726480511ec41ddcc1861d2.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc99bbfaa2b066193d6e09d27b0a847.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2798fd8554288409eb42dbb069af67bc.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc03462bc99c313f05852da568d13de.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3901cb5a85d49ea646dd54c40aa54127.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a231690c166083181e98dd924f64ecc.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eac4dd57a716271ed093c4ee2d649bb.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/955fef080db427ba34d86fdeaea2d5da.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc6fb2da66ce17ad48c071b83a4e328.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0347553a7d507db5a38570e9d16b6097.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582a5af5a5ebeae1b4c9f2c21c9f008d.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab53714fa6035b8ab8e439e4b282cef.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97f02950a7c0e9d255ea24765b125f22.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acca11d66cb35a20bc37e3c13ab928ef.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebcda1f20af6ca3af8d419a20ee92d9f.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb417e37d2088bfbf663ee89e86bb7de.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a701097768166da27ea1786246672a1.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad151b6cef96aec59529a89e82c87511.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca75a9162ccd623ccf532cf6f5733875.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5f8b097df0aa3103c1900db2e08596.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57dd52b081882a9bbeab58194aeabc4.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91021e1aaa30763b4d50cce2d8072c61.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e911dafc53ec9b8e0b3143c875dc31.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a9b17f14b19a86187b3c3f30f13538.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb97381f6b682cf2caeea80df016ce67.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc8eb7d55ba3986111f389506d52fe3.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a269dafc2d2c3c79bf75cc0dfa3b3967.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0eda0237d463b114508b3bbb2ea364a.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d277f414f7535b96f143599256fb55.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d29bd911f5881d5041fb0745aeac420.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fccadeba0a0ee56b310e5c9cd3cbda6.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64a88ddfe9384c53b18bffde6842603.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4356d341622fd5ed873de40d20e5c2e9.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1cd16198f78ae0ac560da95e5948e03.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1036b290a3acba9017de011f712968a.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c85306a9f7c078d9524470b665ee8e2.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1fff98138af2852f1e5323d722ffc9.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7e119613cc570aaaaecd1f031a487f.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae64c4ca249058298ba8b8355071d80.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff41f933903c5c54ecb59005a8ddd2cf.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177a95d6bc68e12d3b0967baf9213467.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdea3230e7cf4896ba040291ca165869.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682e332547e50440b55a9fe29e75f144.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c18945d173769708b03781d1290622f.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31d2777e49cd1a5481259fcf67b36f4.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbac3fbf0eb78dc7ccd60a784e981a96.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d6f293d26ae775bb3efd41e6f83291.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e55589c97b9e2077c62e1963a7374021.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914580455677c0ad130bd19c719982ff.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b937521a078f41ee3d929c68270392.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c702bc774ee8910d4d3e61119b4649e.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92dfec69bbf62808e382fd7d9ffdbea3.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b5b8508419052f6a0f55eb1708cb73.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4662b3e3be83bff3923d038e18802692.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fac41a48653a606b17e313ad237e83.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50cbe9baa700b6b5e242213f9667ce0a.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0752fb0052b9ff0f761e12b77ab23d12.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2671bbad3016d9fe4421c884996dfa2.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fb63f39080786eb37bbc81f89ebbe8c.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62839baaaebef013b48f9c7e663d4f5.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1b943a5bffde0f1637cbf60d72a56a.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b22e7226388c13ed542fd45df02abd.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01bf51575c58868efba8b496447d158e.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39208cb58ef096191175586fffcfc31.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03226bb4cb4a15840d75589c5bbac2fc.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41f8a68d39267dd68567a9753ffa68f.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb19516481924adfc716cb6e3269867.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a088326532e11959606badc9ff2786c1.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1cd7203634986bc2ce14095a5f4d356.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbd5e4914d98073d8e7f1dfbaa4723e.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf777820ae5c34f0d058d9f5de95147.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cc331cfa8cb6fb18648c02112c9c3d.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cabfd7a445d7072491b0e5ea3deb991a.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0b67661373ede56f2b8046d2315809.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7125527abc6885437d2cbdfd5e9c0179.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b62324cfeff47f6b67ea7bc5c4710b.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0187eaefaf126efc9cedda226b5968e1.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d8d1ce69a23ecd033bbf20e1031ade7.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e8fde1f7cb6a96fa04ff381590fa4f.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6def2131a39bed731a17c3e4f3a24b7.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafb68d5e9adc9573b8890d3cb60580a.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd8015507f1f348a8a158b680db0450.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b83a61710cbb00ff11e90beee9a21e.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b189267f7cd8640169817fd30860212.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdd7c61bba036873e8e84407c0a6eb79.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536c5e4fe7e8ace0bcfcd284b50dd39c.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2604f2796c37cc23d7a1b659f71ba864.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b967509ce24b763a5ab743a4882c4d2.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a5847b4384a5f1e05a6eb4fa03de204.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded4929b98e7f18b782a8c1ab5b231e8.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb7b36c9fd7d04618ce5d7ae3dc00aed.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9a28f6c6a2232774d881fcd5f6d17c5.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d24c72eb5f3c4566b3b916a5b8cd37.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e69e6c7cc123d210435a100d6f43e.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b135c14dc4d86011fa5ea78b6669.JPG"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a66512dfd594f6f56a44b75d072326.JPG"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006365819ca83898ad69f34ec33c5ada.JPG"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3536391c858e5b9c7b55a095e89a4c2.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070bfa110cdd115049c8b08f99a4810c.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce3056c10175542c7e28d6c9b3b92e3.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3562d164ade7f0cee3cabdc2596c13cb.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9263d18ef5e12aaa3dccbd0bac0ddeb.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d91f36a608db95516033986e9a759a.JPG"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b7d8b2c63817d4adaa0a256f0d11d4.JPG"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489b2c60bdfa34aa480f711f2043b59f.JPG"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4347e1a4bdff900cb3c36e241ffede.JPG"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2618696f4da20633fe24678507eda1.JPG"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a22e57b318e0795acdb56c6011939d08.JPG"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b9ad7d82fd75a78a07e663946a5370.JPG"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c32b89597c0d68ebe1109297e119bfb.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47276eee87a41dafc667548a8473b07.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2639092930ef2305fcb0b834c074ca2.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16c97d58e96ee414b258a2fc73c12d6.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b45b796f7d6d78fe86834074df75f5.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b464a0b251ab3ffc39bdd55bf5ff2e.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b8e10bbcd5b097242149c8c4230ad0.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a66ad53a8882b935b169b444cc0e3.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debd949cd8cbc6fa6b61147164b39864.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e558b3a77eb86036f7e151c820b7a72.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74715df20ac23f165ce8bc963b4a015e.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f204589903650b4ba2c69fb890f926f7.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b951d42bfc1af882243f503735c8456.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa9d46b0ffe882b6a4935ee8513f00a.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94838c3e7264b104bc5476df5d3b04dc.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9a18a712367d4979b298028c3133c1.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab49a01987f230cabe6892a8a573148.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27b562eb6e03add3da3d607225d52f1.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b718467057a734c08bd299ed7fbb560.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429687e521fa14d65dd0c05964a53c03.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9755b7102e1f05bba3a13d1856e1f432.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ad543d89a1bebe5a9a447bd74ea55fa.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a27c991fc7f16de971dc3324f0047047.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57a467a3e966d91cfadf75b24e0baa0.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe981ad5daba11f35f8368b4ff0cc46c.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6113e5ce90eed8259cbceb41bfeb128.JPG"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ef43c5405754015a059da7dcf45b713.JPG"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1926f2cf460cc421e42d67d9f062dbc1.JPG"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b9097602397da03c3cf3f431672b58.JPG"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b2d10cc81f7920bc3a3690793bafd5.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55010695ab52a3d084f5d2ac47eff42.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62a35c01062ff35e9be4f0dec947eff.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39a63a48f4d57007d4b8c25725f3bc2.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919f0bbaf09955c683bf5c4c8493ff7b.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed46e1282d1b8f5bbb825fa12dce6f1c.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0c2fa03e6a4d2da028cebd48c8f03b.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62727f2680728cc022df79efb35f481.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ed5c562f677c111aeb8a84743a1c6a.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1b9ae860f0e21e3a3f2f1817456c65.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8aba0547b0c14303e5568582396b7f.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677520341d5e8fda928eb9fd533f0a20.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112facf8ca8072818fc0f53059da15cd.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe27ad5817f275ae8f0bc511a8de77aa.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eaa34a6844d80fab06edd1dde2870c1.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d170f08dec46fcec03634d82c3e6152.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9481b24b92ad1c9c1ee953cd4b4ade5.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04056b7a97949d109f31fff8359afa2a.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320e8483f57517c3fc744f87b766453c.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a73491b86d90da307daa01b60454d42.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a25e13439464420d608ca91e08aa02.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e99028fe7b89002be082d6a6ed1dbe.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e775d5b6934745a9ea34939ed476ca.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54dde5d12103f90373f932f46a86adf4.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9925ad9a59f85725a0819c28de64ad89.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f38594515fec2129454383c6d726f91.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44b79088360bb368a7ce6ca6b68641c.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c66df092b3fc9e0767fad12bce388f5.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5066a7e705dc5785ea45674292a3f48.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b263555aaa117cd67a480f7078603713.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba904e5f757f509bb20e890effb2d13.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4520d9162c454fa067a34f806585e824.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfaae9005e0171ead25e4e07a9a6eca8.JPG"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2517698642f7ca88dc394b0c44d5fe0f.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a579adeb64d14233551db11094f712d.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bebba58589cee63491043a828c89c50.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4df2d7e0f93c8db5317485005010ef.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d138564065c84b8714640782c1ccf9.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6af498d88bb129b97350919146039300.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf426c97bce3c985533e444dc6993cb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6770,2580 +6746,2550 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>138</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="image_139" descr="image_139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="image_140" descr="image_140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="image_141" descr="image_141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="image_142" descr="image_142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="image_143" descr="image_143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="image_144" descr="image_144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="image_145" descr="image_145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="image_146" descr="image_146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="image_148" descr="image_148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="image_149" descr="image_149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="image_150" descr="image_150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="image_151" descr="image_151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="image_152" descr="image_152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="image_153" descr="image_153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="image_154" descr="image_154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="image_155" descr="image_155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="image_156" descr="image_156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="image_157" descr="image_157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="image_158" descr="image_158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="image_160" descr="image_160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1266825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="image_161" descr="image_161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="image_162" descr="image_162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="image_163" descr="image_163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="image_164" descr="image_164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="image_165" descr="image_165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="image_166" descr="image_166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="image_167" descr="image_167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="image_168" descr="image_168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="image_169" descr="image_169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="image_170" descr="image_170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="image_171" descr="image_171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="image_172" descr="image_172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="image_173" descr="image_173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="image_174" descr="image_174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="image_175" descr="image_175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="image_139" descr="image_139"/>
-[...23 lines deleted...]
-      <xdr:row>139</xdr:row>
+        <xdr:cNvPr id="162" name="image_176" descr="image_176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="image_177" descr="image_177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="image_178" descr="image_178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="image_179" descr="image_179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="image_180" descr="image_180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="981075" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="image_140" descr="image_140"/>
-[...23 lines deleted...]
-      <xdr:row>140</xdr:row>
+        <xdr:cNvPr id="167" name="image_181" descr="image_181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="981075" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="image_141" descr="image_141"/>
-[...23 lines deleted...]
-      <xdr:row>141</xdr:row>
+        <xdr:cNvPr id="168" name="image_182" descr="image_182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="981075" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="image_142" descr="image_142"/>
-[...23 lines deleted...]
-      <xdr:row>142</xdr:row>
+        <xdr:cNvPr id="169" name="image_183" descr="image_183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="image_143" descr="image_143"/>
-[...113 lines deleted...]
-      <xdr:row>146</xdr:row>
+        <xdr:cNvPr id="170" name="image_184" descr="image_184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1181100" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="image_185" descr="image_185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>185</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="image_147" descr="image_147"/>
-[...233 lines deleted...]
-      <xdr:row>155</xdr:row>
+        <xdr:cNvPr id="172" name="image_186" descr="image_186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="image_187" descr="image_187"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="image_188" descr="image_188"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>188</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="143" name="image_156" descr="image_156"/>
-[...83 lines deleted...]
-      <xdr:row>158</xdr:row>
+        <xdr:cNvPr id="175" name="image_189" descr="image_189"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="image_190" descr="image_190"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>190</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="146" name="image_159" descr="image_159"/>
-[...113 lines deleted...]
-      <xdr:row>163</xdr:row>
+        <xdr:cNvPr id="177" name="image_191" descr="image_191"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="image_192" descr="image_192"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="image_193" descr="image_193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="image_194" descr="image_194"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="image_164" descr="image_164"/>
-[...23 lines deleted...]
-      <xdr:row>164</xdr:row>
+        <xdr:cNvPr id="181" name="image_195" descr="image_195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="image_196" descr="image_196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>196</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="image_197" descr="image_197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="image_200" descr="image_200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="image_202" descr="image_202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="image_203" descr="image_203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="image_204" descr="image_204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="image_206" descr="image_206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="image_207" descr="image_207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="image_208" descr="image_208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="image_209" descr="image_209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="image_210" descr="image_210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="image_211" descr="image_211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="838200" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="image_212" descr="image_212"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="image_213" descr="image_213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="image_165" descr="image_165"/>
-[...23 lines deleted...]
-      <xdr:row>165</xdr:row>
+        <xdr:cNvPr id="196" name="image_214" descr="image_214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="image_215" descr="image_215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="image_216" descr="image_216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="image_217" descr="image_217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>217</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1285875" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="image_218" descr="image_218"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="image_219" descr="image_219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>219</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="image_166" descr="image_166"/>
-[...23 lines deleted...]
-      <xdr:row>166</xdr:row>
+        <xdr:cNvPr id="202" name="image_220" descr="image_220"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="image_222" descr="image_222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="image_223" descr="image_223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>223</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="image_167" descr="image_167"/>
-[...293 lines deleted...]
-      <xdr:row>176</xdr:row>
+        <xdr:cNvPr id="205" name="image_224" descr="image_224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="752475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="image_225" descr="image_225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>225</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="image_177" descr="image_177"/>
-[...23 lines deleted...]
-      <xdr:row>177</xdr:row>
+        <xdr:cNvPr id="207" name="image_226" descr="image_226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>226</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="164" name="image_178" descr="image_178"/>
-[...23 lines deleted...]
-      <xdr:row>178</xdr:row>
+        <xdr:cNvPr id="208" name="image_227" descr="image_227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>227</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="image_179" descr="image_179"/>
-[...293 lines deleted...]
-      <xdr:row>188</xdr:row>
+        <xdr:cNvPr id="209" name="image_228" descr="image_228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>228</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="image_189" descr="image_189"/>
-[...1048 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="210" name="image_229" descr="image_229"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9610,54 +9556,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P230"/>
+  <dimension ref="A1:P229"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P230"/>
+      <selection activeCell="A9" sqref="A9:P229"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -9812,51 +9758,51 @@
       <c r="G10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="6">
         <v>281</v>
       </c>
       <c r="J10" s="10" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O10" s="6">
-        <v>782582.98</v>
+        <v>782598.01</v>
       </c>
       <c r="P10" s="6"/>
     </row>
     <row r="11" spans="1:16" customHeight="1" ht="65">
       <c r="A11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="6">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>0</v>
       </c>
       <c r="D11" s="6">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>31</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>32</v>
       </c>
@@ -9952,99 +9898,99 @@
       <c r="G13" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="6">
         <v>145</v>
       </c>
       <c r="J13" s="10" t="s">
         <v>48</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L13" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O13" s="6">
-        <v>193615.87</v>
+        <v>197488.01</v>
       </c>
       <c r="P13" s="6"/>
     </row>
     <row r="14" spans="1:16" customHeight="1" ht="65">
       <c r="A14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="6">
         <v>0</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="6">
         <v>0</v>
       </c>
       <c r="J14" s="10" t="s">
         <v>54</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>56</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O14" s="6">
-        <v>64251.85</v>
+        <v>65536.89</v>
       </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="B15" s="6">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>47</v>
       </c>
@@ -10055,90 +10001,90 @@
         <v>123</v>
       </c>
       <c r="J15" s="10" t="s">
         <v>60</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L15" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C16" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>63</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I16" s="6">
         <v>122</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>65</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L16" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>66</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O16" s="6">
-        <v>193712.96</v>
+        <v>195650.69</v>
       </c>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16" customHeight="1" ht="65">
       <c r="A17" s="6" t="s">
         <v>67</v>
       </c>
       <c r="B17" s="6">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>32</v>
       </c>
@@ -10170,213 +10116,213 @@
       <c r="A18" s="6" t="s">
         <v>74</v>
       </c>
       <c r="B18" s="6">
         <v>0</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
       <c r="E18" s="6">
         <v>21000801124</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I18" s="6">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="J18" s="10" t="s">
         <v>75</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L18" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>77</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O18" s="6">
-        <v>114950</v>
+        <v>114950.02</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="6">
         <v>0</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="6">
         <v>0</v>
       </c>
       <c r="J19" s="10" t="s">
         <v>80</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L19" s="10" t="s">
         <v>56</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O19" s="6">
-        <v>79132.28</v>
+        <v>80714.93</v>
       </c>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16" customHeight="1" ht="65">
       <c r="A20" s="6" t="s">
         <v>82</v>
       </c>
       <c r="B20" s="6">
         <v>0</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6">
         <v>0</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="6">
         <v>980</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>85</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>87</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O20" s="6">
-        <v>1100436.48</v>
+        <v>1122445.21</v>
       </c>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16" customHeight="1" ht="65">
       <c r="A21" s="6" t="s">
         <v>88</v>
       </c>
       <c r="B21" s="6">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="C21" s="6">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I21" s="6">
         <v>115</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>91</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>92</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O21" s="6">
-        <v>207295.97</v>
+        <v>209368.93</v>
       </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="6">
         <v>0</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6">
         <v>21000801122</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>23</v>
       </c>
@@ -10428,51 +10374,51 @@
       <c r="G23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="6">
         <v>105</v>
       </c>
       <c r="J23" s="10" t="s">
         <v>98</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L23" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>99</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O23" s="6">
-        <v>247397.12</v>
+        <v>252345.06</v>
       </c>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="6">
         <v>0</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>101</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>69</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>102</v>
       </c>
@@ -10522,51 +10468,51 @@
       <c r="G25" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="6">
         <v>38</v>
       </c>
       <c r="J25" s="10" t="s">
         <v>109</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L25" s="10" t="s">
         <v>108</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>110</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O25" s="6">
-        <v>90806.06</v>
+        <v>92621.58</v>
       </c>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16" customHeight="1" ht="65">
       <c r="A26" s="6" t="s">
         <v>111</v>
       </c>
       <c r="B26" s="6">
         <v>0</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6">
         <v>0</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>112</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>69</v>
       </c>
       <c r="G26" s="10" t="s">
         <v>102</v>
       </c>
@@ -10641,214 +10587,216 @@
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
         <v>119</v>
       </c>
       <c r="B28" s="6">
         <v>0</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I28" s="6">
         <v>0</v>
       </c>
       <c r="J28" s="10" t="s">
         <v>121</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L28" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>123</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O28" s="6"/>
+      <c r="O28" s="6">
+        <v>1393840.95</v>
+      </c>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="65">
       <c r="A29" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>125</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="6">
         <v>54.5</v>
       </c>
       <c r="J29" s="10" t="s">
         <v>126</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>127</v>
       </c>
       <c r="L29" s="10" t="s">
         <v>128</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>129</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O29" s="6">
-        <v>158186.94</v>
+        <v>160096.34</v>
       </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
         <v>130</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>131</v>
       </c>
       <c r="F30" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="6">
         <v>115</v>
       </c>
       <c r="J30" s="10" t="s">
         <v>132</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L30" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>133</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O30" s="6">
-        <v>309298.9</v>
+        <v>315484.88</v>
       </c>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
         <v>134</v>
       </c>
       <c r="B31" s="6">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="6">
         <v>0</v>
       </c>
       <c r="J31" s="10" t="s">
         <v>136</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>137</v>
       </c>
       <c r="L31" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>138</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O31" s="6">
-        <v>24683.55</v>
+        <v>25177.22</v>
       </c>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
         <v>139</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6">
         <v>21000801136</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>23</v>
       </c>
@@ -10900,51 +10848,51 @@
       <c r="G33" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="6">
         <v>75</v>
       </c>
       <c r="J33" s="10" t="s">
         <v>144</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L33" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>145</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O33" s="6">
-        <v>128140.81</v>
+        <v>130704.03</v>
       </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B34" s="6">
         <v>0</v>
       </c>
       <c r="C34" s="6">
         <v>0</v>
       </c>
       <c r="D34" s="6">
         <v>0</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>147</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>47</v>
       </c>
@@ -10973,166 +10921,168 @@
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
         <v>151</v>
       </c>
       <c r="B35" s="6">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>152</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I35" s="6">
         <v>0</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>153</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L35" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>154</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O35" s="6"/>
+      <c r="O35" s="6">
+        <v>1068981.56</v>
+      </c>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B36" s="6">
         <v>0</v>
       </c>
       <c r="C36" s="6">
         <v>0</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>156</v>
       </c>
       <c r="F36" s="9" t="s">
         <v>108</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I36" s="6">
         <v>40</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>157</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L36" s="10" t="s">
         <v>108</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>158</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O36" s="6">
-        <v>122810.54</v>
+        <v>124038.05</v>
       </c>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
         <v>159</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6">
         <v>21000003146</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="6">
         <v>118</v>
       </c>
       <c r="J37" s="10" t="s">
         <v>160</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>161</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O37" s="6">
-        <v>524131.99</v>
+        <v>524132.05</v>
       </c>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="65">
       <c r="A38" s="6" t="s">
         <v>162</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6">
         <v>264</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>163</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>47</v>
       </c>
@@ -11189,90 +11139,90 @@
         <v>1250</v>
       </c>
       <c r="J39" s="10" t="s">
         <v>170</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L39" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>171</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="65">
       <c r="A40" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B40" s="6">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="C40" s="6">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D40" s="6">
         <v>0</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>173</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I40" s="6">
         <v>0</v>
       </c>
       <c r="J40" s="10" t="s">
         <v>174</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L40" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M40" s="6" t="s">
         <v>175</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O40" s="6">
-        <v>204495.89</v>
+        <v>206540.84</v>
       </c>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
         <v>176</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>177</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>69</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>32</v>
       </c>
@@ -11322,51 +11272,51 @@
       <c r="G42" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="6">
         <v>166</v>
       </c>
       <c r="J42" s="10" t="s">
         <v>181</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L42" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M42" s="6" t="s">
         <v>182</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O42" s="6">
-        <v>161135.99</v>
+        <v>161135.97</v>
       </c>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
         <v>183</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>184</v>
       </c>
       <c r="F43" s="9" t="s">
         <v>185</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>186</v>
       </c>
@@ -11416,51 +11366,51 @@
       <c r="G44" s="10" t="s">
         <v>192</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="6">
         <v>0.082</v>
       </c>
       <c r="J44" s="10" t="s">
         <v>193</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>194</v>
       </c>
       <c r="L44" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M44" s="6" t="s">
         <v>195</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O44" s="6">
-        <v>883.57</v>
+        <v>1366.41</v>
       </c>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
         <v>196</v>
       </c>
       <c r="B45" s="6">
         <v>0</v>
       </c>
       <c r="C45" s="6">
         <v>0</v>
       </c>
       <c r="D45" s="6">
         <v>0</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>197</v>
       </c>
       <c r="F45" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G45" s="10" t="s">
         <v>47</v>
       </c>
@@ -11556,147 +11506,147 @@
       <c r="G47" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="6">
         <v>115</v>
       </c>
       <c r="J47" s="10" t="s">
         <v>207</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L47" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>208</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O47" s="6">
-        <v>279498.04</v>
+        <v>285088</v>
       </c>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
         <v>209</v>
       </c>
       <c r="B48" s="6">
         <v>0</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>210</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G48" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="6">
         <v>0</v>
       </c>
       <c r="J48" s="10" t="s">
         <v>211</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L48" s="10" t="s">
         <v>56</v>
       </c>
       <c r="M48" s="6" t="s">
         <v>212</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O48" s="6">
-        <v>73252.11</v>
+        <v>74717.15</v>
       </c>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
         <v>213</v>
       </c>
       <c r="B49" s="6">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C49" s="6">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>214</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="6">
         <v>34</v>
       </c>
       <c r="J49" s="10" t="s">
         <v>215</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L49" s="10" t="s">
         <v>56</v>
       </c>
       <c r="M49" s="6" t="s">
         <v>216</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O49" s="6">
-        <v>60771.75</v>
+        <v>61987.19</v>
       </c>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
         <v>217</v>
       </c>
       <c r="B50" s="6">
         <v>0</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
         <v>0</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>218</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>69</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>219</v>
       </c>
@@ -11746,51 +11696,51 @@
       <c r="G51" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="6">
         <v>100</v>
       </c>
       <c r="J51" s="10" t="s">
         <v>224</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L51" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>225</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O51" s="6">
-        <v>175995.07</v>
+        <v>179514.97</v>
       </c>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="65">
       <c r="A52" s="6" t="s">
         <v>226</v>
       </c>
       <c r="B52" s="6">
         <v>0</v>
       </c>
       <c r="C52" s="6">
         <v>0</v>
       </c>
       <c r="D52" s="6">
         <v>0</v>
       </c>
       <c r="E52" s="6" t="s">
         <v>227</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G52" s="10" t="s">
         <v>47</v>
       </c>
@@ -11819,166 +11769,168 @@
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="65">
       <c r="A53" s="6" t="s">
         <v>230</v>
       </c>
       <c r="B53" s="6">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6">
         <v>0</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>231</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I53" s="6">
         <v>0</v>
       </c>
       <c r="J53" s="10" t="s">
         <v>232</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L53" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>233</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O53" s="6"/>
+      <c r="O53" s="6">
+        <v>742186.6</v>
+      </c>
       <c r="P53" s="6"/>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="65">
       <c r="A54" s="6" t="s">
         <v>234</v>
       </c>
       <c r="B54" s="6">
         <v>0</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6">
         <v>0</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>235</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="6">
         <v>150</v>
       </c>
       <c r="J54" s="10" t="s">
         <v>236</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L54" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M54" s="6" t="s">
         <v>237</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O54" s="6">
-        <v>278498.01</v>
+        <v>284067.97</v>
       </c>
       <c r="P54" s="6"/>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="65">
       <c r="A55" s="6" t="s">
         <v>238</v>
       </c>
       <c r="B55" s="6">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
         <v>0</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>239</v>
       </c>
       <c r="F55" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G55" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="6">
         <v>0</v>
       </c>
       <c r="J55" s="10" t="s">
         <v>240</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L55" s="10" t="s">
         <v>56</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>241</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O55" s="6">
-        <v>59211.71</v>
+        <v>60395.94</v>
       </c>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" s="6" t="s">
         <v>242</v>
       </c>
       <c r="B56" s="6">
         <v>0</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6">
         <v>0</v>
       </c>
       <c r="E56" s="6" t="s">
         <v>243</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>244</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>47</v>
       </c>
@@ -12028,339 +11980,339 @@
       <c r="G57" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="6">
         <v>126</v>
       </c>
       <c r="J57" s="10" t="s">
         <v>249</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L57" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M57" s="6" t="s">
         <v>250</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O57" s="6">
-        <v>126676.62</v>
+        <v>129210.71</v>
       </c>
       <c r="P57" s="6"/>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="65">
       <c r="A58" s="6" t="s">
         <v>251</v>
       </c>
       <c r="B58" s="6">
         <v>0</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6">
         <v>0</v>
       </c>
       <c r="E58" s="6" t="s">
         <v>252</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="6">
         <v>218</v>
       </c>
       <c r="J58" s="10" t="s">
         <v>253</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L58" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O58" s="6">
-        <v>219542.7</v>
+        <v>223934.19</v>
       </c>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
         <v>255</v>
       </c>
       <c r="B59" s="6">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6">
         <v>0</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>256</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="6">
         <v>252</v>
       </c>
       <c r="J59" s="10" t="s">
         <v>257</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L59" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>258</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O59" s="6">
-        <v>340762.25</v>
+        <v>347577.83</v>
       </c>
       <c r="P59" s="6"/>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="65">
       <c r="A60" s="6" t="s">
         <v>259</v>
       </c>
       <c r="B60" s="6">
         <v>0</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6">
         <v>0</v>
       </c>
       <c r="E60" s="6" t="s">
         <v>260</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="6">
         <v>95</v>
       </c>
       <c r="J60" s="10" t="s">
         <v>261</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L60" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>262</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O60" s="6">
-        <v>111743.24</v>
+        <v>113978</v>
       </c>
       <c r="P60" s="6"/>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
         <v>263</v>
       </c>
       <c r="B61" s="6">
         <v>0</v>
       </c>
       <c r="C61" s="6">
         <v>0</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>264</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G61" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="6">
         <v>165</v>
       </c>
       <c r="J61" s="10" t="s">
         <v>265</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L61" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>266</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O61" s="6">
-        <v>173147.4</v>
+        <v>176610.19</v>
       </c>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
         <v>267</v>
       </c>
       <c r="B62" s="6">
         <v>0</v>
       </c>
       <c r="C62" s="6">
         <v>0</v>
       </c>
       <c r="D62" s="6">
         <v>0</v>
       </c>
       <c r="E62" s="6" t="s">
         <v>268</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G62" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="6">
         <v>137</v>
       </c>
       <c r="J62" s="10" t="s">
         <v>269</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L62" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M62" s="6" t="s">
         <v>270</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O62" s="6">
-        <v>135698.82</v>
+        <v>138413.28</v>
       </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
         <v>271</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
         <v>272</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="6">
         <v>232</v>
       </c>
       <c r="J63" s="10" t="s">
         <v>273</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L63" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M63" s="6" t="s">
         <v>274</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O63" s="6">
-        <v>223560.67</v>
+        <v>228031.47</v>
       </c>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="65">
       <c r="A64" s="6" t="s">
         <v>275</v>
       </c>
       <c r="B64" s="6">
         <v>0</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6">
         <v>0</v>
       </c>
       <c r="E64" s="6" t="s">
         <v>276</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>69</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>32</v>
       </c>
@@ -12410,7855 +12362,7831 @@
       <c r="G65" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="6">
         <v>0</v>
       </c>
       <c r="J65" s="10" t="s">
         <v>281</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L65" s="10" t="s">
         <v>56</v>
       </c>
       <c r="M65" s="6" t="s">
         <v>282</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O65" s="6">
-        <v>80092.31</v>
+        <v>81694.16</v>
       </c>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="65">
       <c r="A66" s="6" t="s">
         <v>283</v>
       </c>
       <c r="B66" s="6">
         <v>0</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6">
         <v>0</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>284</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="6">
         <v>1600</v>
       </c>
       <c r="J66" s="10" t="s">
         <v>285</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L66" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M66" s="6" t="s">
         <v>286</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O66" s="6">
-        <v>1496593.61</v>
+        <v>1526525.64</v>
       </c>
       <c r="P66" s="6"/>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
         <v>287</v>
       </c>
       <c r="B67" s="6">
         <v>2</v>
       </c>
       <c r="C67" s="6">
         <v>2</v>
       </c>
       <c r="D67" s="6">
         <v>0</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>288</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>289</v>
       </c>
       <c r="G67" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I67" s="6">
         <v>0</v>
       </c>
       <c r="J67" s="10" t="s">
         <v>290</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>291</v>
       </c>
       <c r="L67" s="10" t="s">
         <v>292</v>
       </c>
       <c r="M67" s="6" t="s">
         <v>293</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O67" s="6">
-        <v>319.73</v>
+        <v>402.38</v>
       </c>
       <c r="P67" s="6"/>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="65">
       <c r="A68" s="6" t="s">
         <v>294</v>
       </c>
       <c r="B68" s="6">
         <v>3</v>
       </c>
       <c r="C68" s="6">
         <v>3</v>
       </c>
       <c r="D68" s="6">
         <v>0</v>
       </c>
       <c r="E68" s="6" t="s">
         <v>295</v>
       </c>
       <c r="F68" s="9" t="s">
         <v>289</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I68" s="6">
         <v>0</v>
       </c>
       <c r="J68" s="10" t="s">
         <v>296</v>
       </c>
       <c r="K68" s="6" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="L68" s="10" t="s">
         <v>292</v>
       </c>
       <c r="M68" s="6" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O68" s="6">
-        <v>951.56</v>
+        <v>1137.95</v>
       </c>
       <c r="P68" s="6"/>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="65">
       <c r="A69" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="B69" s="6">
+        <v>0</v>
+      </c>
+      <c r="C69" s="6">
+        <v>0</v>
+      </c>
+      <c r="D69" s="6">
+        <v>0</v>
+      </c>
+      <c r="E69" s="6" t="s">
         <v>299</v>
-      </c>
-[...10 lines deleted...]
-        <v>300</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>244</v>
       </c>
       <c r="G69" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="6">
         <v>0.04</v>
       </c>
       <c r="J69" s="10" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L69" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M69" s="6" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O69" s="6"/>
       <c r="P69" s="6"/>
     </row>
     <row r="70" spans="1:16" customHeight="1" ht="65">
       <c r="A70" s="6" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B70" s="6">
         <v>0</v>
       </c>
       <c r="C70" s="6">
         <v>0</v>
       </c>
       <c r="D70" s="6">
         <v>0</v>
       </c>
       <c r="E70" s="6">
         <v>150</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="G70" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="6">
         <v>0.3</v>
       </c>
       <c r="J70" s="10" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="K70" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L70" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M70" s="6" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O70" s="6"/>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="B71" s="6">
+        <v>0</v>
+      </c>
+      <c r="C71" s="6">
+        <v>0</v>
+      </c>
+      <c r="D71" s="6">
+        <v>0</v>
+      </c>
+      <c r="E71" s="6" t="s">
         <v>307</v>
       </c>
-      <c r="B71" s="6">
-[...8 lines deleted...]
-      <c r="E71" s="6" t="s">
+      <c r="F71" s="9" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="G71" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="6">
         <v>100</v>
       </c>
       <c r="J71" s="10" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="K71" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L71" s="10" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="M71" s="6" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O71" s="6">
-        <v>164570.64</v>
+        <v>167862.24</v>
       </c>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="65">
       <c r="A72" s="6" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B72" s="6">
         <v>0</v>
       </c>
       <c r="C72" s="6">
         <v>0</v>
       </c>
       <c r="D72" s="6">
         <v>0</v>
       </c>
       <c r="E72" s="6">
         <v>21000001754</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G72" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="6">
         <v>36</v>
       </c>
       <c r="J72" s="10" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="K72" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L72" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O72" s="6">
-        <v>56203.99</v>
+        <v>56204</v>
       </c>
       <c r="P72" s="6"/>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="65">
       <c r="A73" s="6" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B73" s="6">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6">
         <v>0</v>
       </c>
       <c r="E73" s="6">
         <v>186.0</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H73" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="6">
         <v>0.55</v>
       </c>
       <c r="J73" s="10" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="K73" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L73" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M73" s="6" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O73" s="6"/>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="B74" s="6">
+        <v>0</v>
+      </c>
+      <c r="C74" s="6">
+        <v>0</v>
+      </c>
+      <c r="D74" s="6">
+        <v>0</v>
+      </c>
+      <c r="E74" s="6" t="s">
         <v>319</v>
       </c>
-      <c r="B74" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F74" s="9" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="6">
         <v>0.57</v>
       </c>
       <c r="J74" s="10" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L74" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M74" s="6" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="B75" s="6">
+        <v>0</v>
+      </c>
+      <c r="C75" s="6">
+        <v>0</v>
+      </c>
+      <c r="D75" s="6">
+        <v>0</v>
+      </c>
+      <c r="E75" s="6" t="s">
         <v>323</v>
       </c>
-      <c r="B75" s="6">
-[...8 lines deleted...]
-      <c r="E75" s="6" t="s">
+      <c r="F75" s="9" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="6">
         <v>0.17</v>
       </c>
       <c r="J75" s="10" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L75" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M75" s="6" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O75" s="6"/>
       <c r="P75" s="6"/>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="B76" s="6">
+        <v>0</v>
+      </c>
+      <c r="C76" s="6">
+        <v>0</v>
+      </c>
+      <c r="D76" s="6">
+        <v>0</v>
+      </c>
+      <c r="E76" s="6" t="s">
         <v>328</v>
-      </c>
-[...10 lines deleted...]
-        <v>329</v>
       </c>
       <c r="F76" s="9" t="s">
         <v>163</v>
       </c>
       <c r="G76" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="6">
         <v>0.49</v>
       </c>
       <c r="J76" s="10" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L76" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O76" s="6"/>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="B77" s="6">
+        <v>0</v>
+      </c>
+      <c r="C77" s="6">
+        <v>0</v>
+      </c>
+      <c r="D77" s="6">
+        <v>0</v>
+      </c>
+      <c r="E77" s="6" t="s">
         <v>332</v>
-      </c>
-[...10 lines deleted...]
-        <v>333</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>163</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="6">
         <v>0.55</v>
       </c>
       <c r="J77" s="10" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L77" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O77" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O77" s="6"/>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="B78" s="6">
+        <v>0</v>
+      </c>
+      <c r="C78" s="6">
+        <v>0</v>
+      </c>
+      <c r="D78" s="6">
+        <v>0</v>
+      </c>
+      <c r="E78" s="6" t="s">
         <v>336</v>
-      </c>
-[...10 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F78" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="6">
         <v>0.464</v>
       </c>
       <c r="J78" s="10" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L78" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M78" s="6" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O78" s="6"/>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="B79" s="6">
+        <v>0</v>
+      </c>
+      <c r="C79" s="6">
+        <v>0</v>
+      </c>
+      <c r="D79" s="6">
+        <v>0</v>
+      </c>
+      <c r="E79" s="6" t="s">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>341</v>
       </c>
       <c r="F79" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="6">
         <v>0.52</v>
       </c>
       <c r="J79" s="10" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="K79" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L79" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O79" s="6"/>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="65">
       <c r="A80" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="B80" s="6">
+        <v>0</v>
+      </c>
+      <c r="C80" s="6">
+        <v>0</v>
+      </c>
+      <c r="D80" s="6">
+        <v>0</v>
+      </c>
+      <c r="E80" s="6" t="s">
         <v>344</v>
-      </c>
-[...10 lines deleted...]
-        <v>345</v>
       </c>
       <c r="F80" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="6">
         <v>0.63</v>
       </c>
       <c r="J80" s="10" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L80" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M80" s="6" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O80" s="6"/>
       <c r="P80" s="6"/>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="B81" s="6">
+        <v>0</v>
+      </c>
+      <c r="C81" s="6">
+        <v>0</v>
+      </c>
+      <c r="D81" s="6">
+        <v>0</v>
+      </c>
+      <c r="E81" s="6" t="s">
         <v>348</v>
-      </c>
-[...10 lines deleted...]
-        <v>349</v>
       </c>
       <c r="F81" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="6">
         <v>0.83</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L81" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O81" s="6"/>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="65">
       <c r="A82" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="B82" s="6">
+        <v>0</v>
+      </c>
+      <c r="C82" s="6">
+        <v>0</v>
+      </c>
+      <c r="D82" s="6">
+        <v>0</v>
+      </c>
+      <c r="E82" s="6" t="s">
         <v>352</v>
-      </c>
-[...10 lines deleted...]
-        <v>353</v>
       </c>
       <c r="F82" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="6">
         <v>1.2</v>
       </c>
       <c r="J82" s="10" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L82" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O82" s="6"/>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="B83" s="6">
+        <v>0</v>
+      </c>
+      <c r="C83" s="6">
+        <v>0</v>
+      </c>
+      <c r="D83" s="6">
+        <v>0</v>
+      </c>
+      <c r="E83" s="6" t="s">
         <v>356</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
       <c r="F83" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G83" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="6">
         <v>0.14</v>
       </c>
       <c r="J83" s="10" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L83" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M83" s="6" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O83" s="6"/>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="B84" s="6">
+        <v>0</v>
+      </c>
+      <c r="C84" s="6">
+        <v>0</v>
+      </c>
+      <c r="D84" s="6">
+        <v>0</v>
+      </c>
+      <c r="E84" s="6" t="s">
         <v>360</v>
-      </c>
-[...10 lines deleted...]
-        <v>361</v>
       </c>
       <c r="F84" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="6">
         <v>0.195</v>
       </c>
       <c r="J84" s="10" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="K84" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L84" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M84" s="6" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O84" s="6"/>
       <c r="P84" s="6"/>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="65">
       <c r="A85" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="B85" s="6">
+        <v>0</v>
+      </c>
+      <c r="C85" s="6">
+        <v>0</v>
+      </c>
+      <c r="D85" s="6">
+        <v>0</v>
+      </c>
+      <c r="E85" s="6" t="s">
         <v>364</v>
-      </c>
-[...10 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F85" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G85" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="6">
         <v>0.22</v>
       </c>
       <c r="J85" s="10" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L85" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M85" s="6" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O85" s="6"/>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="B86" s="6">
+        <v>0</v>
+      </c>
+      <c r="C86" s="6">
+        <v>0</v>
+      </c>
+      <c r="D86" s="6">
+        <v>0</v>
+      </c>
+      <c r="E86" s="6" t="s">
         <v>368</v>
       </c>
-      <c r="B86" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F86" s="9" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="6">
         <v>130</v>
       </c>
       <c r="J86" s="10" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="K86" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L86" s="10" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="M86" s="6" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O86" s="6">
-        <v>479890.36</v>
+        <v>489488.4</v>
       </c>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="B87" s="6">
+        <v>0</v>
+      </c>
+      <c r="C87" s="6">
+        <v>0</v>
+      </c>
+      <c r="D87" s="6">
+        <v>0</v>
+      </c>
+      <c r="E87" s="6" t="s">
         <v>372</v>
-      </c>
-[...10 lines deleted...]
-        <v>373</v>
       </c>
       <c r="F87" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>192</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I87" s="6">
         <v>0.42</v>
       </c>
       <c r="J87" s="10" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="K87" s="6" t="s">
         <v>194</v>
       </c>
       <c r="L87" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O87" s="6"/>
+      <c r="O87" s="6">
+        <v>5479.03</v>
+      </c>
       <c r="P87" s="6"/>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="B88" s="6">
         <v>0</v>
       </c>
       <c r="C88" s="6">
         <v>0</v>
       </c>
       <c r="D88" s="6">
         <v>0</v>
       </c>
       <c r="E88" s="6">
         <v>21000002104</v>
       </c>
       <c r="F88" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="6">
         <v>117</v>
       </c>
       <c r="J88" s="10" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="K88" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M88" s="6" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O88" s="6">
-        <v>496015</v>
+        <v>496015.05</v>
       </c>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="B89" s="6">
+        <v>0</v>
+      </c>
+      <c r="C89" s="6">
+        <v>0</v>
+      </c>
+      <c r="D89" s="6">
+        <v>0</v>
+      </c>
+      <c r="E89" s="6" t="s">
         <v>379</v>
       </c>
-      <c r="B89" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F89" s="9" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G89" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="6">
         <v>0.75</v>
       </c>
       <c r="J89" s="10" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="K89" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L89" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O89" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O89" s="6"/>
       <c r="P89" s="6"/>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="65">
       <c r="A90" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="B90" s="6">
+        <v>0</v>
+      </c>
+      <c r="C90" s="6">
+        <v>0</v>
+      </c>
+      <c r="D90" s="6">
+        <v>0</v>
+      </c>
+      <c r="E90" s="6" t="s">
         <v>383</v>
       </c>
-      <c r="B90" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F90" s="9" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="6">
         <v>0.85</v>
       </c>
       <c r="J90" s="10" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L90" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M90" s="6" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O90" s="6"/>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="B91" s="6">
+        <v>0</v>
+      </c>
+      <c r="C91" s="6">
+        <v>0</v>
+      </c>
+      <c r="D91" s="6">
+        <v>0</v>
+      </c>
+      <c r="E91" s="6" t="s">
         <v>387</v>
       </c>
-      <c r="B91" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F91" s="9" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="6">
         <v>0.9</v>
       </c>
       <c r="J91" s="10" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="K91" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L91" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O91" s="6"/>
       <c r="P91" s="6"/>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="B92" s="6">
+        <v>0</v>
+      </c>
+      <c r="C92" s="6">
+        <v>0</v>
+      </c>
+      <c r="D92" s="6">
+        <v>0</v>
+      </c>
+      <c r="E92" s="6" t="s">
         <v>391</v>
-      </c>
-[...10 lines deleted...]
-        <v>392</v>
       </c>
       <c r="F92" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="6">
         <v>14.5</v>
       </c>
       <c r="J92" s="10"/>
       <c r="K92" s="6" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="L92" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M92" s="6" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O92" s="6">
-        <v>35591.4</v>
+        <v>36303.9</v>
       </c>
       <c r="P92" s="6"/>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="65">
       <c r="A93" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="B93" s="6">
+        <v>0</v>
+      </c>
+      <c r="C93" s="6">
+        <v>0</v>
+      </c>
+      <c r="D93" s="6">
+        <v>0</v>
+      </c>
+      <c r="E93" s="6" t="s">
         <v>395</v>
-      </c>
-[...10 lines deleted...]
-        <v>396</v>
       </c>
       <c r="F93" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G93" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I93" s="6">
         <v>1200</v>
       </c>
       <c r="J93" s="10" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="K93" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L93" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M93" s="6" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O93" s="6"/>
+      <c r="O93" s="6">
+        <v>952785.1</v>
+      </c>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="B94" s="6">
+        <v>0</v>
+      </c>
+      <c r="C94" s="6">
+        <v>0</v>
+      </c>
+      <c r="D94" s="6">
+        <v>0</v>
+      </c>
+      <c r="E94" s="6" t="s">
         <v>399</v>
-      </c>
-[...10 lines deleted...]
-        <v>400</v>
       </c>
       <c r="F94" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I94" s="6">
         <v>0.13</v>
       </c>
       <c r="J94" s="10" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L94" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M94" s="6" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O94" s="6"/>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B95" s="6">
         <v>2</v>
       </c>
       <c r="C95" s="6">
         <v>2</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="F95" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I95" s="6">
         <v>0.168</v>
       </c>
       <c r="J95" s="10" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L95" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M95" s="6" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O95" s="6">
         <v>417.2</v>
       </c>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="B96" s="6">
+        <v>0</v>
+      </c>
+      <c r="C96" s="6">
+        <v>0</v>
+      </c>
+      <c r="D96" s="6">
+        <v>0</v>
+      </c>
+      <c r="E96" s="6" t="s">
         <v>407</v>
-      </c>
-[...10 lines deleted...]
-        <v>408</v>
       </c>
       <c r="F96" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I96" s="6">
         <v>0.18</v>
       </c>
       <c r="J96" s="10" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L96" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M96" s="6" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O96" s="6"/>
       <c r="P96" s="6"/>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="65">
       <c r="A97" s="6" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="B97" s="6">
         <v>2</v>
       </c>
       <c r="C97" s="6">
         <v>2</v>
       </c>
       <c r="D97" s="6">
         <v>0</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="F97" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I97" s="6">
         <v>0.268</v>
       </c>
       <c r="J97" s="10" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L97" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M97" s="6" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O97" s="6">
         <v>618.36</v>
       </c>
       <c r="P97" s="6"/>
     </row>
     <row r="98" spans="1:16" customHeight="1" ht="65">
       <c r="A98" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="B98" s="6">
+        <v>0</v>
+      </c>
+      <c r="C98" s="6">
+        <v>0</v>
+      </c>
+      <c r="D98" s="6">
+        <v>0</v>
+      </c>
+      <c r="E98" s="6" t="s">
         <v>415</v>
-      </c>
-[...10 lines deleted...]
-        <v>416</v>
       </c>
       <c r="F98" s="9" t="s">
         <v>108</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="6">
         <v>32</v>
       </c>
       <c r="J98" s="10" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L98" s="10" t="s">
         <v>108</v>
       </c>
       <c r="M98" s="6" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O98" s="6">
-        <v>71416.8</v>
+        <v>72845.76</v>
       </c>
       <c r="P98" s="6"/>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="65">
       <c r="A99" s="6" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="B99" s="6">
         <v>0</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6">
         <v>0</v>
       </c>
       <c r="E99" s="6">
         <v>21000002106</v>
       </c>
       <c r="F99" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="6">
         <v>103</v>
       </c>
       <c r="J99" s="10" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O99" s="6">
-        <v>485108.99</v>
+        <v>485109.04</v>
       </c>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B100" s="6">
         <v>0</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
       <c r="E100" s="6">
         <v>21000801149</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="6">
         <v>102</v>
       </c>
       <c r="J100" s="10" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="K100" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O100" s="6">
-        <v>479400</v>
+        <v>479400.05</v>
       </c>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B101" s="6">
         <v>0</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6">
         <v>21000003144</v>
       </c>
       <c r="F101" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="6">
         <v>103</v>
       </c>
       <c r="J101" s="10" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O101" s="6">
-        <v>487028.99</v>
+        <v>487029.04</v>
       </c>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6">
         <v>21000003142</v>
       </c>
       <c r="F102" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="6">
         <v>117</v>
       </c>
       <c r="J102" s="10" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M102" s="6" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O102" s="6">
-        <v>498196</v>
+        <v>498196.06</v>
       </c>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B103" s="6">
         <v>0</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
       <c r="E103" s="6">
         <v>21000003093</v>
       </c>
       <c r="F103" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="6">
         <v>216</v>
       </c>
       <c r="J103" s="10" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O103" s="6">
-        <v>601961.99</v>
+        <v>601962.06</v>
       </c>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="B104" s="6">
+        <v>0</v>
+      </c>
+      <c r="C104" s="6">
+        <v>0</v>
+      </c>
+      <c r="D104" s="6">
+        <v>0</v>
+      </c>
+      <c r="E104" s="6" t="s">
         <v>432</v>
       </c>
-      <c r="B104" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F104" s="9" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="G104" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I104" s="6">
         <v>130</v>
       </c>
       <c r="J104" s="10" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="K104" s="6" t="s">
         <v>137</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O104" s="6"/>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="B105" s="6">
+        <v>0</v>
+      </c>
+      <c r="C105" s="6">
+        <v>0</v>
+      </c>
+      <c r="D105" s="6">
+        <v>0</v>
+      </c>
+      <c r="E105" s="6" t="s">
         <v>436</v>
-      </c>
-[...10 lines deleted...]
-        <v>437</v>
       </c>
       <c r="F105" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="6">
         <v>61</v>
       </c>
       <c r="J105" s="10" t="s">
+        <v>437</v>
+      </c>
+      <c r="K105" s="6" t="s">
         <v>438</v>
       </c>
-      <c r="K105" s="6" t="s">
+      <c r="L105" s="10" t="s">
         <v>439</v>
       </c>
-      <c r="L105" s="10" t="s">
+      <c r="M105" s="6" t="s">
         <v>440</v>
       </c>
-      <c r="M105" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O105" s="6">
-        <v>111289.96</v>
+        <v>113515.76</v>
       </c>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="B106" s="6">
+        <v>0</v>
+      </c>
+      <c r="C106" s="6">
+        <v>0</v>
+      </c>
+      <c r="D106" s="6">
+        <v>0</v>
+      </c>
+      <c r="E106" s="6" t="s">
         <v>442</v>
-      </c>
-[...10 lines deleted...]
-        <v>443</v>
       </c>
       <c r="F106" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="6">
         <v>0</v>
       </c>
       <c r="J106" s="10" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L106" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M106" s="6" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O106" s="6"/>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="B107" s="6">
+        <v>0</v>
+      </c>
+      <c r="C107" s="6">
+        <v>0</v>
+      </c>
+      <c r="D107" s="6">
+        <v>0</v>
+      </c>
+      <c r="E107" s="6" t="s">
         <v>446</v>
       </c>
-      <c r="B107" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F107" s="9" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I107" s="6">
         <v>65</v>
       </c>
       <c r="J107" s="10" t="s">
+        <v>447</v>
+      </c>
+      <c r="K107" s="6" t="s">
         <v>448</v>
       </c>
-      <c r="K107" s="6" t="s">
+      <c r="L107" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="M107" s="6" t="s">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>450</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B108" s="6">
         <v>0</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6">
         <v>21000003095</v>
       </c>
       <c r="F108" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="6">
         <v>217</v>
       </c>
       <c r="J108" s="10" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="K108" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O108" s="6">
-        <v>614343.99</v>
+        <v>614344.06</v>
       </c>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="B109" s="6">
         <v>0</v>
       </c>
       <c r="C109" s="6">
         <v>0</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6">
         <v>21000002875</v>
       </c>
       <c r="F109" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="6">
         <v>274</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O109" s="6">
-        <v>645668</v>
+        <v>645668.07</v>
       </c>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6">
         <v>21000001771</v>
       </c>
       <c r="F110" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="6">
         <v>368</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O110" s="6">
-        <v>798971.99</v>
+        <v>798972.07</v>
       </c>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B111" s="6">
         <v>0</v>
       </c>
       <c r="C111" s="6">
         <v>0</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6">
         <v>21000001776</v>
       </c>
       <c r="F111" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="6">
         <v>289</v>
       </c>
       <c r="J111" s="10" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O111" s="6">
-        <v>781241.99</v>
+        <v>781242.07</v>
       </c>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B112" s="6">
         <v>0</v>
       </c>
       <c r="C112" s="6">
         <v>0</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
       <c r="E112" s="6">
         <v>21000002738</v>
       </c>
       <c r="F112" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="6">
         <v>367</v>
       </c>
       <c r="J112" s="10" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="K112" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O112" s="6">
-        <v>775293.99</v>
+        <v>775294.07</v>
       </c>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B113" s="6">
         <v>0</v>
       </c>
       <c r="C113" s="6">
         <v>0</v>
       </c>
       <c r="D113" s="6">
         <v>0</v>
       </c>
       <c r="E113" s="6">
         <v>21000001775</v>
       </c>
       <c r="F113" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G113" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="6">
         <v>288</v>
       </c>
       <c r="J113" s="10" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="K113" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M113" s="6" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O113" s="6">
-        <v>756731.99</v>
+        <v>756732.07</v>
       </c>
       <c r="P113" s="6"/>
     </row>
     <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="B114" s="6">
+        <v>0</v>
+      </c>
+      <c r="C114" s="6">
+        <v>0</v>
+      </c>
+      <c r="D114" s="6">
+        <v>0</v>
+      </c>
+      <c r="E114" s="6" t="s">
         <v>469</v>
-      </c>
-[...10 lines deleted...]
-        <v>470</v>
       </c>
       <c r="F114" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G114" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H114" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="6">
         <v>71</v>
       </c>
       <c r="J114" s="10" t="s">
+        <v>470</v>
+      </c>
+      <c r="K114" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="L114" s="10" t="s">
+        <v>439</v>
+      </c>
+      <c r="M114" s="6" t="s">
         <v>471</v>
       </c>
-      <c r="K114" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N114" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O114" s="6">
-        <v>125599.94</v>
+        <v>128111.95</v>
       </c>
       <c r="P114" s="6"/>
     </row>
     <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="B115" s="6">
+        <v>0</v>
+      </c>
+      <c r="C115" s="6">
+        <v>0</v>
+      </c>
+      <c r="D115" s="6">
+        <v>0</v>
+      </c>
+      <c r="E115" s="6" t="s">
         <v>473</v>
-      </c>
-[...10 lines deleted...]
-        <v>474</v>
       </c>
       <c r="F115" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H115" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I115" s="6">
         <v>0.341</v>
       </c>
       <c r="J115" s="10" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="K115" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L115" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M115" s="6" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O115" s="6"/>
       <c r="P115" s="6"/>
     </row>
     <row r="116" spans="1:16" customHeight="1" ht="65">
       <c r="A116" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="B116" s="6">
+        <v>0</v>
+      </c>
+      <c r="C116" s="6">
+        <v>0</v>
+      </c>
+      <c r="D116" s="6">
+        <v>0</v>
+      </c>
+      <c r="E116" s="6" t="s">
         <v>477</v>
-      </c>
-[...10 lines deleted...]
-        <v>478</v>
       </c>
       <c r="F116" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I116" s="6">
         <v>0.078</v>
       </c>
       <c r="J116" s="10" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="K116" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L116" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M116" s="6" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O116" s="6"/>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="B117" s="6">
         <v>2</v>
       </c>
       <c r="C117" s="6">
         <v>2</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="F117" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I117" s="6">
         <v>0.09</v>
       </c>
       <c r="J117" s="10" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="K117" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L117" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M117" s="6" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O117" s="6">
         <v>336.59</v>
       </c>
       <c r="P117" s="6"/>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="65">
       <c r="A118" s="6" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="B118" s="6">
         <v>20</v>
       </c>
       <c r="C118" s="6">
         <v>20</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
       <c r="E118" s="6" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="F118" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I118" s="6">
         <v>0.133</v>
       </c>
       <c r="J118" s="10" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="K118" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L118" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M118" s="6" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O118" s="6">
         <v>262.94</v>
       </c>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="65">
       <c r="A119" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="B119" s="6">
+        <v>0</v>
+      </c>
+      <c r="C119" s="6">
+        <v>0</v>
+      </c>
+      <c r="D119" s="6">
+        <v>0</v>
+      </c>
+      <c r="E119" s="6" t="s">
         <v>489</v>
-      </c>
-[...10 lines deleted...]
-        <v>490</v>
       </c>
       <c r="F119" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I119" s="6">
         <v>0.14</v>
       </c>
       <c r="J119" s="10" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="K119" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L119" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M119" s="6" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O119" s="6"/>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="B120" s="6">
+        <v>64</v>
+      </c>
+      <c r="C120" s="6">
+        <v>64</v>
+      </c>
+      <c r="D120" s="6">
+        <v>0</v>
+      </c>
+      <c r="E120" s="6" t="s">
         <v>493</v>
-      </c>
-[...10 lines deleted...]
-        <v>494</v>
       </c>
       <c r="F120" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H120" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I120" s="6">
         <v>0.2</v>
       </c>
       <c r="J120" s="10" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="K120" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L120" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M120" s="6" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O120" s="6">
-        <v>301.85</v>
+        <v>301.86</v>
       </c>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="B121" s="6">
+        <v>0</v>
+      </c>
+      <c r="C121" s="6">
+        <v>0</v>
+      </c>
+      <c r="D121" s="6">
+        <v>0</v>
+      </c>
+      <c r="E121" s="6" t="s">
         <v>497</v>
       </c>
-      <c r="B121" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F121" s="9" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="G121" s="10" t="s">
         <v>186</v>
       </c>
       <c r="H121" s="6" t="s">
         <v>187</v>
       </c>
       <c r="I121" s="6">
         <v>0.17</v>
       </c>
       <c r="J121" s="10" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K121" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L121" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O121" s="6"/>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="65">
       <c r="A122" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="B122" s="6">
+        <v>0</v>
+      </c>
+      <c r="C122" s="6">
+        <v>0</v>
+      </c>
+      <c r="D122" s="6">
+        <v>0</v>
+      </c>
+      <c r="E122" s="6" t="s">
         <v>501</v>
-      </c>
-[...10 lines deleted...]
-        <v>502</v>
       </c>
       <c r="F122" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G122" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H122" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I122" s="6">
         <v>73</v>
       </c>
       <c r="J122" s="10" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="K122" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L122" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M122" s="6" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O122" s="6"/>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="B123" s="6">
+        <v>0</v>
+      </c>
+      <c r="C123" s="6">
+        <v>0</v>
+      </c>
+      <c r="D123" s="6">
+        <v>0</v>
+      </c>
+      <c r="E123" s="6" t="s">
         <v>505</v>
-      </c>
-[...10 lines deleted...]
-        <v>506</v>
       </c>
       <c r="F123" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G123" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H123" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I123" s="6">
         <v>2100</v>
       </c>
       <c r="J123" s="10" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="K123" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L123" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O123" s="6"/>
+      <c r="O123" s="6">
+        <v>1360132.3</v>
+      </c>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="B124" s="6">
         <v>0</v>
       </c>
       <c r="C124" s="6">
         <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
       <c r="E124" s="6">
         <v>21000003138</v>
       </c>
       <c r="F124" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="6">
         <v>379</v>
       </c>
       <c r="J124" s="10" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O124" s="6">
-        <v>885816</v>
+        <v>885816.09</v>
       </c>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B125" s="6">
         <v>0</v>
       </c>
       <c r="C125" s="6">
         <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6">
         <v>21000003141</v>
       </c>
       <c r="F125" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H125" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="6">
         <v>300</v>
       </c>
       <c r="J125" s="10" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="K125" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O125" s="6">
-        <v>867381.99</v>
+        <v>867382.08</v>
       </c>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
       <c r="E126" s="6">
         <v>21000003136</v>
       </c>
       <c r="F126" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G126" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="6">
         <v>378</v>
       </c>
       <c r="J126" s="10" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="K126" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M126" s="6" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O126" s="6">
-        <v>861906.99</v>
+        <v>861907.08</v>
       </c>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B127" s="6">
         <v>0</v>
       </c>
       <c r="C127" s="6">
         <v>0</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6">
         <v>21000003140</v>
       </c>
       <c r="F127" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G127" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="6">
         <v>299</v>
       </c>
       <c r="J127" s="10" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="K127" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O127" s="6">
-        <v>844189.99</v>
+        <v>844190.08</v>
       </c>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="B128" s="6">
+        <v>0</v>
+      </c>
+      <c r="C128" s="6">
+        <v>0</v>
+      </c>
+      <c r="D128" s="6">
+        <v>0</v>
+      </c>
+      <c r="E128" s="6" t="s">
         <v>521</v>
-      </c>
-[...10 lines deleted...]
-        <v>522</v>
       </c>
       <c r="F128" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H128" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I128" s="6">
         <v>2825</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="K128" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L128" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O128" s="6"/>
+      <c r="O128" s="6">
+        <v>2309251.28</v>
+      </c>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6">
         <v>21000003148</v>
       </c>
       <c r="F129" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="6">
         <v>117</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="K129" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O129" s="6">
-        <v>513226</v>
+        <v>513226.06</v>
       </c>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="B130" s="6">
+        <v>0</v>
+      </c>
+      <c r="C130" s="6">
+        <v>0</v>
+      </c>
+      <c r="D130" s="6">
+        <v>0</v>
+      </c>
+      <c r="E130" s="6" t="s">
         <v>528</v>
-      </c>
-[...10 lines deleted...]
-        <v>529</v>
       </c>
       <c r="F130" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I130" s="6">
         <v>105</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="K130" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L130" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M130" s="6" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O130" s="6">
-        <v>230996.65</v>
+        <v>235616.58</v>
       </c>
       <c r="P130" s="6"/>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="65">
       <c r="A131" s="6" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B131" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C131" s="6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D131" s="6">
         <v>0</v>
       </c>
       <c r="E131" s="6">
         <v>380.0</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>192</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I131" s="6">
         <v>0.16</v>
       </c>
       <c r="J131" s="10" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="K131" s="6" t="s">
         <v>194</v>
       </c>
       <c r="L131" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M131" s="6" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O131" s="6">
-        <v>682.24</v>
+        <v>730.18</v>
       </c>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16" customHeight="1" ht="65">
       <c r="A132" s="6" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="B132" s="6">
         <v>0</v>
       </c>
       <c r="C132" s="6">
         <v>0</v>
       </c>
       <c r="D132" s="6">
         <v>0</v>
       </c>
       <c r="E132" s="6">
         <v>21000002337</v>
       </c>
       <c r="F132" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H132" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I132" s="6">
         <v>120</v>
       </c>
       <c r="J132" s="10" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="K132" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L132" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M132" s="6" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O132" s="6">
-        <v>119658</v>
+        <v>119658.02</v>
       </c>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
       <c r="E133" s="6">
         <v>21000008354</v>
       </c>
       <c r="F133" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H133" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="6">
         <v>134</v>
       </c>
       <c r="J133" s="10" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="K133" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L133" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M133" s="6" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O133" s="6">
         <v>124856.01</v>
       </c>
       <c r="P133" s="6"/>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="65">
       <c r="A134" s="6" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B134" s="6">
         <v>0</v>
       </c>
       <c r="C134" s="6">
         <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
       <c r="E134" s="6">
         <v>21000801123</v>
       </c>
       <c r="F134" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="6">
         <v>158</v>
       </c>
       <c r="J134" s="10" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="K134" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L134" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M134" s="6" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O134" s="6">
-        <v>203280</v>
+        <v>203280.01</v>
       </c>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="B135" s="6">
+        <v>0</v>
+      </c>
+      <c r="C135" s="6">
+        <v>0</v>
+      </c>
+      <c r="D135" s="6">
+        <v>0</v>
+      </c>
+      <c r="E135" s="6" t="s">
         <v>544</v>
-      </c>
-[...10 lines deleted...]
-        <v>545</v>
       </c>
       <c r="F135" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H135" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I135" s="6">
         <v>24.017</v>
       </c>
       <c r="J135" s="10" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="K135" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L135" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M135" s="6" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O135" s="6"/>
       <c r="P135" s="6"/>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B136" s="6">
         <v>0</v>
       </c>
       <c r="C136" s="6">
         <v>0</v>
       </c>
       <c r="D136" s="6">
         <v>0</v>
       </c>
       <c r="E136" s="6">
         <v>21000801141</v>
       </c>
       <c r="F136" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G136" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I136" s="6">
         <v>116</v>
       </c>
       <c r="J136" s="10" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="K136" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L136" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M136" s="6" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O136" s="6">
-        <v>483040</v>
+        <v>483040.04</v>
       </c>
       <c r="P136" s="6"/>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="B137" s="6">
+        <v>0</v>
+      </c>
+      <c r="C137" s="6">
+        <v>0</v>
+      </c>
+      <c r="D137" s="6">
+        <v>0</v>
+      </c>
+      <c r="E137" s="6" t="s">
         <v>550</v>
-      </c>
-[...10 lines deleted...]
-        <v>551</v>
       </c>
       <c r="F137" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G137" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H137" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I137" s="6">
         <v>900</v>
       </c>
       <c r="J137" s="10" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="K137" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L137" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M137" s="6" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O137" s="6"/>
+      <c r="O137" s="6">
+        <v>817444.66</v>
+      </c>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="B138" s="6">
+        <v>0</v>
+      </c>
+      <c r="C138" s="6">
+        <v>0</v>
+      </c>
+      <c r="D138" s="6">
+        <v>0</v>
+      </c>
+      <c r="E138" s="6" t="s">
         <v>554</v>
-      </c>
-[...10 lines deleted...]
-        <v>555</v>
       </c>
       <c r="F138" s="9" t="s">
         <v>69</v>
       </c>
       <c r="G138" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I138" s="6">
         <v>1.48</v>
       </c>
       <c r="J138" s="10" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="K138" s="6" t="s">
         <v>71</v>
       </c>
       <c r="L138" s="10" t="s">
         <v>72</v>
       </c>
       <c r="M138" s="6" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O138" s="6"/>
       <c r="P138" s="6"/>
     </row>
     <row r="139" spans="1:16" customHeight="1" ht="65">
       <c r="A139" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="B139" s="6">
+        <v>0</v>
+      </c>
+      <c r="C139" s="6">
+        <v>0</v>
+      </c>
+      <c r="D139" s="6">
+        <v>0</v>
+      </c>
+      <c r="E139" s="6" t="s">
         <v>558</v>
       </c>
-      <c r="B139" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F139" s="9" t="s">
-        <v>560</v>
+        <v>46</v>
       </c>
       <c r="G139" s="10" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="6">
-        <v>31.6</v>
+        <v>24</v>
       </c>
       <c r="J139" s="10" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="L139" s="10" t="s">
-        <v>562</v>
+        <v>46</v>
       </c>
       <c r="M139" s="6" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O139" s="6">
-        <v>39156.55</v>
+        <v>61230.78</v>
       </c>
       <c r="P139" s="6"/>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="65">
       <c r="A140" s="6" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B140" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C140" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="F140" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H140" s="6" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I140" s="6">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J140" s="10" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="K140" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L140" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M140" s="6" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O140" s="6">
-        <v>60029.67</v>
+        <v>79285.85</v>
       </c>
       <c r="P140" s="6"/>
     </row>
     <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="B141" s="6">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C141" s="6">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
       <c r="E141" s="6" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="F141" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H141" s="6" t="s">
         <v>64</v>
       </c>
       <c r="I141" s="6">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="J141" s="10" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="K141" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L141" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M141" s="6" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O141" s="6">
-        <v>78500.78</v>
+        <v>123531.58</v>
       </c>
       <c r="P141" s="6"/>
     </row>
     <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="B142" s="6">
+        <v>0</v>
+      </c>
+      <c r="C142" s="6">
+        <v>0</v>
+      </c>
+      <c r="D142" s="6">
+        <v>0</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="F142" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="G142" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H142" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I142" s="6">
+        <v>120</v>
+      </c>
+      <c r="J142" s="10" t="s">
+        <v>571</v>
+      </c>
+      <c r="K142" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L142" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M142" s="6" t="s">
         <v>572</v>
       </c>
-      <c r="B142" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N142" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O142" s="6">
-        <v>122309.11</v>
+        <v>279783.85</v>
       </c>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="F143" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="6">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="J143" s="10" t="s">
+        <v>575</v>
+      </c>
+      <c r="K143" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L143" s="10" t="s">
+        <v>577</v>
+      </c>
+      <c r="M143" s="6" t="s">
         <v>578</v>
       </c>
-      <c r="K143" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N143" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O143" s="6">
-        <v>274297.89</v>
+        <v>246455.04</v>
       </c>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16" customHeight="1" ht="65">
       <c r="A144" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="B144" s="6">
+        <v>0</v>
+      </c>
+      <c r="C144" s="6">
+        <v>0</v>
+      </c>
+      <c r="D144" s="6">
+        <v>0</v>
+      </c>
+      <c r="E144" s="6" t="s">
         <v>580</v>
-      </c>
-[...10 lines deleted...]
-        <v>581</v>
       </c>
       <c r="F144" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="6">
         <v>90</v>
       </c>
       <c r="J144" s="10" t="s">
+        <v>581</v>
+      </c>
+      <c r="K144" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L144" s="10" t="s">
+        <v>577</v>
+      </c>
+      <c r="M144" s="6" t="s">
         <v>582</v>
       </c>
-      <c r="K144" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N144" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O144" s="6">
-        <v>241622.59</v>
+        <v>188848.96</v>
       </c>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B145" s="6">
         <v>0</v>
       </c>
       <c r="C145" s="6">
         <v>0</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G145" s="10" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="6">
-        <v>90</v>
+        <v>1350</v>
       </c>
       <c r="J145" s="10" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="K145" s="6" t="s">
-        <v>583</v>
+        <v>86</v>
       </c>
       <c r="L145" s="10" t="s">
-        <v>584</v>
+        <v>84</v>
       </c>
       <c r="M145" s="6" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O145" s="6">
-        <v>185146.04</v>
+        <v>1304757.04</v>
       </c>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>84</v>
+        <v>53</v>
       </c>
       <c r="G146" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="6">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="J146" s="10" t="s">
+        <v>589</v>
+      </c>
+      <c r="K146" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L146" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M146" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="N146" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" s="6">
+        <v>74717.15</v>
+      </c>
+      <c r="P146" s="6"/>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="B147" s="6">
+        <v>0</v>
+      </c>
+      <c r="C147" s="6">
+        <v>0</v>
+      </c>
+      <c r="D147" s="6">
+        <v>0</v>
+      </c>
+      <c r="E147" s="6" t="s">
         <v>592</v>
       </c>
-      <c r="K146" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L146" s="10" t="s">
+      <c r="F147" s="9" t="s">
         <v>84</v>
       </c>
-      <c r="M146" s="6" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="G147" s="10" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="H147" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="6">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="J147" s="10" t="s">
+        <v>593</v>
+      </c>
+      <c r="K147" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="L147" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M147" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="N147" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" s="6">
+        <v>1160540.16</v>
+      </c>
+      <c r="P147" s="6"/>
+    </row>
+    <row r="148" spans="1:16" customHeight="1" ht="65">
+      <c r="A148" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="B148" s="6">
+        <v>13</v>
+      </c>
+      <c r="C148" s="6">
+        <v>13</v>
+      </c>
+      <c r="D148" s="6">
+        <v>0</v>
+      </c>
+      <c r="E148" s="6" t="s">
         <v>596</v>
       </c>
-      <c r="K147" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="F148" s="9" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H148" s="6" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I148" s="6">
-        <v>1100</v>
+        <v>162</v>
       </c>
       <c r="J148" s="10" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="K148" s="6" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="L148" s="10" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="M148" s="6" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O148" s="6">
-        <v>1137784.63</v>
+        <v>204843.5</v>
       </c>
       <c r="P148" s="6"/>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="B149" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C149" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D149" s="6">
         <v>0</v>
       </c>
       <c r="E149" s="6" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F149" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H149" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I149" s="6">
-        <v>162</v>
+        <v>122</v>
       </c>
       <c r="J149" s="10" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="K149" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L149" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M149" s="6" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O149" s="6">
-        <v>202816.01</v>
+        <v>158309.53</v>
       </c>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="B150" s="6">
         <v>0</v>
       </c>
       <c r="C150" s="6">
         <v>0</v>
       </c>
       <c r="D150" s="6">
         <v>0</v>
       </c>
       <c r="E150" s="6" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="F150" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G150" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I150" s="6">
-        <v>122</v>
+        <v>203</v>
       </c>
       <c r="J150" s="10" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="K150" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L150" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M150" s="6" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O150" s="6">
-        <v>155204.89</v>
+        <v>228445.31</v>
       </c>
       <c r="P150" s="6"/>
     </row>
     <row r="151" spans="1:16" customHeight="1" ht="65">
       <c r="A151" s="6" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="B151" s="6">
         <v>0</v>
       </c>
       <c r="C151" s="6">
         <v>0</v>
       </c>
       <c r="D151" s="6">
         <v>0</v>
       </c>
       <c r="E151" s="6" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="F151" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G151" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H151" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I151" s="6">
-        <v>203</v>
+        <v>110</v>
       </c>
       <c r="J151" s="10" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="K151" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L151" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M151" s="6" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O151" s="6">
-        <v>223965.74</v>
+        <v>177444.59</v>
       </c>
       <c r="P151" s="6"/>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="65">
       <c r="A152" s="6" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="B152" s="6">
         <v>0</v>
       </c>
       <c r="C152" s="6">
         <v>0</v>
       </c>
       <c r="D152" s="6">
         <v>0</v>
       </c>
       <c r="E152" s="6" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="F152" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G152" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I152" s="6">
-        <v>110</v>
+        <v>211</v>
       </c>
       <c r="J152" s="10" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="K152" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L152" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M152" s="6" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="N152" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O152" s="6">
-        <v>173965.23</v>
+        <v>292478.67</v>
       </c>
       <c r="P152" s="6"/>
     </row>
     <row r="153" spans="1:16" customHeight="1" ht="65">
       <c r="A153" s="6" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B153" s="6">
         <v>0</v>
       </c>
       <c r="C153" s="6">
         <v>0</v>
       </c>
       <c r="D153" s="6">
         <v>0</v>
       </c>
       <c r="E153" s="6" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="F153" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G153" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H153" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="6">
-        <v>211</v>
+        <v>165</v>
       </c>
       <c r="J153" s="10" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="K153" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L153" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M153" s="6" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O153" s="6">
-        <v>286743.85</v>
+        <v>189840.35</v>
       </c>
       <c r="P153" s="6"/>
     </row>
     <row r="154" spans="1:16" customHeight="1" ht="65">
       <c r="A154" s="6" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B154" s="6">
         <v>0</v>
       </c>
       <c r="C154" s="6">
         <v>0</v>
       </c>
       <c r="D154" s="6">
         <v>0</v>
       </c>
       <c r="E154" s="6" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="F154" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I154" s="6">
-        <v>165</v>
+        <v>290</v>
       </c>
       <c r="J154" s="10" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="K154" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L154" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M154" s="6" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O154" s="6">
-        <v>186117.35</v>
+        <v>340971.74</v>
       </c>
       <c r="P154" s="6"/>
     </row>
     <row r="155" spans="1:16" customHeight="1" ht="65">
       <c r="A155" s="6" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="B155" s="6">
         <v>0</v>
       </c>
       <c r="C155" s="6">
         <v>0</v>
       </c>
       <c r="D155" s="6">
         <v>0</v>
       </c>
       <c r="E155" s="6" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="F155" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G155" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H155" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="6">
-        <v>290</v>
+        <v>89</v>
       </c>
       <c r="J155" s="10" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="K155" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L155" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M155" s="6" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="N155" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O155" s="6">
-        <v>334286.58</v>
+        <v>177444.59</v>
       </c>
       <c r="P155" s="6"/>
     </row>
     <row r="156" spans="1:16" customHeight="1" ht="65">
       <c r="A156" s="6" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="B156" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C156" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D156" s="6">
         <v>0</v>
       </c>
       <c r="E156" s="6" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="F156" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G156" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H156" s="6" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I156" s="6">
-        <v>89</v>
+        <v>154</v>
       </c>
       <c r="J156" s="10" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="K156" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L156" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M156" s="6" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="N156" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O156" s="6">
-        <v>173965.23</v>
+        <v>289654.72</v>
       </c>
       <c r="P156" s="6"/>
     </row>
     <row r="157" spans="1:16" customHeight="1" ht="65">
       <c r="A157" s="6" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="B157" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C157" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D157" s="6">
         <v>0</v>
       </c>
-      <c r="E157" s="6" t="s">
-        <v>635</v>
+      <c r="E157" s="6">
+        <v>71010802454</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="G157" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H157" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I157" s="6">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="J157" s="10" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="K157" s="6" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="L157" s="10" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="M157" s="6" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="N157" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O157" s="6">
-        <v>286786.59</v>
+        <v>164642.96</v>
       </c>
       <c r="P157" s="6"/>
     </row>
     <row r="158" spans="1:16" customHeight="1" ht="65">
       <c r="A158" s="6" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="B158" s="6">
         <v>0</v>
       </c>
       <c r="C158" s="6">
         <v>0</v>
       </c>
       <c r="D158" s="6">
         <v>0</v>
       </c>
-      <c r="E158" s="6">
-        <v>71010802454</v>
+      <c r="E158" s="6" t="s">
+        <v>635</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G158" s="10" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="H158" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I158" s="6">
-        <v>121</v>
+        <v>350</v>
       </c>
       <c r="J158" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="K158" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="L158" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M158" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="N158" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O158" s="6">
+        <v>559390.21</v>
+      </c>
+      <c r="P158" s="6"/>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="B159" s="6">
+        <v>0</v>
+      </c>
+      <c r="C159" s="6">
+        <v>0</v>
+      </c>
+      <c r="D159" s="6">
+        <v>0</v>
+      </c>
+      <c r="E159" s="6" t="s">
         <v>639</v>
-      </c>
-[...31 lines deleted...]
-        <v>642</v>
       </c>
       <c r="F159" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G159" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H159" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I159" s="6">
-        <v>350</v>
+        <v>1600</v>
       </c>
       <c r="J159" s="10" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="K159" s="6" t="s">
-        <v>122</v>
+        <v>86</v>
       </c>
       <c r="L159" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M159" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="N159" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" s="6">
+        <v>1526525.64</v>
+      </c>
+      <c r="P159" s="6"/>
+    </row>
+    <row r="160" spans="1:16" customHeight="1" ht="65">
+      <c r="A160" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="B160" s="6">
+        <v>0</v>
+      </c>
+      <c r="C160" s="6">
+        <v>0</v>
+      </c>
+      <c r="D160" s="6">
+        <v>0</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="F160" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G160" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H160" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I160" s="6">
+        <v>1.2</v>
+      </c>
+      <c r="J160" s="10" t="s">
         <v>644</v>
       </c>
-      <c r="N159" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A160" s="6" t="s">
+      <c r="K160" s="6" t="s">
         <v>645</v>
       </c>
-      <c r="B160" s="6">
-[...8 lines deleted...]
-      <c r="E160" s="6" t="s">
+      <c r="L160" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="M160" s="6" t="s">
         <v>646</v>
       </c>
-      <c r="F160" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N160" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O160" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O160" s="6"/>
       <c r="P160" s="6"/>
     </row>
     <row r="161" spans="1:16" customHeight="1" ht="65">
       <c r="A161" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="B161" s="6">
+        <v>0</v>
+      </c>
+      <c r="C161" s="6">
+        <v>0</v>
+      </c>
+      <c r="D161" s="6">
+        <v>0</v>
+      </c>
+      <c r="E161" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="F161" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G161" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H161" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I161" s="6">
+        <v>124</v>
+      </c>
+      <c r="J161" s="10" t="s">
         <v>649</v>
       </c>
-      <c r="B161" s="6">
-[...8 lines deleted...]
-      <c r="E161" s="6" t="s">
+      <c r="K161" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L161" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="M161" s="6" t="s">
         <v>650</v>
       </c>
-      <c r="F161" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N161" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O161" s="6"/>
+      <c r="O161" s="6">
+        <v>205279.48</v>
+      </c>
       <c r="P161" s="6"/>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="65">
       <c r="A162" s="6" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="B162" s="6">
         <v>0</v>
       </c>
       <c r="C162" s="6">
         <v>0</v>
       </c>
       <c r="D162" s="6">
         <v>0</v>
       </c>
       <c r="E162" s="6" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="F162" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G162" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H162" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="6">
-        <v>124</v>
+        <v>203</v>
       </c>
       <c r="J162" s="10" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="K162" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L162" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M162" s="6" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O162" s="6">
-        <v>201254.42</v>
+        <v>331838.77</v>
       </c>
       <c r="P162" s="6"/>
     </row>
     <row r="163" spans="1:16" customHeight="1" ht="65">
       <c r="A163" s="6" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="B163" s="6">
         <v>0</v>
       </c>
       <c r="C163" s="6">
         <v>0</v>
       </c>
       <c r="D163" s="6">
         <v>0</v>
       </c>
       <c r="E163" s="6" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="F163" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G163" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H163" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="6">
-        <v>203</v>
+        <v>110</v>
       </c>
       <c r="J163" s="10" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="K163" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L163" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M163" s="6" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="N163" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O163" s="6">
-        <v>325331.71</v>
+        <v>226806.79</v>
       </c>
       <c r="P163" s="6"/>
     </row>
     <row r="164" spans="1:16" customHeight="1" ht="65">
       <c r="A164" s="6" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="B164" s="6">
         <v>0</v>
       </c>
       <c r="C164" s="6">
         <v>0</v>
       </c>
       <c r="D164" s="6">
         <v>0</v>
       </c>
       <c r="E164" s="6" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="F164" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G164" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="6">
-        <v>110</v>
+        <v>194</v>
       </c>
       <c r="J164" s="10" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="K164" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L164" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M164" s="6" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O164" s="6">
-        <v>222359.99</v>
+        <v>372285.99</v>
       </c>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="B165" s="6">
         <v>0</v>
       </c>
       <c r="C165" s="6">
         <v>0</v>
       </c>
       <c r="D165" s="6">
         <v>0</v>
       </c>
       <c r="E165" s="6" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="F165" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G165" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H165" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I165" s="6">
-        <v>194</v>
+        <v>150</v>
       </c>
       <c r="J165" s="10" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="K165" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L165" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M165" s="6" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="N165" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O165" s="6">
-        <v>364986.74</v>
+        <v>237462.87</v>
       </c>
       <c r="P165" s="6"/>
     </row>
     <row r="166" spans="1:16" customHeight="1" ht="65">
       <c r="A166" s="6" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="B166" s="6">
         <v>0</v>
       </c>
       <c r="C166" s="6">
         <v>0</v>
       </c>
       <c r="D166" s="6">
         <v>0</v>
       </c>
       <c r="E166" s="6" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="F166" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="6">
-        <v>150</v>
+        <v>279</v>
       </c>
       <c r="J166" s="10" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="K166" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L166" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M166" s="6" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O166" s="6">
-        <v>232806.62</v>
+        <v>410993.53</v>
       </c>
       <c r="P166" s="6"/>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="65">
       <c r="A167" s="6" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="B167" s="6">
         <v>0</v>
       </c>
       <c r="C167" s="6">
         <v>0</v>
       </c>
       <c r="D167" s="6">
         <v>0</v>
       </c>
       <c r="E167" s="6" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="F167" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H167" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I167" s="6">
-        <v>279</v>
+        <v>85</v>
       </c>
       <c r="J167" s="10" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="K167" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L167" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M167" s="6" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="N167" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O167" s="6">
-        <v>402934.86</v>
+        <v>149564.1</v>
       </c>
       <c r="P167" s="6"/>
     </row>
     <row r="168" spans="1:16" customHeight="1" ht="65">
       <c r="A168" s="6" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="B168" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C168" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D168" s="6">
         <v>0</v>
       </c>
       <c r="E168" s="6" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="F168" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H168" s="6" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I168" s="6">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="J168" s="10" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="K168" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L168" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M168" s="6" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O168" s="6">
-        <v>146631.87</v>
+        <v>230109.47</v>
       </c>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="B169" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C169" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
       <c r="E169" s="6" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="F169" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H169" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I169" s="6">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="J169" s="10" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="K169" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L169" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M169" s="6" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="N169" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O169" s="6">
-        <v>227831.22</v>
+        <v>175486.92</v>
       </c>
       <c r="P169" s="6"/>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="65">
       <c r="A170" s="6" t="s">
-        <v>686</v>
+        <v>450</v>
       </c>
       <c r="B170" s="6">
         <v>0</v>
       </c>
       <c r="C170" s="6">
         <v>0</v>
       </c>
       <c r="D170" s="6">
         <v>0</v>
       </c>
-      <c r="E170" s="6" t="s">
-        <v>687</v>
+      <c r="E170" s="6">
+        <v>21000003092</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="G170" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I170" s="6">
-        <v>124</v>
+        <v>275</v>
       </c>
       <c r="J170" s="10" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="K170" s="6" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="L170" s="10" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="M170" s="6" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O170" s="6">
-        <v>172046.02</v>
+        <v>659412.06</v>
       </c>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
-        <v>451</v>
+        <v>685</v>
       </c>
       <c r="B171" s="6">
         <v>0</v>
       </c>
       <c r="C171" s="6">
         <v>0</v>
       </c>
       <c r="D171" s="6">
         <v>0</v>
       </c>
-      <c r="E171" s="6">
-        <v>21000003092</v>
+      <c r="E171" s="6" t="s">
+        <v>686</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G171" s="10" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="6">
-        <v>275</v>
+        <v>205</v>
       </c>
       <c r="J171" s="10" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="K171" s="6" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="L171" s="10" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="M171" s="6" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O171" s="6">
-        <v>659411.99</v>
+        <v>276000.86</v>
       </c>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="B172" s="6">
         <v>0</v>
       </c>
       <c r="C172" s="6">
         <v>0</v>
       </c>
       <c r="D172" s="6">
         <v>0</v>
       </c>
       <c r="E172" s="6" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="F172" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G172" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="6">
-        <v>205</v>
+        <v>110</v>
       </c>
       <c r="J172" s="10" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="K172" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L172" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M172" s="6" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="N172" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O172" s="6">
-        <v>270589.47</v>
+        <v>197015.64</v>
       </c>
       <c r="P172" s="6"/>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="65">
       <c r="A173" s="6" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="B173" s="6">
         <v>0</v>
       </c>
       <c r="C173" s="6">
         <v>0</v>
       </c>
       <c r="D173" s="6">
         <v>0</v>
       </c>
       <c r="E173" s="6" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="F173" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I173" s="6">
-        <v>110</v>
+        <v>194</v>
       </c>
       <c r="J173" s="10" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="K173" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L173" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M173" s="6" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O173" s="6">
-        <v>193153.01</v>
+        <v>313136.84</v>
       </c>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="B174" s="6">
         <v>0</v>
       </c>
       <c r="C174" s="6">
         <v>0</v>
       </c>
       <c r="D174" s="6">
         <v>0</v>
       </c>
       <c r="E174" s="6" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="F174" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H174" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I174" s="6">
-        <v>194</v>
+        <v>150</v>
       </c>
       <c r="J174" s="10" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="K174" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L174" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M174" s="6" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O174" s="6">
-        <v>306997.38</v>
+        <v>207888.29</v>
       </c>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="B175" s="6">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <v>0</v>
       </c>
       <c r="D175" s="6">
         <v>0</v>
       </c>
       <c r="E175" s="6" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="F175" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G175" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H175" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I175" s="6">
-        <v>150</v>
+        <v>279</v>
       </c>
       <c r="J175" s="10" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="K175" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L175" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M175" s="6" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O175" s="6">
-        <v>203811.94</v>
+        <v>351844.39</v>
       </c>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="B176" s="6">
         <v>0</v>
       </c>
       <c r="C176" s="6">
         <v>0</v>
       </c>
       <c r="D176" s="6">
         <v>0</v>
       </c>
       <c r="E176" s="6" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H176" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I176" s="6">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="J176" s="10" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="K176" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L176" s="10" t="s">
-        <v>46</v>
+        <v>149</v>
       </c>
       <c r="M176" s="6" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O176" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O176" s="6"/>
       <c r="P176" s="6"/>
     </row>
     <row r="177" spans="1:16" customHeight="1" ht="65">
       <c r="A177" s="6" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="B177" s="6">
         <v>0</v>
       </c>
       <c r="C177" s="6">
         <v>0</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
       <c r="E177" s="6" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="F177" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H177" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I177" s="6">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="J177" s="10" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="K177" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L177" s="10" t="s">
         <v>149</v>
       </c>
       <c r="M177" s="6" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="N177" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O177" s="6"/>
       <c r="P177" s="6"/>
     </row>
     <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="B178" s="6">
         <v>0</v>
       </c>
       <c r="C178" s="6">
         <v>0</v>
       </c>
       <c r="D178" s="6">
         <v>0</v>
       </c>
       <c r="E178" s="6" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="F178" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H178" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I178" s="6">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="J178" s="10" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="K178" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L178" s="10" t="s">
         <v>149</v>
       </c>
       <c r="M178" s="6" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O178" s="6"/>
       <c r="P178" s="6"/>
     </row>
     <row r="179" spans="1:16" customHeight="1" ht="65">
       <c r="A179" s="6" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="B179" s="6">
         <v>0</v>
       </c>
       <c r="C179" s="6">
         <v>0</v>
       </c>
       <c r="D179" s="6">
         <v>0</v>
       </c>
       <c r="E179" s="6" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="F179" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H179" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I179" s="6">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="J179" s="10" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="K179" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L179" s="10" t="s">
         <v>149</v>
       </c>
       <c r="M179" s="6" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="N179" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O179" s="6"/>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="B180" s="6">
         <v>0</v>
       </c>
       <c r="C180" s="6">
         <v>0</v>
       </c>
       <c r="D180" s="6">
         <v>0</v>
       </c>
       <c r="E180" s="6" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="H180" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I180" s="6">
-        <v>60</v>
+        <v>1.05</v>
       </c>
       <c r="J180" s="10" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="K180" s="6" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="L180" s="10" t="s">
-        <v>149</v>
+        <v>72</v>
       </c>
       <c r="M180" s="6" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="N180" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O180" s="6"/>
       <c r="P180" s="6"/>
     </row>
     <row r="181" spans="1:16" customHeight="1" ht="65">
       <c r="A181" s="6" t="s">
+        <v>725</v>
+      </c>
+      <c r="B181" s="6">
+        <v>1</v>
+      </c>
+      <c r="C181" s="6">
+        <v>1</v>
+      </c>
+      <c r="D181" s="6">
+        <v>0</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="F181" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G181" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H181" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I181" s="6">
+        <v>101</v>
+      </c>
+      <c r="J181" s="10" t="s">
+        <v>727</v>
+      </c>
+      <c r="K181" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L181" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M181" s="6" t="s">
         <v>728</v>
       </c>
-      <c r="B181" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N181" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O181" s="6"/>
+      <c r="O181" s="6">
+        <v>616707.58</v>
+      </c>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="B182" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C182" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D182" s="6">
         <v>0</v>
       </c>
       <c r="E182" s="6" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="F182" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H182" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I182" s="6">
-        <v>101</v>
+        <v>255</v>
       </c>
       <c r="J182" s="10" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="K182" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L182" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M182" s="6" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O182" s="6">
-        <v>604615.3</v>
+        <v>1033571.29</v>
       </c>
       <c r="P182" s="6"/>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="65">
       <c r="A183" s="6" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="B183" s="6">
         <v>0</v>
       </c>
       <c r="C183" s="6">
         <v>0</v>
       </c>
       <c r="D183" s="6">
         <v>0</v>
       </c>
       <c r="E183" s="6" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="F183" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H183" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I183" s="6">
-        <v>255</v>
+        <v>284</v>
       </c>
       <c r="J183" s="10" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="K183" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L183" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M183" s="6" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O183" s="6">
-        <v>1013304.94</v>
+        <v>1346057</v>
       </c>
       <c r="P183" s="6"/>
     </row>
     <row r="184" spans="1:16" customHeight="1" ht="65">
       <c r="A184" s="6" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="B184" s="6">
         <v>0</v>
       </c>
       <c r="C184" s="6">
         <v>0</v>
       </c>
       <c r="D184" s="6">
         <v>0</v>
       </c>
       <c r="E184" s="6" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="F184" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G184" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H184" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I184" s="6">
-        <v>284</v>
+        <v>411</v>
       </c>
       <c r="J184" s="10" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="K184" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L184" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M184" s="6" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O184" s="6">
-        <v>1319664.01</v>
+        <v>1597437.32</v>
       </c>
       <c r="P184" s="6"/>
     </row>
     <row r="185" spans="1:16" customHeight="1" ht="65">
       <c r="A185" s="6" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="B185" s="6">
         <v>0</v>
       </c>
       <c r="C185" s="6">
         <v>0</v>
       </c>
       <c r="D185" s="6">
         <v>0</v>
       </c>
       <c r="E185" s="6" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G185" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H185" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I185" s="6">
-        <v>411</v>
+        <v>29</v>
       </c>
       <c r="J185" s="10" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="K185" s="6" t="s">
-        <v>41</v>
+        <v>199</v>
       </c>
       <c r="L185" s="10" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="M185" s="6" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="N185" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O185" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O185" s="6"/>
       <c r="P185" s="6"/>
     </row>
     <row r="186" spans="1:16" customHeight="1" ht="65">
       <c r="A186" s="6" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="B186" s="6">
         <v>0</v>
       </c>
       <c r="C186" s="6">
         <v>0</v>
       </c>
       <c r="D186" s="6">
         <v>0</v>
       </c>
       <c r="E186" s="6" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>46</v>
+        <v>324</v>
       </c>
       <c r="G186" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H186" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I186" s="6">
-        <v>29</v>
+        <v>0.24</v>
       </c>
       <c r="J186" s="10" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="K186" s="6" t="s">
-        <v>199</v>
+        <v>165</v>
       </c>
       <c r="L186" s="10" t="s">
-        <v>46</v>
+        <v>166</v>
       </c>
       <c r="M186" s="6" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="N186" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O186" s="6"/>
       <c r="P186" s="6"/>
     </row>
     <row r="187" spans="1:16" customHeight="1" ht="65">
       <c r="A187" s="6" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="B187" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C187" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D187" s="6">
         <v>0</v>
       </c>
       <c r="E187" s="6" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>325</v>
+        <v>39</v>
       </c>
       <c r="G187" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H187" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I187" s="6">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="J187" s="10" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="K187" s="6" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="L187" s="10" t="s">
-        <v>166</v>
+        <v>42</v>
       </c>
       <c r="M187" s="6" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="N187" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O187" s="6"/>
+      <c r="O187" s="6">
+        <v>17652.48</v>
+      </c>
       <c r="P187" s="6"/>
     </row>
     <row r="188" spans="1:16" customHeight="1" ht="65">
       <c r="A188" s="6" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="B188" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C188" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D188" s="6">
         <v>0</v>
       </c>
       <c r="E188" s="6" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>39</v>
+        <v>289</v>
       </c>
       <c r="G188" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H188" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I188" s="6">
         <v>0</v>
       </c>
       <c r="J188" s="10" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="K188" s="6" t="s">
-        <v>41</v>
+        <v>291</v>
       </c>
       <c r="L188" s="10" t="s">
-        <v>42</v>
+        <v>292</v>
       </c>
       <c r="M188" s="6" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="N188" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O188" s="6">
-        <v>17652.48</v>
+        <v>1137.95</v>
       </c>
       <c r="P188" s="6"/>
     </row>
     <row r="189" spans="1:16" customHeight="1" ht="65">
       <c r="A189" s="6" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="B189" s="6">
         <v>0</v>
       </c>
       <c r="C189" s="6">
         <v>0</v>
       </c>
       <c r="D189" s="6">
         <v>0</v>
       </c>
-      <c r="E189" s="6" t="s">
-        <v>761</v>
+      <c r="E189" s="6">
+        <v>929.025</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>289</v>
+        <v>191</v>
       </c>
       <c r="G189" s="10" t="s">
-        <v>23</v>
+        <v>192</v>
       </c>
       <c r="H189" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I189" s="6">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="J189" s="10" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="K189" s="6" t="s">
-        <v>291</v>
+        <v>194</v>
       </c>
       <c r="L189" s="10" t="s">
-        <v>292</v>
+        <v>166</v>
       </c>
       <c r="M189" s="6" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="N189" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O189" s="6"/>
+      <c r="O189" s="6">
+        <v>1200.47</v>
+      </c>
       <c r="P189" s="6"/>
     </row>
     <row r="190" spans="1:16" customHeight="1" ht="65">
       <c r="A190" s="6" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="B190" s="6">
         <v>0</v>
       </c>
       <c r="C190" s="6">
         <v>0</v>
       </c>
       <c r="D190" s="6">
         <v>0</v>
       </c>
       <c r="E190" s="6">
-        <v>929.025</v>
+        <v>929.028</v>
       </c>
       <c r="F190" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G190" s="10" t="s">
         <v>192</v>
       </c>
       <c r="H190" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I190" s="6">
         <v>0.2</v>
       </c>
       <c r="J190" s="10" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="K190" s="6" t="s">
         <v>194</v>
       </c>
       <c r="L190" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M190" s="6" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="N190" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O190" s="6"/>
+      <c r="O190" s="6">
+        <v>2448.68</v>
+      </c>
       <c r="P190" s="6"/>
     </row>
     <row r="191" spans="1:16" customHeight="1" ht="65">
       <c r="A191" s="6" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="B191" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C191" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D191" s="6">
         <v>0</v>
       </c>
       <c r="E191" s="6">
-        <v>929.028</v>
+        <v>949.03</v>
       </c>
       <c r="F191" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G191" s="10" t="s">
         <v>192</v>
       </c>
       <c r="H191" s="6" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="I191" s="6">
-        <v>0.2</v>
+        <v>0.09</v>
       </c>
       <c r="J191" s="10" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="K191" s="6" t="s">
         <v>194</v>
       </c>
       <c r="L191" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M191" s="6" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="N191" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O191" s="6"/>
+      <c r="O191" s="6">
+        <v>1168.66</v>
+      </c>
       <c r="P191" s="6"/>
     </row>
     <row r="192" spans="1:16" customHeight="1" ht="65">
       <c r="A192" s="6" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="B192" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C192" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D192" s="6">
         <v>0</v>
       </c>
       <c r="E192" s="6">
-        <v>949.03</v>
+        <v>949.035</v>
       </c>
       <c r="F192" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G192" s="10" t="s">
         <v>192</v>
       </c>
       <c r="H192" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I192" s="6">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
       <c r="J192" s="10" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="K192" s="6" t="s">
         <v>194</v>
       </c>
       <c r="L192" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M192" s="6" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="N192" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O192" s="6">
-        <v>1089.92</v>
+        <v>1456.83</v>
       </c>
       <c r="P192" s="6"/>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="65">
       <c r="A193" s="6" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="B193" s="6">
         <v>0</v>
       </c>
       <c r="C193" s="6">
         <v>0</v>
       </c>
       <c r="D193" s="6">
         <v>0</v>
       </c>
       <c r="E193" s="6">
-        <v>949.035</v>
+        <v>949.04</v>
       </c>
       <c r="F193" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G193" s="10" t="s">
         <v>192</v>
       </c>
       <c r="H193" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I193" s="6">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="J193" s="10" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="K193" s="6" t="s">
         <v>194</v>
       </c>
       <c r="L193" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M193" s="6" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="N193" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O193" s="6">
-        <v>1347.84</v>
+        <v>1879.39</v>
       </c>
       <c r="P193" s="6"/>
     </row>
     <row r="194" spans="1:16" customHeight="1" ht="65">
       <c r="A194" s="6" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="B194" s="6">
         <v>0</v>
       </c>
       <c r="C194" s="6">
         <v>0</v>
       </c>
       <c r="D194" s="6">
         <v>0</v>
       </c>
       <c r="E194" s="6">
-        <v>949.04</v>
+        <v>963.03</v>
       </c>
       <c r="F194" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G194" s="10" t="s">
         <v>192</v>
       </c>
       <c r="H194" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I194" s="6">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="J194" s="10" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="K194" s="6" t="s">
         <v>194</v>
       </c>
       <c r="L194" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M194" s="6" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="N194" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O194" s="6">
-        <v>1738.88</v>
+        <v>1007.76</v>
       </c>
       <c r="P194" s="6"/>
     </row>
     <row r="195" spans="1:16" customHeight="1" ht="65">
       <c r="A195" s="6" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="B195" s="6">
         <v>0</v>
       </c>
       <c r="C195" s="6">
         <v>0</v>
       </c>
       <c r="D195" s="6">
         <v>0</v>
       </c>
       <c r="E195" s="6">
         <v>963.04</v>
       </c>
       <c r="F195" s="9" t="s">
         <v>191</v>
       </c>
       <c r="G195" s="10" t="s">
         <v>192</v>
       </c>
       <c r="H195" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I195" s="6">
         <v>0.2</v>
       </c>
       <c r="J195" s="10" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="K195" s="6" t="s">
         <v>194</v>
       </c>
       <c r="L195" s="10" t="s">
         <v>166</v>
       </c>
       <c r="M195" s="6" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="N195" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O195" s="6"/>
+      <c r="O195" s="6">
+        <v>1610.64</v>
+      </c>
       <c r="P195" s="6"/>
     </row>
     <row r="196" spans="1:16" customHeight="1" ht="65">
       <c r="A196" s="6" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
       <c r="B196" s="6">
         <v>0</v>
       </c>
       <c r="C196" s="6">
         <v>0</v>
       </c>
       <c r="D196" s="6">
         <v>0</v>
       </c>
       <c r="E196" s="6" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="F196" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G196" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H196" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I196" s="6">
         <v>600</v>
       </c>
       <c r="J196" s="10" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="K196" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L196" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M196" s="6" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="N196" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O196" s="6"/>
       <c r="P196" s="6"/>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="65">
       <c r="A197" s="6" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="B197" s="6">
         <v>0</v>
       </c>
       <c r="C197" s="6">
         <v>0</v>
       </c>
       <c r="D197" s="6">
         <v>0</v>
       </c>
       <c r="E197" s="6" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="F197" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G197" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H197" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I197" s="6">
         <v>100</v>
       </c>
       <c r="J197" s="10" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="K197" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L197" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M197" s="6" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="N197" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O197" s="6">
-        <v>160465.25</v>
+        <v>163673.9</v>
       </c>
       <c r="P197" s="6"/>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" s="6" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="B198" s="6">
         <v>0</v>
       </c>
       <c r="C198" s="6">
         <v>0</v>
       </c>
       <c r="D198" s="6">
         <v>0</v>
       </c>
       <c r="E198" s="6" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="F198" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G198" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H198" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I198" s="6">
         <v>0</v>
       </c>
       <c r="J198" s="10"/>
       <c r="K198" s="6" t="s">
-        <v>583</v>
+        <v>576</v>
       </c>
       <c r="L198" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M198" s="6" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="N198" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O198" s="6">
-        <v>214106.84</v>
+        <v>218388.97</v>
       </c>
       <c r="P198" s="6"/>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" s="6" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="B199" s="6">
         <v>0</v>
       </c>
       <c r="C199" s="6">
         <v>0</v>
       </c>
       <c r="D199" s="6">
         <v>0</v>
       </c>
       <c r="E199" s="6" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="F199" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G199" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H199" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I199" s="6">
         <v>140</v>
       </c>
       <c r="J199" s="10" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="K199" s="6" t="s">
         <v>199</v>
       </c>
       <c r="L199" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M199" s="6" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="N199" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O199" s="6"/>
       <c r="P199" s="6"/>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="65">
       <c r="A200" s="6" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="B200" s="6">
         <v>0</v>
       </c>
       <c r="C200" s="6">
         <v>0</v>
       </c>
       <c r="D200" s="6">
         <v>0</v>
       </c>
       <c r="E200" s="6" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="F200" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G200" s="10" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="H200" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I200" s="6">
         <v>58</v>
       </c>
       <c r="J200" s="10" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="K200" s="6" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="L200" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M200" s="6" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="N200" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O200" s="6">
-        <v>138086.71</v>
+        <v>145199.68</v>
       </c>
       <c r="P200" s="6"/>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" s="6" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="B201" s="6">
         <v>0</v>
       </c>
       <c r="C201" s="6">
         <v>0</v>
       </c>
       <c r="D201" s="6">
         <v>0</v>
       </c>
       <c r="E201" s="6" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="F201" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G201" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H201" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I201" s="6">
         <v>0</v>
       </c>
       <c r="J201" s="10"/>
       <c r="K201" s="6" t="s">
-        <v>583</v>
+        <v>576</v>
       </c>
       <c r="L201" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M201" s="6" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="N201" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O201" s="6">
-        <v>217867.95</v>
+        <v>222225.3</v>
       </c>
       <c r="P201" s="6"/>
     </row>
     <row r="202" spans="1:16" customHeight="1" ht="65">
       <c r="A202" s="6" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="B202" s="6">
         <v>0</v>
       </c>
       <c r="C202" s="6">
         <v>0</v>
       </c>
       <c r="D202" s="6">
         <v>0</v>
       </c>
       <c r="E202" s="6">
         <v>21000801146</v>
       </c>
       <c r="F202" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G202" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H202" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I202" s="6">
         <v>32</v>
       </c>
       <c r="J202" s="10" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="K202" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L202" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M202" s="6" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="N202" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O202" s="6">
         <v>40920</v>
       </c>
       <c r="P202" s="6"/>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="65">
       <c r="A203" s="6" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="B203" s="6">
         <v>0</v>
       </c>
       <c r="C203" s="6">
         <v>0</v>
       </c>
       <c r="D203" s="6">
         <v>0</v>
       </c>
       <c r="E203" s="6" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="F203" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G203" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H203" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I203" s="6">
         <v>1100</v>
       </c>
       <c r="J203" s="10" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="K203" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L203" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M203" s="6" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="N203" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O203" s="6"/>
+      <c r="O203" s="6">
+        <v>856346.32</v>
+      </c>
       <c r="P203" s="6"/>
     </row>
     <row r="204" spans="1:16" customHeight="1" ht="65">
       <c r="A204" s="6" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="B204" s="6">
         <v>0</v>
       </c>
       <c r="C204" s="6">
         <v>0</v>
       </c>
       <c r="D204" s="6">
         <v>0</v>
       </c>
       <c r="E204" s="6" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="F204" s="9" t="s">
         <v>69</v>
       </c>
       <c r="G204" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H204" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I204" s="6">
         <v>1.2</v>
       </c>
       <c r="J204" s="10" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="K204" s="6" t="s">
-        <v>652</v>
+        <v>645</v>
       </c>
       <c r="L204" s="10" t="s">
         <v>72</v>
       </c>
       <c r="M204" s="6" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="N204" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O204" s="6"/>
       <c r="P204" s="6"/>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" s="6" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="B205" s="6">
         <v>0</v>
       </c>
       <c r="C205" s="6">
         <v>0</v>
       </c>
       <c r="D205" s="6">
         <v>0</v>
       </c>
       <c r="E205" s="6" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="F205" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G205" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H205" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I205" s="6">
         <v>0</v>
       </c>
       <c r="J205" s="10" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="K205" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L205" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M205" s="6" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="N205" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O205" s="6">
-        <v>2052814.23</v>
+        <v>2093871.1</v>
       </c>
       <c r="P205" s="6"/>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="65">
       <c r="A206" s="6" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="B206" s="6">
         <v>0</v>
       </c>
       <c r="C206" s="6">
         <v>0</v>
       </c>
       <c r="D206" s="6">
         <v>0</v>
       </c>
       <c r="E206" s="6" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="F206" s="9" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="G206" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H206" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I206" s="6">
         <v>0</v>
       </c>
       <c r="J206" s="10" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="K206" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L206" s="10" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="M206" s="6" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="N206" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O206" s="6"/>
       <c r="P206" s="6"/>
     </row>
     <row r="207" spans="1:16" customHeight="1" ht="65">
       <c r="A207" s="6" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="B207" s="6">
         <v>0</v>
       </c>
       <c r="C207" s="6">
         <v>0</v>
       </c>
       <c r="D207" s="6">
         <v>0</v>
       </c>
       <c r="E207" s="6" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="G207" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H207" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I207" s="6">
         <v>130</v>
       </c>
       <c r="J207" s="10" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="K207" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L207" s="10" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="M207" s="6" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="N207" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O207" s="6"/>
       <c r="P207" s="6"/>
     </row>
     <row r="208" spans="1:16" customHeight="1" ht="65">
       <c r="A208" s="6" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="B208" s="6">
         <v>0</v>
       </c>
       <c r="C208" s="6">
         <v>0</v>
       </c>
       <c r="D208" s="6">
         <v>0</v>
       </c>
       <c r="E208" s="6" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="F208" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G208" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H208" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I208" s="6">
         <v>2100</v>
       </c>
       <c r="J208" s="10" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="K208" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L208" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M208" s="6" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="N208" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O208" s="6"/>
+      <c r="O208" s="6">
+        <v>1241797.94</v>
+      </c>
       <c r="P208" s="6"/>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="65">
       <c r="A209" s="6" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="B209" s="6">
         <v>0</v>
       </c>
       <c r="C209" s="6">
         <v>0</v>
       </c>
       <c r="D209" s="6">
         <v>0</v>
       </c>
       <c r="E209" s="6" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="F209" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G209" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H209" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I209" s="6">
         <v>1050</v>
       </c>
       <c r="J209" s="10" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="K209" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L209" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M209" s="6" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="N209" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O209" s="6"/>
+      <c r="O209" s="6">
+        <v>905532.83</v>
+      </c>
       <c r="P209" s="6"/>
     </row>
     <row r="210" spans="1:16" customHeight="1" ht="65">
       <c r="A210" s="6" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="B210" s="6">
         <v>0</v>
       </c>
       <c r="C210" s="6">
         <v>0</v>
       </c>
       <c r="D210" s="6">
         <v>0</v>
       </c>
       <c r="E210" s="6" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="F210" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G210" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H210" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I210" s="6">
         <v>800</v>
       </c>
       <c r="J210" s="10" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="K210" s="6" t="s">
         <v>122</v>
       </c>
       <c r="L210" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M210" s="6" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="N210" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O210" s="6"/>
+      <c r="O210" s="6">
+        <v>590653.44</v>
+      </c>
       <c r="P210" s="6"/>
     </row>
     <row r="211" spans="1:16" customHeight="1" ht="65">
       <c r="A211" s="6" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="B211" s="6">
         <v>0</v>
       </c>
       <c r="C211" s="6">
         <v>0</v>
       </c>
       <c r="D211" s="6">
         <v>0</v>
       </c>
       <c r="E211" s="6" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
       <c r="F211" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G211" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H211" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I211" s="6">
         <v>93</v>
       </c>
       <c r="J211" s="10" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="K211" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L211" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M211" s="6" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="N211" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O211" s="6">
-        <v>98172.2</v>
+        <v>100135.78</v>
       </c>
       <c r="P211" s="6"/>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="65">
       <c r="A212" s="6" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="B212" s="6">
         <v>0</v>
       </c>
       <c r="C212" s="6">
         <v>0</v>
       </c>
       <c r="D212" s="6">
         <v>0</v>
       </c>
       <c r="E212" s="6">
         <v>21000801138</v>
       </c>
       <c r="F212" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G212" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H212" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I212" s="6">
         <v>0</v>
       </c>
       <c r="J212" s="10" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="K212" s="6" t="s">
         <v>76</v>
       </c>
       <c r="L212" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M212" s="6" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="N212" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O212" s="6">
-        <v>269588</v>
+        <v>269588.04</v>
       </c>
       <c r="P212" s="6"/>
     </row>
     <row r="213" spans="1:16" customHeight="1" ht="65">
       <c r="A213" s="6" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="B213" s="6">
         <v>0</v>
       </c>
       <c r="C213" s="6">
         <v>0</v>
       </c>
       <c r="D213" s="6">
         <v>0</v>
       </c>
       <c r="E213" s="6" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="F213" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G213" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H213" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I213" s="6">
         <v>0</v>
       </c>
       <c r="J213" s="10" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="K213" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L213" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M213" s="6" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="N213" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O213" s="6">
-        <v>88248.17</v>
+        <v>90013.16</v>
       </c>
       <c r="P213" s="6"/>
     </row>
     <row r="214" spans="1:16" customHeight="1" ht="65">
       <c r="A214" s="6" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="B214" s="6">
         <v>0</v>
       </c>
       <c r="C214" s="6">
         <v>0</v>
       </c>
       <c r="D214" s="6">
         <v>0</v>
       </c>
       <c r="E214" s="6" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="F214" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G214" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H214" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I214" s="6">
         <v>150</v>
       </c>
       <c r="J214" s="10" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="K214" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L214" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M214" s="6" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="N214" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O214" s="6">
-        <v>195395.62</v>
+        <v>199303.53</v>
       </c>
       <c r="P214" s="6"/>
     </row>
     <row r="215" spans="1:16" customHeight="1" ht="65">
       <c r="A215" s="6" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="B215" s="6">
         <v>0</v>
       </c>
       <c r="C215" s="6">
         <v>0</v>
       </c>
       <c r="D215" s="6">
         <v>0</v>
       </c>
       <c r="E215" s="6" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="F215" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G215" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H215" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I215" s="6">
         <v>78</v>
       </c>
       <c r="J215" s="10" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="K215" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L215" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M215" s="6" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="N215" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O215" s="6">
         <v>109695.24</v>
       </c>
       <c r="P215" s="6"/>
     </row>
     <row r="216" spans="1:16" customHeight="1" ht="65">
       <c r="A216" s="6" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="B216" s="6">
         <v>0</v>
       </c>
       <c r="C216" s="6">
         <v>0</v>
       </c>
       <c r="D216" s="6">
         <v>0</v>
       </c>
       <c r="E216" s="6" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="F216" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G216" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H216" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I216" s="6">
         <v>106</v>
       </c>
       <c r="J216" s="10" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="K216" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L216" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M216" s="6" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="N216" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O216" s="6">
         <v>126676.62</v>
       </c>
       <c r="P216" s="6"/>
     </row>
     <row r="217" spans="1:16" customHeight="1" ht="65">
       <c r="A217" s="6" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="B217" s="6">
         <v>0</v>
       </c>
       <c r="C217" s="6">
         <v>0</v>
       </c>
       <c r="D217" s="6">
         <v>0</v>
       </c>
       <c r="E217" s="6" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="F217" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G217" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H217" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I217" s="6">
         <v>178</v>
       </c>
       <c r="J217" s="10" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="K217" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L217" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M217" s="6" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="N217" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O217" s="6">
         <v>219542.7</v>
       </c>
       <c r="P217" s="6"/>
     </row>
     <row r="218" spans="1:16" customHeight="1" ht="65">
       <c r="A218" s="6" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="B218" s="6">
         <v>0</v>
       </c>
       <c r="C218" s="6">
         <v>0</v>
       </c>
       <c r="D218" s="6">
         <v>0</v>
       </c>
       <c r="E218" s="6" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="F218" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G218" s="10" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="H218" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I218" s="6">
         <v>30</v>
       </c>
       <c r="J218" s="10" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="K218" s="6" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="L218" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M218" s="6" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="N218" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O218" s="6">
-        <v>91152.59</v>
+        <v>95869.49</v>
       </c>
       <c r="P218" s="6"/>
     </row>
     <row r="219" spans="1:16" customHeight="1" ht="65">
       <c r="A219" s="6" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="B219" s="6">
         <v>0</v>
       </c>
       <c r="C219" s="6">
         <v>0</v>
       </c>
       <c r="D219" s="6">
         <v>0</v>
       </c>
       <c r="E219" s="6" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="F219" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G219" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H219" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I219" s="6">
         <v>0</v>
       </c>
       <c r="J219" s="10" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="K219" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L219" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M219" s="6" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="N219" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O219" s="6">
-        <v>1137784.63</v>
+        <v>1160540.16</v>
       </c>
       <c r="P219" s="6"/>
     </row>
     <row r="220" spans="1:16" customHeight="1" ht="65">
       <c r="A220" s="6" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="B220" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C220" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D220" s="6">
         <v>0</v>
       </c>
       <c r="E220" s="6" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="F220" s="9" t="s">
         <v>108</v>
       </c>
       <c r="G220" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H220" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I220" s="6">
         <v>0.26</v>
       </c>
       <c r="J220" s="10" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
       <c r="K220" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L220" s="10" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="M220" s="6" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="N220" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O220" s="6">
-        <v>4284.54</v>
+        <v>4370.92</v>
       </c>
       <c r="P220" s="6"/>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" s="6" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="B221" s="6">
         <v>0</v>
       </c>
       <c r="C221" s="6">
         <v>0</v>
       </c>
       <c r="D221" s="6">
         <v>0</v>
       </c>
       <c r="E221" s="6" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
       <c r="F221" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G221" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H221" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I221" s="6">
         <v>1350</v>
       </c>
       <c r="J221" s="10" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="K221" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L221" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M221" s="6" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="N221" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O221" s="6">
-        <v>1279174.04</v>
+        <v>1304757.04</v>
       </c>
       <c r="P221" s="6"/>
     </row>
     <row r="222" spans="1:16" customHeight="1" ht="65">
       <c r="A222" s="6" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="B222" s="6">
         <v>0</v>
       </c>
       <c r="C222" s="6">
         <v>0</v>
       </c>
       <c r="D222" s="6">
         <v>0</v>
       </c>
       <c r="E222" s="6" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="F222" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G222" s="10" t="s">
         <v>47</v>
       </c>
       <c r="H222" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I222" s="6">
         <v>0</v>
       </c>
       <c r="J222" s="10" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="K222" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L222" s="10" t="s">
         <v>46</v>
       </c>
       <c r="M222" s="6" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="N222" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O222" s="6">
-        <v>417644.5</v>
+        <v>425998.1</v>
       </c>
       <c r="P222" s="6"/>
     </row>
     <row r="223" spans="1:16" customHeight="1" ht="65">
       <c r="A223" s="6" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="B223" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C223" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D223" s="6">
         <v>0</v>
       </c>
-      <c r="E223" s="6" t="s">
-        <v>892</v>
+      <c r="E223" s="6">
+        <v>21000001475</v>
       </c>
       <c r="F223" s="9" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="G223" s="10" t="s">
-        <v>186</v>
+        <v>23</v>
       </c>
       <c r="H223" s="6" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="I223" s="6">
-        <v>0.1</v>
+        <v>34</v>
       </c>
       <c r="J223" s="10" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="K223" s="6" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="L223" s="10" t="s">
-        <v>166</v>
+        <v>42</v>
       </c>
       <c r="M223" s="6" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
       <c r="N223" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O223" s="6">
-        <v>576.64</v>
+        <v>13970.01</v>
       </c>
       <c r="P223" s="6"/>
     </row>
     <row r="224" spans="1:16" customHeight="1" ht="65">
       <c r="A224" s="6" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B224" s="6">
         <v>0</v>
       </c>
       <c r="C224" s="6">
         <v>0</v>
       </c>
       <c r="D224" s="6">
         <v>0</v>
       </c>
-      <c r="E224" s="6">
-        <v>21000001475</v>
+      <c r="E224" s="6" t="s">
+        <v>891</v>
       </c>
       <c r="F224" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G224" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H224" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I224" s="6">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="J224" s="10" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="K224" s="6" t="s">
-        <v>76</v>
+        <v>137</v>
       </c>
       <c r="L224" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M224" s="6" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="N224" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O224" s="6">
-        <v>13970</v>
+        <v>26903.22</v>
       </c>
       <c r="P224" s="6"/>
     </row>
     <row r="225" spans="1:16" customHeight="1" ht="65">
       <c r="A225" s="6" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="B225" s="6">
         <v>0</v>
       </c>
       <c r="C225" s="6">
         <v>0</v>
       </c>
       <c r="D225" s="6">
         <v>0</v>
       </c>
-      <c r="E225" s="6" t="s">
-        <v>899</v>
+      <c r="E225" s="6">
+        <v>41121</v>
       </c>
       <c r="F225" s="9" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G225" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H225" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I225" s="6">
         <v>0</v>
       </c>
       <c r="J225" s="10" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="K225" s="6" t="s">
-        <v>137</v>
+        <v>896</v>
       </c>
       <c r="L225" s="10" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="M225" s="6" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="N225" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O225" s="6">
-        <v>26375.71</v>
+        <v>422929.79</v>
       </c>
       <c r="P225" s="6"/>
     </row>
     <row r="226" spans="1:16" customHeight="1" ht="65">
       <c r="A226" s="6" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="B226" s="6">
         <v>0</v>
       </c>
       <c r="C226" s="6">
         <v>0</v>
       </c>
       <c r="D226" s="6">
         <v>0</v>
       </c>
-      <c r="E226" s="6">
-        <v>41121</v>
+      <c r="E226" s="6" t="s">
+        <v>899</v>
       </c>
       <c r="F226" s="9" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="G226" s="10" t="s">
-        <v>23</v>
+        <v>900</v>
       </c>
       <c r="H226" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I226" s="6">
-        <v>0</v>
+        <v>243</v>
       </c>
       <c r="J226" s="10" t="s">
+        <v>901</v>
+      </c>
+      <c r="K226" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="L226" s="10" t="s">
+        <v>577</v>
+      </c>
+      <c r="M226" s="6" t="s">
         <v>903</v>
       </c>
-      <c r="K226" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N226" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O226" s="6">
-        <v>414637.05</v>
+        <v>762821.31</v>
       </c>
       <c r="P226" s="6"/>
     </row>
     <row r="227" spans="1:16" customHeight="1" ht="65">
       <c r="A227" s="6" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="B227" s="6">
         <v>0</v>
       </c>
       <c r="C227" s="6">
         <v>0</v>
       </c>
       <c r="D227" s="6">
         <v>0</v>
       </c>
       <c r="E227" s="6" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="F227" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G227" s="10" t="s">
-        <v>908</v>
+        <v>900</v>
       </c>
       <c r="H227" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I227" s="6">
         <v>243</v>
       </c>
       <c r="J227" s="10" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="K227" s="6" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="L227" s="10" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="M227" s="6" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="N227" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O227" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O227" s="6"/>
       <c r="P227" s="6"/>
     </row>
     <row r="228" spans="1:16" customHeight="1" ht="65">
       <c r="A228" s="6" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="B228" s="6">
         <v>0</v>
       </c>
       <c r="C228" s="6">
         <v>0</v>
       </c>
       <c r="D228" s="6">
         <v>0</v>
       </c>
       <c r="E228" s="6" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="F228" s="9" t="s">
         <v>90</v>
       </c>
       <c r="G228" s="10" t="s">
-        <v>908</v>
+        <v>900</v>
       </c>
       <c r="H228" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I228" s="6">
-        <v>243</v>
+        <v>161</v>
       </c>
       <c r="J228" s="10" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="K228" s="6" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="L228" s="10" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="M228" s="6" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="N228" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O228" s="6"/>
+      <c r="O228" s="6">
+        <v>558556.31</v>
+      </c>
       <c r="P228" s="6"/>
     </row>
     <row r="229" spans="1:16" customHeight="1" ht="65">
       <c r="A229" s="6" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="B229" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C229" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D229" s="6">
         <v>0</v>
       </c>
       <c r="E229" s="6" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="F229" s="9" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="G229" s="10" t="s">
-        <v>908</v>
+        <v>32</v>
       </c>
       <c r="H229" s="6" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="I229" s="6">
-        <v>161</v>
+        <v>18.1</v>
       </c>
       <c r="J229" s="10" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="K229" s="6" t="s">
-        <v>910</v>
+        <v>35</v>
       </c>
       <c r="L229" s="10" t="s">
-        <v>584</v>
+        <v>31</v>
       </c>
       <c r="M229" s="6" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
       <c r="N229" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O229" s="6">
-        <v>547604.75</v>
+        <v>13910.4</v>
       </c>
       <c r="P229" s="6"/>
-    </row>
-[...46 lines deleted...]
-      <c r="P230" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>