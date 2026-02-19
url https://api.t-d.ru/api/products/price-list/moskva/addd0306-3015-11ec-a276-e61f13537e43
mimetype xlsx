--- v1 (2025-12-21)
+++ v2 (2026-02-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="916">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="909">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>21.12.2025 08:14:51</t>
+    <t>19.02.2026 07:21:45</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -103,212 +103,193 @@
   <si>
     <t>ROBOCHEF 800M</t>
   </si>
   <si>
     <t>Печи для пиццы конвейерные</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t>Печь электрическая т.м. ROBOLABS серия ROBOCHEF модель ROBOCHEF 800M для пиццы, конвейерная, с электронным управлением, сенсорным цветным 4,3” экраном, импинджментной системой подвода тепла к продукту (jet impingement flow), из нержавеющей стали AISI 430, ширина конвейерной ленты 800мм, длина рабочей камеры 1000мм, производительность до 70 пицц в час (по 40см) или 130 пицц в час (по 30см), температура внутри камеры до 315°С, время прохождения до 30мин. 1920x1600x535мм, 27800Вт, 380В.</t>
   </si>
   <si>
     <t>RoboLabs</t>
   </si>
   <si>
     <t>00000426979</t>
   </si>
   <si>
     <t>шт.</t>
   </si>
   <si>
-    <t>Мини-печь EKSI FEP-1-1</t>
-[...5 lines deleted...]
-    <t>Мини-печи</t>
+    <t>Подставка для печей для пиццы WellPizza STBMR-4</t>
+  </si>
+  <si>
+    <t>STBMR-4</t>
+  </si>
+  <si>
+    <t>Подставки для печей для пиццы</t>
+  </si>
+  <si>
+    <t>З</t>
+  </si>
+  <si>
+    <t>Подставка STBMR-4 для печей т.м. WLBake серии WellPizza Basic (4/44), Сварная конструкция. Габариты: 900x735x910 мм, изготовлен из окрашенного металла. Имеет столешницу, обвязку ножек и регулируемые по высоте ножки. Без углов. Максимальная нагрузка 150 кг.</t>
+  </si>
+  <si>
+    <t>WellPizza</t>
+  </si>
+  <si>
+    <t>Подставки</t>
+  </si>
+  <si>
+    <t>00000385818</t>
+  </si>
+  <si>
+    <t>Печь для пиццы подовая GGF E 9/A</t>
+  </si>
+  <si>
+    <t>E 9/A</t>
+  </si>
+  <si>
+    <t>Печи для пиццы подовые</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>Печь для пиццы электрическая серии E, модель E 9/A, 1150х1020х420мм, 9600Вт, 380В</t>
+  </si>
+  <si>
+    <t>GGF</t>
+  </si>
+  <si>
+    <t>00000162148</t>
+  </si>
+  <si>
+    <t>Витрина охлаждаемая HICOLD VRTU 1835 для PZ3</t>
+  </si>
+  <si>
+    <t>VRTU 1835 для PZ3</t>
+  </si>
+  <si>
+    <t>Витрины охлаждаемые для пиццы</t>
+  </si>
+  <si>
+    <t>Витрина охлаждаемая тип VRT, мод. VRTU 1835 (настольная) для PZ3, 1835х385х279мм, +2...+7С, 150Вт, 220В, 50Гц, вместимость: 7 x GN1/3 + 1 x GN1/2</t>
+  </si>
+  <si>
+    <t>HICOLD</t>
+  </si>
+  <si>
+    <t>Витрины охлаждаемые для ингредиентов</t>
+  </si>
+  <si>
+    <t>00000347288</t>
+  </si>
+  <si>
+    <t>Печь для пиццы подовая WellPizza Basic 44M</t>
+  </si>
+  <si>
+    <t>Basic 44M</t>
+  </si>
+  <si>
+    <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Basic 44M, 900x735x750 мм, 380В, 8400Вт, электромеханическое управление, внутренний размер пекарной камеры 660x660x140 мм, 2 яруса</t>
+  </si>
+  <si>
+    <t>00000323876</t>
+  </si>
+  <si>
+    <t>Печь для пиццы подовая WellPizza Basic2 44M</t>
+  </si>
+  <si>
+    <t>Basic2 44M</t>
+  </si>
+  <si>
+    <t>С</t>
+  </si>
+  <si>
+    <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Basic2 44M, 900x735x750 мм, 380В, 8400Вт, электромеханическое управление, внутренний размер пекарной камеры 660x660x140 мм, 2 яруса</t>
+  </si>
+  <si>
+    <t>00000412171</t>
+  </si>
+  <si>
+    <t>Сумка для пиццы Cambro GBP216 110</t>
+  </si>
+  <si>
+    <t>GBP216 110</t>
+  </si>
+  <si>
+    <t>Сумки для пиццы</t>
   </si>
   <si>
     <t>КИТАЙ</t>
-  </si>
-[...110 lines deleted...]
-    <t>Сумки для пиццы</t>
   </si>
   <si>
     <t>Сумка для пиццы GBP216 110 (2 шт. по 40 см или 3 шт. по 35 см). Цвет: черный. Материал: нейлон. Вмещает: две коробки для пиццы по 40,6 см или три по 35,5 см. Размеры сумки: 42х46х16,5 см. Высококачественные материалы и прочная конструкция для защиты качества продуктов питания и температуры на пути от кухни до потребителя. Оснащена двумя ремнями, рассчитаными на большую нагрузку, нейлоновой ручкой, длинной застежкой-липучкой для надёжного и долгосрочного открывания-закрывания. Превосходный контроль влажности и передовая промышленная технология поддержания температуры. Прочный, созданный для промышленных целей, нейлон на внешней стороне устойчив к пятнам и легко моется.</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>Текстиль</t>
   </si>
   <si>
     <t>00000353883</t>
   </si>
   <si>
     <t>Печь для пиццы подовая Abat ПЭП-4</t>
   </si>
   <si>
     <t>Габаритные размеры: 1000(1014)x846(939)x350(375)мм, 1 камера, внутренние размеры камеры: 700х700х179(151)мм, напряжение 380В, эл. мощность 6240Вт, рабочий диапазон температуры в камере 20-450С, вместимость 4 пиццы d 350 мм, разогрев до +300 С за 35 минут
 Печь электрическая для пиццы предназначена для выпечки пиццы и хлебобулочных изделий, требующих высокой температуры приготовления</t>
   </si>
   <si>
     <t>Abat</t>
   </si>
   <si>
     <t>00000100679</t>
   </si>
   <si>
     <t>Витрина охлаждаемая HICOLD VRTG 1835 для PZ3</t>
   </si>
   <si>
     <t>VRTG 1835 для PZ3</t>
   </si>
   <si>
     <t>Витрина охлаждаемая тип VRT, мод. VRTG 1835 (настольная) для PZ3, 1835х385х459 мм, 7 x GN1/3 + 1 x GN1/2, 150Вт, 220В</t>
   </si>
   <si>
     <t>00000350061</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Valoriani Vesuvio Igloo 90 основан</t>
+    <t>Печь для пиццы купольная Valoriani Vesuvio Igloo 90, со стендом в собранном виде</t>
   </si>
   <si>
     <t>Vesuvio Igloo 90 основан</t>
   </si>
   <si>
     <t>Печи для пиццы купольные</t>
   </si>
   <si>
     <t>Основные характеристики:
 Габариты 1270x1450х1604мм, рабочая температура 250-450°C, вместимость: 3-4 пиццы Ø30см, искрогаситель в комплекте</t>
   </si>
   <si>
     <t>Valoriani</t>
   </si>
   <si>
     <t>00000477154</t>
   </si>
   <si>
     <t>Стол охлаждаемый HICOLD PZE2-111/GN (1/6H)</t>
   </si>
   <si>
     <t>PZE2-111/GN (1/6H)</t>
   </si>
   <si>
     <t>Столы охлаждаемые для пиццы</t>
@@ -377,51 +358,51 @@
   <si>
     <t>Сумка для пиццы Cambro EPPZ35265RST 110</t>
   </si>
   <si>
     <t>EPPZ35265RST 110</t>
   </si>
   <si>
     <t>Tермоконтейнер Go Box EPPZ35265RST 110 (для пиццы, с красной ручкой), материал вспененный полипропилен, 41х41х33,9 см, внутренняя высота 26,5 см, внутренний диаметр 35х35 см, вместимость 6 пицц.</t>
   </si>
   <si>
     <t>00000341375</t>
   </si>
   <si>
     <t>Сумка для пиццы Cambro GBP216521</t>
   </si>
   <si>
     <t>GBP216521</t>
   </si>
   <si>
     <t>Сумка для пиццы GBP216 521 (2 шт. по 40 см или 3 шт. по 35 см). Цвет: красный. Материал: нейлон. Вмещает: две коробки для пиццы по 40,6 см или три по 35,5 см. Размеры сумки: 42х46х16,5 см. Высококачественные материалы и прочная конструкция для защиты качества продуктов питания и температуры на пути от кухни до потребителя. Оснащена двумя ремнями, рассчитаными на большую нагрузку, нейлоновой ручкой, длинной застежкой-липучкой для надёжного и долгосрочного открывания-закрывания. Превосходный контроль влажности и передовая промышленная технология поддержания температуры. Прочный, созданный для промышленных целей, нейлон на внешней стороне устойчив к пятнам и легко моется.</t>
   </si>
   <si>
     <t>00000350721</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы LP 130 Basic</t>
+    <t>Печь для пиццы купольная Morello Forni LP 130 Basic</t>
   </si>
   <si>
     <t>Печь д/пиццы LP 130 Basic</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии LP 130 Basic, 1680х1850х1880мм</t>
   </si>
   <si>
     <t>Morello Forni</t>
   </si>
   <si>
     <t>00000100159</t>
   </si>
   <si>
     <t>Печь подовая UNOX XEKDT-01EU-D, электрическая</t>
   </si>
   <si>
     <t>XEKDT-01EU-D</t>
   </si>
   <si>
     <t>Печь подовая электр. т.м. UNOX серии XEKDT, модель XEKDT-01EU-D, с самостоятельной панелью управления, 800х840х405 мм, 220В, 2700Вт, вместимость: 1 противень 600х400 мм</t>
   </si>
   <si>
     <t>Unox</t>
   </si>
@@ -473,85 +454,85 @@
   <si>
     <t>Basic2 4M</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Basic2 4M, 4700 Вт, 380В, 975x925x415 мм, 1 камера, электромеханическое управление, внутренний размер камеры 660x660x140мм</t>
   </si>
   <si>
     <t>00000413008</t>
   </si>
   <si>
     <t>Подставка для печей для пиццы WellPizza STB 4</t>
   </si>
   <si>
     <t>STB 4</t>
   </si>
   <si>
     <t>Стенд для печей т.м. WLBake серии WellPizza Basic, мод. STB 4, 900x735x980 мм, крашеная сталь, черный, разборный</t>
   </si>
   <si>
     <t>Аксессуары для печей и пароконвектоматов</t>
   </si>
   <si>
     <t>00000323879</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы L130</t>
+    <t>Печь для пиццы купольная Morello Forni L130</t>
   </si>
   <si>
     <t>Печь д/пиццы L130</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии L 130, 1680х1850х1880mm</t>
   </si>
   <si>
     <t>00000099479</t>
   </si>
   <si>
     <t>Машина тестораскаточная WellPizza VSM 40P</t>
   </si>
   <si>
     <t>VSM 40P</t>
   </si>
   <si>
     <t>Тестораскаточная машина т.м. WLBake серии WellPizza VSM, мод. VSM 40P, 520x450x750 мм, 375Вт, 220В, 100-700 г, ширина валков 400 мм</t>
   </si>
   <si>
     <t>00000332260</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat ПЭК-400П с дверцей</t>
   </si>
   <si>
     <t>Габаритные размеры: 941х1109х505мм, эл. мощность 8632Вт, напряжение 380В, диапазон регулирования температуры печи +70...+315С, внутренние размеры камеры 509х489х88 мм, размеры конвейера 1015х457 мм, диапазон регулирования времени выпечки 0,5...15 мин., максимальная загрузка печи (диаметр пиццы 40 см) - 2 шт., производительность одного уровня печи 20 пицц/ч.
 Печь электрическая конвейерная предназначена для приготовления пиццы, выпечки и фастфуда, требующих высокой температуры приготовления, на предприятиях общественного питания.</t>
   </si>
   <si>
     <t>00000429669</t>
   </si>
   <si>
-    <t>Щетка для гриля Lilly 264</t>
+    <t>Щетка для печей Lilly 264</t>
   </si>
   <si>
     <t>Щетки для печей</t>
   </si>
   <si>
     <t>Щетка для гриля 264 изготовлена из латуни. Ручка имеет эргономичный дизайн и изготовлена из антискользящего пластика.</t>
   </si>
   <si>
     <t>Lilly</t>
   </si>
   <si>
     <t>Инвентарь для пиццерий</t>
   </si>
   <si>
     <t>00000103890</t>
   </si>
   <si>
     <t>Печь для пиццы купольная Morello Forni MIX 110</t>
   </si>
   <si>
     <t>MIX 110</t>
   </si>
   <si>
     <t>Печь на газовом топливе серии MIX, мод. MIX 110, 1480x1650x1880мм, 7000Вт, 220В, производит-ть 90 пицц/час</t>
   </si>
@@ -588,71 +569,56 @@
   <si>
     <t>Габариты: 1434х707х1098 мм. Температурный режим +1...+8 С. Размер гастроёмкости GN 1/1 (530x325 мм), GN 1/4 (265x162 мм). Полезный объем 310 л. Количество секций - 2. Количество полок - 2. Оттайка автоматическая. Размер полки 325х530 мм. Расположение агрегата боковое. Столешница неохлаждаемая. Тип охлаждения динамический. Толщина стенок 56 мм. Хладагент R404A. Масса хладагента 0,3 кг. Температура верхнего отсека +5 С. Расход электроэнергии в сутки 6,2 кВт. Климатический класс 5 (от 12 до 42 C). Исполнение - только дверцы. Напряжение 220 В. Корпус из нержавеющей стали марки AISI 202 толщиной 1 мм, полностью заполнен пенистым полиуретаном (за исключением задней стенки).</t>
   </si>
   <si>
     <t>00000339181</t>
   </si>
   <si>
     <t>Ложка для соуса EKSI FPS3</t>
   </si>
   <si>
     <t>FPS3</t>
   </si>
   <si>
     <t>Ложки для соуса</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>Н</t>
   </si>
   <si>
     <t>Ложка FPS3 (соусная, 90мл). Материал изготовления: нержавеющая сталь. Цвет: слоновая кость</t>
   </si>
   <si>
+    <t>EKSI</t>
+  </si>
+  <si>
     <t>00000226010</t>
   </si>
   <si>
-    <t>Форма для пиццы Pujadas 949.025</t>
-[...16 lines deleted...]
-  <si>
     <t>Печь для пиццы подовая APACH AMM4</t>
   </si>
   <si>
     <t>AMM4</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. APACH серии А, модель AMM4, 935х900х330мм, 380В, 5400Вт, 1 камера 700х700х130мм, вместимость - 4 пиццы по 35 см, идеально подойдёт для тех, кому необходимо оборудование небольшое по габаритам, при этом - с высокой производительностью.</t>
   </si>
   <si>
     <t>APACH</t>
   </si>
   <si>
     <t>00000365569</t>
   </si>
   <si>
     <t>Печь для пиццы подовая APACH AML44</t>
   </si>
   <si>
     <t>AML44</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. APACH серии А, модель AML44, 1010x850x750 мм, 149 кг, 12000Вт, 380В, 2 камеры размером 72х72х14 см, вместимость - 8 пицц по 35 см (по 4 на камеру), идеально подойдёт для тех, кому необходимо оборудование относительно небольшое по габаритам, при этом - с возможностью выпекать большое количество изделий одновременно.</t>
   </si>
   <si>
     <t>00000365570</t>
@@ -711,51 +677,51 @@
   <si>
     <t>Стол охлаждаемый HICOLD PZE2-11/GN (1/6H)</t>
   </si>
   <si>
     <t>PZE2-11/GN (1/6H)</t>
   </si>
   <si>
     <t>Стол охлаждаемый высокотемпературный тип HT модель PZE2-11/GN (1/6H) для пиццы, 1000х700х850(990)мм, +2...+10С, 245л, 150Вт, 220В, 2 распашные двери, нерж. сталь</t>
   </si>
   <si>
     <t>00000142178</t>
   </si>
   <si>
     <t>Подставка для печей для пиццы WellPizza STB 6</t>
   </si>
   <si>
     <t>STB 6</t>
   </si>
   <si>
     <t>Стенд для печей т.м. WLBake серии WellPizza Basic, мод. STB 6, 900x1020x980 мм, крашеная сталь, черный, разборный</t>
   </si>
   <si>
     <t>00000323880</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы LP 75 Basic</t>
+    <t>Печь для пиццы купольная Morello Forni LP 75 Basic</t>
   </si>
   <si>
     <t>Печь д/пиццы LP 75 Basic</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии LP, мод. LP 75 Basic, 1100х1300х1680мм</t>
   </si>
   <si>
     <t>00000144158</t>
   </si>
   <si>
     <t>Стол охлаждаемый HICOLD PZ1-1111/GN (1/3H)</t>
   </si>
   <si>
     <t>PZ1-1111/GN (1/3H)</t>
   </si>
   <si>
     <t>Стол охлаждаемый высокотемпературный тип HT модель PZ1-1111/GN (1/3H) для пиццы, 2280х600х850(1000)мм, 480Вт, 660л, 220В, +2...10С, в верхней части стола устанавливаются гастроемкости 1/3 GN, глуб. 100 мм мах. глубина рабочей части столешницы 324 мм, выполнен из нерж. стали марки AISI 304, 4 распашные двери, 12 x GN1/3 , 4 полки 530х325 мм (GN 1/1)</t>
   </si>
   <si>
     <t>00000219248</t>
   </si>
   <si>
     <t>Витрина охлаждаемая HICOLD VRTU 1390 для PZ3</t>
   </si>
@@ -870,51 +836,51 @@
   <si>
     <t>Сумка для пиццы Cambro GBP220 521</t>
   </si>
   <si>
     <t>GBP220 521</t>
   </si>
   <si>
     <t>Сумка для пиццы GBP220 521 (2 шт. по 51 см или 3 шт. по 45,7 см, красная). Цвет: красный. Материал: нейлон. Вмещает: две коробки для пиццы по 51 см или три по 45,7 см. Размеры сумки: 43 х 55 х 16,5 см. Высококачественные материалы и прочная конструкция для защиты качества продуктов питания и температуры на пути от кухни до потребителя. Оснащена двумя ремнями, рассчитаными на большую нагрузку, нейлоновой ручкой, длинной застежкой-липучкой для надёжного и долгосрочного открывания-закрывания. Превосходный контроль влажности и передовая промышленная технология поддержания температуры. Прочный, созданный для промышленных целей, нейлон на внешней стороне устойчив к пятнам и легко моется.</t>
   </si>
   <si>
     <t>00000353878</t>
   </si>
   <si>
     <t>Витрина охлаждаемая HICOLD VRTG 1915 для PZ4</t>
   </si>
   <si>
     <t>VRTG 1915 для PZ4</t>
   </si>
   <si>
     <t>Витрина охлаждаемая тип VRT, мод. VRTG 1915 (настольная) для PZ4, со стеклом, 1915х385х459 мм, +2...+7С, вместимость 7 x GN1/3 + 1 x GN1/2, витрина не имеет ножек, витрина имеет приспособление для крепления на борт стола для пиццы.</t>
   </si>
   <si>
     <t>00000367355</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Valoriani Vesuvio Igloo 140 основан</t>
+    <t>Печь для пиццы купольная Valoriani Vesuvio Igloo 140, со стендом в собранном виде</t>
   </si>
   <si>
     <t>Vesuvio Igloo 140 основан</t>
   </si>
   <si>
     <t>Основные характеристики:
 Габариты 1800x1900х1851мм, рабочая температура 250-450°C, вместимость: 8-9 пицц Ø30см
 Искрогаситель в комплекте</t>
   </si>
   <si>
     <t>00000477135</t>
   </si>
   <si>
     <t>Доска для пиццы Профлайнтрейд Доска д/пиццы 260х13</t>
   </si>
   <si>
     <t>Доска д/пиццы 260х13</t>
   </si>
   <si>
     <t>Доски для пиццы</t>
   </si>
   <si>
     <t>Доска разделочная круглая для пиццы. Размеры: 260х13мм. Материал: бук</t>
   </si>
   <si>
@@ -1004,80 +970,83 @@
   <si>
     <t>186/1</t>
   </si>
   <si>
     <t>Лопата для пиццы 186/1 с короткой ручкой  изготовлена из алюминия, наконечник ручки - из пластика. Рабочая поверхность имеет прямоугольную форму с закругленными угалми. Размеры рабочей поверхности 33х35 см, общая длина  - 90 см</t>
   </si>
   <si>
     <t>00000035924</t>
   </si>
   <si>
     <t>Держатель Lilly 190/25</t>
   </si>
   <si>
     <t>190/25</t>
   </si>
   <si>
     <t>Держатели</t>
   </si>
   <si>
     <t>Держатель для формы 190/25 изготовлен из нержавеющей стали, ручка - из пластика. Длина изделия - 25 см</t>
   </si>
   <si>
     <t>00000035929</t>
   </si>
   <si>
-    <t>Щетка для гриля Lilly 257/1 new</t>
+    <t>Щетка для печей Lilly 257/1 new</t>
   </si>
   <si>
     <t>257/1 new</t>
   </si>
   <si>
     <t>Щетка-скребок 257/1 изготовлена из латуни, ручка - нержавеющая сталь с пластиковым наконечником. Длина изделия - 90 см</t>
   </si>
   <si>
     <t>00000035933</t>
   </si>
   <si>
-    <t>Щетка для гриля Lilly 257/2</t>
+    <t>Щетка для печей Lilly 257/2</t>
   </si>
   <si>
     <t>257/2</t>
   </si>
   <si>
     <t>Щетка-скребок 257/2 изготовлена из латуни, ручка - нержавеющая сталь с пластиковым наконечником. Длина изделия - 135 см</t>
   </si>
   <si>
     <t>00000035934</t>
   </si>
   <si>
     <t>Форма для пиццы Lilly 552/28</t>
   </si>
   <si>
     <t>552/28</t>
   </si>
   <si>
+    <t>Формы для пиццы</t>
+  </si>
+  <si>
     <t>ЕуФорма для пиццы 552/28 с бортами изготовлена из алюминия. Диаметр  - 28 см, высота - 2 см</t>
   </si>
   <si>
     <t>00000035936</t>
   </si>
   <si>
     <t>Форма для пиццы Lilly 552/30</t>
   </si>
   <si>
     <t>552/30</t>
   </si>
   <si>
     <t>Форма для пиццы 552/30 с бортами изготовлена из алюминия. Диаметр  - 30 см, высота - 2 см</t>
   </si>
   <si>
     <t>00000035937</t>
   </si>
   <si>
     <t>Форма для пиццы Lilly 552/32</t>
   </si>
   <si>
     <t>552/32</t>
   </si>
   <si>
     <t>Форма для пиццы 552/32 с бортами изготовлена из алюминия. Диаметр  - 32 см, высота - 2 см</t>
@@ -1142,114 +1111,120 @@
   <si>
     <t>Форма-сетка для пиццы 612/45 без бортиков  изготовлена из алюминия. Диаметр  - 45 см</t>
   </si>
   <si>
     <t>00000035949</t>
   </si>
   <si>
     <t>Пресс для пиццы WellPizza PZP 45</t>
   </si>
   <si>
     <t>PZP 45</t>
   </si>
   <si>
     <t>Пресс формовочный для пиццы т.м. WLBake серии WellPizza серии PZP, мод. PZP 45, 670x550x860мм, 5600Вт, 380В, заготовки 100-500 г</t>
   </si>
   <si>
     <t>00000333039</t>
   </si>
   <si>
     <t>Форма для пиццы Pujadas P736.034</t>
   </si>
   <si>
     <t>P736.034</t>
   </si>
   <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
     <t>Форма для пиццы P736.034 (d34см) с перфорацией. Диаметр отверстий - 8мм. Материал: алюминий с антипригарным покрытием. Размеры: диаметр 34 см, высота 1,3 см.</t>
   </si>
   <si>
+    <t>Pujadas</t>
+  </si>
+  <si>
     <t>00000334118</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat ПЭК-400 с дверцей</t>
   </si>
   <si>
     <t>Печь электрическая для пиццы ПЭК-400 с дверцей, конвейерная, 1 камера 509x489x88 мм, +70…+315 С,  размеры конвейера 1015х457 мм, 870x1069(1660)x505 мм, 8,614 кВт, 400В</t>
   </si>
   <si>
     <t>00000452101</t>
   </si>
   <si>
-    <t>Лопата для пиццы Lilly 97/31.</t>
+    <t>Лопата для пиццы Lilly 97/31</t>
   </si>
   <si>
     <t>97/31.</t>
   </si>
   <si>
     <t>Лопатка для пиццы 97/31 с длинной ручкой изготовлена из алюминия, наконечник ручки - из пластика. Рабочая поверхность имеет трапецевидную форму с закругленными боковыми гранями. Ширина рабочей поверхности - 31 см, длина ручки - 135 см</t>
   </si>
   <si>
     <t>00000035953</t>
   </si>
   <si>
     <t>Лопата для пиццы Lilly 97/33.</t>
   </si>
   <si>
     <t>97/33.</t>
   </si>
   <si>
     <t>Лопатка для пиццы 97/33 с длинной ручкой изготовлена из алюминия, наконечник ручки - из пластика. Рабочая поверхность имеет трапецевидную форму с закругленными боковыми гранями. Ширина рабочей поверхности - 33 см, длина ручки - 135 см</t>
   </si>
   <si>
     <t>00000035954</t>
   </si>
   <si>
     <t>Лопата для пиццы Lilly 97/36.</t>
   </si>
   <si>
     <t>97/36.</t>
   </si>
   <si>
     <t>Лопатка для пиццы 97/36 с длинной ручкой изготовлена из алюминия, наконечник ручки - из пластика. Рабочая поверхность имеет трапецевидную форму с закругленными боковыми гранями. Ширина рабочей поверхности - 36 см, длина ручки - 135 см</t>
   </si>
   <si>
     <t>00000035955</t>
   </si>
   <si>
-    <t>Печь для пиццы подовая R.G.V. RGV Vulcano</t>
+    <t>Печь для пиццы подовая R.G.V. Vulcano</t>
   </si>
   <si>
     <t>RGV Vulcano</t>
   </si>
   <si>
     <t>R.G.V.</t>
   </si>
   <si>
     <t>ЦБ-00009402</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы LP 110</t>
+    <t>Печь для пиццы купольная Morello Forni LP 110</t>
   </si>
   <si>
     <t>Печь д/пиццы LP 110</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии LP 110, 1480x1650x1880мм, 1200 кг</t>
   </si>
   <si>
     <t>00000095576</t>
   </si>
   <si>
     <t>Форма для пиццы EKSI PTC10</t>
   </si>
   <si>
     <t>PTC10</t>
   </si>
   <si>
     <t>Форма для пиццы алюминиевая PTC10 (d25 см), алюминий,
 высота бортика - 0,5 см. Диаметр: 255 мм, внутренний диаметр: 230 мм. Погрешность +/- 5 мм.</t>
   </si>
   <si>
     <t>00000143456</t>
   </si>
   <si>
     <t>Форма для пиццы EKSI PTC11</t>
@@ -1350,75 +1325,60 @@
   <si>
     <t>Пресс формовочный для пиццы т.м. WLBake серии PZP, мод. PZP 45, 670x550x860мм, 5600Вт, 380В, заготовки 100-500 г</t>
   </si>
   <si>
     <t>00000281484</t>
   </si>
   <si>
     <t>Витрина охлаждаемая Atesy Болонезе-6</t>
   </si>
   <si>
     <t>Болонезе-6</t>
   </si>
   <si>
     <t>1350х310х470 мм, 0.16 кВт, 220 В, +2…+8˚С, в комплекте 6 гастроемкостей GN1/4 (гл.150мм)</t>
   </si>
   <si>
     <t>Atesy</t>
   </si>
   <si>
     <t>Барные витрины холодильные</t>
   </si>
   <si>
     <t>00000286659</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы PAX 110</t>
+    <t>Печь для пиццы купольная Morello Forni PAX 110</t>
   </si>
   <si>
     <t>Печь д/пиццы PAX 110</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии PAX 110, 1300х1300х1680мм</t>
   </si>
   <si>
     <t>00000139598</t>
-  </si>
-[...13 lines deleted...]
-    <t>00000458811</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat ПЭК-600 с дверцей</t>
   </si>
   <si>
     <t>Печь электрическая для пиццы ПЭК-600 с дверцей, конвейерная, 1 камера 770x693,5x88 мм, +70…+315 С,  размеры конвейера 1465х652 мм, 2131x1245х612 мм, 19,073 кВт, 400В, без крыши, без основания - для установки в 2 яруса</t>
   </si>
   <si>
     <t>00000452107</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat ПЭК-600 подставка</t>
   </si>
   <si>
     <t>Печь электрическая для пиццы ПЭК-600, конвейерная, 1 камера 770x693,5x88 мм, +70…+315 С,  размеры конвейера 1465х652 мм, 2131x1194х1143 мм, 19,073 кВт, 400В, подставка</t>
   </si>
   <si>
     <t>00000452108</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat ПЭК-800 с дверцей</t>
   </si>
   <si>
     <t>Печь электрическая для пиццы ПЭК-800 с дверцей, конвейерная, 1 камера 1014x853x75 мм, +70…+315 С,  размеры конвейера 1830х812 мм, 1927х1426х1160 мм, 27,5 кВт, 400В, подставка</t>
   </si>
@@ -1492,147 +1452,135 @@
   <si>
     <t>Форма для пиццы EKSI PS12</t>
   </si>
   <si>
     <t>PS12</t>
   </si>
   <si>
     <t>Форма-сетка для пиццы алюминиевая PS12 (d31 см), алюминий</t>
   </si>
   <si>
     <t>00000143462</t>
   </si>
   <si>
     <t>Форма для пиццы EKSI PS14</t>
   </si>
   <si>
     <t>PS14</t>
   </si>
   <si>
     <t>Форма-сетка для пиццы алюминиевая PS14 (d36 см), алюминий</t>
   </si>
   <si>
     <t>00000143463</t>
   </si>
   <si>
-    <t>Форма для пиццы EKSI PS16</t>
-[...10 lines deleted...]
-  <si>
     <t>Форма для пиццы EKSI PS18</t>
   </si>
   <si>
     <t>PS18</t>
   </si>
   <si>
     <t>Форма-сетка для пиццы алюминиевая PS18 (d46 см), алюминий</t>
   </si>
   <si>
     <t>00000143465</t>
   </si>
   <si>
     <t>Нож для пиццы EKSI PCT400</t>
   </si>
   <si>
     <t>PCT400</t>
   </si>
   <si>
     <t>Нож для пиццы PCT400 (10см), нерж. сталь, пластик</t>
   </si>
   <si>
     <t>00000143466</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Basic 4M</t>
   </si>
   <si>
     <t>Basic 4M</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Basic 4M, 900x735x420 мм, 380В, 4200Вт, электромеханическое управление, внутренний размер пекарной камеры 660x660x140 мм, 1 ярус</t>
   </si>
   <si>
     <t>00000323875</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы LP150</t>
+    <t>Печь для пиццы купольная Morello Forni LP 150</t>
   </si>
   <si>
     <t>Печь д/пиццы LP150</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии LP150, 1880х2080х1880</t>
   </si>
   <si>
     <t>00000050676</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat ПЭК-800/2 с дверцей, подставка</t>
   </si>
   <si>
     <t>Печь электрическая для пиццы ПЭК-800/2 с дверцей, конвейерная, 1 камера 1014x853x75 мм, +70…+315 С,  2 конвейера 1787х402 мм, 1927х1426х1160 мм, 27,5 кВт, 400В, подставка</t>
   </si>
   <si>
     <t>00000452113</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat ПЭК-800/2 с дверцей без крыши, без основания  - для установки в 2 яруса</t>
   </si>
   <si>
     <t>Печь электрическая для пиццы ПЭК-800/2 с дверцей, конвейерная, 1 камера 1014x853x75 мм, +70…+315 С,  2 конвейера 1787х402 мм, 1927х1426х660 мм, 27,5 кВт, 400В, без крыши, без основания  - для установки в 2 яруса</t>
   </si>
   <si>
     <t>00000452114</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat ПЭК-800/2 подставка</t>
   </si>
   <si>
     <t>Печь электрическая для пиццы ПЭК-800/2, конвейерная, 1 камера 1014x853x75 мм, +70…+315 С,  2 конвейера 1787х402 мм, 1927х1374х1160 мм, 27,5 кВт, 400В, подставка</t>
   </si>
   <si>
     <t>00000452115</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat ПЭК-800/2 без крыши, без основания  - для установки в 2 яруса</t>
   </si>
   <si>
     <t>Печь электрическая для пиццы ПЭК-800/2, конвейерная, 1 камера 1014x853x75 мм, +70…+315 С,  2 конвейера 1787х402 мм, 1927х1374х660 мм, 27,5 кВт, 400В, без крыши, без основания  - для установки в 2 яруса</t>
   </si>
   <si>
     <t>00000452116</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы LP 180</t>
+    <t>Печь для пиццы купольная Morello Forni LP 180</t>
   </si>
   <si>
     <t>Печь д/пиццы LP 180</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии LP 180, 2200х2350х2030мм, производительность 180 шт/час</t>
   </si>
   <si>
     <t>00000163605</t>
   </si>
   <si>
     <t>Печь для пиццы конвейерная Abat 21000003148</t>
   </si>
   <si>
     <t>Габаритные размеры: 1 камера 509x489x88 мм,  размеры конвейера 1015х457 мм, 941x1109(1660)x442 мм, эл. мощностьб 8,632 кВт, напряжение 380В, температурный режим +70…+315 С, без крыши, без основания - для установки в 2 или 3 яруса
 Печь электрическая конвейерная предназначена для приготовления пиццы, выпечки и фастфуда, требующих высокой температуры приготовления, на предприятиях общественного питания.</t>
   </si>
   <si>
     <t>00000464641</t>
   </si>
   <si>
     <t>Стол охлаждаемый HICOLD PZ2-11/GN (1/6H) камень</t>
   </si>
   <si>
     <t>PZ2-11/GN (1/6H) камень</t>
@@ -1657,74 +1605,116 @@
   </si>
   <si>
     <t>Габариты:  1300(1364)x1021(1119)x327 мм, 9680 Вт, 380В, +20...+450 С, 1 камера, внутренние размеры камеры 1050x780x176(153) мм, вместимость 6 пицц d 350 мм, очистка - пиролиз.</t>
   </si>
   <si>
     <t>00000326712</t>
   </si>
   <si>
     <t>Печь для пиццы подовая Abat ПЭП-6-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 1304(1366)x1023(1119)x364мм, размер камеры 1050х780х176мм, эл. мощность 9680Вт, диапазон регулирования температуры печи +20..+450С, напряжение 380В, вместимость 6 пицц d 350 мм
 Печь электрическая для пиццы предназначена для выпечки пиццы и хлебобулочных изделий, требующих высокой температуры приготовления</t>
   </si>
   <si>
     <t>00000199684</t>
   </si>
   <si>
     <t>Печь для пиццы подовая Abat ПЭП-4x2</t>
   </si>
   <si>
     <t>Печь электрическая для пиццы ПЭП-4x2, 2 камеры: 700х700х150мм, 1014х939х663мм, 380В, 12400Вт, 20-450С</t>
   </si>
   <si>
     <t>00000326720</t>
+  </si>
+  <si>
+    <t>Пресс для пиццы Grill Master Ф2ПцЭ (22222)</t>
+  </si>
+  <si>
+    <t>Ф2ПцЭ (22222)</t>
+  </si>
+  <si>
+    <t>Пресс для пиццы Ф2ПцЭ (22222) формирующий борт, 380х610(810)х900мм, 2400Вт, 220В, производит-ть до 300 шт./час, полностью из н/стали, регулировки толщины продукта, пределы регулировки толщины продукта 2-8 мм, подпекание продукта с двух сторон, максимальная температура подпекания 200С, регулировка температуры с помощью аналого-цифрового регулятора, максимальный диаметр готового краста для пиццы 150 мм, высота готового борта краста 10 мм, ширина готового борта краста 5 мм</t>
+  </si>
+  <si>
+    <t>Grill Master</t>
+  </si>
+  <si>
+    <t>00000329299</t>
+  </si>
+  <si>
+    <t>Мини-печь EKSI EPO-1</t>
+  </si>
+  <si>
+    <t>EPO-1</t>
+  </si>
+  <si>
+    <t>Мини-печи</t>
+  </si>
+  <si>
+    <t>Габаритные размеры: 560х570х280мм, эл. мощность 2000Вт, напряжение 220В, температурные режим 0-350С, нерж. сталь, размер пода 400х400мм</t>
+  </si>
+  <si>
+    <t>00000574227</t>
+  </si>
+  <si>
+    <t>Мини-печь EKSI EPO-11</t>
+  </si>
+  <si>
+    <t>EPO-11</t>
+  </si>
+  <si>
+    <t>Габаритные размеры: 560х570х440мм, эл. мощность 3000Вт, напряжение 220В, температурный режим 0-350С, нерж. сталь, размер пода 400х400мм, 2 уровня</t>
+  </si>
+  <si>
+    <t>00000574228</t>
   </si>
   <si>
     <t>Подставка для печей для пиццы WellPizza Подставка STBR-4</t>
   </si>
   <si>
     <t>Подставка STBR-4</t>
   </si>
   <si>
     <t>Подставка STBR-4 для печей т.м. WLBake серии WellPizza Basic (4/44).
 Сборно-разборная конструкция. Изготовлен из окрашенного металла. Имеет столешницу, обвязку ножек и регулируемые по высоте ножки. Габариты стенда: 900x735x910 мм.
 Цвет: RAL 9005(ГЛЯНЕЦ) черный</t>
   </si>
   <si>
     <t>О0000051640</t>
   </si>
   <si>
     <t>Габаритные размеры: 1069(1660)х874х442(505)мм, напряжение 380В, эл. мощность 8614Вт, 1 камера, внутренние размеры камеры 509x489x88 мм, размеры конвейера 1015х457 мм, диапазон регулирования температуры печи +70…+315 С, диаметр пиццы 40 см, производительность 20 пицц/ч
 Печь электрическая конвейерная предназначена для приготовления пиццы, выпечки и фастфуда, требующих высокой температуры приготовления, на предприятиях общественного питания.</t>
   </si>
   <si>
     <t>00000381483</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы L 100 ST</t>
+    <t>Печь для пиццы купольная Morello Forni L 100 ST</t>
   </si>
   <si>
     <t>Печь д/пиццы L 100 ST</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии L, модель L 100 ST, Стандартное исполнение, 1380х1520х1680 мм, Рабочая температура: 350 - 400 C,</t>
   </si>
   <si>
     <t>00000380568</t>
   </si>
   <si>
     <t>Сумка для пиццы Cambro GBP220 110</t>
   </si>
   <si>
     <t>GBP220 110</t>
   </si>
   <si>
     <t>Сумка для пиццы GBP220 110 (2 шт. по 51 см или 3 шт. по 45,7 см, черная). Цвет: черный. Материал: нейлон. Вмещает: две коробки для пиццы по 51 см или три по 45,7 см. Размеры сумки: 43 х 55 х 16,5 см. Высококачественные материалы и прочная конструкция для защиты качества продуктов питания и температуры на пути от кухни до потребителя. Оснащена двумя ремнями, рассчитаными на большую нагрузку, нейлоновой ручкой, длинной застежкой-липучкой для надёжного и долгосрочного открывания-закрывания. Превосходный контроль влажности и передовая промышленная технология поддержания температуры. Прочный, созданный для промышленных целей, нейлон на внешней стороне устойчив к пятнам и легко моется.</t>
   </si>
   <si>
     <t>00000353880</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Piccolo 1M</t>
   </si>
@@ -1782,75 +1772,75 @@
   <si>
     <t>Охлаждаемый стол для пиццы, боковое расположение агрегата. Столешница камень толщиной 20мм, корпус из нержавеющей стали марки AISI 430. Задняя панель и дно из оцинкованной стали. 2 двери. Температурный режим +2...+10, глубина рабочего стола 324 мм, напряжение 220В, мощность 320Вт, внутренний объем стола 350л, в зону под гастроёмкости помещается 7 GN 1/3 глубиной 150мм, полезный объём стола 244л. Компрессор (Испания). Хладон R-134. Петля доводчик (Польша). Полка решетка регулируемая по высоте с шагом - 45 мм, гастронормированная, нагрузка 35кг. Нога опорная круглая, регулировка 50мм (Италия). Поставляется в собранном виде. 1390х700х850мм.</t>
   </si>
   <si>
     <t>Техно-ТТ</t>
   </si>
   <si>
     <t>Столы холодильные</t>
   </si>
   <si>
     <t>00000400999</t>
   </si>
   <si>
     <t>Стол охлаждаемый Техно-ТТ СПН/П-126/20-1007</t>
   </si>
   <si>
     <t>СПН/П-126/20-1007</t>
   </si>
   <si>
     <t>Охлаждаемый стол для пиццы, нижнее расположение агрегата. Столешница и корпус из нержавеющей стали марки AISI 430. Задняя панель и дно из оцинкованной стали. 2 двери. Температурный режим +2...+10, 1/3, глубина рабочего стола 324 мм, напряжение 220В, мощность 150Вт, внутренний объем стола 220л, в зону под гастроёмкости помещается 5 GN 1/3 глубиной 150мм, полезный объём стола 140л. Компрессор (Испания). Хладон R-134. Петля доводчик (Польша). Нога опорная, регулировка 25мм. Поставляется в собранном виде. Полка решетка регулируемая по высоте с шагом - 45 мм, гастронормированная, нагрузка 35кг. Нога опорная круглая, регулировка 50мм (Италия). Поставляется в собранном виде. 1000х700х850мм.</t>
   </si>
   <si>
     <t>00000401000</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Valoriani Igloo 120 основание</t>
+    <t>Печь для пиццы купольная Valoriani Igloo 120, со стендом</t>
   </si>
   <si>
     <t>Igloo 120 основание</t>
   </si>
   <si>
     <t>Печь дровяная для пиццы т.м.Valoriani, сер.Vesuvio Igloo, мод. Vesuvio Igloo 120 в комплекте с искрогасителем и основанием</t>
   </si>
   <si>
     <t>00000453395</t>
   </si>
   <si>
     <t>Витрина охлаждаемая HICOLD VRTU 2280 для PZ3</t>
   </si>
   <si>
     <t>VRTU 2280 для PZ3</t>
   </si>
   <si>
     <t>Витрина охлаждаемая тип VRT, мод. VRTU 2280 (настольная) для PZ3, витрина охл. настольная к PZ3, с крышкой, 2280х385х279мм, +2...+7C, 150Вт, 220В, вместимость 11 x GN1/3, имеет крепления к борту стола для пиццы</t>
   </si>
   <si>
     <t>00000367541</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Valoriani Vesuvio OT 100 основание</t>
+    <t>Печь для пиццы купольная Valoriani Vesuvio OT 100, со стендом в собранном виде</t>
   </si>
   <si>
     <t>Vesuvio OT 100 основание</t>
   </si>
   <si>
     <t>Основные характеристики:
 Габариты 1400x1500х1903мм, рабочая температура 350-400°C,  вместимость: 4-5 пицц ø30 см. Искрогаситель в комплекте</t>
   </si>
   <si>
     <t>00000477175</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Semplice 44M</t>
   </si>
   <si>
     <t>Semplice 44M</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Semplice 44M, 1000х940х745мм, 380В, 12000Вт, 162 кг, размеры пекарной камеры 720x720x140, электромеханическое управление.</t>
   </si>
   <si>
     <t>00000303940</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Semplice 6M</t>
@@ -1936,63 +1926,63 @@
   <si>
     <t>00000303947</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Professionale 44D</t>
   </si>
   <si>
     <t>Professionale 44D</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Professionale 44D, 1000х940х745мм, 380В, 12000Вт, 164 кг, размеры пекарной камеры 720x720x140, электронное управление.</t>
   </si>
   <si>
     <t>00000303948</t>
   </si>
   <si>
     <t>Стол охлаждаемый Abat СХС-80-01П</t>
   </si>
   <si>
     <t>Габариты: 1434х807х1098 мм. Температурный режим +1...+8 С. Размер гастроёмкости GN 1/1 (530x325 мм), GN 1/4 (265x162 мм). Полезный объем 310 л. Количество секций - 2. Количество полок - 2. Оттайка автоматическая. Размер полки 325х530 мм. Расположение агрегата боковое. Столешница неохлаждаемая. Тип охлаждения динамический. Толщина стенок 56 мм. Хладагент R404A. Масса хладагента 0,3 кг. Температура верхнего отсека +5 С. Расход электроэнергии в сутки 6,2 кВт. Климатический класс 5 (от 12 до 42 C). Исполнение - только дверцы. Напряжение 220 В. Корпус из нержавеющей стали марки AISI 202 толщиной 1 мм, полностью заполнен пенистым полиуретаном (за исключением задней стенки).</t>
   </si>
   <si>
     <t>00000365686</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы L 75</t>
+    <t>Печь для пиццы купольная Morello Forni L 75</t>
   </si>
   <si>
     <t>Печь д/пиццы L 75</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии L 75, 1100х1300х1680 мм</t>
   </si>
   <si>
     <t>00000151253</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Valoriani Vesuvio OT 140 основание</t>
+    <t>Печь для пиццы купольная Valoriani Vesuvio OT 140, со стендом в собранном виде</t>
   </si>
   <si>
     <t>Vesuvio OT 140 основание</t>
   </si>
   <si>
     <t>Основные характеристики:
 Габариты 1800х1900х1903мм, рабочая температура 250-470°C, вместимость: 8-9 пицц Ø30см Искрогаситель в комплекте</t>
   </si>
   <si>
     <t>00000477155</t>
   </si>
   <si>
     <t>Сумка для пиццы Gastrorag PBG 4045</t>
   </si>
   <si>
     <t>PBG 4045</t>
   </si>
   <si>
     <t>Сумка для пиццы PBG 4045, средняя, вместимость 4 пиццы диаметром 30 см или 3 пиццы диаметром 35 см, нейлон с синтетической термоизоляцией, цвет красный.</t>
   </si>
   <si>
     <t>Gastrorag</t>
   </si>
   <si>
     <t>00000370614</t>
@@ -2370,51 +2360,51 @@
   <si>
     <t>Форма-сетка для пиццы 949.025. Материал: алюминий с антипригарным покрытием. Размер: диаметр 40 см. Назначение: для выпечки пиццы.</t>
   </si>
   <si>
     <t>00000037724</t>
   </si>
   <si>
     <t>Форма для пиццы Pujadas 963.030</t>
   </si>
   <si>
     <t>Форма-сетка для пиццы 963.030. Материал: алюминий. Размеры: d=30 см. Страна: Испания</t>
   </si>
   <si>
     <t>00000037726</t>
   </si>
   <si>
     <t>Форма для пиццы Pujadas 963.040</t>
   </si>
   <si>
     <t>Форма-сетка для пиццы 963.040. Материал: алюминий. Размеры: d=40 см. Страна: Испания</t>
   </si>
   <si>
     <t>00000037729</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы PAX 120</t>
+    <t>Печь для пиццы купольная Morello Forni PAX 120</t>
   </si>
   <si>
     <t>Печь д/пиццы PAX 120</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии PAX 120,  1400х1400х1740 мм</t>
   </si>
   <si>
     <t>00000162346</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Basic2 6M</t>
   </si>
   <si>
     <t>Basic2 6M</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Basic2 6M, 7200 Вт, 380В, 975x1215x415 мм, 1 камера, электромеханическое управление, внутренний размер камеры 660x9900x140мм</t>
   </si>
   <si>
     <t>00000413010</t>
   </si>
   <si>
     <t>Стол охлаждаемый Техно-ТТ СПБ/П-127/20-1307</t>
   </si>
@@ -2451,141 +2441,141 @@
   <si>
     <t>Roller Grill</t>
   </si>
   <si>
     <t>00000137411</t>
   </si>
   <si>
     <t>Стол охлаждаемый Техно-ТТ СПН/П-126/30-1407</t>
   </si>
   <si>
     <t>СПН/П-126/30-1407</t>
   </si>
   <si>
     <t>ЦБ-00014479</t>
   </si>
   <si>
     <t>Подставка для печей для пиццы Abat ПП-400</t>
   </si>
   <si>
     <t>Габариты: 833х626х660 мм. Макс. нагрузка на полку 140 кг. Макс. общая нагрузка на подставку 250 кг. Конструкция разборная. Макс. нагрузка на столешницу 250 кг. Вес (без упаковки) 32 кг.</t>
   </si>
   <si>
     <t>00000381484</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы L 110</t>
+    <t>Печь для пиццы купольная Morello Forni L 110</t>
   </si>
   <si>
     <t>Печь д/пиццы L 110</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии L 110, 1480х1650х1880мм</t>
   </si>
   <si>
     <t>00000139241</t>
   </si>
   <si>
     <t>Сумка для пиццы Gastrorag PBG 3035</t>
   </si>
   <si>
     <t>PBG 3035</t>
   </si>
   <si>
     <t>Сумка для пиццы PBG 3035, средняя, вместимость 4 пиццы диаметром 30 см или 3 пиццы диаметром 35 см, нейлон с синтетической термоизоляцией, цвет красный.</t>
   </si>
   <si>
     <t>00000370615</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Valoriani OT 180 (в сборе)</t>
+    <t>Печь для пиццы купольная Valoriani OT 180, со стендом в собранном виде</t>
   </si>
   <si>
     <t>OT 180 (в сборе)</t>
   </si>
   <si>
     <t>Печь дровяная для пиццы т.м.Valoriani, мод. OT 180 (в собр.виде), 2200x2387x1947 мм, внешняя отделка сталь</t>
   </si>
   <si>
     <t>00000464436</t>
   </si>
   <si>
     <t>Гидрофильтр для печей для пиццы Morello Forni Idro200.400.4P</t>
   </si>
   <si>
     <t>Idro200.400.4P</t>
   </si>
   <si>
     <t>Гидрофильтры для печей для пиццы</t>
   </si>
   <si>
     <t>Фильтр дымовой модель Idro 200, 560х800х880мм, 380В</t>
   </si>
   <si>
     <t>Аксессуары для оборудования по производству пиццы</t>
   </si>
   <si>
     <t>00000151875</t>
   </si>
   <si>
     <t>Гидрофильтр для печей для пиццы Morello Forni Idro250.400.6P</t>
   </si>
   <si>
     <t>Idro250.400.6P</t>
   </si>
   <si>
     <t>Фильтр дымовой модель Idro 250, 560х800х880мм, 1470Вт, 380В</t>
   </si>
   <si>
     <t>00000151876</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы L 150</t>
+    <t>Печь для пиццы купольная Morello Forni L 150</t>
   </si>
   <si>
     <t>Печь д/пиццы L 150</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии L 150</t>
   </si>
   <si>
     <t>00000006175</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы LP 100</t>
+    <t>Печь для пиццы купольная Morello Forni LP 100</t>
   </si>
   <si>
     <t>Печь д/пиццы LP 100</t>
   </si>
   <si>
     <t>Дровяная печь для пиццы серии LP 100, 1380x1520x1780</t>
   </si>
   <si>
     <t>00000006176</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Morello Forni Печь д/пиццы LP 75</t>
+    <t>Печь для пиццы купольная Morello Forni LP 75</t>
   </si>
   <si>
     <t>Печь д/пиццы LP 75</t>
   </si>
   <si>
     <t>Печь дровяная для пиццы серии LP, мод. LP 75</t>
   </si>
   <si>
     <t>00000006177</t>
   </si>
   <si>
     <t>Печь для пиццы подовая GGF X 4/30</t>
   </si>
   <si>
     <t>X 4/30</t>
   </si>
   <si>
     <t>Печь для пиццы электрическая серии X, мод. X 4/30, 900×735×420 мм, 4200 Вт, 380В</t>
   </si>
   <si>
     <t>00000137300</t>
   </si>
   <si>
     <t>Печь для пиццы подовая Abat ПЭП-6х2</t>
   </si>
@@ -2646,78 +2636,78 @@
   <si>
     <t>Печь для пиццы подовая GGF E 66/A</t>
   </si>
   <si>
     <t>E 66/A</t>
   </si>
   <si>
     <t>Печь для пиццы электрическая серии E, мод. E 66/A (K), 900x1020x750мм, 380В, 14400Вт</t>
   </si>
   <si>
     <t>00000003621</t>
   </si>
   <si>
     <t>Печь для пиццы подовая Roller Grill PZ 430 S</t>
   </si>
   <si>
     <t>PZ 430 S</t>
   </si>
   <si>
     <t>Печь для пиццы электр. серии PZ модель PZ 430 S, 670х580х270, 3000 Вт, 220В. +350 С.</t>
   </si>
   <si>
     <t>00000101661</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Valoriani Vesuvio Igloo 100 (стенд)</t>
+    <t>Печь для пиццы купольная Valoriani Vesuvio Igloo 100, со стендом в собранном виде</t>
   </si>
   <si>
     <t>Vesuvio Igloo 100 (стенд)</t>
   </si>
   <si>
     <t>Печь дровяная для пиццы т.м.Valoriani, мод. Vesuvio Igloo100 (искрогас., основание, в собр.виде), дровяная, в сборе, каменный купол, 1385x1467x1850 мм, диаметр дымохода 200 мм, диамтр пода 100 см, вместимость пицц  4-5 шт</t>
   </si>
   <si>
     <t>00000470375</t>
   </si>
   <si>
     <t>WellPizza Педаль для тестораскаточной машины VSM P</t>
   </si>
   <si>
     <t>VSM P</t>
   </si>
   <si>
     <t>Педаль для тестораскаточной машины т.м. WLBake серии WellPizza VS, мод. VSM P</t>
   </si>
   <si>
     <t>Аксессуары для тестораскаточных машин</t>
   </si>
   <si>
     <t>00000329145</t>
   </si>
   <si>
-    <t>Печь для пиццы купольная Valoriani Vesuvio OT 120 основание</t>
+    <t>Печь для пиццы купольная Valoriani Vesuvio OT 120, со стендом в собранном виде</t>
   </si>
   <si>
     <t>Vesuvio OT 120 основание</t>
   </si>
   <si>
     <t>Основные характеристики:
 Габариты 1600x1700х1903мм, рабочая температура 250/470°C, вместимость: 5-6 пицц Ø30см. Искрогаситель в комплекте</t>
   </si>
   <si>
     <t>00000477170</t>
   </si>
   <si>
     <t>Печь для пиццы подовая WellPizza Profess 66M L (полн. кам)</t>
   </si>
   <si>
     <t>Profess 66M L (полн. кам)</t>
   </si>
   <si>
     <t>Печь для пиццы т.м. WLBake серии WellPizza, мод. Professionale 66M L (полная отделка камнем) - 18 000 Вт, 380В, 1360x954x745 мм. вместимость 12 пицц диаметром 33</t>
   </si>
   <si>
     <t>00000445371</t>
   </si>
   <si>
     <t>Подставка для печей для пиццы Abat ПП-2</t>
@@ -2812,62 +2802,50 @@
   <si>
     <t>00000395635</t>
   </si>
   <si>
     <t>Стол охлаждаемый Turbo Air CTPR-67SD</t>
   </si>
   <si>
     <t>CTPR-67SD</t>
   </si>
   <si>
     <t>Стол для приготовления пиццы модель CTPR-67 SD, Ш/Г/В мм, 1702*820*913, Объём, л 566, Темп.режим, С°: 0° ~ +8°, Мощность, кВт: 0,55. Вес, кг 161. GN шт. 9 GN1/3, Полок, шт 4 Полки Ш / Г мм 608*648, Испаритель с антикоррозионным покрытием, Колёса 4” со стопорами, Магнитные дверные уплотнители, 
 Стальные полки с виниловым покрытием – Электронный контроллер. Turbo Cooling (R), Turbo Freeze (F).
 Опции: Полки на выбор (Толстая проволока с виниловым покрытием
 
 или нержавеющая сталь), Полка верхняя
 (Располагается
 над рабочей поверхностью), Защитный козырек (под гастроемкости или пекарские противни) Конденсатор (самоочищающийся - патент), Прозрачная крышка (вместо глухой), 5” колеса
 Со стопорами или без, 6” ножки
 Настраиваемая высота, 1/2” ножки
 Нерегулируемые, Пропан
 В качестве хладагента, Другие
 Согласуйте с менеджером свой вариант.</t>
   </si>
   <si>
     <t>00000395636</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000430061</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -2954,6342 +2932,6282 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28809dcd5074a1705cb15854c5422148.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd358da110b1484f789eff16f699641.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d8955ed1721c5bfb1b3ed861f91cbe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe020cb8ef60876dae0334b0c0c91bfd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57491d63985a1c57421d507ed83a3773.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667566336498d0bf80201bad1dcd8943.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1827247a98baebbf920b6d4461047d.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2666306158e3f809df5fec81ed4499.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03c13fefbfd5ebb437979bbc6a417dda.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33bc95f01c3db046afe1279e4acfdaf4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daeafc135882c6803bc5d983b8687c12.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a501d170e9b05d87f45855ea52f0a5a7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bd13dad82651d7faff5a58f5ee2d9c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4f89ec2bc28e9676f8fe2b4e9f4e18.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca699a8f4f5dfdf699c86547bd3442b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d79289139a6e9a9d2eda7720d0c7a3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e34f9d6d1a5c92ee79b2f3b1c147fca5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aa68af62b95f19fb9e774e5d6abf648.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d99673ac589b0c206468c4c25f8a8f7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49653ad3f7343aeecf897ce58e0e7cda.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f82b36f5f38b5af5d8d9634f3986ddb.JPG"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75f66e126a9587eca189574b57a1fc4.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb040023bb01dd581bbd55282c86dcf.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c17d8b04c99ec7dc4929ac72fb8b5a.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e063c4e1738792ba1c652a349d2ebf.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c493b5753c1f615eee38ea9932bb820b.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ecf2481895cdcd1658d9b1908e4b521.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287e276329eeeedd04bf4bf2d9e7b61e.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e7fe9d1cfe6e14f1d7fb57395b480a.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c123ce328736c68861b56824e4e61ad4.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1412692913cd3bc6df94a4084efb2f3.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2169f47750b8171756a9f80dc3b7a0.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f56752d726480511ec41ddcc1861d2.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc99bbfaa2b066193d6e09d27b0a847.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2798fd8554288409eb42dbb069af67bc.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc03462bc99c313f05852da568d13de.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3901cb5a85d49ea646dd54c40aa54127.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a231690c166083181e98dd924f64ecc.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eac4dd57a716271ed093c4ee2d649bb.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/955fef080db427ba34d86fdeaea2d5da.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc6fb2da66ce17ad48c071b83a4e328.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0347553a7d507db5a38570e9d16b6097.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582a5af5a5ebeae1b4c9f2c21c9f008d.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab53714fa6035b8ab8e439e4b282cef.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97f02950a7c0e9d255ea24765b125f22.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acca11d66cb35a20bc37e3c13ab928ef.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebcda1f20af6ca3af8d419a20ee92d9f.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb417e37d2088bfbf663ee89e86bb7de.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a701097768166da27ea1786246672a1.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad151b6cef96aec59529a89e82c87511.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca75a9162ccd623ccf532cf6f5733875.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5f8b097df0aa3103c1900db2e08596.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57dd52b081882a9bbeab58194aeabc4.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91021e1aaa30763b4d50cce2d8072c61.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e911dafc53ec9b8e0b3143c875dc31.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a9b17f14b19a86187b3c3f30f13538.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb97381f6b682cf2caeea80df016ce67.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc8eb7d55ba3986111f389506d52fe3.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a269dafc2d2c3c79bf75cc0dfa3b3967.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0eda0237d463b114508b3bbb2ea364a.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d277f414f7535b96f143599256fb55.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d29bd911f5881d5041fb0745aeac420.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fccadeba0a0ee56b310e5c9cd3cbda6.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64a88ddfe9384c53b18bffde6842603.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4356d341622fd5ed873de40d20e5c2e9.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1cd16198f78ae0ac560da95e5948e03.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1036b290a3acba9017de011f712968a.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c85306a9f7c078d9524470b665ee8e2.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1fff98138af2852f1e5323d722ffc9.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7e119613cc570aaaaecd1f031a487f.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae64c4ca249058298ba8b8355071d80.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff41f933903c5c54ecb59005a8ddd2cf.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177a95d6bc68e12d3b0967baf9213467.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdea3230e7cf4896ba040291ca165869.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682e332547e50440b55a9fe29e75f144.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c18945d173769708b03781d1290622f.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31d2777e49cd1a5481259fcf67b36f4.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbac3fbf0eb78dc7ccd60a784e981a96.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d6f293d26ae775bb3efd41e6f83291.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e55589c97b9e2077c62e1963a7374021.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914580455677c0ad130bd19c719982ff.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b937521a078f41ee3d929c68270392.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c702bc774ee8910d4d3e61119b4649e.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92dfec69bbf62808e382fd7d9ffdbea3.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b5b8508419052f6a0f55eb1708cb73.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4662b3e3be83bff3923d038e18802692.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fac41a48653a606b17e313ad237e83.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50cbe9baa700b6b5e242213f9667ce0a.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0752fb0052b9ff0f761e12b77ab23d12.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2671bbad3016d9fe4421c884996dfa2.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fb63f39080786eb37bbc81f89ebbe8c.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62839baaaebef013b48f9c7e663d4f5.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1b943a5bffde0f1637cbf60d72a56a.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b22e7226388c13ed542fd45df02abd.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01bf51575c58868efba8b496447d158e.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39208cb58ef096191175586fffcfc31.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03226bb4cb4a15840d75589c5bbac2fc.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41f8a68d39267dd68567a9753ffa68f.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb19516481924adfc716cb6e3269867.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a088326532e11959606badc9ff2786c1.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1cd7203634986bc2ce14095a5f4d356.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbd5e4914d98073d8e7f1dfbaa4723e.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf777820ae5c34f0d058d9f5de95147.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cc331cfa8cb6fb18648c02112c9c3d.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cabfd7a445d7072491b0e5ea3deb991a.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0b67661373ede56f2b8046d2315809.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7125527abc6885437d2cbdfd5e9c0179.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b62324cfeff47f6b67ea7bc5c4710b.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0187eaefaf126efc9cedda226b5968e1.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d8d1ce69a23ecd033bbf20e1031ade7.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e8fde1f7cb6a96fa04ff381590fa4f.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6def2131a39bed731a17c3e4f3a24b7.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafb68d5e9adc9573b8890d3cb60580a.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd8015507f1f348a8a158b680db0450.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b83a61710cbb00ff11e90beee9a21e.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b189267f7cd8640169817fd30860212.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdd7c61bba036873e8e84407c0a6eb79.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536c5e4fe7e8ace0bcfcd284b50dd39c.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2604f2796c37cc23d7a1b659f71ba864.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b967509ce24b763a5ab743a4882c4d2.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a5847b4384a5f1e05a6eb4fa03de204.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded4929b98e7f18b782a8c1ab5b231e8.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb7b36c9fd7d04618ce5d7ae3dc00aed.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9a28f6c6a2232774d881fcd5f6d17c5.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d24c72eb5f3c4566b3b916a5b8cd37.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e69e6c7cc123d210435a100d6f43e.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b135c14dc4d86011fa5ea78b6669.JPG"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a66512dfd594f6f56a44b75d072326.JPG"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006365819ca83898ad69f34ec33c5ada.JPG"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3536391c858e5b9c7b55a095e89a4c2.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070bfa110cdd115049c8b08f99a4810c.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce3056c10175542c7e28d6c9b3b92e3.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3562d164ade7f0cee3cabdc2596c13cb.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9263d18ef5e12aaa3dccbd0bac0ddeb.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d91f36a608db95516033986e9a759a.JPG"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b7d8b2c63817d4adaa0a256f0d11d4.JPG"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489b2c60bdfa34aa480f711f2043b59f.JPG"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4347e1a4bdff900cb3c36e241ffede.JPG"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2618696f4da20633fe24678507eda1.JPG"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a22e57b318e0795acdb56c6011939d08.JPG"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b9ad7d82fd75a78a07e663946a5370.JPG"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c32b89597c0d68ebe1109297e119bfb.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47276eee87a41dafc667548a8473b07.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2639092930ef2305fcb0b834c074ca2.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16c97d58e96ee414b258a2fc73c12d6.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b45b796f7d6d78fe86834074df75f5.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b464a0b251ab3ffc39bdd55bf5ff2e.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b8e10bbcd5b097242149c8c4230ad0.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a66ad53a8882b935b169b444cc0e3.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debd949cd8cbc6fa6b61147164b39864.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e558b3a77eb86036f7e151c820b7a72.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74715df20ac23f165ce8bc963b4a015e.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f204589903650b4ba2c69fb890f926f7.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b951d42bfc1af882243f503735c8456.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa9d46b0ffe882b6a4935ee8513f00a.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94838c3e7264b104bc5476df5d3b04dc.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9a18a712367d4979b298028c3133c1.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab49a01987f230cabe6892a8a573148.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27b562eb6e03add3da3d607225d52f1.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b718467057a734c08bd299ed7fbb560.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429687e521fa14d65dd0c05964a53c03.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9755b7102e1f05bba3a13d1856e1f432.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ad543d89a1bebe5a9a447bd74ea55fa.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a27c991fc7f16de971dc3324f0047047.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57a467a3e966d91cfadf75b24e0baa0.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe981ad5daba11f35f8368b4ff0cc46c.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6113e5ce90eed8259cbceb41bfeb128.JPG"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ef43c5405754015a059da7dcf45b713.JPG"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1926f2cf460cc421e42d67d9f062dbc1.JPG"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b9097602397da03c3cf3f431672b58.JPG"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b2d10cc81f7920bc3a3690793bafd5.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55010695ab52a3d084f5d2ac47eff42.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62a35c01062ff35e9be4f0dec947eff.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39a63a48f4d57007d4b8c25725f3bc2.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919f0bbaf09955c683bf5c4c8493ff7b.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed46e1282d1b8f5bbb825fa12dce6f1c.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0c2fa03e6a4d2da028cebd48c8f03b.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62727f2680728cc022df79efb35f481.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ed5c562f677c111aeb8a84743a1c6a.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1b9ae860f0e21e3a3f2f1817456c65.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8aba0547b0c14303e5568582396b7f.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677520341d5e8fda928eb9fd533f0a20.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112facf8ca8072818fc0f53059da15cd.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe27ad5817f275ae8f0bc511a8de77aa.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eaa34a6844d80fab06edd1dde2870c1.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d170f08dec46fcec03634d82c3e6152.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9481b24b92ad1c9c1ee953cd4b4ade5.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04056b7a97949d109f31fff8359afa2a.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320e8483f57517c3fc744f87b766453c.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a73491b86d90da307daa01b60454d42.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a25e13439464420d608ca91e08aa02.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e99028fe7b89002be082d6a6ed1dbe.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e775d5b6934745a9ea34939ed476ca.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54dde5d12103f90373f932f46a86adf4.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9925ad9a59f85725a0819c28de64ad89.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f38594515fec2129454383c6d726f91.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44b79088360bb368a7ce6ca6b68641c.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c66df092b3fc9e0767fad12bce388f5.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5066a7e705dc5785ea45674292a3f48.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b263555aaa117cd67a480f7078603713.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba904e5f757f509bb20e890effb2d13.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4520d9162c454fa067a34f806585e824.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfaae9005e0171ead25e4e07a9a6eca8.JPG"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2517698642f7ca88dc394b0c44d5fe0f.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a579adeb64d14233551db11094f712d.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bebba58589cee63491043a828c89c50.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4df2d7e0f93c8db5317485005010ef.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d138564065c84b8714640782c1ccf9.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6af498d88bb129b97350919146039300.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf426c97bce3c985533e444dc6993cb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28809dcd5074a1705cb15854c5422148.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d8955ed1721c5bfb1b3ed861f91cbe.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe020cb8ef60876dae0334b0c0c91bfd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57491d63985a1c57421d507ed83a3773.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667566336498d0bf80201bad1dcd8943.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1827247a98baebbf920b6d4461047d.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2666306158e3f809df5fec81ed4499.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03c13fefbfd5ebb437979bbc6a417dda.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33bc95f01c3db046afe1279e4acfdaf4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daeafc135882c6803bc5d983b8687c12.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a501d170e9b05d87f45855ea52f0a5a7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98bd13dad82651d7faff5a58f5ee2d9c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4f89ec2bc28e9676f8fe2b4e9f4e18.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca699a8f4f5dfdf699c86547bd3442b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d79289139a6e9a9d2eda7720d0c7a3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e34f9d6d1a5c92ee79b2f3b1c147fca5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aa68af62b95f19fb9e774e5d6abf648.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d99673ac589b0c206468c4c25f8a8f7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49653ad3f7343aeecf897ce58e0e7cda.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f82b36f5f38b5af5d8d9634f3986ddb.JPG"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75f66e126a9587eca189574b57a1fc4.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb040023bb01dd581bbd55282c86dcf.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c17d8b04c99ec7dc4929ac72fb8b5a.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e063c4e1738792ba1c652a349d2ebf.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c493b5753c1f615eee38ea9932bb820b.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ecf2481895cdcd1658d9b1908e4b521.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287e276329eeeedd04bf4bf2d9e7b61e.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e7fe9d1cfe6e14f1d7fb57395b480a.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c123ce328736c68861b56824e4e61ad4.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1412692913cd3bc6df94a4084efb2f3.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2169f47750b8171756a9f80dc3b7a0.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f56752d726480511ec41ddcc1861d2.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc99bbfaa2b066193d6e09d27b0a847.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc03462bc99c313f05852da568d13de.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3901cb5a85d49ea646dd54c40aa54127.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a231690c166083181e98dd924f64ecc.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eac4dd57a716271ed093c4ee2d649bb.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/955fef080db427ba34d86fdeaea2d5da.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc6fb2da66ce17ad48c071b83a4e328.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0347553a7d507db5a38570e9d16b6097.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582a5af5a5ebeae1b4c9f2c21c9f008d.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab53714fa6035b8ab8e439e4b282cef.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97f02950a7c0e9d255ea24765b125f22.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acca11d66cb35a20bc37e3c13ab928ef.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebcda1f20af6ca3af8d419a20ee92d9f.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb417e37d2088bfbf663ee89e86bb7de.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a701097768166da27ea1786246672a1.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad151b6cef96aec59529a89e82c87511.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca75a9162ccd623ccf532cf6f5733875.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5f8b097df0aa3103c1900db2e08596.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57dd52b081882a9bbeab58194aeabc4.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91021e1aaa30763b4d50cce2d8072c61.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e911dafc53ec9b8e0b3143c875dc31.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a9b17f14b19a86187b3c3f30f13538.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb97381f6b682cf2caeea80df016ce67.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc8eb7d55ba3986111f389506d52fe3.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a269dafc2d2c3c79bf75cc0dfa3b3967.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0eda0237d463b114508b3bbb2ea364a.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d277f414f7535b96f143599256fb55.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d29bd911f5881d5041fb0745aeac420.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fccadeba0a0ee56b310e5c9cd3cbda6.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64a88ddfe9384c53b18bffde6842603.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4356d341622fd5ed873de40d20e5c2e9.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1cd16198f78ae0ac560da95e5948e03.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1036b290a3acba9017de011f712968a.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c85306a9f7c078d9524470b665ee8e2.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1fff98138af2852f1e5323d722ffc9.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7e119613cc570aaaaecd1f031a487f.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae64c4ca249058298ba8b8355071d80.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff41f933903c5c54ecb59005a8ddd2cf.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177a95d6bc68e12d3b0967baf9213467.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdea3230e7cf4896ba040291ca165869.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682e332547e50440b55a9fe29e75f144.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c18945d173769708b03781d1290622f.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31d2777e49cd1a5481259fcf67b36f4.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbac3fbf0eb78dc7ccd60a784e981a96.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d6f293d26ae775bb3efd41e6f83291.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e55589c97b9e2077c62e1963a7374021.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914580455677c0ad130bd19c719982ff.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b937521a078f41ee3d929c68270392.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c702bc774ee8910d4d3e61119b4649e.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92dfec69bbf62808e382fd7d9ffdbea3.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b5b8508419052f6a0f55eb1708cb73.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4662b3e3be83bff3923d038e18802692.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fac41a48653a606b17e313ad237e83.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50cbe9baa700b6b5e242213f9667ce0a.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0752fb0052b9ff0f761e12b77ab23d12.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2671bbad3016d9fe4421c884996dfa2.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fb63f39080786eb37bbc81f89ebbe8c.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62839baaaebef013b48f9c7e663d4f5.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1b943a5bffde0f1637cbf60d72a56a.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b22e7226388c13ed542fd45df02abd.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01bf51575c58868efba8b496447d158e.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39208cb58ef096191175586fffcfc31.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03226bb4cb4a15840d75589c5bbac2fc.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41f8a68d39267dd68567a9753ffa68f.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb19516481924adfc716cb6e3269867.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a088326532e11959606badc9ff2786c1.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1cd7203634986bc2ce14095a5f4d356.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbd5e4914d98073d8e7f1dfbaa4723e.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf777820ae5c34f0d058d9f5de95147.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cc331cfa8cb6fb18648c02112c9c3d.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cabfd7a445d7072491b0e5ea3deb991a.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0b67661373ede56f2b8046d2315809.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b62324cfeff47f6b67ea7bc5c4710b.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0187eaefaf126efc9cedda226b5968e1.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d8d1ce69a23ecd033bbf20e1031ade7.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e8fde1f7cb6a96fa04ff381590fa4f.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6def2131a39bed731a17c3e4f3a24b7.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafb68d5e9adc9573b8890d3cb60580a.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd8015507f1f348a8a158b680db0450.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b83a61710cbb00ff11e90beee9a21e.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b189267f7cd8640169817fd30860212.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdd7c61bba036873e8e84407c0a6eb79.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536c5e4fe7e8ace0bcfcd284b50dd39c.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2604f2796c37cc23d7a1b659f71ba864.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b967509ce24b763a5ab743a4882c4d2.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a5847b4384a5f1e05a6eb4fa03de204.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded4929b98e7f18b782a8c1ab5b231e8.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21d79469bcd805847f837369027bf2d.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc822d5c497fbae38c728214aaf17d1b.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb7b36c9fd7d04618ce5d7ae3dc00aed.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9a28f6c6a2232774d881fcd5f6d17c5.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d24c72eb5f3c4566b3b916a5b8cd37.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542e69e6c7cc123d210435a100d6f43e.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d62b135c14dc4d86011fa5ea78b6669.JPG"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a66512dfd594f6f56a44b75d072326.JPG"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006365819ca83898ad69f34ec33c5ada.JPG"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3536391c858e5b9c7b55a095e89a4c2.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070bfa110cdd115049c8b08f99a4810c.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce3056c10175542c7e28d6c9b3b92e3.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3562d164ade7f0cee3cabdc2596c13cb.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9263d18ef5e12aaa3dccbd0bac0ddeb.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d91f36a608db95516033986e9a759a.JPG"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b7d8b2c63817d4adaa0a256f0d11d4.JPG"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489b2c60bdfa34aa480f711f2043b59f.JPG"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4347e1a4bdff900cb3c36e241ffede.JPG"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2618696f4da20633fe24678507eda1.JPG"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a22e57b318e0795acdb56c6011939d08.JPG"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b9ad7d82fd75a78a07e663946a5370.JPG"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c32b89597c0d68ebe1109297e119bfb.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47276eee87a41dafc667548a8473b07.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2639092930ef2305fcb0b834c074ca2.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16c97d58e96ee414b258a2fc73c12d6.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b45b796f7d6d78fe86834074df75f5.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b464a0b251ab3ffc39bdd55bf5ff2e.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b8e10bbcd5b097242149c8c4230ad0.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a66ad53a8882b935b169b444cc0e3.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debd949cd8cbc6fa6b61147164b39864.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e558b3a77eb86036f7e151c820b7a72.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74715df20ac23f165ce8bc963b4a015e.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f204589903650b4ba2c69fb890f926f7.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b951d42bfc1af882243f503735c8456.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa9d46b0ffe882b6a4935ee8513f00a.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94838c3e7264b104bc5476df5d3b04dc.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9a18a712367d4979b298028c3133c1.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab49a01987f230cabe6892a8a573148.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27b562eb6e03add3da3d607225d52f1.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b718467057a734c08bd299ed7fbb560.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429687e521fa14d65dd0c05964a53c03.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9755b7102e1f05bba3a13d1856e1f432.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ad543d89a1bebe5a9a447bd74ea55fa.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a27c991fc7f16de971dc3324f0047047.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57a467a3e966d91cfadf75b24e0baa0.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe981ad5daba11f35f8368b4ff0cc46c.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6113e5ce90eed8259cbceb41bfeb128.JPG"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ef43c5405754015a059da7dcf45b713.JPG"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1926f2cf460cc421e42d67d9f062dbc1.JPG"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b9097602397da03c3cf3f431672b58.JPG"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36b2d10cc81f7920bc3a3690793bafd5.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55010695ab52a3d084f5d2ac47eff42.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62a35c01062ff35e9be4f0dec947eff.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39a63a48f4d57007d4b8c25725f3bc2.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919f0bbaf09955c683bf5c4c8493ff7b.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed46e1282d1b8f5bbb825fa12dce6f1c.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0c2fa03e6a4d2da028cebd48c8f03b.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62727f2680728cc022df79efb35f481.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ed5c562f677c111aeb8a84743a1c6a.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1b9ae860f0e21e3a3f2f1817456c65.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8aba0547b0c14303e5568582396b7f.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677520341d5e8fda928eb9fd533f0a20.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112facf8ca8072818fc0f53059da15cd.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe27ad5817f275ae8f0bc511a8de77aa.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eaa34a6844d80fab06edd1dde2870c1.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d170f08dec46fcec03634d82c3e6152.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9481b24b92ad1c9c1ee953cd4b4ade5.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04056b7a97949d109f31fff8359afa2a.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320e8483f57517c3fc744f87b766453c.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a73491b86d90da307daa01b60454d42.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a25e13439464420d608ca91e08aa02.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e99028fe7b89002be082d6a6ed1dbe.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e775d5b6934745a9ea34939ed476ca.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54dde5d12103f90373f932f46a86adf4.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9925ad9a59f85725a0819c28de64ad89.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f38594515fec2129454383c6d726f91.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44b79088360bb368a7ce6ca6b68641c.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c66df092b3fc9e0767fad12bce388f5.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5066a7e705dc5785ea45674292a3f48.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b263555aaa117cd67a480f7078603713.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba904e5f757f509bb20e890effb2d13.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4520d9162c454fa067a34f806585e824.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfaae9005e0171ead25e4e07a9a6eca8.JPG"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2517698642f7ca88dc394b0c44d5fe0f.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a579adeb64d14233551db11094f712d.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bebba58589cee63491043a828c89c50.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4df2d7e0f93c8db5317485005010ef.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d138564065c84b8714640782c1ccf9.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6af498d88bb129b97350919146039300.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="image_11" descr="image_11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="image_11" descr="image_11"/>
-[...23 lines deleted...]
-      <xdr:row>11</xdr:row>
+        <xdr:cNvPr id="3" name="image_12" descr="image_12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="image_13" descr="image_13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="image_14" descr="image_14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="image_15" descr="image_15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="image_16" descr="image_16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="image_17" descr="image_17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="image_18" descr="image_18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="image_19" descr="image_19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1266825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="image_20" descr="image_20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="609600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="image_21" descr="image_21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="image_22" descr="image_22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="914400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="image_12" descr="image_12"/>
-[...23 lines deleted...]
-      <xdr:row>12</xdr:row>
+        <xdr:cNvPr id="14" name="image_23" descr="image_23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="image_24" descr="image_24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1076325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="image_25" descr="image_25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="image_26" descr="image_26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="image_27" descr="image_27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="image_28" descr="image_28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="image_29" descr="image_29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="image_13" descr="image_13"/>
-[...23 lines deleted...]
-      <xdr:row>13</xdr:row>
+        <xdr:cNvPr id="21" name="image_30" descr="image_30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="714375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="image_31" descr="image_31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="image_32" descr="image_32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="image_14" descr="image_14"/>
-[...53 lines deleted...]
-      <xdr:row>15</xdr:row>
+        <xdr:cNvPr id="24" name="image_33" descr="image_33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="image_34" descr="image_34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="image_35" descr="image_35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="image_36" descr="image_36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="image_37" descr="image_37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="image_38" descr="image_38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="image_39" descr="image_39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="image_40" descr="image_40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="image_41" descr="image_41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="image_42" descr="image_42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="image_43" descr="image_43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1133475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="image_44" descr="image_44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="image_45" descr="image_45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="image_46" descr="image_46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="image_47" descr="image_47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="image_48" descr="image_48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="image_49" descr="image_49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="image_50" descr="image_50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="image_51" descr="image_51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1114425" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="image_52" descr="image_52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="image_53" descr="image_53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="image_55" descr="image_55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="image_56" descr="image_56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="image_57" descr="image_57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="image_58" descr="image_58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="image_59" descr="image_59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="image_60" descr="image_60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="image_61" descr="image_61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="image_62" descr="image_62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="image_63" descr="image_63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="image_64" descr="image_64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="image_65" descr="image_65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="image_66" descr="image_66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="image_67" descr="image_67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="image_68" descr="image_68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="image_69" descr="image_69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1295400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="image_70" descr="image_70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="image_71" descr="image_71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="image_72" descr="image_72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="image_73" descr="image_73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="image_74" descr="image_74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="image_75" descr="image_75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="image_76" descr="image_76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="image_77" descr="image_77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="image_78" descr="image_78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="image_79" descr="image_79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="image_80" descr="image_80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="image_81" descr="image_81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="image_82" descr="image_82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="image_83" descr="image_83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="image_84" descr="image_84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="image_85" descr="image_85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="image_86" descr="image_86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="image_87" descr="image_87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="image_88" descr="image_88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="image_89" descr="image_89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="image_91" descr="image_91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="image_92" descr="image_92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="image_93" descr="image_93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="image_94" descr="image_94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="image_95" descr="image_95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="image_96" descr="image_96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="image_97" descr="image_97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="514350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="image_98" descr="image_98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="542925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="image_99" descr="image_99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="image_100" descr="image_100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="image_101" descr="image_101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="image_102" descr="image_102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="image_103" descr="image_103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="image_104" descr="image_104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="561975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="image_105" descr="image_105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1219200" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="image_106" descr="image_106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1171575" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="image_107" descr="image_107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="619125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="image_108" descr="image_108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="image_109" descr="image_109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="image_110" descr="image_110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="image_111" descr="image_111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="image_112" descr="image_112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="image_113" descr="image_113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="image_114" descr="image_114"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="image_115" descr="image_115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="image_116" descr="image_116"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="image_117" descr="image_117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="image_118" descr="image_118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="image_119" descr="image_119"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1181100" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="image_120" descr="image_120"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="600075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="image_121" descr="image_121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="image_122" descr="image_122"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="image_123" descr="image_123"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="image_124" descr="image_124"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="image_125" descr="image_125"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="image_126" descr="image_126"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="image_127" descr="image_127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="466725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="image_128" descr="image_128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="466725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="image_129" descr="image_129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="image_130" descr="image_130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="image_132" descr="image_132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="image_133" descr="image_133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="image_134" descr="image_134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="image_135" descr="image_135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="image_136" descr="image_136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="image_137" descr="image_137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="image_138" descr="image_138"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="image_139" descr="image_139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="image_140" descr="image_140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="image_141" descr="image_141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="image_142" descr="image_142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="image_143" descr="image_143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="image_144" descr="image_144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="image_145" descr="image_145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="image_147" descr="image_147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="image_148" descr="image_148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="image_149" descr="image_149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="image_150" descr="image_150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="image_151" descr="image_151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="image_152" descr="image_152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="image_153" descr="image_153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="image_154" descr="image_154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="image_155" descr="image_155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="image_156" descr="image_156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="image_157" descr="image_157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="image_159" descr="image_159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1266825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="image_160" descr="image_160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="image_161" descr="image_161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="image_162" descr="image_162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="image_163" descr="image_163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="image_164" descr="image_164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="image_165" descr="image_165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="image_166" descr="image_166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="image_167" descr="image_167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="image_168" descr="image_168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="image_169" descr="image_169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="image_170" descr="image_170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="image_171" descr="image_171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="image_172" descr="image_172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="image_173" descr="image_173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="image_174" descr="image_174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="image_175" descr="image_175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="image_176" descr="image_176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="image_177" descr="image_177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="image_178" descr="image_178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="image_179" descr="image_179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="image_180" descr="image_180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="image_181" descr="image_181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="image_182" descr="image_182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="image_183" descr="image_183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1181100" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="image_184" descr="image_184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="image_185" descr="image_185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="image_186" descr="image_186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="image_187" descr="image_187"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="image_188" descr="image_188"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>188</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="image_189" descr="image_189"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="image_190" descr="image_190"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>190</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="image_191" descr="image_191"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="image_192" descr="image_192"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="image_193" descr="image_193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="image_194" descr="image_194"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="image_195" descr="image_195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="990600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="image_16" descr="image_16"/>
-[...23 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="182" name="image_196" descr="image_196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="image_199" descr="image_199"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="image_201" descr="image_201"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>201</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="image_17" descr="image_17"/>
-[...53 lines deleted...]
-      <xdr:row>18</xdr:row>
+        <xdr:cNvPr id="185" name="image_202" descr="image_202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="666750" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="image_203" descr="image_203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="image_205" descr="image_205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="image_206" descr="image_206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="image_207" descr="image_207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="image_208" descr="image_208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="image_209" descr="image_209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="image_210" descr="image_210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="838200" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="image_211" descr="image_211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="image_212" descr="image_212"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>212</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="image_19" descr="image_19"/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="195" name="image_213" descr="image_213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="image_214" descr="image_214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="image_215" descr="image_215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="image_216" descr="image_216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1285875" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="image_217" descr="image_217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>217</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="619125" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="image_20" descr="image_20"/>
-[...143 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="200" name="image_218" descr="image_218"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="image_219" descr="image_219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="image_221" descr="image_221"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="image_222" descr="image_222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="image_223" descr="image_223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="752475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="image_224" descr="image_224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>224</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="image_25" descr="image_25"/>
-[...113 lines deleted...]
-      <xdr:row>28</xdr:row>
+        <xdr:cNvPr id="206" name="image_225" descr="image_225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>225</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="image_29" descr="image_29"/>
-[...23 lines deleted...]
-      <xdr:row>29</xdr:row>
+        <xdr:cNvPr id="207" name="image_226" descr="image_226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>226</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="image_30" descr="image_30"/>
-[...5608 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="208" name="image_227" descr="image_227"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9556,54 +9474,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P229"/>
+  <dimension ref="A1:P227"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P229"/>
+      <selection activeCell="A9" sqref="A9:P227"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -9782,10411 +9700,10321 @@
       <c r="O10" s="6">
         <v>782598.01</v>
       </c>
       <c r="P10" s="6"/>
     </row>
     <row r="11" spans="1:16" customHeight="1" ht="65">
       <c r="A11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="6">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>0</v>
       </c>
       <c r="D11" s="6">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>31</v>
       </c>
       <c r="G11" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H11" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6">
+        <v>0</v>
+      </c>
+      <c r="J11" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="I11" s="6">
-[...2 lines deleted...]
-      <c r="J11" s="10" t="s">
+      <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="K11" s="6" t="s">
+      <c r="L11" s="10" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
     </row>
     <row r="12" spans="1:16" customHeight="1" ht="65">
       <c r="A12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="6">
         <v>0</v>
       </c>
       <c r="C12" s="6">
         <v>0</v>
       </c>
       <c r="D12" s="6">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I12" s="6">
-        <v>0</v>
+        <v>145</v>
       </c>
       <c r="J12" s="10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K12" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L12" s="10" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="M12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O12" s="6"/>
+      <c r="O12" s="6">
+        <v>197488.01</v>
+      </c>
       <c r="P12" s="6"/>
     </row>
     <row r="13" spans="1:16" customHeight="1" ht="65">
       <c r="A13" s="6" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="6">
         <v>0</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G13" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="6">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="J13" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="K13" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="K13" s="6" t="s">
+      <c r="L13" s="10" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O13" s="6">
-        <v>197488.01</v>
+        <v>64251.85</v>
       </c>
       <c r="P13" s="6"/>
     </row>
     <row r="14" spans="1:16" customHeight="1" ht="65">
       <c r="A14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="6">
         <v>0</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F14" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G14" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I14" s="6">
+        <v>123</v>
+      </c>
+      <c r="J14" s="10" t="s">
         <v>53</v>
       </c>
-      <c r="G14" s="10" t="s">
-[...8 lines deleted...]
-      <c r="J14" s="10" t="s">
+      <c r="K14" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M14" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="K14" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N14" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O14" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O14" s="6"/>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" s="6">
+        <v>2</v>
+      </c>
+      <c r="C15" s="6">
+        <v>2</v>
+      </c>
+      <c r="D15" s="6">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G15" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I15" s="6">
+        <v>122</v>
+      </c>
+      <c r="J15" s="10" t="s">
         <v>58</v>
       </c>
-      <c r="B15" s="6">
-[...8 lines deleted...]
-      <c r="E15" s="6" t="s">
+      <c r="K15" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M15" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="F15" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O15" s="6"/>
+      <c r="O15" s="6">
+        <v>204798.19</v>
+      </c>
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" s="6">
+        <v>0</v>
+      </c>
+      <c r="C16" s="6">
+        <v>0</v>
+      </c>
+      <c r="D16" s="6">
+        <v>0</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F16" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="6">
-[...8 lines deleted...]
-      <c r="E16" s="6" t="s">
+      <c r="G16" s="10" t="s">
         <v>63</v>
       </c>
-      <c r="F16" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H16" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I16" s="6">
+        <v>0.77</v>
+      </c>
+      <c r="J16" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="I16" s="6">
-[...2 lines deleted...]
-      <c r="J16" s="10" t="s">
+      <c r="K16" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="K16" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L16" s="10" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="M16" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O16" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O16" s="6"/>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16" customHeight="1" ht="65">
       <c r="A17" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B17" s="6">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
-      <c r="E17" s="6" t="s">
-        <v>68</v>
+      <c r="E17" s="6">
+        <v>21000801124</v>
       </c>
       <c r="F17" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I17" s="6">
+        <v>94</v>
+      </c>
+      <c r="J17" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="G17" s="10" t="s">
-[...8 lines deleted...]
-      <c r="J17" s="10" t="s">
+      <c r="K17" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="K17" s="6" t="s">
+      <c r="L17" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M17" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="L17" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N17" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O17" s="6"/>
+      <c r="O17" s="6">
+        <v>116865.84</v>
+      </c>
       <c r="P17" s="6"/>
     </row>
     <row r="18" spans="1:16" customHeight="1" ht="65">
       <c r="A18" s="6" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B18" s="6">
         <v>0</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
-      <c r="E18" s="6">
-        <v>21000801124</v>
+      <c r="E18" s="6" t="s">
+        <v>73</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I18" s="6">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="J18" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="L18" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="M18" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="K18" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O18" s="6">
-        <v>114950.02</v>
+        <v>79132.28</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0</v>
+      </c>
+      <c r="D19" s="6">
+        <v>0</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" s="9" t="s">
         <v>78</v>
       </c>
-      <c r="B19" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="G19" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="6">
-        <v>0</v>
+        <v>980</v>
       </c>
       <c r="J19" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K19" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="K19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L19" s="10" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O19" s="6">
-        <v>80714.93</v>
+        <v>1166662.35</v>
       </c>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16" customHeight="1" ht="65">
       <c r="A20" s="6" t="s">
         <v>82</v>
       </c>
       <c r="B20" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C20" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D20" s="6">
         <v>0</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G20" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I20" s="6">
-        <v>980</v>
+        <v>115</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>85</v>
       </c>
       <c r="K20" s="6" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M20" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O20" s="6">
-        <v>1122445.21</v>
+        <v>207295.97</v>
       </c>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16" customHeight="1" ht="65">
       <c r="A21" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B21" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C21" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
-      <c r="E21" s="6" t="s">
-        <v>89</v>
+      <c r="E21" s="6">
+        <v>21000801122</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I21" s="6">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="J21" s="10" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="K21" s="6" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="L21" s="10" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="M21" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O21" s="6">
-        <v>209368.93</v>
+        <v>88202.95</v>
       </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B22" s="6">
         <v>0</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
-      <c r="E22" s="6">
-        <v>21000801122</v>
+      <c r="E22" s="6" t="s">
+        <v>91</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="6">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="J22" s="10" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="K22" s="6" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="L22" s="10" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O22" s="6">
-        <v>86757</v>
+        <v>247397.12</v>
       </c>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16" customHeight="1" ht="65">
       <c r="A23" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="6">
+        <v>0</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0</v>
+      </c>
+      <c r="D23" s="6">
+        <v>0</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G23" s="10" t="s">
         <v>96</v>
       </c>
-      <c r="B23" s="6">
-[...8 lines deleted...]
-      <c r="E23" s="6" t="s">
+      <c r="H23" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I23" s="6">
+        <v>0.75</v>
+      </c>
+      <c r="J23" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="F23" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J23" s="10" t="s">
+      <c r="K23" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L23" s="10" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>99</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O23" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O23" s="6"/>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="6">
         <v>0</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>101</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>69</v>
+        <v>102</v>
       </c>
       <c r="G24" s="10" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I24" s="6">
-        <v>0.75</v>
+        <v>38</v>
       </c>
       <c r="J24" s="10" t="s">
         <v>103</v>
       </c>
       <c r="K24" s="6" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="L24" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="M24" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="M24" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N24" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O24" s="6"/>
+      <c r="O24" s="6">
+        <v>91916.03</v>
+      </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" s="6">
+        <v>0</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0</v>
+      </c>
+      <c r="D25" s="6">
+        <v>0</v>
+      </c>
+      <c r="E25" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="B25" s="6">
-[...8 lines deleted...]
-      <c r="E25" s="6" t="s">
+      <c r="F25" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I25" s="6">
+        <v>1</v>
+      </c>
+      <c r="J25" s="10" t="s">
         <v>107</v>
       </c>
-      <c r="F25" s="9" t="s">
+      <c r="K25" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L25" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="M25" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="G25" s="10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N25" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O25" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O25" s="6"/>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16" customHeight="1" ht="65">
       <c r="A26" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="6">
+        <v>0</v>
+      </c>
+      <c r="C26" s="6">
+        <v>0</v>
+      </c>
+      <c r="D26" s="6">
+        <v>0</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="F26" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I26" s="6">
+        <v>0.77</v>
+      </c>
+      <c r="J26" s="10" t="s">
         <v>111</v>
       </c>
-      <c r="B26" s="6">
-[...8 lines deleted...]
-      <c r="E26" s="6" t="s">
+      <c r="K26" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L26" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="M26" s="6" t="s">
         <v>112</v>
-      </c>
-[...22 lines deleted...]
-        <v>114</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
     </row>
     <row r="27" spans="1:16" customHeight="1" ht="65">
       <c r="A27" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="6">
+        <v>0</v>
+      </c>
+      <c r="C27" s="6">
+        <v>0</v>
+      </c>
+      <c r="D27" s="6">
+        <v>0</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I27" s="6">
+        <v>0</v>
+      </c>
+      <c r="J27" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="B27" s="6">
-[...8 lines deleted...]
-      <c r="E27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="F27" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J27" s="10" t="s">
+      <c r="L27" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="K27" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N27" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O27" s="6"/>
+      <c r="O27" s="6">
+        <v>1393840.95</v>
+      </c>
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="6">
+        <v>0</v>
+      </c>
+      <c r="C28" s="6">
+        <v>0</v>
+      </c>
+      <c r="D28" s="6">
+        <v>0</v>
+      </c>
+      <c r="E28" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="B28" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F28" s="9" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="G28" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="6">
-        <v>0</v>
+        <v>54.5</v>
       </c>
       <c r="J28" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="K28" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="K28" s="6" t="s">
+      <c r="L28" s="10" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>123</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O28" s="6">
-        <v>1393840.95</v>
+        <v>157155.27</v>
       </c>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="65">
       <c r="A29" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>125</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G29" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="6">
-        <v>54.5</v>
+        <v>115</v>
       </c>
       <c r="J29" s="10" t="s">
         <v>126</v>
       </c>
       <c r="K29" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="L29" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M29" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="L29" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N29" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O29" s="6">
-        <v>160096.34</v>
+        <v>309298.9</v>
       </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="6">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="J30" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="K30" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="L30" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M30" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="K30" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O30" s="6">
-        <v>315484.88</v>
+        <v>27084.58</v>
       </c>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B31" s="6">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
-      <c r="E31" s="6" t="s">
-        <v>135</v>
+      <c r="E31" s="6">
+        <v>21000801136</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="6">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="J31" s="10" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>137</v>
+        <v>70</v>
       </c>
       <c r="L31" s="10" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O31" s="6">
-        <v>25177.22</v>
+        <v>74375.26</v>
       </c>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
-      <c r="E32" s="6">
-        <v>21000801136</v>
+      <c r="E32" s="6" t="s">
+        <v>137</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G32" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="6">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="J32" s="10" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="K32" s="6" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="L32" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O32" s="6">
-        <v>73156.01</v>
+        <v>135474.25</v>
       </c>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="65">
       <c r="A33" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" s="6">
+        <v>0</v>
+      </c>
+      <c r="C33" s="6">
+        <v>0</v>
+      </c>
+      <c r="D33" s="6">
+        <v>0</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G33" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I33" s="6">
+        <v>31</v>
+      </c>
+      <c r="J33" s="10" t="s">
         <v>142</v>
       </c>
-      <c r="B33" s="6">
-[...8 lines deleted...]
-      <c r="E33" s="6" t="s">
+      <c r="K33" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" s="10" t="s">
         <v>143</v>
       </c>
-      <c r="F33" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J33" s="10" t="s">
+      <c r="M33" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="K33" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N33" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O33" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O33" s="6"/>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" s="6">
+        <v>0</v>
+      </c>
+      <c r="C34" s="6">
+        <v>0</v>
+      </c>
+      <c r="D34" s="6">
+        <v>0</v>
+      </c>
+      <c r="E34" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="B34" s="6">
-[...8 lines deleted...]
-      <c r="E34" s="6" t="s">
+      <c r="F34" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G34" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I34" s="6">
+        <v>0</v>
+      </c>
+      <c r="J34" s="10" t="s">
         <v>147</v>
       </c>
-      <c r="F34" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J34" s="10" t="s">
+      <c r="K34" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="L34" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M34" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="K34" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N34" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O34" s="6"/>
+      <c r="O34" s="6">
+        <v>1068981.56</v>
+      </c>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="B35" s="6">
+        <v>0</v>
+      </c>
+      <c r="C35" s="6">
+        <v>0</v>
+      </c>
+      <c r="D35" s="6">
+        <v>0</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="F35" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="G35" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I35" s="6">
+        <v>40</v>
+      </c>
+      <c r="J35" s="10" t="s">
         <v>151</v>
       </c>
-      <c r="B35" s="6">
-[...8 lines deleted...]
-      <c r="E35" s="6" t="s">
+      <c r="K35" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="M35" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="F35" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O35" s="6">
-        <v>1068981.56</v>
+        <v>124182.64</v>
       </c>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="B36" s="6">
+        <v>0</v>
+      </c>
+      <c r="C36" s="6">
+        <v>0</v>
+      </c>
+      <c r="D36" s="6">
+        <v>0</v>
+      </c>
+      <c r="E36" s="6">
+        <v>21000003146</v>
+      </c>
+      <c r="F36" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G36" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I36" s="6">
+        <v>118</v>
+      </c>
+      <c r="J36" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L36" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M36" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="B36" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O36" s="6">
-        <v>124038.05</v>
+        <v>532867.54</v>
       </c>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" s="6">
+        <v>0</v>
+      </c>
+      <c r="C37" s="6">
+        <v>0</v>
+      </c>
+      <c r="D37" s="6">
+        <v>0</v>
+      </c>
+      <c r="E37" s="6">
+        <v>264</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="G37" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I37" s="6">
+        <v>0.22</v>
+      </c>
+      <c r="J37" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="K37" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="B37" s="6">
-[...23 lines deleted...]
-      <c r="J37" s="10" t="s">
+      <c r="L37" s="10" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>161</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O37" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O37" s="6"/>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="65">
       <c r="A38" s="6" t="s">
         <v>162</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
-      <c r="E38" s="6">
-        <v>264</v>
+      <c r="E38" s="6" t="s">
+        <v>163</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>163</v>
+        <v>78</v>
       </c>
       <c r="G38" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I38" s="6">
-        <v>0.22</v>
+        <v>1250</v>
       </c>
       <c r="J38" s="10" t="s">
         <v>164</v>
       </c>
       <c r="K38" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="L38" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M38" s="6" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O38" s="6"/>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B39" s="6">
         <v>0</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G39" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="I39" s="6">
-        <v>1250</v>
+        <v>0</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>122</v>
+        <v>48</v>
       </c>
       <c r="L39" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O39" s="6"/>
+      <c r="O39" s="6">
+        <v>204495.89</v>
+      </c>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="65">
       <c r="A40" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="B40" s="6">
+        <v>0</v>
+      </c>
+      <c r="C40" s="6">
+        <v>0</v>
+      </c>
+      <c r="D40" s="6">
+        <v>0</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F40" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G40" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I40" s="6">
+        <v>1.12</v>
+      </c>
+      <c r="J40" s="10" t="s">
         <v>172</v>
       </c>
-      <c r="B40" s="6">
-[...8 lines deleted...]
-      <c r="E40" s="6" t="s">
+      <c r="K40" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L40" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="M40" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="F40" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N40" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O40" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O40" s="6"/>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" s="6">
+        <v>0</v>
+      </c>
+      <c r="C41" s="6">
+        <v>0</v>
+      </c>
+      <c r="D41" s="6">
+        <v>0</v>
+      </c>
+      <c r="E41" s="6">
+        <v>71010802473</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G41" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H41" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I41" s="6">
+        <v>166</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L41" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M41" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="B41" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N41" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O41" s="6"/>
+      <c r="O41" s="6">
+        <v>163821.59</v>
+      </c>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" s="6">
+        <v>0</v>
+      </c>
+      <c r="C42" s="6">
+        <v>0</v>
+      </c>
+      <c r="D42" s="6">
+        <v>0</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="G42" s="10" t="s">
         <v>180</v>
       </c>
-      <c r="B42" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="H42" s="6" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="I42" s="6">
-        <v>166</v>
+        <v>0.1</v>
       </c>
       <c r="J42" s="10" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="K42" s="6" t="s">
-        <v>76</v>
+        <v>183</v>
       </c>
       <c r="L42" s="10" t="s">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="M42" s="6" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O42" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O42" s="6"/>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="G43" s="10" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="H43" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I43" s="6">
+        <v>55</v>
+      </c>
+      <c r="J43" s="10" t="s">
         <v>187</v>
       </c>
-      <c r="I43" s="6">
-[...2 lines deleted...]
-      <c r="J43" s="10" t="s">
+      <c r="K43" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="K43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L43" s="10" t="s">
-        <v>166</v>
+        <v>39</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>189</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O43" s="6"/>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="65">
       <c r="A44" s="6" t="s">
         <v>190</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
-      <c r="E44" s="6">
-        <v>949.025</v>
+      <c r="E44" s="6" t="s">
+        <v>191</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>191</v>
+        <v>39</v>
       </c>
       <c r="G44" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I44" s="6">
+        <v>149</v>
+      </c>
+      <c r="J44" s="10" t="s">
         <v>192</v>
       </c>
-      <c r="H44" s="6" t="s">
-[...5 lines deleted...]
-      <c r="J44" s="10" t="s">
+      <c r="K44" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="L44" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M44" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="K44" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N44" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O44" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O44" s="6"/>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="B45" s="6">
+        <v>0</v>
+      </c>
+      <c r="C45" s="6">
+        <v>0</v>
+      </c>
+      <c r="D45" s="6">
+        <v>0</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G45" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="6">
+        <v>115</v>
+      </c>
+      <c r="J45" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="B45" s="6">
-[...8 lines deleted...]
-      <c r="E45" s="6" t="s">
+      <c r="K45" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="L45" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M45" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="F45" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N45" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O45" s="6"/>
+      <c r="O45" s="6">
+        <v>279498.04</v>
+      </c>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B46" s="6">
         <v>0</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G46" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I46" s="6">
-        <v>149</v>
+        <v>0</v>
       </c>
       <c r="J46" s="10" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="K46" s="6" t="s">
-        <v>199</v>
+        <v>48</v>
       </c>
       <c r="L46" s="10" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="M46" s="6" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O46" s="6"/>
+      <c r="O46" s="6">
+        <v>73252.11</v>
+      </c>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B47" s="6">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="C47" s="6">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="D47" s="6">
         <v>0</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="6">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="J47" s="10" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="L47" s="10" t="s">
-        <v>90</v>
+        <v>49</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O47" s="6">
-        <v>285088</v>
+        <v>60771.75</v>
       </c>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B48" s="6">
+        <v>0</v>
+      </c>
+      <c r="C48" s="6">
+        <v>0</v>
+      </c>
+      <c r="D48" s="6">
+        <v>0</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="F48" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G48" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I48" s="6">
+        <v>1.05</v>
+      </c>
+      <c r="J48" s="10" t="s">
         <v>209</v>
       </c>
-      <c r="B48" s="6">
-[...8 lines deleted...]
-      <c r="E48" s="6" t="s">
+      <c r="K48" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L48" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="M48" s="6" t="s">
         <v>210</v>
       </c>
-      <c r="F48" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N48" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O48" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O48" s="6"/>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B49" s="6">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="C49" s="6">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>53</v>
+        <v>84</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="6">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="J49" s="10" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="K49" s="6" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="L49" s="10" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O49" s="6">
-        <v>61987.19</v>
+        <v>175995.07</v>
       </c>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="B50" s="6">
+        <v>0</v>
+      </c>
+      <c r="C50" s="6">
+        <v>0</v>
+      </c>
+      <c r="D50" s="6">
+        <v>0</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I50" s="6">
+        <v>39</v>
+      </c>
+      <c r="J50" s="10" t="s">
         <v>217</v>
       </c>
-      <c r="B50" s="6">
-[...8 lines deleted...]
-      <c r="E50" s="6" t="s">
+      <c r="K50" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="M50" s="6" t="s">
         <v>218</v>
-      </c>
-[...22 lines deleted...]
-        <v>221</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O50" s="6"/>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="65">
       <c r="A51" s="6" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B51" s="6">
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6">
         <v>0</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G51" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="6">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J51" s="10" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>55</v>
+        <v>116</v>
       </c>
       <c r="L51" s="10" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O51" s="6">
-        <v>179514.97</v>
+        <v>742186.6</v>
       </c>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="65">
       <c r="A52" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="B52" s="6">
+        <v>0</v>
+      </c>
+      <c r="C52" s="6">
+        <v>0</v>
+      </c>
+      <c r="D52" s="6">
+        <v>0</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="F52" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G52" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I52" s="6">
+        <v>150</v>
+      </c>
+      <c r="J52" s="10" t="s">
+        <v>225</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="L52" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M52" s="6" t="s">
         <v>226</v>
       </c>
-      <c r="B52" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N52" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O52" s="6"/>
+      <c r="O52" s="6">
+        <v>278498.01</v>
+      </c>
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="65">
       <c r="A53" s="6" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B53" s="6">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6">
         <v>0</v>
       </c>
       <c r="E53" s="6" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="G53" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="6">
         <v>0</v>
       </c>
       <c r="J53" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="L53" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="N53" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O53" s="6">
+        <v>59211.71</v>
+      </c>
+      <c r="P53" s="6"/>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="B54" s="6">
+        <v>0</v>
+      </c>
+      <c r="C54" s="6">
+        <v>0</v>
+      </c>
+      <c r="D54" s="6">
+        <v>0</v>
+      </c>
+      <c r="E54" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="K53" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M53" s="6" t="s">
+      <c r="F54" s="9" t="s">
         <v>233</v>
       </c>
-      <c r="N53" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A54" s="6" t="s">
+      <c r="G54" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I54" s="6">
+        <v>0.13</v>
+      </c>
+      <c r="J54" s="10" t="s">
         <v>234</v>
       </c>
-      <c r="B54" s="6">
-[...8 lines deleted...]
-      <c r="E54" s="6" t="s">
+      <c r="K54" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L54" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M54" s="6" t="s">
         <v>235</v>
       </c>
-      <c r="F54" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N54" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O54" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O54" s="6"/>
       <c r="P54" s="6"/>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="65">
       <c r="A55" s="6" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B55" s="6">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
         <v>0</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="G55" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="6">
-        <v>0</v>
+        <v>126</v>
       </c>
       <c r="J55" s="10" t="s">
+        <v>238</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L55" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="N55" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O55" s="6">
+        <v>129210.71</v>
+      </c>
+      <c r="P55" s="6"/>
+    </row>
+    <row r="56" spans="1:16" customHeight="1" ht="65">
+      <c r="A56" s="6" t="s">
         <v>240</v>
       </c>
-      <c r="K55" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M55" s="6" t="s">
+      <c r="B56" s="6">
+        <v>0</v>
+      </c>
+      <c r="C56" s="6">
+        <v>0</v>
+      </c>
+      <c r="D56" s="6">
+        <v>0</v>
+      </c>
+      <c r="E56" s="6" t="s">
         <v>241</v>
       </c>
-      <c r="N55" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A56" s="6" t="s">
+      <c r="F56" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G56" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I56" s="6">
+        <v>218</v>
+      </c>
+      <c r="J56" s="10" t="s">
         <v>242</v>
       </c>
-      <c r="B56" s="6">
-[...8 lines deleted...]
-      <c r="E56" s="6" t="s">
+      <c r="K56" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L56" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M56" s="6" t="s">
         <v>243</v>
       </c>
-      <c r="F56" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N56" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O56" s="6"/>
+      <c r="O56" s="6">
+        <v>223934.19</v>
+      </c>
       <c r="P56" s="6"/>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="65">
       <c r="A57" s="6" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B57" s="6">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6">
         <v>0</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G57" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="6">
-        <v>126</v>
+        <v>252</v>
       </c>
       <c r="J57" s="10" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="K57" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="L57" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M57" s="6" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O57" s="6">
-        <v>129210.71</v>
+        <v>347577.83</v>
       </c>
       <c r="P57" s="6"/>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="65">
       <c r="A58" s="6" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B58" s="6">
         <v>0</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6">
         <v>0</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G58" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="6">
-        <v>218</v>
+        <v>95</v>
       </c>
       <c r="J58" s="10" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="K58" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="L58" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M58" s="6" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O58" s="6">
-        <v>223934.19</v>
+        <v>113978</v>
       </c>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B59" s="6">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6">
         <v>0</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G59" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="6">
-        <v>252</v>
+        <v>165</v>
       </c>
       <c r="J59" s="10" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="L59" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O59" s="6">
-        <v>347577.83</v>
+        <v>176610.19</v>
       </c>
       <c r="P59" s="6"/>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="65">
       <c r="A60" s="6" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B60" s="6">
         <v>0</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6">
         <v>0</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G60" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="6">
-        <v>95</v>
+        <v>137</v>
       </c>
       <c r="J60" s="10" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="K60" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="L60" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M60" s="6" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O60" s="6">
-        <v>113978</v>
+        <v>138413.28</v>
       </c>
       <c r="P60" s="6"/>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B61" s="6">
         <v>0</v>
       </c>
       <c r="C61" s="6">
         <v>0</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G61" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="6">
-        <v>165</v>
+        <v>232</v>
       </c>
       <c r="J61" s="10" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="K61" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="L61" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M61" s="6" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O61" s="6">
-        <v>176610.19</v>
+        <v>228031.47</v>
       </c>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="B62" s="6">
+        <v>0</v>
+      </c>
+      <c r="C62" s="6">
+        <v>0</v>
+      </c>
+      <c r="D62" s="6">
+        <v>0</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="F62" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G62" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I62" s="6">
+        <v>1.48</v>
+      </c>
+      <c r="J62" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L62" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="M62" s="6" t="s">
         <v>267</v>
       </c>
-      <c r="B62" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N62" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O62" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O62" s="6"/>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>46</v>
       </c>
       <c r="G63" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="6">
-        <v>232</v>
+        <v>0</v>
       </c>
       <c r="J63" s="10" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="K63" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="L63" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="L63" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M63" s="6" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O63" s="6">
-        <v>228031.47</v>
+        <v>80092.31</v>
       </c>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="65">
       <c r="A64" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="B64" s="6">
+        <v>0</v>
+      </c>
+      <c r="C64" s="6">
+        <v>0</v>
+      </c>
+      <c r="D64" s="6">
+        <v>0</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G64" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I64" s="6">
+        <v>1600</v>
+      </c>
+      <c r="J64" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="L64" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M64" s="6" t="s">
         <v>275</v>
       </c>
-      <c r="B64" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N64" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O64" s="6"/>
+      <c r="O64" s="6">
+        <v>1592511.9</v>
+      </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="65">
       <c r="A65" s="6" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B65" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C65" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>53</v>
+        <v>278</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="6">
         <v>0</v>
       </c>
       <c r="J65" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="L65" s="10" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="M65" s="6" t="s">
         <v>282</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O65" s="6">
-        <v>81694.16</v>
+        <v>402.38</v>
       </c>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="65">
       <c r="A66" s="6" t="s">
         <v>283</v>
       </c>
       <c r="B66" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C66" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D66" s="6">
         <v>0</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>284</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>84</v>
+        <v>278</v>
       </c>
       <c r="G66" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="6">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="J66" s="10" t="s">
         <v>285</v>
       </c>
       <c r="K66" s="6" t="s">
-        <v>86</v>
+        <v>280</v>
       </c>
       <c r="L66" s="10" t="s">
-        <v>84</v>
+        <v>281</v>
       </c>
       <c r="M66" s="6" t="s">
         <v>286</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O66" s="6">
-        <v>1526525.64</v>
+        <v>1137.95</v>
       </c>
       <c r="P66" s="6"/>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
         <v>287</v>
       </c>
       <c r="B67" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C67" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D67" s="6">
         <v>0</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>288</v>
       </c>
       <c r="F67" s="9" t="s">
+        <v>233</v>
+      </c>
+      <c r="G67" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H67" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I67" s="6">
+        <v>0.04</v>
+      </c>
+      <c r="J67" s="10" t="s">
         <v>289</v>
       </c>
-      <c r="G67" s="10" t="s">
-[...8 lines deleted...]
-      <c r="J67" s="10" t="s">
+      <c r="K67" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L67" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M67" s="6" t="s">
         <v>290</v>
       </c>
-      <c r="K67" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N67" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O67" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O67" s="6"/>
       <c r="P67" s="6"/>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="65">
       <c r="A68" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="B68" s="6">
+        <v>0</v>
+      </c>
+      <c r="C68" s="6">
+        <v>0</v>
+      </c>
+      <c r="D68" s="6">
+        <v>0</v>
+      </c>
+      <c r="E68" s="6">
+        <v>150</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="G68" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I68" s="6">
+        <v>0.3</v>
+      </c>
+      <c r="J68" s="10" t="s">
+        <v>293</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L68" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M68" s="6" t="s">
         <v>294</v>
       </c>
-      <c r="B68" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N68" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O68" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O68" s="6"/>
       <c r="P68" s="6"/>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="65">
       <c r="A69" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="B69" s="6">
+        <v>0</v>
+      </c>
+      <c r="C69" s="6">
+        <v>0</v>
+      </c>
+      <c r="D69" s="6">
+        <v>0</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="F69" s="9" t="s">
+        <v>297</v>
+      </c>
+      <c r="G69" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I69" s="6">
+        <v>100</v>
+      </c>
+      <c r="J69" s="10" t="s">
         <v>298</v>
       </c>
-      <c r="B69" s="6">
-[...8 lines deleted...]
-      <c r="E69" s="6" t="s">
+      <c r="K69" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="M69" s="6" t="s">
         <v>299</v>
       </c>
-      <c r="F69" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N69" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O69" s="6"/>
+      <c r="O69" s="6">
+        <v>238364.38</v>
+      </c>
       <c r="P69" s="6"/>
     </row>
     <row r="70" spans="1:16" customHeight="1" ht="65">
       <c r="A70" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="B70" s="6">
+        <v>0</v>
+      </c>
+      <c r="C70" s="6">
+        <v>0</v>
+      </c>
+      <c r="D70" s="6">
+        <v>0</v>
+      </c>
+      <c r="E70" s="6">
+        <v>21000001754</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G70" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I70" s="6">
+        <v>36</v>
+      </c>
+      <c r="J70" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L70" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M70" s="6" t="s">
         <v>302</v>
       </c>
-      <c r="B70" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N70" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O70" s="6"/>
+      <c r="O70" s="6">
+        <v>57140.73</v>
+      </c>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B71" s="6">
+        <v>0</v>
+      </c>
+      <c r="C71" s="6">
+        <v>0</v>
+      </c>
+      <c r="D71" s="6">
+        <v>0</v>
+      </c>
+      <c r="E71" s="6">
+        <v>186.0</v>
+      </c>
+      <c r="F71" s="9" t="s">
+        <v>304</v>
+      </c>
+      <c r="G71" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I71" s="6">
+        <v>0.55</v>
+      </c>
+      <c r="J71" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L71" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M71" s="6" t="s">
         <v>306</v>
       </c>
-      <c r="B71" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N71" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O71" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O71" s="6"/>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="65">
       <c r="A72" s="6" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B72" s="6">
         <v>0</v>
       </c>
       <c r="C72" s="6">
         <v>0</v>
       </c>
       <c r="D72" s="6">
         <v>0</v>
       </c>
-      <c r="E72" s="6">
-        <v>21000001754</v>
+      <c r="E72" s="6" t="s">
+        <v>308</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>46</v>
+        <v>304</v>
       </c>
       <c r="G72" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I72" s="6">
-        <v>36</v>
+        <v>0.57</v>
       </c>
       <c r="J72" s="10" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="K72" s="6" t="s">
-        <v>76</v>
+        <v>159</v>
       </c>
       <c r="L72" s="10" t="s">
-        <v>46</v>
+        <v>160</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O72" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O72" s="6"/>
       <c r="P72" s="6"/>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="65">
       <c r="A73" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="B73" s="6">
+        <v>0</v>
+      </c>
+      <c r="C73" s="6">
+        <v>0</v>
+      </c>
+      <c r="D73" s="6">
+        <v>0</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="F73" s="9" t="s">
+        <v>313</v>
+      </c>
+      <c r="G73" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I73" s="6">
+        <v>0.17</v>
+      </c>
+      <c r="J73" s="10" t="s">
         <v>314</v>
       </c>
-      <c r="B73" s="6">
-[...11 lines deleted...]
-      <c r="F73" s="9" t="s">
+      <c r="K73" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L73" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M73" s="6" t="s">
         <v>315</v>
-      </c>
-[...19 lines deleted...]
-        <v>317</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O73" s="6"/>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="B74" s="6">
+        <v>0</v>
+      </c>
+      <c r="C74" s="6">
+        <v>0</v>
+      </c>
+      <c r="D74" s="6">
+        <v>0</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="F74" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="G74" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I74" s="6">
+        <v>0.49</v>
+      </c>
+      <c r="J74" s="10" t="s">
         <v>318</v>
       </c>
-      <c r="B74" s="6">
-[...8 lines deleted...]
-      <c r="E74" s="6" t="s">
+      <c r="K74" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L74" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M74" s="6" t="s">
         <v>319</v>
-      </c>
-[...22 lines deleted...]
-        <v>321</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B75" s="6">
+        <v>0</v>
+      </c>
+      <c r="C75" s="6">
+        <v>0</v>
+      </c>
+      <c r="D75" s="6">
+        <v>0</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="F75" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="G75" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I75" s="6">
+        <v>0.55</v>
+      </c>
+      <c r="J75" s="10" t="s">
         <v>322</v>
       </c>
-      <c r="B75" s="6">
-[...8 lines deleted...]
-      <c r="E75" s="6" t="s">
+      <c r="K75" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L75" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M75" s="6" t="s">
         <v>323</v>
-      </c>
-[...22 lines deleted...]
-        <v>326</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O75" s="6"/>
       <c r="P75" s="6"/>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="B76" s="6">
+        <v>0</v>
+      </c>
+      <c r="C76" s="6">
+        <v>0</v>
+      </c>
+      <c r="D76" s="6">
+        <v>0</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="F76" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G76" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I76" s="6">
+        <v>0.464</v>
+      </c>
+      <c r="J76" s="10" t="s">
         <v>327</v>
       </c>
-      <c r="B76" s="6">
-[...8 lines deleted...]
-      <c r="E76" s="6" t="s">
+      <c r="K76" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L76" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M76" s="6" t="s">
         <v>328</v>
-      </c>
-[...22 lines deleted...]
-        <v>330</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O76" s="6"/>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="B77" s="6">
+        <v>0</v>
+      </c>
+      <c r="C77" s="6">
+        <v>0</v>
+      </c>
+      <c r="D77" s="6">
+        <v>0</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="F77" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G77" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H77" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I77" s="6">
+        <v>0.52</v>
+      </c>
+      <c r="J77" s="10" t="s">
         <v>331</v>
       </c>
-      <c r="B77" s="6">
-[...8 lines deleted...]
-      <c r="E77" s="6" t="s">
+      <c r="K77" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L77" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M77" s="6" t="s">
         <v>332</v>
-      </c>
-[...22 lines deleted...]
-        <v>334</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O77" s="6"/>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="B78" s="6">
+        <v>0</v>
+      </c>
+      <c r="C78" s="6">
+        <v>0</v>
+      </c>
+      <c r="D78" s="6">
+        <v>0</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="F78" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G78" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I78" s="6">
+        <v>0.63</v>
+      </c>
+      <c r="J78" s="10" t="s">
         <v>335</v>
       </c>
-      <c r="B78" s="6">
-[...8 lines deleted...]
-      <c r="E78" s="6" t="s">
+      <c r="K78" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L78" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M78" s="6" t="s">
         <v>336</v>
-      </c>
-[...22 lines deleted...]
-        <v>338</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O78" s="6"/>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="B79" s="6">
+        <v>0</v>
+      </c>
+      <c r="C79" s="6">
+        <v>0</v>
+      </c>
+      <c r="D79" s="6">
+        <v>0</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="F79" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G79" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I79" s="6">
+        <v>0.83</v>
+      </c>
+      <c r="J79" s="10" t="s">
         <v>339</v>
       </c>
-      <c r="B79" s="6">
-[...8 lines deleted...]
-      <c r="E79" s="6" t="s">
+      <c r="K79" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L79" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M79" s="6" t="s">
         <v>340</v>
-      </c>
-[...22 lines deleted...]
-        <v>342</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O79" s="6"/>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="65">
       <c r="A80" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="B80" s="6">
+        <v>0</v>
+      </c>
+      <c r="C80" s="6">
+        <v>0</v>
+      </c>
+      <c r="D80" s="6">
+        <v>0</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="F80" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G80" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I80" s="6">
+        <v>1.2</v>
+      </c>
+      <c r="J80" s="10" t="s">
         <v>343</v>
       </c>
-      <c r="B80" s="6">
-[...8 lines deleted...]
-      <c r="E80" s="6" t="s">
+      <c r="K80" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L80" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M80" s="6" t="s">
         <v>344</v>
-      </c>
-[...22 lines deleted...]
-        <v>346</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O80" s="6"/>
       <c r="P80" s="6"/>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="B81" s="6">
+        <v>0</v>
+      </c>
+      <c r="C81" s="6">
+        <v>0</v>
+      </c>
+      <c r="D81" s="6">
+        <v>0</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="F81" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G81" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I81" s="6">
+        <v>0.14</v>
+      </c>
+      <c r="J81" s="10" t="s">
         <v>347</v>
       </c>
-      <c r="B81" s="6">
-[...8 lines deleted...]
-      <c r="E81" s="6" t="s">
+      <c r="K81" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L81" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M81" s="6" t="s">
         <v>348</v>
-      </c>
-[...22 lines deleted...]
-        <v>350</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O81" s="6"/>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="65">
       <c r="A82" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="B82" s="6">
+        <v>0</v>
+      </c>
+      <c r="C82" s="6">
+        <v>0</v>
+      </c>
+      <c r="D82" s="6">
+        <v>0</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="F82" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G82" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I82" s="6">
+        <v>0.195</v>
+      </c>
+      <c r="J82" s="10" t="s">
         <v>351</v>
       </c>
-      <c r="B82" s="6">
-[...8 lines deleted...]
-      <c r="E82" s="6" t="s">
+      <c r="K82" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L82" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M82" s="6" t="s">
         <v>352</v>
-      </c>
-[...22 lines deleted...]
-        <v>354</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O82" s="6"/>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="B83" s="6">
+        <v>0</v>
+      </c>
+      <c r="C83" s="6">
+        <v>0</v>
+      </c>
+      <c r="D83" s="6">
+        <v>0</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G83" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I83" s="6">
+        <v>0.22</v>
+      </c>
+      <c r="J83" s="10" t="s">
         <v>355</v>
       </c>
-      <c r="B83" s="6">
-[...8 lines deleted...]
-      <c r="E83" s="6" t="s">
+      <c r="K83" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L83" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M83" s="6" t="s">
         <v>356</v>
-      </c>
-[...22 lines deleted...]
-        <v>358</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O83" s="6"/>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="B84" s="6">
+        <v>0</v>
+      </c>
+      <c r="C84" s="6">
+        <v>0</v>
+      </c>
+      <c r="D84" s="6">
+        <v>0</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="F84" s="9" t="s">
+        <v>297</v>
+      </c>
+      <c r="G84" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I84" s="6">
+        <v>130</v>
+      </c>
+      <c r="J84" s="10" t="s">
         <v>359</v>
       </c>
-      <c r="B84" s="6">
-[...8 lines deleted...]
-      <c r="E84" s="6" t="s">
+      <c r="K84" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="M84" s="6" t="s">
         <v>360</v>
       </c>
-      <c r="F84" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N84" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O84" s="6"/>
+      <c r="O84" s="6">
+        <v>432232.78</v>
+      </c>
       <c r="P84" s="6"/>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="65">
       <c r="A85" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="B85" s="6">
+        <v>0</v>
+      </c>
+      <c r="C85" s="6">
+        <v>0</v>
+      </c>
+      <c r="D85" s="6">
+        <v>0</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="F85" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G85" s="10" t="s">
         <v>363</v>
       </c>
-      <c r="B85" s="6">
-[...8 lines deleted...]
-      <c r="E85" s="6" t="s">
+      <c r="H85" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I85" s="6">
+        <v>0.42</v>
+      </c>
+      <c r="J85" s="10" t="s">
         <v>364</v>
       </c>
-      <c r="F85" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J85" s="10" t="s">
+      <c r="K85" s="6" t="s">
         <v>365</v>
       </c>
-      <c r="K85" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L85" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M85" s="6" t="s">
         <v>366</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O85" s="6"/>
+      <c r="O85" s="6">
+        <v>5588.64</v>
+      </c>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
         <v>367</v>
       </c>
       <c r="B86" s="6">
         <v>0</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
-      <c r="E86" s="6" t="s">
-        <v>368</v>
+      <c r="E86" s="6">
+        <v>21000002104</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>308</v>
+        <v>22</v>
       </c>
       <c r="G86" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="6">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="J86" s="10" t="s">
+        <v>368</v>
+      </c>
+      <c r="K86" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L86" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M86" s="6" t="s">
         <v>369</v>
       </c>
-      <c r="K86" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O86" s="6">
-        <v>489488.4</v>
+        <v>504281.91</v>
       </c>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="B87" s="6">
+        <v>0</v>
+      </c>
+      <c r="C87" s="6">
+        <v>0</v>
+      </c>
+      <c r="D87" s="6">
+        <v>0</v>
+      </c>
+      <c r="E87" s="6" t="s">
         <v>371</v>
       </c>
-      <c r="B87" s="6">
-[...8 lines deleted...]
-      <c r="E87" s="6" t="s">
+      <c r="F87" s="9" t="s">
+        <v>304</v>
+      </c>
+      <c r="G87" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H87" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I87" s="6">
+        <v>0.75</v>
+      </c>
+      <c r="J87" s="10" t="s">
         <v>372</v>
       </c>
-      <c r="F87" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J87" s="10" t="s">
+      <c r="K87" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L87" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M87" s="6" t="s">
         <v>373</v>
       </c>
-      <c r="K87" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N87" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O87" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O87" s="6"/>
       <c r="P87" s="6"/>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="B88" s="6">
+        <v>0</v>
+      </c>
+      <c r="C88" s="6">
+        <v>0</v>
+      </c>
+      <c r="D88" s="6">
+        <v>0</v>
+      </c>
+      <c r="E88" s="6" t="s">
         <v>375</v>
       </c>
-      <c r="B88" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F88" s="9" t="s">
-        <v>22</v>
+        <v>304</v>
       </c>
       <c r="G88" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I88" s="6">
-        <v>117</v>
+        <v>0.85</v>
       </c>
       <c r="J88" s="10" t="s">
         <v>376</v>
       </c>
       <c r="K88" s="6" t="s">
-        <v>76</v>
+        <v>159</v>
       </c>
       <c r="L88" s="10" t="s">
-        <v>22</v>
+        <v>160</v>
       </c>
       <c r="M88" s="6" t="s">
         <v>377</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O88" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O88" s="6"/>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
         <v>378</v>
       </c>
       <c r="B89" s="6">
         <v>0</v>
       </c>
       <c r="C89" s="6">
         <v>0</v>
       </c>
       <c r="D89" s="6">
         <v>0</v>
       </c>
       <c r="E89" s="6" t="s">
         <v>379</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I89" s="6">
-        <v>0.75</v>
+        <v>0.9</v>
       </c>
       <c r="J89" s="10" t="s">
         <v>380</v>
       </c>
       <c r="K89" s="6" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="L89" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M89" s="6" t="s">
         <v>381</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O89" s="6"/>
       <c r="P89" s="6"/>
     </row>
-    <row r="90" spans="1:16" customHeight="1" ht="65">
+    <row r="90" spans="1:16">
       <c r="A90" s="6" t="s">
         <v>382</v>
       </c>
       <c r="B90" s="6">
         <v>0</v>
       </c>
       <c r="C90" s="6">
         <v>0</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
       <c r="E90" s="6" t="s">
         <v>383</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>315</v>
+        <v>39</v>
       </c>
       <c r="G90" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H90" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I90" s="6">
-        <v>0.85</v>
-[...1 lines deleted...]
-      <c r="J90" s="10" t="s">
+        <v>14.5</v>
+      </c>
+      <c r="J90" s="10"/>
+      <c r="K90" s="6" t="s">
         <v>384</v>
       </c>
-      <c r="K90" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L90" s="10" t="s">
-        <v>166</v>
+        <v>39</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>385</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O90" s="6"/>
+      <c r="O90" s="6">
+        <v>36303.9</v>
+      </c>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
         <v>386</v>
       </c>
       <c r="B91" s="6">
         <v>0</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
       <c r="E91" s="6" t="s">
         <v>387</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>315</v>
+        <v>78</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I91" s="6">
-        <v>0.9</v>
+        <v>1200</v>
       </c>
       <c r="J91" s="10" t="s">
         <v>388</v>
       </c>
       <c r="K91" s="6" t="s">
-        <v>165</v>
+        <v>116</v>
       </c>
       <c r="L91" s="10" t="s">
-        <v>166</v>
+        <v>78</v>
       </c>
       <c r="M91" s="6" t="s">
         <v>389</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O91" s="6"/>
+      <c r="O91" s="6">
+        <v>952785.1</v>
+      </c>
       <c r="P91" s="6"/>
     </row>
-    <row r="92" spans="1:16">
+    <row r="92" spans="1:16" customHeight="1" ht="65">
       <c r="A92" s="6" t="s">
         <v>390</v>
       </c>
       <c r="B92" s="6">
         <v>0</v>
       </c>
       <c r="C92" s="6">
         <v>0</v>
       </c>
       <c r="D92" s="6">
         <v>0</v>
       </c>
       <c r="E92" s="6" t="s">
         <v>391</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>46</v>
+        <v>326</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>47</v>
+        <v>180</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="I92" s="6">
-        <v>14.5</v>
-[...1 lines deleted...]
-      <c r="J92" s="10"/>
+        <v>0.13</v>
+      </c>
+      <c r="J92" s="10" t="s">
+        <v>392</v>
+      </c>
       <c r="K92" s="6" t="s">
-        <v>392</v>
+        <v>183</v>
       </c>
       <c r="L92" s="10" t="s">
-        <v>46</v>
+        <v>160</v>
       </c>
       <c r="M92" s="6" t="s">
         <v>393</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O92" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O92" s="6"/>
       <c r="P92" s="6"/>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="65">
       <c r="A93" s="6" t="s">
         <v>394</v>
       </c>
       <c r="B93" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C93" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D93" s="6">
         <v>0</v>
       </c>
       <c r="E93" s="6" t="s">
         <v>395</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>84</v>
+        <v>326</v>
       </c>
       <c r="G93" s="10" t="s">
-        <v>47</v>
+        <v>180</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="I93" s="6">
-        <v>1200</v>
+        <v>0.168</v>
       </c>
       <c r="J93" s="10" t="s">
         <v>396</v>
       </c>
       <c r="K93" s="6" t="s">
-        <v>122</v>
+        <v>183</v>
       </c>
       <c r="L93" s="10" t="s">
-        <v>84</v>
+        <v>160</v>
       </c>
       <c r="M93" s="6" t="s">
         <v>397</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O93" s="6">
-        <v>952785.1</v>
+        <v>417.2</v>
       </c>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
         <v>398</v>
       </c>
       <c r="B94" s="6">
         <v>0</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6">
         <v>0</v>
       </c>
       <c r="E94" s="6" t="s">
         <v>399</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>191</v>
+        <v>326</v>
       </c>
       <c r="G94" s="10" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="I94" s="6">
-        <v>0.13</v>
+        <v>0.18</v>
       </c>
       <c r="J94" s="10" t="s">
         <v>400</v>
       </c>
       <c r="K94" s="6" t="s">
-        <v>35</v>
+        <v>183</v>
       </c>
       <c r="L94" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M94" s="6" t="s">
         <v>401</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O94" s="6"/>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
         <v>402</v>
       </c>
       <c r="B95" s="6">
         <v>2</v>
       </c>
       <c r="C95" s="6">
         <v>2</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6" t="s">
         <v>403</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>191</v>
+        <v>326</v>
       </c>
       <c r="G95" s="10" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="H95" s="6" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="I95" s="6">
-        <v>0.168</v>
+        <v>0.268</v>
       </c>
       <c r="J95" s="10" t="s">
         <v>404</v>
       </c>
       <c r="K95" s="6" t="s">
-        <v>35</v>
+        <v>183</v>
       </c>
       <c r="L95" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>405</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O95" s="6">
-        <v>417.2</v>
+        <v>618.36</v>
       </c>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B96" s="6">
         <v>0</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6" t="s">
         <v>407</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>191</v>
+        <v>102</v>
       </c>
       <c r="G96" s="10" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="I96" s="6">
-        <v>0.18</v>
+        <v>32</v>
       </c>
       <c r="J96" s="10" t="s">
         <v>408</v>
       </c>
       <c r="K96" s="6" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="L96" s="10" t="s">
-        <v>166</v>
+        <v>102</v>
       </c>
       <c r="M96" s="6" t="s">
         <v>409</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O96" s="6"/>
+      <c r="O96" s="6">
+        <v>86200.82</v>
+      </c>
       <c r="P96" s="6"/>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="65">
       <c r="A97" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="B97" s="6">
+        <v>0</v>
+      </c>
+      <c r="C97" s="6">
+        <v>0</v>
+      </c>
+      <c r="D97" s="6">
+        <v>0</v>
+      </c>
+      <c r="E97" s="6">
+        <v>21000002106</v>
+      </c>
+      <c r="F97" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G97" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I97" s="6">
+        <v>103</v>
+      </c>
+      <c r="J97" s="10" t="s">
         <v>410</v>
       </c>
-      <c r="B97" s="6">
-[...8 lines deleted...]
-      <c r="E97" s="6" t="s">
+      <c r="K97" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L97" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M97" s="6" t="s">
         <v>411</v>
       </c>
-      <c r="F97" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N97" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O97" s="6">
-        <v>618.36</v>
+        <v>493194.14</v>
       </c>
       <c r="P97" s="6"/>
     </row>
     <row r="98" spans="1:16" customHeight="1" ht="65">
       <c r="A98" s="6" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="B98" s="6">
         <v>0</v>
       </c>
       <c r="C98" s="6">
         <v>0</v>
       </c>
       <c r="D98" s="6">
         <v>0</v>
       </c>
-      <c r="E98" s="6" t="s">
-        <v>415</v>
+      <c r="E98" s="6">
+        <v>21000801149</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>108</v>
+        <v>22</v>
       </c>
       <c r="G98" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="6">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="J98" s="10" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="K98" s="6" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="L98" s="10" t="s">
-        <v>108</v>
+        <v>22</v>
       </c>
       <c r="M98" s="6" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O98" s="6">
-        <v>72845.76</v>
+        <v>487390</v>
       </c>
       <c r="P98" s="6"/>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="65">
       <c r="A99" s="6" t="s">
-        <v>375</v>
+        <v>415</v>
       </c>
       <c r="B99" s="6">
         <v>0</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6">
         <v>0</v>
       </c>
       <c r="E99" s="6">
-        <v>21000002106</v>
+        <v>21000003144</v>
       </c>
       <c r="F99" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="6">
         <v>103</v>
       </c>
       <c r="J99" s="10" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="K99" s="6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O99" s="6">
-        <v>485109.04</v>
+        <v>495146.15</v>
       </c>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="B100" s="6">
         <v>0</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
       <c r="E100" s="6">
-        <v>21000801149</v>
+        <v>21000003142</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="6">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="J100" s="10" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="K100" s="6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O100" s="6">
-        <v>479400.05</v>
+        <v>506499.27</v>
       </c>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B101" s="6">
         <v>0</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6">
-        <v>21000003144</v>
+        <v>21000003093</v>
       </c>
       <c r="F101" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="6">
-        <v>103</v>
+        <v>216</v>
       </c>
       <c r="J101" s="10" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="K101" s="6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O101" s="6">
-        <v>487029.04</v>
+        <v>611994.7</v>
       </c>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
         <v>423</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
-      <c r="E102" s="6">
-        <v>21000003142</v>
+      <c r="E102" s="6" t="s">
+        <v>424</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>22</v>
+        <v>297</v>
       </c>
       <c r="G102" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I102" s="6">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="J102" s="10" t="s">
+        <v>425</v>
+      </c>
+      <c r="K102" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="L102" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="M102" s="6" t="s">
         <v>426</v>
       </c>
-      <c r="K102" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N102" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O102" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O102" s="6"/>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="B103" s="6">
+        <v>0</v>
+      </c>
+      <c r="C103" s="6">
+        <v>0</v>
+      </c>
+      <c r="D103" s="6">
+        <v>0</v>
+      </c>
+      <c r="E103" s="6" t="s">
         <v>428</v>
       </c>
-      <c r="B103" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F103" s="9" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="6">
-        <v>216</v>
+        <v>61</v>
       </c>
       <c r="J103" s="10" t="s">
         <v>429</v>
       </c>
       <c r="K103" s="6" t="s">
-        <v>76</v>
+        <v>430</v>
       </c>
       <c r="L103" s="10" t="s">
-        <v>22</v>
+        <v>431</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O103" s="6">
-        <v>601962.06</v>
+        <v>111289.96</v>
       </c>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B104" s="6">
         <v>0</v>
       </c>
       <c r="C104" s="6">
         <v>0</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
       <c r="E104" s="6" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>308</v>
+        <v>78</v>
       </c>
       <c r="G104" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H104" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I104" s="6">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="J104" s="10" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="K104" s="6" t="s">
-        <v>137</v>
+        <v>116</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>308</v>
+        <v>78</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O104" s="6"/>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B105" s="6">
         <v>0</v>
       </c>
       <c r="C105" s="6">
         <v>0</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
-      <c r="E105" s="6" t="s">
-        <v>436</v>
+      <c r="E105" s="6">
+        <v>21000003095</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="6">
-        <v>61</v>
+        <v>217</v>
       </c>
       <c r="J105" s="10" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K105" s="6" t="s">
-        <v>438</v>
+        <v>70</v>
       </c>
       <c r="L105" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M105" s="6" t="s">
         <v>439</v>
       </c>
-      <c r="M105" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O105" s="6">
-        <v>113515.76</v>
+        <v>624583.06</v>
       </c>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B106" s="6">
+        <v>0</v>
+      </c>
+      <c r="C106" s="6">
+        <v>0</v>
+      </c>
+      <c r="D106" s="6">
+        <v>0</v>
+      </c>
+      <c r="E106" s="6">
+        <v>21000002875</v>
+      </c>
+      <c r="F106" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G106" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I106" s="6">
+        <v>274</v>
+      </c>
+      <c r="J106" s="10" t="s">
         <v>441</v>
       </c>
-      <c r="B106" s="6">
-[...8 lines deleted...]
-      <c r="E106" s="6" t="s">
+      <c r="K106" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L106" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M106" s="6" t="s">
         <v>442</v>
       </c>
-      <c r="F106" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J106" s="10" t="s">
+      <c r="N106" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O106" s="6">
+        <v>656429.12</v>
+      </c>
+      <c r="P106" s="6"/>
+    </row>
+    <row r="107" spans="1:16" customHeight="1" ht="65">
+      <c r="A107" s="6" t="s">
         <v>443</v>
       </c>
-      <c r="K106" s="6" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="B107" s="6">
         <v>0</v>
       </c>
       <c r="C107" s="6">
         <v>0</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
-      <c r="E107" s="6" t="s">
-        <v>446</v>
+      <c r="E107" s="6">
+        <v>21000001771</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>308</v>
+        <v>22</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I107" s="6">
-        <v>65</v>
+        <v>368</v>
       </c>
       <c r="J107" s="10" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="K107" s="6" t="s">
-        <v>448</v>
+        <v>70</v>
       </c>
       <c r="L107" s="10" t="s">
-        <v>308</v>
+        <v>22</v>
       </c>
       <c r="M107" s="6" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O107" s="6"/>
+      <c r="O107" s="6">
+        <v>812288.19</v>
+      </c>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="B108" s="6">
         <v>0</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6">
-        <v>21000003095</v>
+        <v>21000001776</v>
       </c>
       <c r="F108" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="6">
-        <v>217</v>
+        <v>289</v>
       </c>
       <c r="J108" s="10" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="K108" s="6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O108" s="6">
-        <v>614344.06</v>
+        <v>794262.7</v>
       </c>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B109" s="6">
         <v>0</v>
       </c>
       <c r="C109" s="6">
         <v>0</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6">
-        <v>21000002875</v>
+        <v>21000002738</v>
       </c>
       <c r="F109" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="6">
-        <v>274</v>
+        <v>367</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="K109" s="6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O109" s="6">
-        <v>645668.07</v>
+        <v>788215.55</v>
       </c>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6">
-        <v>21000001771</v>
+        <v>21000001775</v>
       </c>
       <c r="F110" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="6">
-        <v>368</v>
+        <v>288</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="K110" s="6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O110" s="6">
-        <v>798972.07</v>
+        <v>769344.2</v>
       </c>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="B111" s="6">
         <v>0</v>
       </c>
       <c r="C111" s="6">
         <v>0</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
-      <c r="E111" s="6">
-        <v>21000001776</v>
+      <c r="E111" s="6" t="s">
+        <v>456</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="6">
-        <v>289</v>
+        <v>71</v>
       </c>
       <c r="J111" s="10" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="K111" s="6" t="s">
-        <v>76</v>
+        <v>430</v>
       </c>
       <c r="L111" s="10" t="s">
-        <v>22</v>
+        <v>431</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O111" s="6">
-        <v>781242.07</v>
+        <v>125599.94</v>
       </c>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="B112" s="6">
+        <v>0</v>
+      </c>
+      <c r="C112" s="6">
+        <v>0</v>
+      </c>
+      <c r="D112" s="6">
+        <v>0</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="F112" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G112" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="I112" s="6">
+        <v>0.341</v>
+      </c>
+      <c r="J112" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="K112" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="L112" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M112" s="6" t="s">
         <v>462</v>
       </c>
-      <c r="B112" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N112" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O112" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O112" s="6"/>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="B113" s="6">
+        <v>0</v>
+      </c>
+      <c r="C113" s="6">
+        <v>0</v>
+      </c>
+      <c r="D113" s="6">
+        <v>0</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="F113" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G113" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H113" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="I113" s="6">
+        <v>0.078</v>
+      </c>
+      <c r="J113" s="10" t="s">
         <v>465</v>
       </c>
-      <c r="B113" s="6">
-[...23 lines deleted...]
-      <c r="J113" s="10" t="s">
+      <c r="K113" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="L113" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M113" s="6" t="s">
         <v>466</v>
       </c>
-      <c r="K113" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N113" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O113" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O113" s="6"/>
       <c r="P113" s="6"/>
     </row>
     <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="B114" s="6">
+        <v>5</v>
+      </c>
+      <c r="C114" s="6">
+        <v>5</v>
+      </c>
+      <c r="D114" s="6">
+        <v>0</v>
+      </c>
+      <c r="E114" s="6" t="s">
         <v>468</v>
       </c>
-      <c r="B114" s="6">
-[...8 lines deleted...]
-      <c r="E114" s="6" t="s">
+      <c r="F114" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G114" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="I114" s="6">
+        <v>0.09</v>
+      </c>
+      <c r="J114" s="10" t="s">
         <v>469</v>
       </c>
-      <c r="F114" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J114" s="10" t="s">
+      <c r="K114" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="L114" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M114" s="6" t="s">
         <v>470</v>
       </c>
-      <c r="K114" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N114" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O114" s="6">
-        <v>128111.95</v>
+        <v>336.59</v>
       </c>
       <c r="P114" s="6"/>
     </row>
     <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="B115" s="6">
+        <v>20</v>
+      </c>
+      <c r="C115" s="6">
+        <v>20</v>
+      </c>
+      <c r="D115" s="6">
+        <v>0</v>
+      </c>
+      <c r="E115" s="6" t="s">
         <v>472</v>
       </c>
-      <c r="B115" s="6">
-[...8 lines deleted...]
-      <c r="E115" s="6" t="s">
+      <c r="F115" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G115" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H115" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="I115" s="6">
+        <v>0.133</v>
+      </c>
+      <c r="J115" s="10" t="s">
         <v>473</v>
       </c>
-      <c r="F115" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J115" s="10" t="s">
+      <c r="K115" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="L115" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M115" s="6" t="s">
         <v>474</v>
       </c>
-      <c r="K115" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N115" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O115" s="6"/>
+      <c r="O115" s="6">
+        <v>262.94</v>
+      </c>
       <c r="P115" s="6"/>
     </row>
     <row r="116" spans="1:16" customHeight="1" ht="65">
       <c r="A116" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="B116" s="6">
+        <v>63</v>
+      </c>
+      <c r="C116" s="6">
+        <v>63</v>
+      </c>
+      <c r="D116" s="6">
+        <v>0</v>
+      </c>
+      <c r="E116" s="6" t="s">
         <v>476</v>
       </c>
-      <c r="B116" s="6">
-[...8 lines deleted...]
-      <c r="E116" s="6" t="s">
+      <c r="F116" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="G116" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="I116" s="6">
+        <v>0.2</v>
+      </c>
+      <c r="J116" s="10" t="s">
         <v>477</v>
       </c>
-      <c r="F116" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J116" s="10" t="s">
+      <c r="K116" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="L116" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M116" s="6" t="s">
         <v>478</v>
       </c>
-      <c r="K116" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N116" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O116" s="6"/>
+      <c r="O116" s="6">
+        <v>301.86</v>
+      </c>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="B117" s="6">
+        <v>0</v>
+      </c>
+      <c r="C117" s="6">
+        <v>0</v>
+      </c>
+      <c r="D117" s="6">
+        <v>0</v>
+      </c>
+      <c r="E117" s="6" t="s">
         <v>480</v>
       </c>
-      <c r="B117" s="6">
-[...8 lines deleted...]
-      <c r="E117" s="6" t="s">
+      <c r="F117" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="G117" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H117" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="I117" s="6">
+        <v>0.17</v>
+      </c>
+      <c r="J117" s="10" t="s">
         <v>481</v>
       </c>
-      <c r="F117" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J117" s="10" t="s">
+      <c r="K117" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="L117" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="M117" s="6" t="s">
         <v>482</v>
       </c>
-      <c r="K117" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N117" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O117" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O117" s="6"/>
       <c r="P117" s="6"/>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="65">
       <c r="A118" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="B118" s="6">
+        <v>0</v>
+      </c>
+      <c r="C118" s="6">
+        <v>0</v>
+      </c>
+      <c r="D118" s="6">
+        <v>0</v>
+      </c>
+      <c r="E118" s="6" t="s">
         <v>484</v>
       </c>
-      <c r="B118" s="6">
-[...8 lines deleted...]
-      <c r="E118" s="6" t="s">
+      <c r="F118" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G118" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I118" s="6">
+        <v>73</v>
+      </c>
+      <c r="J118" s="10" t="s">
         <v>485</v>
       </c>
-      <c r="F118" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J118" s="10" t="s">
+      <c r="K118" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M118" s="6" t="s">
         <v>486</v>
       </c>
-      <c r="K118" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N118" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O118" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O118" s="6"/>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="65">
       <c r="A119" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="B119" s="6">
+        <v>0</v>
+      </c>
+      <c r="C119" s="6">
+        <v>0</v>
+      </c>
+      <c r="D119" s="6">
+        <v>0</v>
+      </c>
+      <c r="E119" s="6" t="s">
         <v>488</v>
       </c>
-      <c r="B119" s="6">
-[...8 lines deleted...]
-      <c r="E119" s="6" t="s">
+      <c r="F119" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G119" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I119" s="6">
+        <v>2100</v>
+      </c>
+      <c r="J119" s="10" t="s">
         <v>489</v>
       </c>
-      <c r="F119" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J119" s="10" t="s">
+      <c r="K119" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="L119" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M119" s="6" t="s">
         <v>490</v>
       </c>
-      <c r="K119" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N119" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O119" s="6"/>
+      <c r="O119" s="6">
+        <v>1360132.3</v>
+      </c>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="B120" s="6">
+        <v>0</v>
+      </c>
+      <c r="C120" s="6">
+        <v>0</v>
+      </c>
+      <c r="D120" s="6">
+        <v>0</v>
+      </c>
+      <c r="E120" s="6">
+        <v>21000003138</v>
+      </c>
+      <c r="F120" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G120" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I120" s="6">
+        <v>379</v>
+      </c>
+      <c r="J120" s="10" t="s">
         <v>492</v>
       </c>
-      <c r="B120" s="6">
-[...8 lines deleted...]
-      <c r="E120" s="6" t="s">
+      <c r="K120" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L120" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M120" s="6" t="s">
         <v>493</v>
       </c>
-      <c r="F120" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N120" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O120" s="6">
-        <v>301.86</v>
+        <v>900579.59</v>
       </c>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="B121" s="6">
+        <v>0</v>
+      </c>
+      <c r="C121" s="6">
+        <v>0</v>
+      </c>
+      <c r="D121" s="6">
+        <v>0</v>
+      </c>
+      <c r="E121" s="6">
+        <v>21000003141</v>
+      </c>
+      <c r="F121" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G121" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I121" s="6">
+        <v>300</v>
+      </c>
+      <c r="J121" s="10" t="s">
+        <v>495</v>
+      </c>
+      <c r="K121" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L121" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M121" s="6" t="s">
         <v>496</v>
       </c>
-      <c r="B121" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N121" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O121" s="6"/>
+      <c r="O121" s="6">
+        <v>881838.36</v>
+      </c>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="65">
       <c r="A122" s="6" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="B122" s="6">
         <v>0</v>
       </c>
       <c r="C122" s="6">
         <v>0</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
-      <c r="E122" s="6" t="s">
-        <v>501</v>
+      <c r="E122" s="6">
+        <v>21000003136</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="G122" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H122" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I122" s="6">
-        <v>73</v>
+        <v>378</v>
       </c>
       <c r="J122" s="10" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="K122" s="6" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="L122" s="10" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="M122" s="6" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O122" s="6"/>
+      <c r="O122" s="6">
+        <v>876272.1</v>
+      </c>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
-      <c r="E123" s="6" t="s">
-        <v>505</v>
+      <c r="E123" s="6">
+        <v>21000003140</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="G123" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I123" s="6">
-        <v>2100</v>
+        <v>299</v>
       </c>
       <c r="J123" s="10" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="K123" s="6" t="s">
-        <v>122</v>
+        <v>70</v>
       </c>
       <c r="L123" s="10" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O123" s="6">
-        <v>1360132.3</v>
+        <v>858259.83</v>
       </c>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="B124" s="6">
         <v>0</v>
       </c>
       <c r="C124" s="6">
         <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
-      <c r="E124" s="6">
-        <v>21000003138</v>
+      <c r="E124" s="6" t="s">
+        <v>504</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="G124" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="6">
-        <v>379</v>
+        <v>2825</v>
       </c>
       <c r="J124" s="10" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="K124" s="6" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
       <c r="L124" s="10" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O124" s="6">
-        <v>885816.09</v>
+        <v>2309251.28</v>
       </c>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="B125" s="6">
         <v>0</v>
       </c>
       <c r="C125" s="6">
         <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6">
-        <v>21000003141</v>
+        <v>21000003148</v>
       </c>
       <c r="F125" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H125" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="6">
-        <v>300</v>
+        <v>117</v>
       </c>
       <c r="J125" s="10" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="K125" s="6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O125" s="6">
-        <v>867382.08</v>
+        <v>521779.76</v>
       </c>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
-      <c r="E126" s="6">
-        <v>21000003136</v>
+      <c r="E126" s="6" t="s">
+        <v>511</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="G126" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="6">
-        <v>378</v>
+        <v>105</v>
       </c>
       <c r="J126" s="10" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="K126" s="6" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="L126" s="10" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="M126" s="6" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O126" s="6">
-        <v>861907.08</v>
+        <v>230996.65</v>
       </c>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="B127" s="6">
         <v>0</v>
       </c>
       <c r="C127" s="6">
         <v>0</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6">
-        <v>21000003140</v>
+        <v>380.0</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>22</v>
+        <v>292</v>
       </c>
       <c r="G127" s="10" t="s">
-        <v>23</v>
+        <v>363</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="6">
-        <v>299</v>
+        <v>0.16</v>
       </c>
       <c r="J127" s="10" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="K127" s="6" t="s">
-        <v>76</v>
+        <v>365</v>
       </c>
       <c r="L127" s="10" t="s">
-        <v>22</v>
+        <v>160</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O127" s="6">
-        <v>844190.08</v>
+        <v>749.63</v>
       </c>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
-      <c r="E128" s="6" t="s">
-        <v>521</v>
+      <c r="E128" s="6">
+        <v>21000002337</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="G128" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H128" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="6">
-        <v>2825</v>
+        <v>120</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="K128" s="6" t="s">
-        <v>122</v>
+        <v>70</v>
       </c>
       <c r="L128" s="10" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O128" s="6">
-        <v>2309251.28</v>
+        <v>121652.29</v>
       </c>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6">
-        <v>21000003148</v>
+        <v>21000008354</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="6">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="K129" s="6" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L129" s="10" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O129" s="6">
-        <v>513226.06</v>
+        <v>126936.93</v>
       </c>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
-      <c r="E130" s="6" t="s">
-        <v>528</v>
+      <c r="E130" s="6">
+        <v>21000801123</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I130" s="6">
-        <v>105</v>
+        <v>158</v>
       </c>
       <c r="J130" s="10" t="s">
+        <v>524</v>
+      </c>
+      <c r="K130" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L130" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M130" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="N130" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O130" s="6">
+        <v>206668</v>
+      </c>
+      <c r="P130" s="6"/>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="B131" s="6">
+        <v>0</v>
+      </c>
+      <c r="C131" s="6">
+        <v>0</v>
+      </c>
+      <c r="D131" s="6">
+        <v>0</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="F131" s="9" t="s">
+        <v>297</v>
+      </c>
+      <c r="G131" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H131" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I131" s="6">
+        <v>50</v>
+      </c>
+      <c r="J131" s="10" t="s">
+        <v>528</v>
+      </c>
+      <c r="K131" s="6" t="s">
         <v>529</v>
       </c>
-      <c r="K130" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M130" s="6" t="s">
+      <c r="L131" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="M131" s="6" t="s">
         <v>530</v>
       </c>
-      <c r="N130" s="6" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="N131" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O131" s="6">
-        <v>730.18</v>
+        <v>138730.11</v>
       </c>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16" customHeight="1" ht="65">
       <c r="A132" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="B132" s="6">
+        <v>20</v>
+      </c>
+      <c r="C132" s="6">
+        <v>20</v>
+      </c>
+      <c r="D132" s="6">
+        <v>0</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="F132" s="9" t="s">
+        <v>533</v>
+      </c>
+      <c r="G132" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H132" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I132" s="6">
+        <v>0</v>
+      </c>
+      <c r="J132" s="10" t="s">
         <v>534</v>
       </c>
-      <c r="B132" s="6">
-[...23 lines deleted...]
-      <c r="J132" s="10" t="s">
+      <c r="K132" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="L132" s="10" t="s">
+        <v>533</v>
+      </c>
+      <c r="M132" s="6" t="s">
         <v>535</v>
       </c>
-      <c r="K132" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N132" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O132" s="6">
-        <v>119658.02</v>
+        <v>14228.35</v>
       </c>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="B133" s="6">
+        <v>20</v>
+      </c>
+      <c r="C133" s="6">
+        <v>20</v>
+      </c>
+      <c r="D133" s="6">
+        <v>0</v>
+      </c>
+      <c r="E133" s="6" t="s">
         <v>537</v>
       </c>
-      <c r="B133" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F133" s="9" t="s">
-        <v>46</v>
+        <v>533</v>
       </c>
       <c r="G133" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H133" s="6" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I133" s="6">
-        <v>134</v>
+        <v>0</v>
       </c>
       <c r="J133" s="10" t="s">
         <v>538</v>
       </c>
       <c r="K133" s="6" t="s">
-        <v>76</v>
+        <v>183</v>
       </c>
       <c r="L133" s="10" t="s">
-        <v>46</v>
+        <v>533</v>
       </c>
       <c r="M133" s="6" t="s">
         <v>539</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O133" s="6">
-        <v>124856.01</v>
+        <v>21550.46</v>
       </c>
       <c r="P133" s="6"/>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="65">
       <c r="A134" s="6" t="s">
         <v>540</v>
       </c>
       <c r="B134" s="6">
         <v>0</v>
       </c>
       <c r="C134" s="6">
         <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
-      <c r="E134" s="6">
-        <v>21000801123</v>
+      <c r="E134" s="6" t="s">
+        <v>541</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H134" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I134" s="6">
-        <v>158</v>
+        <v>24.017</v>
       </c>
       <c r="J134" s="10" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="K134" s="6" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="L134" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="M134" s="6" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O134" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O134" s="6"/>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
-        <v>543</v>
+        <v>412</v>
       </c>
       <c r="B135" s="6">
         <v>0</v>
       </c>
       <c r="C135" s="6">
         <v>0</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
-      <c r="E135" s="6" t="s">
-        <v>544</v>
+      <c r="E135" s="6">
+        <v>21000801141</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H135" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I135" s="6">
-        <v>24.017</v>
+        <v>116</v>
       </c>
       <c r="J135" s="10" t="s">
+        <v>544</v>
+      </c>
+      <c r="K135" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L135" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M135" s="6" t="s">
         <v>545</v>
       </c>
-      <c r="K135" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N135" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O135" s="6"/>
+      <c r="O135" s="6">
+        <v>491090.66</v>
+      </c>
       <c r="P135" s="6"/>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
-        <v>420</v>
+        <v>546</v>
       </c>
       <c r="B136" s="6">
         <v>0</v>
       </c>
       <c r="C136" s="6">
         <v>0</v>
       </c>
       <c r="D136" s="6">
         <v>0</v>
       </c>
-      <c r="E136" s="6">
-        <v>21000801141</v>
+      <c r="E136" s="6" t="s">
+        <v>547</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="G136" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I136" s="6">
+        <v>900</v>
+      </c>
+      <c r="J136" s="10" t="s">
+        <v>548</v>
+      </c>
+      <c r="K136" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="J136" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L136" s="10" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="M136" s="6" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O136" s="6">
-        <v>483040.04</v>
+        <v>817444.66</v>
       </c>
       <c r="P136" s="6"/>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B137" s="6">
         <v>0</v>
       </c>
       <c r="C137" s="6">
         <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="G137" s="10" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="H137" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I137" s="6">
-        <v>900</v>
+        <v>1.48</v>
       </c>
       <c r="J137" s="10" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="K137" s="6" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="L137" s="10" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="M137" s="6" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O137" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O137" s="6"/>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B138" s="6">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <v>0</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="G138" s="10" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H138" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I138" s="6">
-        <v>1.48</v>
+        <v>24</v>
       </c>
       <c r="J138" s="10" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="K138" s="6" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="L138" s="10" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="M138" s="6" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O138" s="6"/>
+      <c r="O138" s="6">
+        <v>63465.48</v>
+      </c>
       <c r="P138" s="6"/>
     </row>
     <row r="139" spans="1:16" customHeight="1" ht="65">
       <c r="A139" s="6" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B139" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C139" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D139" s="6">
         <v>0</v>
       </c>
       <c r="E139" s="6" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G139" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H139" s="6" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I139" s="6">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="J139" s="10" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L139" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M139" s="6" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O139" s="6">
-        <v>61230.78</v>
+        <v>82993.21</v>
       </c>
       <c r="P139" s="6"/>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="65">
       <c r="A140" s="6" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B140" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C140" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G140" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H140" s="6" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="I140" s="6">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="J140" s="10" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="K140" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L140" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M140" s="6" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O140" s="6">
-        <v>79285.85</v>
+        <v>129308.61</v>
       </c>
       <c r="P140" s="6"/>
     </row>
     <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B141" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C141" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
       <c r="E141" s="6" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G141" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H141" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I141" s="6">
-        <v>85</v>
+        <v>120</v>
       </c>
       <c r="J141" s="10" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="K141" s="6" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="L141" s="10" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="M141" s="6" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O141" s="6">
-        <v>123531.58</v>
+        <v>274297.89</v>
       </c>
       <c r="P141" s="6"/>
     </row>
     <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B142" s="6">
         <v>0</v>
       </c>
       <c r="C142" s="6">
         <v>0</v>
       </c>
       <c r="D142" s="6">
         <v>0</v>
       </c>
       <c r="E142" s="6" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G142" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="6">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="J142" s="10" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="K142" s="6" t="s">
-        <v>55</v>
+        <v>573</v>
       </c>
       <c r="L142" s="10" t="s">
-        <v>90</v>
+        <v>574</v>
       </c>
       <c r="M142" s="6" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O142" s="6">
-        <v>279783.85</v>
+        <v>241622.59</v>
       </c>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="6">
         <v>90</v>
       </c>
       <c r="J143" s="10" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="K143" s="6" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="L143" s="10" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="M143" s="6" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O143" s="6">
-        <v>246455.04</v>
+        <v>185146.04</v>
       </c>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16" customHeight="1" ht="65">
       <c r="A144" s="6" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B144" s="6">
         <v>0</v>
       </c>
       <c r="C144" s="6">
         <v>0</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
       <c r="E144" s="6" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G144" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="6">
-        <v>90</v>
+        <v>1350</v>
       </c>
       <c r="J144" s="10" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="K144" s="6" t="s">
-        <v>576</v>
+        <v>80</v>
       </c>
       <c r="L144" s="10" t="s">
-        <v>577</v>
+        <v>78</v>
       </c>
       <c r="M144" s="6" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O144" s="6">
-        <v>188848.96</v>
+        <v>1368566.78</v>
       </c>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B145" s="6">
         <v>0</v>
       </c>
       <c r="C145" s="6">
         <v>0</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="G145" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="6">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="J145" s="10" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="K145" s="6" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="L145" s="10" t="s">
-        <v>84</v>
+        <v>49</v>
       </c>
       <c r="M145" s="6" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O145" s="6">
-        <v>1304757.04</v>
+        <v>73252.11</v>
       </c>
       <c r="P145" s="6"/>
     </row>
-    <row r="146" spans="1:16" customHeight="1" ht="65">
+    <row r="146" spans="1:16">
       <c r="A146" s="6" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="G146" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="6">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="J146" s="10" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="K146" s="6" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="L146" s="10" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="M146" s="6" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O146" s="6">
-        <v>74717.15</v>
+        <v>1207478.27</v>
       </c>
       <c r="P146" s="6"/>
     </row>
-    <row r="147" spans="1:16">
+    <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B147" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C147" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="D147" s="6">
         <v>0</v>
       </c>
       <c r="E147" s="6" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="G147" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H147" s="6" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I147" s="6">
-        <v>1100</v>
+        <v>162</v>
       </c>
       <c r="J147" s="10" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="K147" s="6" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="L147" s="10" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="M147" s="6" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="N147" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O147" s="6">
-        <v>1160540.16</v>
+        <v>221079.91</v>
       </c>
       <c r="P147" s="6"/>
     </row>
     <row r="148" spans="1:16" customHeight="1" ht="65">
       <c r="A148" s="6" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B148" s="6">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="C148" s="6">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="D148" s="6">
         <v>0</v>
       </c>
       <c r="E148" s="6" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G148" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H148" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I148" s="6">
-        <v>162</v>
+        <v>122</v>
       </c>
       <c r="J148" s="10" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="K148" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L148" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M148" s="6" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O148" s="6">
-        <v>204843.5</v>
+        <v>168706.68</v>
       </c>
       <c r="P148" s="6"/>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B149" s="6">
         <v>0</v>
       </c>
       <c r="C149" s="6">
         <v>0</v>
       </c>
       <c r="D149" s="6">
         <v>0</v>
       </c>
       <c r="E149" s="6" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G149" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="6">
-        <v>122</v>
+        <v>203</v>
       </c>
       <c r="J149" s="10" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="K149" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L149" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M149" s="6" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O149" s="6">
-        <v>158309.53</v>
+        <v>245875.39</v>
       </c>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B150" s="6">
         <v>0</v>
       </c>
       <c r="C150" s="6">
         <v>0</v>
       </c>
       <c r="D150" s="6">
         <v>0</v>
       </c>
       <c r="E150" s="6" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G150" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I150" s="6">
-        <v>203</v>
+        <v>110</v>
       </c>
       <c r="J150" s="10" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="K150" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L150" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M150" s="6" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O150" s="6">
-        <v>228445.31</v>
+        <v>189099.81</v>
       </c>
       <c r="P150" s="6"/>
     </row>
     <row r="151" spans="1:16" customHeight="1" ht="65">
       <c r="A151" s="6" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B151" s="6">
         <v>0</v>
       </c>
       <c r="C151" s="6">
         <v>0</v>
       </c>
       <c r="D151" s="6">
         <v>0</v>
       </c>
       <c r="E151" s="6" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G151" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H151" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I151" s="6">
-        <v>110</v>
+        <v>211</v>
       </c>
       <c r="J151" s="10" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="K151" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L151" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M151" s="6" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O151" s="6">
-        <v>177444.59</v>
+        <v>311688.98</v>
       </c>
       <c r="P151" s="6"/>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="65">
       <c r="A152" s="6" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B152" s="6">
         <v>0</v>
       </c>
       <c r="C152" s="6">
         <v>0</v>
       </c>
       <c r="D152" s="6">
         <v>0</v>
       </c>
       <c r="E152" s="6" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G152" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I152" s="6">
-        <v>211</v>
+        <v>165</v>
       </c>
       <c r="J152" s="10" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="K152" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L152" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M152" s="6" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="N152" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O152" s="6">
-        <v>292478.67</v>
+        <v>196768.83</v>
       </c>
       <c r="P152" s="6"/>
     </row>
     <row r="153" spans="1:16" customHeight="1" ht="65">
       <c r="A153" s="6" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B153" s="6">
         <v>0</v>
       </c>
       <c r="C153" s="6">
         <v>0</v>
       </c>
       <c r="D153" s="6">
         <v>0</v>
       </c>
       <c r="E153" s="6" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G153" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H153" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="6">
-        <v>165</v>
+        <v>290</v>
       </c>
       <c r="J153" s="10" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="K153" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L153" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M153" s="6" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O153" s="6">
-        <v>189840.35</v>
+        <v>353415.96</v>
       </c>
       <c r="P153" s="6"/>
     </row>
     <row r="154" spans="1:16" customHeight="1" ht="65">
       <c r="A154" s="6" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B154" s="6">
         <v>0</v>
       </c>
       <c r="C154" s="6">
         <v>0</v>
       </c>
       <c r="D154" s="6">
         <v>0</v>
       </c>
       <c r="E154" s="6" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G154" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I154" s="6">
-        <v>290</v>
+        <v>89</v>
       </c>
       <c r="J154" s="10" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="K154" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L154" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M154" s="6" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O154" s="6">
-        <v>340971.74</v>
+        <v>189099.81</v>
       </c>
       <c r="P154" s="6"/>
     </row>
     <row r="155" spans="1:16" customHeight="1" ht="65">
       <c r="A155" s="6" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B155" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C155" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D155" s="6">
         <v>0</v>
       </c>
       <c r="E155" s="6" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G155" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H155" s="6" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I155" s="6">
-        <v>89</v>
+        <v>154</v>
       </c>
       <c r="J155" s="10" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="K155" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L155" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M155" s="6" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="N155" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O155" s="6">
-        <v>177444.59</v>
+        <v>307750.35</v>
       </c>
       <c r="P155" s="6"/>
     </row>
     <row r="156" spans="1:16" customHeight="1" ht="65">
       <c r="A156" s="6" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B156" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C156" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D156" s="6">
         <v>0</v>
       </c>
-      <c r="E156" s="6" t="s">
-        <v>628</v>
+      <c r="E156" s="6">
+        <v>71010802454</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G156" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H156" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I156" s="6">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="J156" s="10" t="s">
         <v>629</v>
       </c>
       <c r="K156" s="6" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="L156" s="10" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="M156" s="6" t="s">
         <v>630</v>
       </c>
       <c r="N156" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O156" s="6">
-        <v>289654.72</v>
+        <v>167387.03</v>
       </c>
       <c r="P156" s="6"/>
     </row>
     <row r="157" spans="1:16" customHeight="1" ht="65">
       <c r="A157" s="6" t="s">
         <v>631</v>
       </c>
       <c r="B157" s="6">
         <v>0</v>
       </c>
       <c r="C157" s="6">
         <v>0</v>
       </c>
       <c r="D157" s="6">
         <v>0</v>
       </c>
-      <c r="E157" s="6">
-        <v>71010802454</v>
+      <c r="E157" s="6" t="s">
+        <v>632</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G157" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H157" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="6">
-        <v>121</v>
+        <v>350</v>
       </c>
       <c r="J157" s="10" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="K157" s="6" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
       <c r="L157" s="10" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="M157" s="6" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="N157" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O157" s="6">
-        <v>164642.96</v>
+        <v>559390.21</v>
       </c>
       <c r="P157" s="6"/>
     </row>
-    <row r="158" spans="1:16" customHeight="1" ht="65">
+    <row r="158" spans="1:16">
       <c r="A158" s="6" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B158" s="6">
         <v>0</v>
       </c>
       <c r="C158" s="6">
         <v>0</v>
       </c>
       <c r="D158" s="6">
         <v>0</v>
       </c>
       <c r="E158" s="6" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="G158" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H158" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I158" s="6">
-        <v>350</v>
+        <v>1600</v>
       </c>
       <c r="J158" s="10" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="K158" s="6" t="s">
-        <v>122</v>
+        <v>80</v>
       </c>
       <c r="L158" s="10" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="M158" s="6" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="N158" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O158" s="6">
-        <v>559390.21</v>
+        <v>1592511.9</v>
       </c>
       <c r="P158" s="6"/>
     </row>
-    <row r="159" spans="1:16">
+    <row r="159" spans="1:16" customHeight="1" ht="65">
       <c r="A159" s="6" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B159" s="6">
         <v>0</v>
       </c>
       <c r="C159" s="6">
         <v>0</v>
       </c>
       <c r="D159" s="6">
         <v>0</v>
       </c>
       <c r="E159" s="6" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="G159" s="10" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="H159" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I159" s="6">
-        <v>1600</v>
+        <v>1.2</v>
       </c>
       <c r="J159" s="10" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K159" s="6" t="s">
-        <v>86</v>
+        <v>642</v>
       </c>
       <c r="L159" s="10" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="M159" s="6" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="N159" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O159" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O159" s="6"/>
       <c r="P159" s="6"/>
     </row>
     <row r="160" spans="1:16" customHeight="1" ht="65">
       <c r="A160" s="6" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="B160" s="6">
         <v>0</v>
       </c>
       <c r="C160" s="6">
         <v>0</v>
       </c>
       <c r="D160" s="6">
         <v>0</v>
       </c>
       <c r="E160" s="6" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="G160" s="10" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H160" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I160" s="6">
-        <v>1.2</v>
+        <v>124</v>
       </c>
       <c r="J160" s="10" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="K160" s="6" t="s">
-        <v>645</v>
+        <v>34</v>
       </c>
       <c r="L160" s="10" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="M160" s="6" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="N160" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O160" s="6"/>
+      <c r="O160" s="6">
+        <v>218761.34</v>
+      </c>
       <c r="P160" s="6"/>
     </row>
     <row r="161" spans="1:16" customHeight="1" ht="65">
       <c r="A161" s="6" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B161" s="6">
         <v>0</v>
       </c>
       <c r="C161" s="6">
         <v>0</v>
       </c>
       <c r="D161" s="6">
         <v>0</v>
       </c>
       <c r="E161" s="6" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G161" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H161" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="6">
-        <v>124</v>
+        <v>203</v>
       </c>
       <c r="J161" s="10" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="K161" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L161" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M161" s="6" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="N161" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O161" s="6">
-        <v>205279.48</v>
+        <v>353634.53</v>
       </c>
       <c r="P161" s="6"/>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="65">
       <c r="A162" s="6" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B162" s="6">
         <v>0</v>
       </c>
       <c r="C162" s="6">
         <v>0</v>
       </c>
       <c r="D162" s="6">
         <v>0</v>
       </c>
       <c r="E162" s="6" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F162" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G162" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H162" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="6">
-        <v>203</v>
+        <v>110</v>
       </c>
       <c r="J162" s="10" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="K162" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L162" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M162" s="6" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O162" s="6">
-        <v>331838.77</v>
+        <v>241704.9</v>
       </c>
       <c r="P162" s="6"/>
     </row>
     <row r="163" spans="1:16" customHeight="1" ht="65">
       <c r="A163" s="6" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B163" s="6">
         <v>0</v>
       </c>
       <c r="C163" s="6">
         <v>0</v>
       </c>
       <c r="D163" s="6">
         <v>0</v>
       </c>
       <c r="E163" s="6" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G163" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H163" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="6">
-        <v>110</v>
+        <v>194</v>
       </c>
       <c r="J163" s="10" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="K163" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L163" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M163" s="6" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="N163" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O163" s="6">
-        <v>226806.79</v>
+        <v>396737.89</v>
       </c>
       <c r="P163" s="6"/>
     </row>
     <row r="164" spans="1:16" customHeight="1" ht="65">
       <c r="A164" s="6" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B164" s="6">
         <v>0</v>
       </c>
       <c r="C164" s="6">
         <v>0</v>
       </c>
       <c r="D164" s="6">
         <v>0</v>
       </c>
       <c r="E164" s="6" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G164" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="6">
-        <v>194</v>
+        <v>150</v>
       </c>
       <c r="J164" s="10" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="K164" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L164" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M164" s="6" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O164" s="6">
-        <v>372285.99</v>
+        <v>253060.02</v>
       </c>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B165" s="6">
         <v>0</v>
       </c>
       <c r="C165" s="6">
         <v>0</v>
       </c>
       <c r="D165" s="6">
         <v>0</v>
       </c>
       <c r="E165" s="6" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G165" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H165" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I165" s="6">
-        <v>150</v>
+        <v>279</v>
       </c>
       <c r="J165" s="10" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="K165" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L165" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M165" s="6" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="N165" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O165" s="6">
-        <v>237462.87</v>
+        <v>437987.87</v>
       </c>
       <c r="P165" s="6"/>
     </row>
     <row r="166" spans="1:16" customHeight="1" ht="65">
       <c r="A166" s="6" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B166" s="6">
         <v>0</v>
       </c>
       <c r="C166" s="6">
         <v>0</v>
       </c>
       <c r="D166" s="6">
         <v>0</v>
       </c>
       <c r="E166" s="6" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G166" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="6">
-        <v>279</v>
+        <v>85</v>
       </c>
       <c r="J166" s="10" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="K166" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L166" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M166" s="6" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O166" s="6">
-        <v>410993.53</v>
+        <v>174835.07</v>
       </c>
       <c r="P166" s="6"/>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="65">
       <c r="A167" s="6" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B167" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C167" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D167" s="6">
         <v>0</v>
       </c>
       <c r="E167" s="6" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F167" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G167" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H167" s="6" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I167" s="6">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="J167" s="10" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="K167" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L167" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M167" s="6" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N167" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O167" s="6">
-        <v>149564.1</v>
+        <v>244485.72</v>
       </c>
       <c r="P167" s="6"/>
     </row>
     <row r="168" spans="1:16" customHeight="1" ht="65">
       <c r="A168" s="6" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B168" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C168" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D168" s="6">
         <v>0</v>
       </c>
       <c r="E168" s="6" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F168" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G168" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H168" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I168" s="6">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="J168" s="10" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="K168" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L168" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M168" s="6" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O168" s="6">
-        <v>230109.47</v>
+        <v>187013.09</v>
       </c>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
-        <v>679</v>
+        <v>437</v>
       </c>
       <c r="B169" s="6">
         <v>0</v>
       </c>
       <c r="C169" s="6">
         <v>0</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
-      <c r="E169" s="6" t="s">
-        <v>680</v>
+      <c r="E169" s="6">
+        <v>21000003092</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="G169" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H169" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I169" s="6">
-        <v>124</v>
+        <v>275</v>
       </c>
       <c r="J169" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="K169" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L169" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M169" s="6" t="s">
         <v>681</v>
       </c>
-      <c r="K169" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N169" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O169" s="6">
-        <v>175486.92</v>
+        <v>670402.19</v>
       </c>
       <c r="P169" s="6"/>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="65">
       <c r="A170" s="6" t="s">
-        <v>450</v>
+        <v>682</v>
       </c>
       <c r="B170" s="6">
         <v>0</v>
       </c>
       <c r="C170" s="6">
         <v>0</v>
       </c>
       <c r="D170" s="6">
         <v>0</v>
       </c>
-      <c r="E170" s="6">
-        <v>21000003092</v>
+      <c r="E170" s="6" t="s">
+        <v>683</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G170" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I170" s="6">
-        <v>275</v>
+        <v>205</v>
       </c>
       <c r="J170" s="10" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K170" s="6" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="L170" s="10" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="M170" s="6" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O170" s="6">
-        <v>659412.06</v>
+        <v>290369.89</v>
       </c>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B171" s="6">
         <v>0</v>
       </c>
       <c r="C171" s="6">
         <v>0</v>
       </c>
       <c r="D171" s="6">
         <v>0</v>
       </c>
       <c r="E171" s="6" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G171" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="6">
-        <v>205</v>
+        <v>110</v>
       </c>
       <c r="J171" s="10" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="K171" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L171" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M171" s="6" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O171" s="6">
-        <v>276000.86</v>
+        <v>209956.66</v>
       </c>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B172" s="6">
         <v>0</v>
       </c>
       <c r="C172" s="6">
         <v>0</v>
       </c>
       <c r="D172" s="6">
         <v>0</v>
       </c>
       <c r="E172" s="6" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G172" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="6">
-        <v>110</v>
+        <v>194</v>
       </c>
       <c r="J172" s="10" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="K172" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L172" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M172" s="6" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="N172" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O172" s="6">
-        <v>197015.64</v>
+        <v>333705.11</v>
       </c>
       <c r="P172" s="6"/>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="65">
       <c r="A173" s="6" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B173" s="6">
         <v>0</v>
       </c>
       <c r="C173" s="6">
         <v>0</v>
       </c>
       <c r="D173" s="6">
         <v>0</v>
       </c>
       <c r="E173" s="6" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G173" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I173" s="6">
-        <v>194</v>
+        <v>150</v>
       </c>
       <c r="J173" s="10" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="K173" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L173" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M173" s="6" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O173" s="6">
-        <v>313136.84</v>
+        <v>221543.63</v>
       </c>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B174" s="6">
         <v>0</v>
       </c>
       <c r="C174" s="6">
         <v>0</v>
       </c>
       <c r="D174" s="6">
         <v>0</v>
       </c>
       <c r="E174" s="6" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F174" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G174" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H174" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I174" s="6">
-        <v>150</v>
+        <v>279</v>
       </c>
       <c r="J174" s="10" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="K174" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L174" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M174" s="6" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O174" s="6">
-        <v>207888.29</v>
+        <v>374955.09</v>
       </c>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B175" s="6">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <v>0</v>
       </c>
       <c r="D175" s="6">
         <v>0</v>
       </c>
       <c r="E175" s="6" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G175" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H175" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I175" s="6">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="J175" s="10" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="K175" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L175" s="10" t="s">
-        <v>46</v>
+        <v>143</v>
       </c>
       <c r="M175" s="6" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O175" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O175" s="6"/>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B176" s="6">
         <v>0</v>
       </c>
       <c r="C176" s="6">
         <v>0</v>
       </c>
       <c r="D176" s="6">
         <v>0</v>
       </c>
       <c r="E176" s="6" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="G176" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H176" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I176" s="6">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="J176" s="10" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="K176" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L176" s="10" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="M176" s="6" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O176" s="6"/>
       <c r="P176" s="6"/>
     </row>
     <row r="177" spans="1:16" customHeight="1" ht="65">
       <c r="A177" s="6" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B177" s="6">
         <v>0</v>
       </c>
       <c r="C177" s="6">
         <v>0</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
       <c r="E177" s="6" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="G177" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H177" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I177" s="6">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="J177" s="10" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="K177" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L177" s="10" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="M177" s="6" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="N177" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O177" s="6"/>
       <c r="P177" s="6"/>
     </row>
     <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B178" s="6">
         <v>0</v>
       </c>
       <c r="C178" s="6">
         <v>0</v>
       </c>
       <c r="D178" s="6">
         <v>0</v>
       </c>
       <c r="E178" s="6" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="G178" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H178" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I178" s="6">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="J178" s="10" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="K178" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L178" s="10" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="M178" s="6" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O178" s="6"/>
       <c r="P178" s="6"/>
     </row>
     <row r="179" spans="1:16" customHeight="1" ht="65">
       <c r="A179" s="6" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B179" s="6">
         <v>0</v>
       </c>
       <c r="C179" s="6">
         <v>0</v>
       </c>
       <c r="D179" s="6">
         <v>0</v>
       </c>
       <c r="E179" s="6" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="G179" s="10" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="H179" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I179" s="6">
-        <v>60</v>
+        <v>1.05</v>
       </c>
       <c r="J179" s="10" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K179" s="6" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="L179" s="10" t="s">
-        <v>149</v>
+        <v>66</v>
       </c>
       <c r="M179" s="6" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="N179" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O179" s="6"/>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B180" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C180" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D180" s="6">
         <v>0</v>
       </c>
       <c r="E180" s="6" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H180" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I180" s="6">
-        <v>1.05</v>
+        <v>101</v>
       </c>
       <c r="J180" s="10" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="K180" s="6" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="L180" s="10" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="M180" s="6" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="N180" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O180" s="6"/>
+      <c r="O180" s="6">
+        <v>639215.16</v>
+      </c>
       <c r="P180" s="6"/>
     </row>
     <row r="181" spans="1:16" customHeight="1" ht="65">
       <c r="A181" s="6" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B181" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C181" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D181" s="6">
         <v>0</v>
       </c>
       <c r="E181" s="6" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="F181" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H181" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I181" s="6">
-        <v>101</v>
+        <v>255</v>
       </c>
       <c r="J181" s="10" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="K181" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L181" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M181" s="6" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O181" s="6">
-        <v>616707.58</v>
+        <v>1071292.87</v>
       </c>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B182" s="6">
         <v>0</v>
       </c>
       <c r="C182" s="6">
         <v>0</v>
       </c>
       <c r="D182" s="6">
         <v>0</v>
       </c>
       <c r="E182" s="6" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F182" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G182" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H182" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I182" s="6">
-        <v>255</v>
+        <v>284</v>
       </c>
       <c r="J182" s="10" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="K182" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L182" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M182" s="6" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O182" s="6">
-        <v>1033571.29</v>
+        <v>1395183.17</v>
       </c>
       <c r="P182" s="6"/>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="65">
       <c r="A183" s="6" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B183" s="6">
         <v>0</v>
       </c>
       <c r="C183" s="6">
         <v>0</v>
       </c>
       <c r="D183" s="6">
         <v>0</v>
       </c>
       <c r="E183" s="6" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="F183" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G183" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H183" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I183" s="6">
-        <v>284</v>
+        <v>411</v>
       </c>
       <c r="J183" s="10" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="K183" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L183" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M183" s="6" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O183" s="6">
-        <v>1346057</v>
+        <v>1655737.95</v>
       </c>
       <c r="P183" s="6"/>
     </row>
     <row r="184" spans="1:16" customHeight="1" ht="65">
       <c r="A184" s="6" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B184" s="6">
         <v>0</v>
       </c>
       <c r="C184" s="6">
         <v>0</v>
       </c>
       <c r="D184" s="6">
         <v>0</v>
       </c>
       <c r="E184" s="6" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G184" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H184" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I184" s="6">
-        <v>411</v>
+        <v>29</v>
       </c>
       <c r="J184" s="10" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="K184" s="6" t="s">
-        <v>41</v>
+        <v>188</v>
       </c>
       <c r="L184" s="10" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="M184" s="6" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O184" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O184" s="6"/>
       <c r="P184" s="6"/>
     </row>
     <row r="185" spans="1:16" customHeight="1" ht="65">
       <c r="A185" s="6" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B185" s="6">
         <v>0</v>
       </c>
       <c r="C185" s="6">
         <v>0</v>
       </c>
       <c r="D185" s="6">
         <v>0</v>
       </c>
       <c r="E185" s="6" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>46</v>
+        <v>313</v>
       </c>
       <c r="G185" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H185" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I185" s="6">
-        <v>29</v>
+        <v>0.24</v>
       </c>
       <c r="J185" s="10" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="K185" s="6" t="s">
-        <v>199</v>
+        <v>159</v>
       </c>
       <c r="L185" s="10" t="s">
-        <v>46</v>
+        <v>160</v>
       </c>
       <c r="M185" s="6" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="N185" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O185" s="6"/>
       <c r="P185" s="6"/>
     </row>
     <row r="186" spans="1:16" customHeight="1" ht="65">
       <c r="A186" s="6" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B186" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C186" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D186" s="6">
         <v>0</v>
       </c>
       <c r="E186" s="6" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>324</v>
+        <v>31</v>
       </c>
       <c r="G186" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H186" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I186" s="6">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="J186" s="10" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="K186" s="6" t="s">
-        <v>165</v>
+        <v>34</v>
       </c>
       <c r="L186" s="10" t="s">
-        <v>166</v>
+        <v>35</v>
       </c>
       <c r="M186" s="6" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="N186" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O186" s="6"/>
+      <c r="O186" s="6">
+        <v>17652.49</v>
+      </c>
       <c r="P186" s="6"/>
     </row>
     <row r="187" spans="1:16" customHeight="1" ht="65">
       <c r="A187" s="6" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B187" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C187" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D187" s="6">
         <v>0</v>
       </c>
       <c r="E187" s="6" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>39</v>
+        <v>278</v>
       </c>
       <c r="G187" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H187" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I187" s="6">
         <v>0</v>
       </c>
       <c r="J187" s="10" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="K187" s="6" t="s">
-        <v>41</v>
+        <v>280</v>
       </c>
       <c r="L187" s="10" t="s">
-        <v>42</v>
+        <v>281</v>
       </c>
       <c r="M187" s="6" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="N187" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O187" s="6">
-        <v>17652.48</v>
+        <v>1137.95</v>
       </c>
       <c r="P187" s="6"/>
     </row>
     <row r="188" spans="1:16" customHeight="1" ht="65">
       <c r="A188" s="6" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B188" s="6">
         <v>0</v>
       </c>
       <c r="C188" s="6">
         <v>0</v>
       </c>
       <c r="D188" s="6">
         <v>0</v>
       </c>
-      <c r="E188" s="6" t="s">
-        <v>754</v>
+      <c r="E188" s="6">
+        <v>929.025</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>289</v>
+        <v>326</v>
       </c>
       <c r="G188" s="10" t="s">
-        <v>23</v>
+        <v>363</v>
       </c>
       <c r="H188" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I188" s="6">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="J188" s="10" t="s">
         <v>755</v>
       </c>
       <c r="K188" s="6" t="s">
-        <v>291</v>
+        <v>365</v>
       </c>
       <c r="L188" s="10" t="s">
-        <v>292</v>
+        <v>160</v>
       </c>
       <c r="M188" s="6" t="s">
         <v>756</v>
       </c>
       <c r="N188" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O188" s="6">
-        <v>1137.95</v>
+        <v>1225.22</v>
       </c>
       <c r="P188" s="6"/>
     </row>
     <row r="189" spans="1:16" customHeight="1" ht="65">
       <c r="A189" s="6" t="s">
         <v>757</v>
       </c>
       <c r="B189" s="6">
         <v>0</v>
       </c>
       <c r="C189" s="6">
         <v>0</v>
       </c>
       <c r="D189" s="6">
         <v>0</v>
       </c>
       <c r="E189" s="6">
-        <v>929.025</v>
+        <v>929.028</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>191</v>
+        <v>326</v>
       </c>
       <c r="G189" s="10" t="s">
-        <v>192</v>
+        <v>363</v>
       </c>
       <c r="H189" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I189" s="6">
         <v>0.2</v>
       </c>
       <c r="J189" s="10" t="s">
         <v>758</v>
       </c>
       <c r="K189" s="6" t="s">
-        <v>194</v>
+        <v>365</v>
       </c>
       <c r="L189" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M189" s="6" t="s">
         <v>759</v>
       </c>
       <c r="N189" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O189" s="6">
-        <v>1200.47</v>
+        <v>2489.93</v>
       </c>
       <c r="P189" s="6"/>
     </row>
     <row r="190" spans="1:16" customHeight="1" ht="65">
       <c r="A190" s="6" t="s">
         <v>760</v>
       </c>
       <c r="B190" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C190" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D190" s="6">
         <v>0</v>
       </c>
       <c r="E190" s="6">
-        <v>929.028</v>
+        <v>949.03</v>
       </c>
       <c r="F190" s="9" t="s">
-        <v>191</v>
+        <v>326</v>
       </c>
       <c r="G190" s="10" t="s">
-        <v>192</v>
+        <v>363</v>
       </c>
       <c r="H190" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I190" s="6">
-        <v>0.2</v>
+        <v>0.09</v>
       </c>
       <c r="J190" s="10" t="s">
         <v>761</v>
       </c>
       <c r="K190" s="6" t="s">
-        <v>194</v>
+        <v>365</v>
       </c>
       <c r="L190" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M190" s="6" t="s">
         <v>762</v>
       </c>
       <c r="N190" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O190" s="6">
-        <v>2448.68</v>
+        <v>1205.78</v>
       </c>
       <c r="P190" s="6"/>
     </row>
     <row r="191" spans="1:16" customHeight="1" ht="65">
       <c r="A191" s="6" t="s">
         <v>763</v>
       </c>
       <c r="B191" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C191" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D191" s="6">
         <v>0</v>
       </c>
       <c r="E191" s="6">
-        <v>949.03</v>
+        <v>949.035</v>
       </c>
       <c r="F191" s="9" t="s">
-        <v>191</v>
+        <v>326</v>
       </c>
       <c r="G191" s="10" t="s">
-        <v>192</v>
+        <v>363</v>
       </c>
       <c r="H191" s="6" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I191" s="6">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
       <c r="J191" s="10" t="s">
         <v>764</v>
       </c>
       <c r="K191" s="6" t="s">
-        <v>194</v>
+        <v>365</v>
       </c>
       <c r="L191" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M191" s="6" t="s">
         <v>765</v>
       </c>
       <c r="N191" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O191" s="6">
-        <v>1168.66</v>
+        <v>1481.58</v>
       </c>
       <c r="P191" s="6"/>
     </row>
     <row r="192" spans="1:16" customHeight="1" ht="65">
       <c r="A192" s="6" t="s">
         <v>766</v>
       </c>
       <c r="B192" s="6">
         <v>0</v>
       </c>
       <c r="C192" s="6">
         <v>0</v>
       </c>
       <c r="D192" s="6">
         <v>0</v>
       </c>
       <c r="E192" s="6">
-        <v>949.035</v>
+        <v>949.04</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>191</v>
+        <v>326</v>
       </c>
       <c r="G192" s="10" t="s">
-        <v>192</v>
+        <v>363</v>
       </c>
       <c r="H192" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I192" s="6">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="J192" s="10" t="s">
         <v>767</v>
       </c>
       <c r="K192" s="6" t="s">
-        <v>194</v>
+        <v>365</v>
       </c>
       <c r="L192" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M192" s="6" t="s">
         <v>768</v>
       </c>
       <c r="N192" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O192" s="6">
-        <v>1456.83</v>
+        <v>1916.52</v>
       </c>
       <c r="P192" s="6"/>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="65">
       <c r="A193" s="6" t="s">
         <v>769</v>
       </c>
       <c r="B193" s="6">
         <v>0</v>
       </c>
       <c r="C193" s="6">
         <v>0</v>
       </c>
       <c r="D193" s="6">
         <v>0</v>
       </c>
       <c r="E193" s="6">
-        <v>949.04</v>
+        <v>963.03</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>191</v>
+        <v>326</v>
       </c>
       <c r="G193" s="10" t="s">
-        <v>192</v>
+        <v>363</v>
       </c>
       <c r="H193" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I193" s="6">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="J193" s="10" t="s">
         <v>770</v>
       </c>
       <c r="K193" s="6" t="s">
-        <v>194</v>
+        <v>365</v>
       </c>
       <c r="L193" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M193" s="6" t="s">
         <v>771</v>
       </c>
       <c r="N193" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O193" s="6">
-        <v>1879.39</v>
+        <v>1028.98</v>
       </c>
       <c r="P193" s="6"/>
     </row>
     <row r="194" spans="1:16" customHeight="1" ht="65">
       <c r="A194" s="6" t="s">
         <v>772</v>
       </c>
       <c r="B194" s="6">
         <v>0</v>
       </c>
       <c r="C194" s="6">
         <v>0</v>
       </c>
       <c r="D194" s="6">
         <v>0</v>
       </c>
       <c r="E194" s="6">
-        <v>963.03</v>
+        <v>963.04</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>191</v>
+        <v>326</v>
       </c>
       <c r="G194" s="10" t="s">
-        <v>192</v>
+        <v>363</v>
       </c>
       <c r="H194" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I194" s="6">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="J194" s="10" t="s">
         <v>773</v>
       </c>
       <c r="K194" s="6" t="s">
-        <v>194</v>
+        <v>365</v>
       </c>
       <c r="L194" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="M194" s="6" t="s">
         <v>774</v>
       </c>
       <c r="N194" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O194" s="6">
-        <v>1007.76</v>
+        <v>1640.7</v>
       </c>
       <c r="P194" s="6"/>
     </row>
     <row r="195" spans="1:16" customHeight="1" ht="65">
       <c r="A195" s="6" t="s">
         <v>775</v>
       </c>
       <c r="B195" s="6">
         <v>0</v>
       </c>
       <c r="C195" s="6">
         <v>0</v>
       </c>
       <c r="D195" s="6">
         <v>0</v>
       </c>
-      <c r="E195" s="6">
-        <v>963.04</v>
+      <c r="E195" s="6" t="s">
+        <v>776</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>191</v>
+        <v>78</v>
       </c>
       <c r="G195" s="10" t="s">
-        <v>192</v>
+        <v>40</v>
       </c>
       <c r="H195" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I195" s="6">
-        <v>0.2</v>
+        <v>600</v>
       </c>
       <c r="J195" s="10" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="K195" s="6" t="s">
-        <v>194</v>
+        <v>116</v>
       </c>
       <c r="L195" s="10" t="s">
-        <v>166</v>
+        <v>78</v>
       </c>
       <c r="M195" s="6" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="N195" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O195" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O195" s="6"/>
       <c r="P195" s="6"/>
     </row>
     <row r="196" spans="1:16" customHeight="1" ht="65">
       <c r="A196" s="6" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B196" s="6">
         <v>0</v>
       </c>
       <c r="C196" s="6">
         <v>0</v>
       </c>
       <c r="D196" s="6">
         <v>0</v>
       </c>
       <c r="E196" s="6" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F196" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G196" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H196" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I196" s="6">
+        <v>100</v>
+      </c>
+      <c r="J196" s="10" t="s">
+        <v>781</v>
+      </c>
+      <c r="K196" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L196" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M196" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="N196" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O196" s="6">
+        <v>169647.4</v>
+      </c>
+      <c r="P196" s="6"/>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" s="6" t="s">
+        <v>783</v>
+      </c>
+      <c r="B197" s="6">
+        <v>0</v>
+      </c>
+      <c r="C197" s="6">
+        <v>0</v>
+      </c>
+      <c r="D197" s="6">
+        <v>0</v>
+      </c>
+      <c r="E197" s="6" t="s">
+        <v>784</v>
+      </c>
+      <c r="F197" s="9" t="s">
         <v>84</v>
       </c>
-      <c r="G196" s="10" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="G197" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H197" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I197" s="6">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J197" s="10"/>
       <c r="K197" s="6" t="s">
-        <v>41</v>
+        <v>573</v>
       </c>
       <c r="L197" s="10" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="M197" s="6" t="s">
         <v>785</v>
       </c>
       <c r="N197" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O197" s="6">
-        <v>163673.9</v>
+        <v>214106.84</v>
       </c>
       <c r="P197" s="6"/>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" s="6" t="s">
         <v>786</v>
       </c>
       <c r="B198" s="6">
         <v>0</v>
       </c>
       <c r="C198" s="6">
         <v>0</v>
       </c>
       <c r="D198" s="6">
         <v>0</v>
       </c>
       <c r="E198" s="6" t="s">
         <v>787</v>
       </c>
       <c r="F198" s="9" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="G198" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H198" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I198" s="6">
+        <v>140</v>
+      </c>
+      <c r="J198" s="10" t="s">
+        <v>788</v>
+      </c>
+      <c r="K198" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="L198" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M198" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="N198" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O198" s="6"/>
+      <c r="P198" s="6"/>
+    </row>
+    <row r="199" spans="1:16" customHeight="1" ht="65">
+      <c r="A199" s="6" t="s">
+        <v>790</v>
+      </c>
+      <c r="B199" s="6">
+        <v>0</v>
+      </c>
+      <c r="C199" s="6">
+        <v>0</v>
+      </c>
+      <c r="D199" s="6">
+        <v>0</v>
+      </c>
+      <c r="E199" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="F199" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G199" s="10" t="s">
+        <v>792</v>
+      </c>
+      <c r="H199" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I199" s="6">
+        <v>58</v>
+      </c>
+      <c r="J199" s="10" t="s">
+        <v>793</v>
+      </c>
+      <c r="K199" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L199" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M199" s="6" t="s">
+        <v>795</v>
+      </c>
+      <c r="N199" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" s="6">
+        <v>145199.68</v>
+      </c>
+      <c r="P199" s="6"/>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="B200" s="6">
+        <v>0</v>
+      </c>
+      <c r="C200" s="6">
+        <v>0</v>
+      </c>
+      <c r="D200" s="6">
+        <v>0</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>797</v>
+      </c>
+      <c r="F200" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G200" s="10" t="s">
         <v>23</v>
-      </c>
-[...90 lines deleted...]
-        <v>795</v>
       </c>
       <c r="H200" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I200" s="6">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J200" s="10"/>
       <c r="K200" s="6" t="s">
-        <v>797</v>
+        <v>573</v>
       </c>
       <c r="L200" s="10" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="M200" s="6" t="s">
         <v>798</v>
       </c>
       <c r="N200" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O200" s="6">
-        <v>145199.68</v>
+        <v>217867.95</v>
       </c>
       <c r="P200" s="6"/>
     </row>
-    <row r="201" spans="1:16">
+    <row r="201" spans="1:16" customHeight="1" ht="65">
       <c r="A201" s="6" t="s">
         <v>799</v>
       </c>
       <c r="B201" s="6">
         <v>0</v>
       </c>
       <c r="C201" s="6">
         <v>0</v>
       </c>
       <c r="D201" s="6">
         <v>0</v>
       </c>
-      <c r="E201" s="6" t="s">
-        <v>800</v>
+      <c r="E201" s="6">
+        <v>21000801146</v>
       </c>
       <c r="F201" s="9" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="G201" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H201" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I201" s="6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J201" s="10"/>
+        <v>32</v>
+      </c>
+      <c r="J201" s="10" t="s">
+        <v>800</v>
+      </c>
       <c r="K201" s="6" t="s">
-        <v>576</v>
+        <v>70</v>
       </c>
       <c r="L201" s="10" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="M201" s="6" t="s">
         <v>801</v>
       </c>
       <c r="N201" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O201" s="6">
-        <v>222225.3</v>
+        <v>41602</v>
       </c>
       <c r="P201" s="6"/>
     </row>
     <row r="202" spans="1:16" customHeight="1" ht="65">
       <c r="A202" s="6" t="s">
         <v>802</v>
       </c>
       <c r="B202" s="6">
         <v>0</v>
       </c>
       <c r="C202" s="6">
         <v>0</v>
       </c>
       <c r="D202" s="6">
         <v>0</v>
       </c>
-      <c r="E202" s="6">
-        <v>21000801146</v>
+      <c r="E202" s="6" t="s">
+        <v>803</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="G202" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H202" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I202" s="6">
-        <v>32</v>
+        <v>1100</v>
       </c>
       <c r="J202" s="10" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="K202" s="6" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
       <c r="L202" s="10" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="M202" s="6" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="N202" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O202" s="6">
-        <v>40920</v>
+        <v>856346.32</v>
       </c>
       <c r="P202" s="6"/>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="65">
       <c r="A203" s="6" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B203" s="6">
         <v>0</v>
       </c>
       <c r="C203" s="6">
         <v>0</v>
       </c>
       <c r="D203" s="6">
         <v>0</v>
       </c>
       <c r="E203" s="6" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="G203" s="10" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="H203" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I203" s="6">
+        <v>1.2</v>
+      </c>
+      <c r="J203" s="10" t="s">
+        <v>808</v>
+      </c>
+      <c r="K203" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="L203" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="M203" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="N203" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O203" s="6"/>
+      <c r="P203" s="6"/>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" s="6" t="s">
+        <v>810</v>
+      </c>
+      <c r="B204" s="6">
+        <v>0</v>
+      </c>
+      <c r="C204" s="6">
+        <v>0</v>
+      </c>
+      <c r="D204" s="6">
+        <v>0</v>
+      </c>
+      <c r="E204" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="F204" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G204" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H204" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="I203" s="6">
-[...41 lines deleted...]
-      <c r="G204" s="10" t="s">
+      <c r="I204" s="6">
+        <v>0</v>
+      </c>
+      <c r="J204" s="10" t="s">
+        <v>812</v>
+      </c>
+      <c r="K204" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="L204" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M204" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="N204" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O204" s="6">
+        <v>2102034.02</v>
+      </c>
+      <c r="P204" s="6"/>
+    </row>
+    <row r="205" spans="1:16" customHeight="1" ht="65">
+      <c r="A205" s="6" t="s">
+        <v>814</v>
+      </c>
+      <c r="B205" s="6">
+        <v>0</v>
+      </c>
+      <c r="C205" s="6">
+        <v>0</v>
+      </c>
+      <c r="D205" s="6">
+        <v>0</v>
+      </c>
+      <c r="E205" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="F205" s="9" t="s">
+        <v>816</v>
+      </c>
+      <c r="G205" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H205" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="H204" s="6" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="I205" s="6">
         <v>0</v>
       </c>
       <c r="J205" s="10" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="K205" s="6" t="s">
-        <v>86</v>
+        <v>116</v>
       </c>
       <c r="L205" s="10" t="s">
-        <v>84</v>
+        <v>818</v>
       </c>
       <c r="M205" s="6" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="N205" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O205" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O205" s="6"/>
       <c r="P205" s="6"/>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="65">
       <c r="A206" s="6" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="B206" s="6">
         <v>0</v>
       </c>
       <c r="C206" s="6">
         <v>0</v>
       </c>
       <c r="D206" s="6">
         <v>0</v>
       </c>
       <c r="E206" s="6" t="s">
+        <v>821</v>
+      </c>
+      <c r="F206" s="9" t="s">
+        <v>816</v>
+      </c>
+      <c r="G206" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H206" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I206" s="6">
+        <v>130</v>
+      </c>
+      <c r="J206" s="10" t="s">
+        <v>822</v>
+      </c>
+      <c r="K206" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="L206" s="10" t="s">
         <v>818</v>
       </c>
-      <c r="F206" s="9" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M206" s="6" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="N206" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O206" s="6"/>
       <c r="P206" s="6"/>
     </row>
     <row r="207" spans="1:16" customHeight="1" ht="65">
       <c r="A207" s="6" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B207" s="6">
         <v>0</v>
       </c>
       <c r="C207" s="6">
         <v>0</v>
       </c>
       <c r="D207" s="6">
         <v>0</v>
       </c>
       <c r="E207" s="6" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>819</v>
+        <v>78</v>
       </c>
       <c r="G207" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H207" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I207" s="6">
-        <v>130</v>
+        <v>2100</v>
       </c>
       <c r="J207" s="10" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="K207" s="6" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="L207" s="10" t="s">
-        <v>821</v>
+        <v>78</v>
       </c>
       <c r="M207" s="6" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="N207" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O207" s="6"/>
+      <c r="O207" s="6">
+        <v>1241797.94</v>
+      </c>
       <c r="P207" s="6"/>
     </row>
     <row r="208" spans="1:16" customHeight="1" ht="65">
       <c r="A208" s="6" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B208" s="6">
         <v>0</v>
       </c>
       <c r="C208" s="6">
         <v>0</v>
       </c>
       <c r="D208" s="6">
         <v>0</v>
       </c>
       <c r="E208" s="6" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="F208" s="9" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="G208" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H208" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I208" s="6">
-        <v>2100</v>
+        <v>1050</v>
       </c>
       <c r="J208" s="10" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="K208" s="6" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="L208" s="10" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="M208" s="6" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="N208" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O208" s="6">
-        <v>1241797.94</v>
+        <v>905532.83</v>
       </c>
       <c r="P208" s="6"/>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="65">
       <c r="A209" s="6" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B209" s="6">
         <v>0</v>
       </c>
       <c r="C209" s="6">
         <v>0</v>
       </c>
       <c r="D209" s="6">
         <v>0</v>
       </c>
       <c r="E209" s="6" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F209" s="9" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="G209" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H209" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I209" s="6">
-        <v>1050</v>
+        <v>800</v>
       </c>
       <c r="J209" s="10" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="K209" s="6" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="L209" s="10" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="M209" s="6" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="N209" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O209" s="6">
-        <v>905532.83</v>
+        <v>590653.44</v>
       </c>
       <c r="P209" s="6"/>
     </row>
     <row r="210" spans="1:16" customHeight="1" ht="65">
       <c r="A210" s="6" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B210" s="6">
         <v>0</v>
       </c>
       <c r="C210" s="6">
         <v>0</v>
       </c>
       <c r="D210" s="6">
         <v>0</v>
       </c>
       <c r="E210" s="6" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F210" s="9" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="G210" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H210" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I210" s="6">
-        <v>800</v>
+        <v>93</v>
       </c>
       <c r="J210" s="10" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="K210" s="6" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="L210" s="10" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="M210" s="6" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="N210" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O210" s="6">
-        <v>590653.44</v>
+        <v>100135.78</v>
       </c>
       <c r="P210" s="6"/>
     </row>
     <row r="211" spans="1:16" customHeight="1" ht="65">
       <c r="A211" s="6" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B211" s="6">
         <v>0</v>
       </c>
       <c r="C211" s="6">
         <v>0</v>
       </c>
       <c r="D211" s="6">
         <v>0</v>
       </c>
-      <c r="E211" s="6" t="s">
-        <v>840</v>
+      <c r="E211" s="6">
+        <v>21000801138</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G211" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H211" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I211" s="6">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="J211" s="10" t="s">
         <v>841</v>
       </c>
       <c r="K211" s="6" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="L211" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M211" s="6" t="s">
         <v>842</v>
       </c>
       <c r="N211" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O211" s="6">
-        <v>100135.78</v>
+        <v>274081.14</v>
       </c>
       <c r="P211" s="6"/>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="65">
       <c r="A212" s="6" t="s">
         <v>843</v>
       </c>
       <c r="B212" s="6">
         <v>0</v>
       </c>
       <c r="C212" s="6">
         <v>0</v>
       </c>
       <c r="D212" s="6">
         <v>0</v>
       </c>
-      <c r="E212" s="6">
-        <v>21000801138</v>
+      <c r="E212" s="6" t="s">
+        <v>844</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G212" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H212" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I212" s="6">
         <v>0</v>
       </c>
       <c r="J212" s="10" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="K212" s="6" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="L212" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="M212" s="6" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="N212" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O212" s="6">
-        <v>269588.04</v>
+        <v>85784.36</v>
       </c>
       <c r="P212" s="6"/>
     </row>
     <row r="213" spans="1:16" customHeight="1" ht="65">
       <c r="A213" s="6" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B213" s="6">
         <v>0</v>
       </c>
       <c r="C213" s="6">
         <v>0</v>
       </c>
       <c r="D213" s="6">
         <v>0</v>
       </c>
       <c r="E213" s="6" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="G213" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H213" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I213" s="6">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="J213" s="10" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="K213" s="6" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="L213" s="10" t="s">
-        <v>42</v>
+        <v>84</v>
       </c>
       <c r="M213" s="6" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="N213" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O213" s="6">
-        <v>90013.16</v>
+        <v>195395.62</v>
       </c>
       <c r="P213" s="6"/>
     </row>
     <row r="214" spans="1:16" customHeight="1" ht="65">
       <c r="A214" s="6" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B214" s="6">
         <v>0</v>
       </c>
       <c r="C214" s="6">
         <v>0</v>
       </c>
       <c r="D214" s="6">
         <v>0</v>
       </c>
       <c r="E214" s="6" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="F214" s="9" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="G214" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H214" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I214" s="6">
-        <v>150</v>
+        <v>78</v>
       </c>
       <c r="J214" s="10" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="K214" s="6" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="L214" s="10" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="M214" s="6" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="N214" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O214" s="6">
-        <v>199303.53</v>
+        <v>109695.24</v>
       </c>
       <c r="P214" s="6"/>
     </row>
     <row r="215" spans="1:16" customHeight="1" ht="65">
       <c r="A215" s="6" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B215" s="6">
         <v>0</v>
       </c>
       <c r="C215" s="6">
         <v>0</v>
       </c>
       <c r="D215" s="6">
         <v>0</v>
       </c>
       <c r="E215" s="6" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="F215" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G215" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H215" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I215" s="6">
-        <v>78</v>
+        <v>106</v>
       </c>
       <c r="J215" s="10" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="K215" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="L215" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M215" s="6" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="N215" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O215" s="6">
-        <v>109695.24</v>
+        <v>126676.62</v>
       </c>
       <c r="P215" s="6"/>
     </row>
     <row r="216" spans="1:16" customHeight="1" ht="65">
       <c r="A216" s="6" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B216" s="6">
         <v>0</v>
       </c>
       <c r="C216" s="6">
         <v>0</v>
       </c>
       <c r="D216" s="6">
         <v>0</v>
       </c>
       <c r="E216" s="6" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="F216" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G216" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H216" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I216" s="6">
-        <v>106</v>
+        <v>178</v>
       </c>
       <c r="J216" s="10" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="K216" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="L216" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M216" s="6" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="N216" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O216" s="6">
-        <v>126676.62</v>
+        <v>219542.7</v>
       </c>
       <c r="P216" s="6"/>
     </row>
     <row r="217" spans="1:16" customHeight="1" ht="65">
       <c r="A217" s="6" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B217" s="6">
         <v>0</v>
       </c>
       <c r="C217" s="6">
         <v>0</v>
       </c>
       <c r="D217" s="6">
         <v>0</v>
       </c>
       <c r="E217" s="6" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="F217" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G217" s="10" t="s">
-        <v>47</v>
+        <v>792</v>
       </c>
       <c r="H217" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I217" s="6">
-        <v>178</v>
+        <v>30</v>
       </c>
       <c r="J217" s="10" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="K217" s="6" t="s">
-        <v>49</v>
+        <v>794</v>
       </c>
       <c r="L217" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="M217" s="6" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="N217" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O217" s="6">
-        <v>219542.7</v>
+        <v>95869.49</v>
       </c>
       <c r="P217" s="6"/>
     </row>
     <row r="218" spans="1:16" customHeight="1" ht="65">
       <c r="A218" s="6" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B218" s="6">
         <v>0</v>
       </c>
       <c r="C218" s="6">
         <v>0</v>
       </c>
       <c r="D218" s="6">
         <v>0</v>
       </c>
       <c r="E218" s="6" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="F218" s="9" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="G218" s="10" t="s">
-        <v>795</v>
+        <v>40</v>
       </c>
       <c r="H218" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I218" s="6">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="J218" s="10" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="K218" s="6" t="s">
-        <v>797</v>
+        <v>80</v>
       </c>
       <c r="L218" s="10" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="M218" s="6" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N218" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O218" s="6">
-        <v>95869.49</v>
+        <v>1218907.96</v>
       </c>
       <c r="P218" s="6"/>
     </row>
     <row r="219" spans="1:16" customHeight="1" ht="65">
       <c r="A219" s="6" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B219" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C219" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D219" s="6">
         <v>0</v>
       </c>
       <c r="E219" s="6" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="F219" s="9" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="G219" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H219" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I219" s="6">
-        <v>0</v>
+        <v>0.26</v>
       </c>
       <c r="J219" s="10" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="K219" s="6" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="L219" s="10" t="s">
-        <v>84</v>
+        <v>874</v>
       </c>
       <c r="M219" s="6" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="N219" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O219" s="6">
-        <v>1160540.16</v>
+        <v>3736.3</v>
       </c>
       <c r="P219" s="6"/>
     </row>
-    <row r="220" spans="1:16" customHeight="1" ht="65">
+    <row r="220" spans="1:16">
       <c r="A220" s="6" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="B220" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C220" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D220" s="6">
         <v>0</v>
       </c>
       <c r="E220" s="6" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="F220" s="9" t="s">
-        <v>108</v>
+        <v>78</v>
       </c>
       <c r="G220" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H220" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I220" s="6">
-        <v>0.26</v>
+        <v>1350</v>
       </c>
       <c r="J220" s="10" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="K220" s="6" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="L220" s="10" t="s">
-        <v>877</v>
+        <v>78</v>
       </c>
       <c r="M220" s="6" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="N220" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O220" s="6">
-        <v>4370.92</v>
+        <v>1357138.43</v>
       </c>
       <c r="P220" s="6"/>
     </row>
-    <row r="221" spans="1:16">
+    <row r="221" spans="1:16" customHeight="1" ht="65">
       <c r="A221" s="6" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B221" s="6">
         <v>0</v>
       </c>
       <c r="C221" s="6">
         <v>0</v>
       </c>
       <c r="D221" s="6">
         <v>0</v>
       </c>
       <c r="E221" s="6" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="F221" s="9" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="G221" s="10" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H221" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I221" s="6">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="J221" s="10" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="K221" s="6" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="L221" s="10" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="M221" s="6" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="N221" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O221" s="6">
-        <v>1304757.04</v>
+        <v>453977.18</v>
       </c>
       <c r="P221" s="6"/>
     </row>
     <row r="222" spans="1:16" customHeight="1" ht="65">
       <c r="A222" s="6" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B222" s="6">
         <v>0</v>
       </c>
       <c r="C222" s="6">
         <v>0</v>
       </c>
       <c r="D222" s="6">
         <v>0</v>
       </c>
-      <c r="E222" s="6" t="s">
-        <v>884</v>
+      <c r="E222" s="6">
+        <v>21000001475</v>
       </c>
       <c r="F222" s="9" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G222" s="10" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="H222" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I222" s="6">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="J222" s="10" t="s">
         <v>885</v>
       </c>
       <c r="K222" s="6" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="L222" s="10" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="M222" s="6" t="s">
         <v>886</v>
       </c>
       <c r="N222" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O222" s="6">
-        <v>425998.1</v>
+        <v>14202.84</v>
       </c>
       <c r="P222" s="6"/>
     </row>
     <row r="223" spans="1:16" customHeight="1" ht="65">
       <c r="A223" s="6" t="s">
         <v>887</v>
       </c>
       <c r="B223" s="6">
         <v>0</v>
       </c>
       <c r="C223" s="6">
         <v>0</v>
       </c>
       <c r="D223" s="6">
         <v>0</v>
       </c>
-      <c r="E223" s="6">
-        <v>21000001475</v>
+      <c r="E223" s="6" t="s">
+        <v>888</v>
       </c>
       <c r="F223" s="9" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="G223" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H223" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I223" s="6">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="J223" s="10" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="K223" s="6" t="s">
-        <v>76</v>
+        <v>131</v>
       </c>
       <c r="L223" s="10" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="M223" s="6" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="N223" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O223" s="6">
-        <v>13970.01</v>
+        <v>28941.35</v>
       </c>
       <c r="P223" s="6"/>
     </row>
     <row r="224" spans="1:16" customHeight="1" ht="65">
       <c r="A224" s="6" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B224" s="6">
         <v>0</v>
       </c>
       <c r="C224" s="6">
         <v>0</v>
       </c>
       <c r="D224" s="6">
         <v>0</v>
       </c>
-      <c r="E224" s="6" t="s">
-        <v>891</v>
+      <c r="E224" s="6">
+        <v>41121</v>
       </c>
       <c r="F224" s="9" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G224" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H224" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I224" s="6">
         <v>0</v>
       </c>
       <c r="J224" s="10" t="s">
         <v>892</v>
       </c>
       <c r="K224" s="6" t="s">
-        <v>137</v>
+        <v>893</v>
       </c>
       <c r="L224" s="10" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="M224" s="6" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="N224" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O224" s="6">
-        <v>26903.22</v>
+        <v>434991.65</v>
       </c>
       <c r="P224" s="6"/>
     </row>
     <row r="225" spans="1:16" customHeight="1" ht="65">
       <c r="A225" s="6" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B225" s="6">
         <v>0</v>
       </c>
       <c r="C225" s="6">
         <v>0</v>
       </c>
       <c r="D225" s="6">
         <v>0</v>
       </c>
-      <c r="E225" s="6">
-        <v>41121</v>
+      <c r="E225" s="6" t="s">
+        <v>896</v>
       </c>
       <c r="F225" s="9" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="G225" s="10" t="s">
-        <v>23</v>
+        <v>897</v>
       </c>
       <c r="H225" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I225" s="6">
-        <v>0</v>
+        <v>243</v>
       </c>
       <c r="J225" s="10" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="K225" s="6" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="L225" s="10" t="s">
-        <v>22</v>
+        <v>574</v>
       </c>
       <c r="M225" s="6" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="N225" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O225" s="6">
-        <v>422929.79</v>
+        <v>762821.31</v>
       </c>
       <c r="P225" s="6"/>
     </row>
     <row r="226" spans="1:16" customHeight="1" ht="65">
       <c r="A226" s="6" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="B226" s="6">
         <v>0</v>
       </c>
       <c r="C226" s="6">
         <v>0</v>
       </c>
       <c r="D226" s="6">
         <v>0</v>
       </c>
       <c r="E226" s="6" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="F226" s="9" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G226" s="10" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="H226" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I226" s="6">
         <v>243</v>
       </c>
       <c r="J226" s="10" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="K226" s="6" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="L226" s="10" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="M226" s="6" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="N226" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O226" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O226" s="6"/>
       <c r="P226" s="6"/>
     </row>
     <row r="227" spans="1:16" customHeight="1" ht="65">
       <c r="A227" s="6" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B227" s="6">
         <v>0</v>
       </c>
       <c r="C227" s="6">
         <v>0</v>
       </c>
       <c r="D227" s="6">
         <v>0</v>
       </c>
       <c r="E227" s="6" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="F227" s="9" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G227" s="10" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="H227" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I227" s="6">
-        <v>243</v>
+        <v>161</v>
       </c>
       <c r="J227" s="10" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="K227" s="6" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="L227" s="10" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="M227" s="6" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="N227" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O227" s="6"/>
+      <c r="O227" s="6">
+        <v>558556.31</v>
+      </c>
       <c r="P227" s="6"/>
-    </row>
-[...94 lines deleted...]
-      <c r="P229" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>