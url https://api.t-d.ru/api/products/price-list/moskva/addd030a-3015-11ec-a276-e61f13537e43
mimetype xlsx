--- v0 (2025-11-04)
+++ v1 (2026-02-19)
@@ -16,62 +16,62 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1202">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>04.11.2025 17:15:55</t>
+    <t>19.02.2026 07:21:44</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -126,185 +126,161 @@
   <si>
     <t>шт.</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott F293c/5</t>
   </si>
   <si>
     <t>F293c/5</t>
   </si>
   <si>
     <t>Крючки для экономпанелей</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>F293c/5 Крючок 250 мм, d=5мм, хром</t>
   </si>
   <si>
     <t>Abbott</t>
   </si>
   <si>
     <t>00000196423</t>
   </si>
   <si>
-    <t>Весы торговые МАССА-К MК-15.2-RP10-1</t>
+    <t>Ящик универсальный с перфорацией (600х400х312мм), красный</t>
+  </si>
+  <si>
+    <t>C65VH.ECO_Red</t>
+  </si>
+  <si>
+    <t>Ящики универсальные</t>
+  </si>
+  <si>
+    <t>П</t>
+  </si>
+  <si>
+    <t>Reklime</t>
+  </si>
+  <si>
+    <t>ЦБ-00093310</t>
+  </si>
+  <si>
+    <t>Весы с печатью этикеток МАССА-К MК-15.2-RP10-1</t>
   </si>
   <si>
     <t>MК-15.2-RP10-1</t>
   </si>
   <si>
-    <t>Весы торговые</t>
-[...2 lines deleted...]
-    <t>П</t>
+    <t>Весы с печатью этикеток</t>
   </si>
   <si>
     <t>Весы электронные MК-15.2-RP10-1, с печатью этикеток,
 Материал - металл, пластик. 
 Предел взвешивания - 15 кг. 
 Дискретность двухдиапазонная - 2/5 г. 
 Платформа (нерж. сталь) 336х240 мм. 
 Матричный ЖК дисплей с подсветкой, 192х64 точки. 
 Интерфейсы: Ethernet, USB тип А, DB9-MА/вилка (интерфейс RS-232), TJ1A-4P4C 
 Ширина рулона/этикеток, 60/58 мм
 Весы поддерживают печать 8 форматов штрихкодов, регистрируют товароучетные операции (продажа, прием, отпуск, списание, инвентаризация). 
 Питание от сети через адаптер.</t>
   </si>
   <si>
     <t>МАССА-К</t>
   </si>
   <si>
-    <t>Весы с печатью этикеток</t>
-[...1 lines deleted...]
-  <si>
     <t>00000324029</t>
   </si>
   <si>
     <t>Весы лабораторные CAS XE-300</t>
   </si>
   <si>
     <t>XE-300</t>
   </si>
   <si>
     <t>Весы лабораторные</t>
   </si>
   <si>
     <t>Габариты: 272х180х80мм. Предел взвешивания: 300 г. Точность: 0,005 г. Размер платформы: круглая Ø128 мм. Диапазон рабочих температур 5-40 С. Тип дисплея: жидкокристаллический. Калибровочная гиря: 1кгF2. Класс точности: II высокий. Интерфейс: USB, RS-232. Источник питания: сеть 220, аккумулятор. Режим работы: простое взвешивание, измерение плотности, процентный, счетный, дозирование.</t>
   </si>
   <si>
     <t>CAS</t>
   </si>
   <si>
     <t>00000340780</t>
-  </si>
-[...34 lines deleted...]
-    <t>00000313428</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS SWII-05</t>
   </si>
   <si>
     <t>SWII-5 (SD)</t>
   </si>
   <si>
     <t>Весы для простого взвешивания</t>
   </si>
   <si>
     <t>Габариты: 260х290х137 мм. Предел взвешивания: 5 кг. Точность: 1 г. Размер платформы: 234х185 мм. Диапазон рабочих температур -10...+40 С. Источник питания: аккумулятор, сеть 220. Платформа из пластика. Яркий светодиодный дисплей. Уравновешивание тары. Режим дозирования. Счетный режим (определение количества
 одинаковых предметов). Автоматическое отключение. Автоматический переход в ждущий режим. Аккумулятор в комплекте.</t>
   </si>
   <si>
     <t>00000044147</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS SWII-10</t>
   </si>
   <si>
     <t>SWII-10 (SD)</t>
   </si>
   <si>
     <t>Габариты: 260х290х137 мм. Предел взвешивания: 10 кг. Точность: 2 г. Размер платформы: 234х185 мм. Диапазон рабочих температур -10...+40 С. Источник питания: аккумулятор, сеть 220. Платформа из пластика. Яркий светодиодный дисплей. Уравновешивание тары. Режим дозирования. Счетный режим (определение количества
 одинаковых предметов). Автоматическое отключение. Автоматический переход в ждущий режим. Аккумулятор в комплекте.</t>
   </si>
   <si>
     <t>00000044149</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott EK5-294/5</t>
   </si>
   <si>
     <t>EK5-294/5</t>
   </si>
   <si>
     <t>EK5-294 Крючок одинарный, L=300 мм, d=5 мм. Изготовлен из стальной проволоки с покрытием цинк блестящий, отличается повышенной прочностью.</t>
   </si>
   <si>
     <t>00000270511</t>
   </si>
   <si>
-    <t>Полка среднегрузового стеллажа Лайт 300х540 мм С/З (RAL 9016 гл.)</t>
-[...5 lines deleted...]
-    <t>00000388898</t>
+    <t>Корзина покупательская Reklime B35.ECO_redblack</t>
+  </si>
+  <si>
+    <t>B35.ECO_redblack</t>
+  </si>
+  <si>
+    <t>ЦБ-00093469</t>
   </si>
   <si>
     <t>Прилавок из ДСП Cryspi S 60120 P</t>
   </si>
   <si>
     <t>ST S 1206090 GL16 С</t>
   </si>
   <si>
     <t>Прилавки из ДСП</t>
   </si>
   <si>
     <t>Прилавок ST S (S 60120 P, глухой, ЛДСП16, серый)
 Габариты: 1200х600х900мм, в упаковке: 1200х600х140мм
 Вес: нетто- 54кг, брутто- 57кг</t>
   </si>
   <si>
     <t>Cryspi</t>
   </si>
   <si>
     <t>Прилавки и стеллажи из ДСП</t>
   </si>
   <si>
     <t>О0000013148</t>
   </si>
   <si>
@@ -350,50 +326,53 @@
     <t>AD-2,5</t>
   </si>
   <si>
     <t>Габариты: 350х325х105 мм. Предел взвешивания: 2,5 кг. Точность: 0,5 г. Размер платформы: 340x215 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220. Платформа из нержавеющей стали. Флуоресцентный дисплей. Уравновешивание тары. Взвешивание нестабильных грузов. Интерфейс RS-232.</t>
   </si>
   <si>
     <t>00000000583</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS AD-05</t>
   </si>
   <si>
     <t>AD-5</t>
   </si>
   <si>
     <t>Габариты: 350х325х105 мм. Предел взвешивания: 5 кг. Точность: 1 г. Размер платформы: 340x215 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220. Платформа из нержавеющей стали. Флуоресцентный дисплей. Уравновешивание тары. Взвешивание нестабильных грузов. Интерфейс RS-232.</t>
   </si>
   <si>
     <t>00000000584</t>
   </si>
   <si>
     <t>Весы торговые CAS AP-15 M</t>
   </si>
   <si>
     <t>Весы AP-1(15 M)</t>
+  </si>
+  <si>
+    <t>Весы торговые</t>
   </si>
   <si>
     <t>Весы торговые AP-15 M
 Материал- металл, пластик
 Предел взвешивания - 15 кг
 Дискретность - 5 г
 Платформа 340х215 мм
 Флюоресцентный дисплей
 Прямой доступ - 7 клавиш
 Питание от сети</t>
   </si>
   <si>
     <t>00000000585</t>
   </si>
   <si>
     <t>Весы торговые CAS CS-10</t>
   </si>
   <si>
     <t>CS-10</t>
   </si>
   <si>
     <t>Габариты: 450х310х120 мм. Предел взвешивания: 10 кг. Точность: 2 г. Размер платформы: 340х215 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220, аккумулятор. Платформа из нержавеющей стали. Три флуоресцентных дисплея. Числовая клавиатура. Определение количества изделий. Уравновешивание тары. Счетный режим. Ввод штучной массы как с клавиатуры, так и путем измерения. Интерфейс RS-232.</t>
   </si>
   <si>
     <t>00000000586</t>
@@ -429,218 +408,149 @@
     <t>Весы напольные CAS DL-200N</t>
   </si>
   <si>
     <t>DL-200N</t>
   </si>
   <si>
     <t>Габариты: 410х640х750 мм. Предел взвешивания: 200 кг. Точность: 100 г. Размер платформы: 370х500 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220, батарейки. Платформа из нержавеющей стали. Жидкокристаллический дисплей. Уравновешивание тары. Взвешивание нестабильных грузов. Режим дозирования. Счетный режим. Автоматическое отключение. Интерфейс RS-232.</t>
   </si>
   <si>
     <t>00000000589</t>
   </si>
   <si>
     <t>Ограничитель для торговых стеллажей Юнитрейд тд-6.1.2</t>
   </si>
   <si>
     <t>тд-6.1.2</t>
   </si>
   <si>
     <t>Ограничители для торговых стеллажей</t>
   </si>
   <si>
     <t>Ограничитель фронтальный угла внеш. 90 гр. G=370, H=85, L=730 (цинк)</t>
   </si>
   <si>
     <t>00000269735</t>
-  </si>
-[...16 lines deleted...]
-    <t>00000465239</t>
   </si>
   <si>
     <t>Прилавок из ДСП Cryspi S 6060 NW</t>
   </si>
   <si>
     <t>ST S 606090 IC16 С</t>
   </si>
   <si>
     <t>Прилавок ST S (S 6060 NW, угол внутренний, ЛДСП16, серый)
 Габариты: 600х600х900мм, в упаковке: 310х600х70мм
 Вес: нетто- 28кг, брутто- 30кг</t>
   </si>
   <si>
     <t>О0000013149</t>
   </si>
   <si>
     <t>Весы напольные CAS Весы HD-60</t>
   </si>
   <si>
     <t>Весы HD-60</t>
   </si>
   <si>
     <t>Весы HD-60
 Тип: напольные
 Наибольший предел взвешивания: 60 кг
 Наименьший предел взвешивания: 200 г
 Наличие стойки: Да
 Поверочное деление: 10/20 г
 Класс точности: III-средний
 Ширина платформы: 	40 см
 Глубина платформы: 50 см
 Количество дисплеев: 1 шт.
 Тип дисплея оператора: ЖК-дисплей
 Размер дисплея оператора: 111х33 мм
 Тип дисплея покупателя: 	отсутствует
 Тип клавиатуры: мембранная
 Количество клавиш: 	9 шт.
 Печать этикеток: Нет
 Интерфейс: RS-232
 Питание: от аккумулятора и от сети
 Диапазон рабочих температур, °C: 	от -10 до +40
 Ширина: 400 мм
 Глубина: 630 мм
 Высота: 750 мм</t>
   </si>
   <si>
     <t>00000344763</t>
   </si>
   <si>
-    <t>Торговый стеллаж из ДСП Нордика N60.L00.565</t>
-[...10 lines deleted...]
-  <si>
     <t>Овощной и фруктовый развал STAHLER T-WL 10101200</t>
   </si>
   <si>
-    <t>Т-WL 10 101200 СМ 9010</t>
+    <t>T-WL 10 101200 CM 9010</t>
   </si>
   <si>
     <t>Овощные и фруктовые развалы</t>
   </si>
   <si>
     <t>Овощной развал (L=1200, H=1100, G=1000, T-WL 10101200, структурная муар, RAL 9010)
 Габаритные размеры - H=1100 L=1200 G=1000, развал поставляется в разобранном виде, каркас –металл, настил –массив хвойных пород.</t>
   </si>
   <si>
     <t>STAHLER</t>
   </si>
   <si>
     <t>Стеллажи для овощей и фруктов</t>
   </si>
   <si>
     <t>00000168545</t>
   </si>
   <si>
     <t>Корзинка Abbott ЕК 199</t>
   </si>
   <si>
     <t>ЕК 199</t>
   </si>
   <si>
     <t>Корзинки</t>
   </si>
   <si>
     <t>ЕК 199 Корзина 610х305х145 мм, цинк хроматированный</t>
   </si>
   <si>
     <t>00000280125</t>
   </si>
   <si>
-    <t>Ценникодержатель EPG 198513</t>
+    <t>Ценникодержатель EPG LST39, красный</t>
   </si>
   <si>
     <t>Ценникодержатели</t>
   </si>
   <si>
     <t>Ценникодержатель двухпозиционный LST39 длина 988 мм, цвет красный</t>
   </si>
   <si>
     <t>EPG</t>
   </si>
   <si>
     <t>00000251641</t>
-  </si>
-[...37 lines deleted...]
-    <t>00000322990</t>
   </si>
   <si>
     <t>Разделитель для торговых стеллажей Юнитрейд тд-1.1.1</t>
   </si>
   <si>
     <t>тд-1.1.1</t>
   </si>
   <si>
     <t>Разделители для торговых стеллажей</t>
   </si>
   <si>
     <t>Разделитель для полок прямой H=85, G=310 (цинк)</t>
   </si>
   <si>
     <t>00000254454</t>
   </si>
   <si>
     <t>Корзина для торговых стеллажей Юнитрейд тд-3.1.1</t>
   </si>
   <si>
     <t>тд-3.1.1</t>
   </si>
   <si>
     <t>Корзины для торговых стеллажей</t>
   </si>
@@ -786,852 +696,624 @@
     <t>СТ-10.5(2,0)</t>
   </si>
   <si>
     <t>Стеллаж рассчитан на нагрузку до 150 кг. на полку и до 750 кг. на всю конструкцию.
 Стойки стеллажа — перфорированные, с шагом отверстий 25 мм, габариты 1000х500х2000 мм.
 Состав стеллажа: стойки СТ-СПЭ 20 (25) - 4 шт, полки СТ-П 10.5 (40) - 4 шт, подпятник пластмассовый под профилированные стойки 4 шт.</t>
   </si>
   <si>
     <t>00000084614</t>
   </si>
   <si>
     <t>Складской стеллаж Церера СТ-10.6(2,0)</t>
   </si>
   <si>
     <t>СТ-10.6(2,0)</t>
   </si>
   <si>
     <t>Стеллаж рассчитан на нагрузку до 150 кг. на полку и до 750 кг. на всю конструкцию.
 Стойки стеллажа — перфорированные, с шагом отверстий 25 мм, габариты 1000х600х2000 мм.
 Состав стеллажа: стойки СТ-СПЭ 20 (25) - 4 шт, полки СТ-П 10.6 (40) - 4 шт, подпятник пластмассовый под профилированные стойки 4 шт.</t>
   </si>
   <si>
     <t>00000084615</t>
   </si>
   <si>
-    <t>OTB Торец гондола обувная ДСП</t>
-[...10 lines deleted...]
-  <si>
     <t>Тележка покупательская EKSI STA100-XX (100л, без детского сидения)</t>
   </si>
   <si>
     <t>STA100-XX</t>
   </si>
   <si>
+    <t>Тележки покупательские</t>
+  </si>
+  <si>
     <t>Тележка покупательская т.м. EKSI, 100л, без д/c., ZN, RD</t>
   </si>
   <si>
     <t>EKSI</t>
   </si>
   <si>
     <t>00000305455</t>
   </si>
   <si>
-    <t>Ценникодержатель двухпозиционный EuroposGroup LST39, 988 мм, белый</t>
-[...10 lines deleted...]
-  <si>
     <t>Весы для простого взвешивания МАССА-К МК-6.2-А21-2 (б/интерф)</t>
   </si>
   <si>
     <t>МК-6.2-А21-2 (б/интерф)</t>
   </si>
   <si>
     <t>Весы электронные настольные МК-6.2-А21-2 (без интерфейсов). Фасовочные настольные весы для производств, магазинов и общепита. Встроенный аккумулятор обеспечивает автономную работу до 60 часов. Весы имеют дополнительные режимы работы: счетный (определение количества штучного товара по весу), процентного взвешивания и контроля массы (компараторный режим).</t>
   </si>
   <si>
     <t>00000422964</t>
   </si>
   <si>
-    <t>Перегородка (боковина) для корзины стеллажной навесной MEGA G-370 L-1000</t>
-[...22 lines deleted...]
-  <si>
     <t>Корзина H=160, G=470, L=665 (RAL 7035)</t>
   </si>
   <si>
     <t>тд-3.2.6 RAL 7035</t>
   </si>
   <si>
     <t>00000343261</t>
-  </si>
-[...25 lines deleted...]
-    <t>00000321932</t>
   </si>
   <si>
     <t>Прилавок из ДСП Cryspi S 6090 V</t>
   </si>
   <si>
     <t>ST S 9060150 DM16 С</t>
   </si>
   <si>
     <t>Прилавок ST S (S 6090 V , 900x600x1500, демонстрационный, ЛДСП16, серый)
 Габариты: 900х600х1500мм, в упаковке: 1750х600х90мм
 Вес: нетто- 75кг, брутто- 80кг</t>
   </si>
   <si>
     <t>О0000013152</t>
   </si>
   <si>
-    <t>Весы торговые CAS CL-7000-15S</t>
+    <t>Весы с печатью этикеток CAS CL-7000-15S</t>
   </si>
   <si>
     <t>CL-7000-15S</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>Весы CL-7000-15S (TCP/IP), 410х500х546 мм, цветной сенсорный экран 15 дюймов с разрешением 1024х768 мм, максимальный размер этикетки до 60х120 мм, сменный картридж, предел взвешивания - 15 кг, погрешность 1/2 г, скорость печати 100 мм/с, размеры платформы 380х250 мм</t>
   </si>
   <si>
     <t>00000261297</t>
-  </si>
-[...22 lines deleted...]
-    <t>О0000042125</t>
   </si>
   <si>
     <t>Стеллаж овощной с выкатными ящиками и зеркальным фризом с подсветкой Евромаркет, ОВС0076</t>
   </si>
   <si>
     <t>ОВС0076</t>
   </si>
   <si>
     <t>Стеллаж овощной с выкатными ящиками и зеркальным фризом с подсветкой (ОВС0076)
 Стеллаж комплектуется одной стойкой, в комплект не входят плинтус, ценникодержатели и ограничители.
 Конструкция удобна в использовании, легко устанавливается в зале. Овощной стеллаж с выдвижными корзинами упрощает сортировку и замену товаров.
 Покраска возможна в любой цвет RAL.</t>
   </si>
   <si>
     <t>Евромаркет</t>
   </si>
   <si>
     <t>00000422709</t>
   </si>
   <si>
-    <t>НОРДИКА_Крючок одинарный с ценникодержателем 300 мм (d=4.8 мм) на перфорацию для стеллажа</t>
-[...7 lines deleted...]
-  <si>
     <t>Экономпанель Abbott NMP1224</t>
   </si>
   <si>
     <t>NMP1224, белая</t>
   </si>
   <si>
     <t>Экономпанели</t>
   </si>
   <si>
     <t>NMP1224 экономпанель, ламинированная шагрень, белая
 Модернизированная экономпанель - нанопанель. Это более плотный ДСП, который позволил уменьшить толщину экономпанели с 18мм до 16мм, при сохранении общей нагрузки. Фронтальная часть панели покрыта износостойким пластиковым покрытием. Для нанопанелей подходят стандартные пластиковые вставки и индивидуальные алюминиевые вставки. Под заказ доступны нанопанели в различных цветах.</t>
   </si>
   <si>
     <t>00000356167</t>
   </si>
   <si>
     <t>Кассовый модуль универсальный Евромаркет, КМ001389</t>
   </si>
   <si>
     <t>КМ001389</t>
   </si>
   <si>
     <t>Кассовые модули</t>
   </si>
   <si>
     <t>Стойка кассовая универсальная, металлическая (КМ001389)
 Кассовый модуль соответствует современным стандартам обслуживания покупателей. Идеально подойдет для магазинов, где нет возможности разместить стандартные кассовые модули. С лицевой стороны находиться полка на которой размещают аукционный товар. Со стороны продавца есть хранилища для товаров.</t>
   </si>
   <si>
     <t>00000422705</t>
   </si>
   <si>
-    <t>Корзина для торговых стеллажей Юнитрейд тд-3.2.2 9003</t>
-[...10 lines deleted...]
-  <si>
     <t>Прилавок из ДСП Cryspi ET 5590 P</t>
   </si>
   <si>
     <t>ET P 905590 GL16 БН</t>
   </si>
   <si>
     <t>Прилавок ET P (ET 5590 P, 900x550x900, глухая, ЛДСП16, бук натуральный)</t>
   </si>
   <si>
     <t>О0000013212</t>
-  </si>
-[...7 lines deleted...]
-    <t>00000388936</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS SWN-15 (SD) RB (SWN-15 с АКБ)</t>
   </si>
   <si>
     <t>SWN-15 (SD) RB (SWN-15 с АКБ)</t>
   </si>
   <si>
     <t>Габариты: 245х280х110 мм. Предел взвешивания: 15 кг. Точность: 2/5 г. Размер платформы: 226x187 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220, аккумулятор, батарейки. Большой жидкокристаллический дисплей. Уравновешивание тары. Взвешивание нестабильных грузов. Высокая точность измерений. Грязезащитный кожух.</t>
   </si>
   <si>
     <t>00000411185</t>
   </si>
   <si>
     <t>Прилавок из ДСП Cryspi S 60120 GS</t>
   </si>
   <si>
     <t>ST S 1206090 GV16 С</t>
   </si>
   <si>
     <t>Прилавок ST S (S 60120 GS, со стеклянным верхом, ЛДСП16, серый)
 Габариты: 1200х600х900мм, в упаковке: 1200х620х140мм
 Вес: нетто- 64кг, брутто- 66кг</t>
   </si>
   <si>
     <t>О0000013566</t>
   </si>
   <si>
-    <t>Индивидуальная мебель СОЮЗРЕГИОНПОСТАВКА СРП-080, муар черный,3022</t>
-[...16 lines deleted...]
-  <si>
     <t>Прилавок из ДСП Cryspi ET 5590 GS</t>
   </si>
   <si>
     <t>ET P 905590 GV16 БН</t>
   </si>
   <si>
     <t>Прилавок ET P (ET 5590 GS, 900x550x900, со стеклянным верхом, ЛДСП16, бук натуральный)
 Серия торговой мебели ETUDE предназначена для выкладки практически любой продукции и прекрасно дополнит интерьеры магазинов различных профилей. Прилавок выполнен из ЛДСП, толщиной 16 мм. в цвете бук натуральный и имеет остекленный верх. Также доступно исполнение в цветах: Вишня Оксфорд, Орех Моцарт, Клен, Серый.</t>
   </si>
   <si>
     <t>О0000013211</t>
   </si>
   <si>
     <t>Стеллаж для алкоголя Евромаркет, серия Yerry</t>
   </si>
   <si>
     <t>ВС0005</t>
   </si>
   <si>
     <t>Стеллажи для алкоголя</t>
   </si>
   <si>
     <t>Стеллаж (стол) для алкоголя Yerry (ВС0005)
 Помогает выгодно презентовать товар и увеличить объем продаж. Презентационные полки демонстрируют товар таким образом, чтобы ценные экземпляры винной коллекции сразу привлекали внимание.</t>
   </si>
   <si>
     <t>00000422702</t>
   </si>
   <si>
-    <t>Крючок с ценникодержателем одинарный 200мм пруток 5 мм на балку 15х30 цинк</t>
-[...11 lines deleted...]
-    <t>00000408709</t>
+    <t>Ящик универсальный с перфорацией (600х400х312мм), черный</t>
+  </si>
+  <si>
+    <t>C65VH.ECO_Black</t>
+  </si>
+  <si>
+    <t>ЦБ-00093306</t>
   </si>
   <si>
     <t>Ограничитель для торговых стеллажей Юнитрейд тд-8.1.3</t>
   </si>
   <si>
     <t>тд-8.1.3</t>
   </si>
   <si>
     <t>Ограничитель фронтальный угла внутр. 90 гр. G=470, H=85, L=320 (цинк)</t>
   </si>
   <si>
     <t>00000269736</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott F291c/6</t>
   </si>
   <si>
     <t>F291c/6</t>
   </si>
   <si>
     <t>F291c/6 Крючок 150 мм, хром</t>
   </si>
   <si>
     <t>00000189905</t>
   </si>
   <si>
     <t>Ценникодержатель самоклеющийся EuroposGroup DBR39, красный</t>
   </si>
   <si>
     <t>198 294</t>
   </si>
   <si>
     <t>Ценникодержатель полочный самоклеющийся DBR39 длина 1000мм., цвет красный</t>
   </si>
   <si>
     <t>00000241264</t>
   </si>
   <si>
     <t>Крючок для торговых стеллажей ГЕФЕСТ к-Т93</t>
   </si>
   <si>
     <t>к-Т93</t>
   </si>
   <si>
+    <t>Крючки для торговых стеллажей</t>
+  </si>
+  <si>
     <t>Н</t>
   </si>
   <si>
     <t>Крючок одинарный Ø5 с ЦД 70х40мм 300мм ПФ25 (компл.) (хром) д/стеллажа торг.</t>
   </si>
   <si>
     <t>ГЕФЕСТ</t>
   </si>
   <si>
     <t>00000304474</t>
   </si>
   <si>
     <t>Крючок для торговых стеллажей ГЕФЕСТ Т97</t>
   </si>
   <si>
     <t>Т97</t>
   </si>
   <si>
     <t>Крючок одинарный Ø5 300мм ПФ25 (хром) для стеллажа торгового</t>
   </si>
   <si>
     <t>00000304475</t>
   </si>
   <si>
-    <t>Ценникодержатель двухпозиционный EuroposGroup LST39, 1238 мм, белый</t>
-[...10 lines deleted...]
-  <si>
     <t>Корзина покупательская EKSI PBT34 RD</t>
   </si>
   <si>
     <t>PBT34 RD</t>
   </si>
   <si>
     <t>Корзина-тележка т.м. EKSI на 2 колесах пластиковая, 34 л, RD</t>
   </si>
   <si>
     <t>00000305462</t>
   </si>
   <si>
-    <t>НОРДИКА_Полка перфорированная 600х1250 мм</t>
-[...8 lines deleted...]
-    <t>00000243241</t>
+    <t>Ценникодержатель для полок из металлических прутьев FRW39, L=1000, прозрачный</t>
+  </si>
+  <si>
+    <t>195876-00-1000</t>
   </si>
   <si>
     <t>Ценникодержатель для полок из металлических прутьев FRW39, L=1000, цвет прозрачный</t>
   </si>
   <si>
-    <t>195876-00-1000</t>
-[...1 lines deleted...]
-  <si>
     <t>00000354727</t>
   </si>
   <si>
-    <t>Крючок для торговых стеллажей ГЕФЕСТ Т96</t>
-[...10 lines deleted...]
-  <si>
     <t>Крючок для торговых стеллажей ГЕФЕСТ к-Т95</t>
   </si>
   <si>
     <t>к-Т95</t>
   </si>
   <si>
     <t>Крючок одинарный Ø5 с ЦД 70х40мм 200мм ПФ25 (компл.) (хром) д/стеллажа торг.</t>
   </si>
   <si>
     <t>00000304477</t>
   </si>
   <si>
-    <t>Корзина металлическая 1000х400 мм с кроншт. RAL 9016 гл. для стеллажа</t>
-[...7 lines deleted...]
-  <si>
     <t>Система ограждения МДМ SW.007.002 прямоуг. осн.</t>
   </si>
   <si>
     <t>SW.007.002 прямоуг. осн.</t>
   </si>
   <si>
+    <t>Система ограждения</t>
+  </si>
+  <si>
     <t>Механические ворота SW.007.002 прав. (OGT.128.CH)</t>
   </si>
   <si>
+    <t>МДМ</t>
+  </si>
+  <si>
     <t>00000317619</t>
   </si>
   <si>
-    <t>Весы для простого взвешивания CAS Весы FW500-15E</t>
-[...2 lines deleted...]
-    <t>Весы FW500-15E</t>
+    <t>Весы для простого взвешивания CAS FW 500-15E</t>
+  </si>
+  <si>
+    <t>FW 500-15E</t>
   </si>
   <si>
     <t>Весы FW500-15E влагостойкие (IP 69), габариты 266х303х109мм, предел взвешивания 6/15 кг, дискретность отсчета 2/5 г., питание от сети 12В, 1,5А, тип дисплея - светодиодный, размеры платформы 247х212мм</t>
   </si>
   <si>
     <t>00000282202</t>
   </si>
   <si>
     <t>Основа пристенного стеллажа (L=1000, H=2160, шагрень, RAL 9010)</t>
   </si>
   <si>
     <t>Осн прист1000х2160, ш9010</t>
+  </si>
+  <si>
+    <t>Торговые стеллажи из ДСП</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>Основа пристенного стеллажа (L=1000, H=2160, шагрень, RAL 9010)
 Комплектация:
 Зашивка тип 2  1000 - 6шт
 Зашивка 120 1000 - 1шт
 Полка  1000 500 - 1шт</t>
   </si>
   <si>
     <t>Арлекс</t>
   </si>
   <si>
+    <t>Стеллажи торговые металлические</t>
+  </si>
+  <si>
     <t>00000412964</t>
   </si>
   <si>
     <t>Тележка покупательская EPG 411004</t>
   </si>
   <si>
     <t>Покупательская пластиковая тележка без детского сидения на 90л российского производства. Привлекательная, тихая, безопасная и эргономичная. Максимальная нагрузка 100кг. Тележка оснащена поворотными колесами из термопластичной резины 100мм, которые не оставляют следов на полу. Тележки устойчивы к внешним воздействиям и легко моются. Стандартное цветовое исполнение – серый нейтральный цвет, задняя стенка также может быть красной, синей, желтой и других цветов. Возможно изготовление тележки с детским сидением, монетоприемником и траволаторными колесами. Тележка серая, задняя стенка серая (RAL 7024).</t>
   </si>
   <si>
     <t>00000469420</t>
   </si>
   <si>
     <t>Тележка покупательская EKSI STA060-BX (60л, с детским сидением)</t>
   </si>
   <si>
     <t>STA060-BX</t>
   </si>
   <si>
     <t>Тележка покупательская т.м. EKSI, 60л, с д/c., ZN, RD</t>
   </si>
   <si>
     <t>00000305452</t>
   </si>
   <si>
     <t>Ценникодержатель Eksi навесной для крючков 39х70, DRA339-TR-0070 прозрачный</t>
   </si>
   <si>
     <t>DRA339-TR-0070 пр</t>
   </si>
   <si>
     <t>Ценникодержатель навесной для крючков 39х70, прозрачный DRA339-TR-0070. Серия Standart.</t>
   </si>
   <si>
     <t>00000419761</t>
-  </si>
-[...4 lines deleted...]
-    <t>00000317112</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS PDC-15S</t>
   </si>
   <si>
     <t>PDC-15S</t>
   </si>
   <si>
     <t>Габариты: 370х312,3х68,3 мм. Предел взвешивания: 15 кг. Точность: 2/5 г. Размер платформы: 370x270 мм. Диапазон рабочих температур -10...+40 С. Интерфейс: RS-232, USB. Платформа из нержавеющей стали. 6-ти разрядный ЖК-дисплей с бриллиантовой подсветкой.</t>
   </si>
   <si>
     <t>00000349976</t>
   </si>
   <si>
     <t>Кронштейн для экономпанелей Abbott ЕК 114/1000</t>
   </si>
   <si>
     <t>ЕК 114/1000</t>
   </si>
   <si>
     <t>Кронштейны для экономпанелей</t>
   </si>
   <si>
     <t>ЕК 114/1000 Кронштейн подвесной, 1000Lх300Wмм, цинк хроматированный</t>
   </si>
   <si>
     <t>00000280126</t>
   </si>
   <si>
     <t>Овощной развал с многоуровневым накопителем Евромаркет ОР00120</t>
   </si>
   <si>
     <t>ОР00120</t>
   </si>
   <si>
     <t>Овощной стеллаж развал с многоуровневым накопителем (ОР00120)
 Островной овощной развал из металла с многоуровневым накопителем рассчитан на долгий срок службы. Изделие подходит для рационального размещения большого количества продукции. 
 Материал - листовой металл, ЛДСП.</t>
   </si>
   <si>
     <t>00000422710</t>
   </si>
   <si>
-    <t>Весы торговые CAS CL-5000J-15IH</t>
+    <t>Весы с печатью этикеток CAS CL-5000J-15IH</t>
   </si>
   <si>
     <t>CL-5000J-15IH</t>
   </si>
   <si>
     <t>Весы CL-5000J-15IH (TCP/IP)</t>
   </si>
   <si>
     <t>00000187413</t>
   </si>
   <si>
-    <t>Весы торговые CAS CL-5000J-15IP</t>
+    <t>Весы с печатью этикеток CAS CL-5000J-15IP</t>
   </si>
   <si>
     <t>CL-5000J-15IP</t>
   </si>
   <si>
     <t>Весы CL-5000J-15IP (TCP/IP)</t>
   </si>
   <si>
     <t>00000187440</t>
   </si>
   <si>
-    <t>Весы торговые CAS CL-5000J-15IS</t>
+    <t>Весы с печатью этикеток CAS CL-5000J-15IS</t>
   </si>
   <si>
     <t>CL-5000J-15IS</t>
   </si>
   <si>
     <t>Весы CL-5000J-15IS (TCP/IP)</t>
   </si>
   <si>
     <t>00000187441</t>
   </si>
   <si>
-    <t>Система ограждения МДМ Js-4 (0,8)_1000</t>
-[...11 lines deleted...]
-    <t>Весы напольные CAS Геркулес-2 П д (12*12)</t>
+    <t>Весы платформенные CAS Геркулес-2 П д (12*12)</t>
   </si>
   <si>
     <t>Геркулес-2 П д (12*12)</t>
   </si>
   <si>
+    <t>Весы платформенные</t>
+  </si>
+  <si>
     <t>Габариты: 1200х1200х90 мм. Наибольший предел взвешивания 2 т. Цена поверочного деления и дискретность отсчета 0,5/1 кг. Масса тары, не более 2 т. Питание: от сети / от встроенного аккумулятора 220 В. Диапазон рабочих температур -10...+40 C. Платформа с рифленой поверхностью. Регулируемые опоры с фиксацией. Соединительный кабель 5м с жесткой оплеткой. Четыре тензометрических датчика, расположенные по углам.</t>
   </si>
   <si>
-    <t>Весы платформенные</t>
-[...1 lines deleted...]
-  <si>
     <t>00000250317</t>
   </si>
   <si>
-    <t>Индивидуальная мебель Торговое оборудование L500V ЛДСП</t>
-[...10 lines deleted...]
-  <si>
     <t>Ограничитель для торговых стеллажей Юнитрейд тд-8.1.2</t>
   </si>
   <si>
     <t>тд-8.1.2</t>
   </si>
   <si>
     <t>Ограничитель фронтальный угла внутр. 90 гр. G=370, H=85, L=450 (цинк)</t>
   </si>
   <si>
     <t>00000269737</t>
   </si>
   <si>
-    <t>Сумочный Церера ШР14 L400</t>
+    <t>Сумочная Церера ШР14 L400</t>
   </si>
   <si>
     <t>ШР14 L400</t>
   </si>
   <si>
     <t>Сумочные</t>
   </si>
   <si>
     <t>Габариты 400х500х1850 мм, вес нетто 22,6 кг. Шкаф поставляется в разобранном виде. Сборка — при помощи заклёпок. Заклёпочник в комплект не входит.
 Шкаф имеет 4 ячейки размером 440х400х500 мм каждая. Вместительные габариты ячеек позволяют комфортно размещать в них пакеты и сумки средних размеров.
 К основной секции шкафа можно присоединить любое количество дополнительных секций, создав при этом полноценную многоячеечную камеру хранения.
 Двери шкафа навешиваются на внутренние петли из высокопрочного стеклонаполненного полиамида, гарантирующие не менее 50 000 открываний.
 Безопасность содержимого обеспечивают секретные замки 1:1000 на 90 и 180 градусов «ЦЕРЕРА».</t>
   </si>
   <si>
     <t>00000109241</t>
   </si>
   <si>
-    <t>Сумочный Церера ШР18 L300</t>
+    <t>Сумочная Церера ШР18 L300</t>
   </si>
   <si>
     <t>ШР18 L300</t>
   </si>
   <si>
     <t>Габариты 300х500х1850 мм, вес нетто 22,6 кг. Шкаф поставляется в разобранном виде. Сборка — при помощи заклёпок. Заклёпочник в комплект не входит.
 Шкаф имеет 8 ячеек размером 230х300х500 мм каждая. Предназначен хранения мелких личных вещей - небольших сумок, телефонов, планшетов, пакетов и многое другое.
 Двери шкафа навешиваются на внутренние петли из высокопрочного стеклонаполненного полиамида, гарантирующие не менее 50 000 открываний.
 Почтовый ключевой замок повышенной секретности 1:1000 «ЦЕРЕРА».</t>
   </si>
   <si>
     <t>00000109242</t>
   </si>
   <si>
     <t>Тележка покупательская EKSI STA060-XX (60л, без детского сидения)</t>
   </si>
   <si>
     <t>STA060-XX</t>
   </si>
   <si>
     <t>Тележка покупательская т.м. EKSI, 60л, без д/c., ZN, RD</t>
   </si>
   <si>
     <t>00000305459</t>
   </si>
   <si>
     <t>Торговая витрина Cryspi L 500V</t>
   </si>
   <si>
     <t>LB V 5454197 G16 БК</t>
   </si>
   <si>
     <t>Торговые витрины</t>
   </si>
   <si>
     <t>Витрина LB V (L 500V, остеклённая, ЛДСП16, бук)
 Габариты: 536х536х1971мм, в упаковке: 600х600х210мм
 Вес: нетто- 88кг, брутто- 108кг</t>
   </si>
   <si>
     <t>Витрины торговые высокие</t>
   </si>
   <si>
     <t>О0000013968</t>
   </si>
   <si>
-    <t>Ценникодержатель EPG 198 298</t>
-[...10 lines deleted...]
-  <si>
     <t>Весы электронные настольные МК-15.2-RL10-1 с печатью</t>
   </si>
   <si>
-    <t>МК-15.2-RL10-1</t>
+    <t>MK-15.2-RL10-1</t>
   </si>
   <si>
     <t>Весы электронные настольные МК-15.2-RL10-1 с печатью 
 Максимальная нагрузка 15 кг
 Минимальная нагрузка 0,04 кг
 Дискретность отсчета 2/5 г
 Диапазон тарирования 6 кг</t>
   </si>
   <si>
     <t>00000377612</t>
-  </si>
-[...7 lines deleted...]
-    <t>00000275375</t>
   </si>
   <si>
     <t>Весы торговые CAS Весы PRII-30D (LCD)</t>
   </si>
   <si>
     <t>Весы PRII-30D (LCD)</t>
   </si>
   <si>
     <t>Весы PRII-30D
 Наксимальная нагрузка 15/30кг
 Цена деления - 5/10 г
 Размер платформы - 330x235мм
 Габариты - 341x383x102мм
 LCD дисплей
 Питание - Аккумулятор 4 В/4 А*ч, от сети через адаптер 6 В, от батарей (3 шт.) 1.5V тип  D (опционально)</t>
   </si>
   <si>
     <t>00000356548</t>
   </si>
   <si>
     <t>Прилавок из ДСП Cryspi S 6090 S</t>
   </si>
   <si>
     <t>ST S 906090 G16 С</t>
   </si>
@@ -1648,62 +1330,50 @@
   </si>
   <si>
     <t>N-DB 04 471165 кл С 9005</t>
   </si>
   <si>
     <t>Модуль касс стелл прям (L=665, H=1150, G=470, N-DB 04471165, ЛДСПклён, ст му, 9005)</t>
   </si>
   <si>
     <t>О0000053512</t>
   </si>
   <si>
     <t>Стеллаж для алкоголя с фризом и полками Евромаркет СА0093</t>
   </si>
   <si>
     <t>СА0093</t>
   </si>
   <si>
     <t>Стеллаж для алкоголя с фризом и полками из ЛДСП (СА0093)
 Пристенный стеллаж для алкоголя с полками. Доступен в различных цветовых решениях. Изготавливается в комплекте от 2 до 4 навесных полок.
 Стеллаж поставляется с одной стойкой, для установки в ряд. Без плинтуса, ограничителей и ценникодержателей.</t>
   </si>
   <si>
     <t>00000422703</t>
   </si>
   <si>
-    <t>Крючок для перфорации двойной 200 мм STANDART</t>
-[...10 lines deleted...]
-  <si>
     <t>Прилавок из ДСП Cryspi S 6060 NZ</t>
   </si>
   <si>
     <t>ST S 606090 OC16 С</t>
   </si>
   <si>
     <t>Прилавок ST S (S 6060 NZ, угол внешний, ЛДСП16, серый)
 Габариты: 600х600х900мм, в упаковке: 1000х700х300мм
 Вес: нетто- 43кг, брутто- 47кг</t>
   </si>
   <si>
     <t>О0000013217</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott EK291/4</t>
   </si>
   <si>
     <t>EK291/4</t>
   </si>
   <si>
     <t>EK291 Крючок одинарный, L=150 мм, d=4 мм. Изготовлен из стальной проволоки с покрытием цинк блестящий, отличается повышенной прочностью.</t>
   </si>
   <si>
     <t>00000270513</t>
   </si>
@@ -1711,126 +1381,129 @@
     <t>EuroposGroup Держатель на пружине MB-SPRING</t>
   </si>
   <si>
     <t>POS материалы</t>
   </si>
   <si>
     <t>Держатель карточки на пружине MB-SPRING, размер самоклеящегося основания 20 х 20 мм., скотч вспененный двухсторонний.
 Количество в упаковке - 100шт.</t>
   </si>
   <si>
     <t>00000260223</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS SWN-06</t>
   </si>
   <si>
     <t>SWN-06 (SD)</t>
   </si>
   <si>
     <t>Габариты: 245х280х110 мм. Предел взвешивания: 6 кг. Точность: 1/2 г. Размер платформы: 226x187 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220, батарейки. Большой жидкокристаллический дисплей. Уравновешивание тары. Взвешивание нестабильных грузов. Высокая точность измерений. Грязезащитный кожух.</t>
   </si>
   <si>
     <t>00000286922</t>
   </si>
   <si>
-    <t>Индивидуальная мебель Торговое оборудование Шкаф разд 800х400</t>
-[...8 lines deleted...]
-    <t>00000385895</t>
+    <t>Кассовый бокс Зенит 0004B004MBпр RAL9007</t>
+  </si>
+  <si>
+    <t>0004B004MBпр RAL9007</t>
+  </si>
+  <si>
+    <t>Кассовые боксы</t>
+  </si>
+  <si>
+    <t>КБ Simple L2170 TP1000  ШН L620мм DP1060мм, RAL9007/GL90 (правых - 3 шт, левых - 1 шт), правый</t>
+  </si>
+  <si>
+    <t>Зенит</t>
+  </si>
+  <si>
+    <t>00000461498</t>
   </si>
   <si>
     <t>Весы торговые CAS CL-5000J-15IB</t>
   </si>
   <si>
     <t>CL-5000J-15IB</t>
   </si>
   <si>
     <t>Весы CL-5000J-15IB (TCP/IP)</t>
   </si>
   <si>
     <t>00000187409</t>
+  </si>
+  <si>
+    <t>Витрина с освещением B-5, дуб сонома</t>
+  </si>
+  <si>
+    <t>B-5.3025.0101PE</t>
+  </si>
+  <si>
+    <t>ЦБ-00036584</t>
   </si>
   <si>
     <t>Прилавок из ДСП Cryspi S 60120 S</t>
   </si>
   <si>
     <t>ST S 1206090 G16 С</t>
   </si>
   <si>
     <t>Прилавок ST S (S 60120 S, остеклённый, ЛДСП16, серый)
 Габариты: 1200х600х900мм, в упаковке: 1200х610х90мм
 Вес: нетто- 66кг, брутто- 68кг</t>
   </si>
   <si>
     <t>О0000013966</t>
   </si>
   <si>
     <t>Система ограждения МДМ SW.007.001 круг. осн.</t>
   </si>
   <si>
     <t>SW.007.001 круг. осн.</t>
   </si>
   <si>
     <t>Механические ворота SW.007.001 лев. (OGT.127.CH)</t>
   </si>
   <si>
     <t>00000317620</t>
   </si>
   <si>
     <t>Кассовый модуль Евромаркет, серии Ривьера №2</t>
   </si>
   <si>
     <t>КСР001036</t>
   </si>
   <si>
     <t>Кассовый стол ДСП, Ривьера №2 (КСР001036)
 Кассовый стол "РИВЬЕРА" - лучшее минималистичное решение, обеспечивающее удобное рабочее место в предприятиях общественного питания и торговых залов. Оснащен дополнительными полками для выкладки небольших товаров. 
 Стол можно заказать по вашим размерам, на выбор идут разные материалы корпуса и фасада.</t>
   </si>
   <si>
     <t>00000422706</t>
   </si>
   <si>
-    <t>Индивидуальная мебель  20 299 674</t>
-[...10 lines deleted...]
-  <si>
     <t>Стеллаж для винных бутылок Евромаркет ДВ00265</t>
   </si>
   <si>
     <t>ДВ00265</t>
   </si>
   <si>
     <t>Стеллаж (стойка) для винных бутылок серии A9914 (ДВ00265)
 Стойка A9914 с элегантным дизайном подходит для вин, ликеров и других напитков в бутылках.</t>
   </si>
   <si>
     <t>00000422711</t>
   </si>
   <si>
     <t>EuroposGroup DELI-CL</t>
   </si>
   <si>
     <t>202 849</t>
   </si>
   <si>
     <t>Держатель ценников DELI-CL (зажим для крепления на край) белый</t>
   </si>
   <si>
     <t>00000177245</t>
   </si>
   <si>
@@ -1848,109 +1521,72 @@
   <si>
     <t>Прилавок из ДСП Cryspi ET 55120 P</t>
   </si>
   <si>
     <t>ET P 1205590 GL16 БН</t>
   </si>
   <si>
     <t>Прилавок ET P (ET 55120 P, 1200x550x900, глухая, ЛДСП16, бук натуральный)</t>
   </si>
   <si>
     <t>О0000013219</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott F292c/5</t>
   </si>
   <si>
     <t>F292c/5</t>
   </si>
   <si>
     <t>F292c/5 Крючок 200 мм, d=5 мм, хром</t>
   </si>
   <si>
     <t>00000183502</t>
   </si>
   <si>
-    <t>Корзина Н=160, G=470, L=665, RAL 9003 (Арт.тд-3.2.6)</t>
-[...8 lines deleted...]
-    <t>Весы платформенные CAS Геркулес П-1</t>
+    <t>Весы платформенные CAS Геркулес-1 П д (10*12)</t>
   </si>
   <si>
     <t>Геркулес-1 П д (10*12)</t>
   </si>
   <si>
     <t>Габариты: 1000х1200х90 мм. Наибольший предел взвешивания 1 т. Цена поверочного деления и дискретность отсчета 0,2/0,5 кг. Масса тары, не более 1 т. Питание: от сети / от встроенного аккумулятора 220 В. Диапазон рабочих температур -10...+40 C. Платформа с рифленой поверхностью. Регулируемые опоры с фиксацией. Соединительный кабель 5м с жесткой оплеткой. Четыре тензометрических датчика, расположенные по углам.</t>
   </si>
   <si>
     <t>00000306474</t>
   </si>
   <si>
     <t>Весы с печатью этикеток CAS CL-3000-15B</t>
   </si>
   <si>
     <t>CL-3000-15B</t>
   </si>
   <si>
     <t>Модель CL-3000-B (без стойки) - это современные, многофункциональные торговые весы с печатью этикеток и индикацией наименования товара. Это современный дизайн, встроенный модуль TCP/IP, высокоскоростная и надёжная работа в сети, надёжный принтер, легкодоступный сменный картридж этикеток, дружественный интерфейс и многофункциональное программное обеспечение.</t>
   </si>
   <si>
     <t>00000245301</t>
-  </si>
-[...26 lines deleted...]
-    <t>00000462939</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS PDC-30S</t>
   </si>
   <si>
     <t>PDC-30S</t>
   </si>
   <si>
     <t>Габариты: 370х312,3х68,3 мм. Предел взвешивания: 30 кг. Точность: 5/10 г. Размер платформы: 370x270 мм. Диапазон рабочих температур -10...+40 С. Интерфейс: RS-232, USB. Платформа из нержавеющей стали. 6-ти разрядный ЖК-дисплей с бриллиантовой подсветкой.</t>
   </si>
   <si>
     <t>00000349977</t>
   </si>
   <si>
     <t>Весы торговые CAS PR-15B</t>
   </si>
   <si>
     <t>Весы PR-15B (LCD)</t>
   </si>
   <si>
     <t>Торговые весы PR-15B LCD. 
 Бюджетные торговые весы, удобный эргономичный низкопрофильный корпус
 Предел взвешивания 15 кг, 
 Дискретность двухдиапазонная 2/5 г
 Платформа из нержавеющей стали 330х235 мм
@@ -2121,620 +1757,447 @@
   </si>
   <si>
     <t>Витрина LB V (L 1400VN, остеклённая с накопителем, ЛДСП16, бук)
 Габариты: 1433х536х1971мм, в упаковке: 1970х500х500мм
 Вес: нетто- 202кг, брутто- 231кг</t>
   </si>
   <si>
     <t>О0000013967</t>
   </si>
   <si>
     <t>Корзина покупательская EPG серия ROCK, 410068</t>
   </si>
   <si>
     <t>Корзина покупательская пластиковая ROCK объемом 20 литров с двумя ручками усиленная (желтая). Основные преимущества данной модели усиленная конструкция дна и стенок, позволяющая выдерживать большие нагрузки по весу, и тем самым увеличивающая срок её эксплуатации в 2 раза. Высококачественный пластик, из которого выполнена корзина, обладает ударопрочными свойствами. Штабелируется.</t>
   </si>
   <si>
     <t>00000352163</t>
   </si>
   <si>
     <t>Кофе-модуль серии "Оптима" КММ001019</t>
   </si>
   <si>
     <t>КММ001019</t>
   </si>
   <si>
+    <t>Индивидуальная мебель</t>
+  </si>
+  <si>
     <t>Тумба (стойка) для кофе Евромаркет - Оптима (КММ001019)
 Кофейный модуль «Евромаркет - Оптима» расширит возможности вашей АЗС. Конструкция оснащена подсветкой. 
 Цветовое решение на ваш выбор. Модуль можно заказать по индивидуальным размерам, материалы корпуса и фасада также предоставляются на выбор.</t>
   </si>
   <si>
     <t>Кофе-корнеры</t>
   </si>
   <si>
     <t>00000422707</t>
   </si>
   <si>
     <t>Корзина покупательская пластиковая  27 л. GN green</t>
   </si>
   <si>
     <t>SBP27-GN</t>
   </si>
   <si>
     <t>00000391460</t>
   </si>
   <si>
     <t>Овощной и фруктовый развал STAHLER Т-WL 10 001250 СМ 9010</t>
   </si>
   <si>
     <t>Т-WL 10 001250 СМ 9010</t>
   </si>
   <si>
     <t>Овощной развал L=1250, Н=600-1400, G=1000-2000, T-WL 10001250, структурная муар, RAL 9010</t>
   </si>
   <si>
     <t>00000147776</t>
   </si>
   <si>
-    <t>Индивидуальная мебель Simeco 025.0US.01965уд.</t>
-[...13 lines deleted...]
-  <si>
     <t>Модуль кассового стеллажа угл.внутр. с эконом панелью и надставкой (L=1000, H=1150, G=470, N-DB 2347</t>
   </si>
   <si>
     <t>0000227226З0002</t>
   </si>
   <si>
     <t>Модуль кассового стеллажа угл.внутр. с эконом панелью и надставкой (L=1000, H=1150, G=470, N-DB 23471510, глянец, 7040Дуб сонома)</t>
   </si>
   <si>
     <t>О0000071844</t>
   </si>
   <si>
-    <t>Весы лабораторные CAS XE-3000</t>
-[...10 lines deleted...]
-  <si>
     <t>Стеллаж для овощей и фруктов Юнитрейд то-0.2.1</t>
   </si>
   <si>
     <t>то-0.2.1</t>
   </si>
   <si>
     <t>Стойка (стеллаж корзинный) разборная пятиярусная (КОШ) 960х440х1775 мм (цинк)</t>
   </si>
   <si>
     <t>00000217010</t>
   </si>
   <si>
+    <t>Весы лабораторные CAS MWP-150</t>
+  </si>
+  <si>
+    <t>MWP-150</t>
+  </si>
+  <si>
+    <t>ЦБ-00094008</t>
+  </si>
+  <si>
+    <t>Весы лабораторные МАССА-К ВК- 600</t>
+  </si>
+  <si>
+    <t>ВК- 600</t>
+  </si>
+  <si>
+    <t>ЦБ-00091846</t>
+  </si>
+  <si>
     <t>Корзина-тележка пластиковая с 2 пластиковыми ручками, TECHNO, цвет оранжевый</t>
   </si>
   <si>
     <t>00000378981</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000338619</t>
   </si>
   <si>
     <t>Сейф Гранит-90T/2 EL</t>
   </si>
   <si>
     <t>Гранит-90T/2 EL</t>
   </si>
   <si>
     <t>Сейф Гранит-90T/2 EL
 Размеры внешние, мм (ВхШхГ): 930x440x430
 Размеры внутренние, мм (ВхШхГ): 382/382x364x300
 Вес, кг:	 208
 Объём, л: 83/12
 Класс взломостойкости: 2 класс
 Класс огнестойкости: 30Б
 Размеры трейзера, мм (ВхШхГ): 116x363x276
 Количество полок: 2
 Тип замка:	электронный кодовый + ключевой
 Цвет: графит структурированный (RAL 7024)
 Тип покрытия: эмаль
 Количество дверей: 2</t>
   </si>
   <si>
     <t>Промет</t>
   </si>
   <si>
+    <t>Мебель индивидуальная</t>
+  </si>
+  <si>
     <t>00000460483</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS PDC-06S</t>
   </si>
   <si>
     <t>PDC-06S</t>
   </si>
   <si>
     <t>Габариты: 370х312,3х68,3 мм. Предел взвешивания: 6 кг. Точность: 1/2 г. Размер платформы: 370x270 мм. Диапазон рабочих температур -10...+40 С. Интерфейс: RS-232, USB. Платформа из нержавеющей стали. 6-ти разрядный ЖК-дисплей с бриллиантовой подсветкой.</t>
   </si>
   <si>
     <t>00000349974</t>
   </si>
   <si>
     <t>Тележка покупательская EKSI HDT30</t>
   </si>
   <si>
     <t>HDT30</t>
   </si>
   <si>
     <t>Тележка грузовая т.м. EKSI ZN, RD</t>
   </si>
   <si>
     <t>00000305460</t>
   </si>
   <si>
-    <t>Весы торговые CAS CL3000J-15B</t>
+    <t>Весы с печатью этикеток CAS CL3000J-15B</t>
   </si>
   <si>
     <t>CL3000J-15B</t>
   </si>
   <si>
     <t>Габариты: 406,5x433x164 мм. Предел взвешивания: 15 кг. Точность: 2/5 г. Размер платформы: 380x250 мм. Интерфейс: USB, Ethernet, RS-232, PS/2. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220. Режим работы: торговый, процентный. Крепление индикатора: на корпусе. Тип весов: настольные. Платформа из нержавеющей стали без бортика. Жидкокристаллический совмещенный дисплей (графический + числовой). Память на 10000 товаров и до 9000 сообщений. Длина сообщения 2100 знаков. 72 клавиши быстрого вызова товаров с возможностью назначения двух товаров на одну клавишу. 30 встроенных и 10 пользовательских форматов этикеток. Скорость печать - 100 мм/с. Высота этикеток от 30 до 120 мм. Поддержка штрих-кодов: EAN13, CODE128, Databar Expanded Stacked (в том числе GS1). Поворот любого поля этикетки на 90 C и на 180 C. Удаленный контроль состояния весов. Удаленная загрузка/выгрузка параметров.</t>
   </si>
   <si>
     <t>00000334936</t>
   </si>
   <si>
-    <t>D62 Кассовый узел правый</t>
-[...49 lines deleted...]
-  <si>
     <t>Кассовый угловой модуль Kaiser, L=665 мм</t>
   </si>
   <si>
     <t>N-DB 04 471065 кл С 9005</t>
   </si>
   <si>
     <t>Модуль касс стел угловой (L=665, H=1150, G=665, N-DB 04471065, ЛДСПклён, ст му, 9005)</t>
   </si>
   <si>
     <t>О0000053514</t>
+  </si>
+  <si>
+    <t>Витрина с освещением B-6</t>
+  </si>
+  <si>
+    <t>B-6</t>
+  </si>
+  <si>
+    <t>Витрина с освещением B-6. 640х555х1840мм</t>
+  </si>
+  <si>
+    <t>00000405182</t>
   </si>
   <si>
     <t>Весы напольные МАССА-К TB-S-200.2-A2</t>
   </si>
   <si>
     <t>TB-S-200.2-A2</t>
   </si>
   <si>
     <t>Весы электронные TB-S-200.2-A2
 Весы состоят из модуля взвешивающего, терминала и вращающейся стойки. Грузоприемная платформа обычно размещается на столе. Весы легко интегрируются с учетными, кассовыми программами и кассами. Возможна работа в счетном и дозаторном режиме, режимах процентного взвешивания и контроля массы (компараторный режим). 
 Встроенный аккумулятор обеспечивает автономную работу весов до 80 часов. Обмен информацией с внешними устройствами реализован по интерфейсу RS-232.</t>
   </si>
   <si>
     <t>00000265613</t>
   </si>
   <si>
-    <t>Ценникодержатель Cryspi T-TH 01 00125 З</t>
-[...11 lines deleted...]
-    <t>Весы торговые CAS CL3000J-15P</t>
+    <t>Весы с печатью этикеток CAS CL3000J-15P</t>
   </si>
   <si>
     <t>CL3000J-15P</t>
   </si>
   <si>
     <t>Габариты: 407х472х545 мм. Предел взвешивания: 15 кг. Точность: 2/5 г. Размер платформы: 380x250 мм. Интерфейс: USB, PS/2, Ethernet, RS-232. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220. Режим работы: торговый, процентный. Крепление индикатора: на стойке. Тип весов: настольные. Платформа из нержавеющей стали без бортика. Жидкокристаллический совмещенный дисплей (графический + числовой). Память на 10000 товаров и до 9000 сообщений. Длина сообщения 2100 знаков. 72 клавиши быстрого вызова товаров с возможностью назначения двух товаров на одну клавишу. 30 встроенных и 10 пользовательских форматов этикеток. Скорость печать - 100 мм/с. Высота этикеток от 30 до 120 мм. Поддержка штрих-кодов: EAN13, CODE128, Databar Expanded Stacked (в том числе GS1). Поворот любого поля этикетки на 90 C и на 180 C. Удаленный контроль состояния весов. Удаленная загрузка/выгрузка параметров.</t>
   </si>
   <si>
     <t>00000349633</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000278128</t>
   </si>
   <si>
     <t>Прилавок из ДСП Cryspi ET 5555 PI</t>
   </si>
   <si>
     <t>ET P 555590 IC16 БН</t>
   </si>
   <si>
     <t>Прилавок ET P (ET 5555 PI, 550x550x900, угол внутренний, ЛДСП16, бук натуральный)
 Серия торговой мебели ETUDE предназначена для выкладки практически любой продукции и прекрасно дополнит интерьеры магазинов различных профилей. Внутренний угловой закрытый прилавок выполнен из ЛДСП, толщиной 16 мм. в цвете бук натуральный. Также доступно исполнение в цветах: Вишня Оксфорд, Орех Моцарт, Клен, Серый.</t>
   </si>
   <si>
     <t>О0000013965</t>
   </si>
   <si>
-    <t>Корзина MEGA G-370.L-1000.1000х466х223 мм о</t>
-[...7 lines deleted...]
-  <si>
     <t>Весы для простого взвешивания CAS SWN-15</t>
   </si>
   <si>
     <t>SWN-15 (SD)</t>
   </si>
   <si>
     <t>Габариты: 245х280х110 мм. Предел взвешивания: 15 кг. Точность: 2/5 г. Размер платформы: 226x187 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220, батарейки. Большой жидкокристаллический дисплей. Уравновешивание тары. Взвешивание нестабильных грузов. Высокая точность измерений. Грязезащитный кожух.</t>
   </si>
   <si>
     <t>00000286923</t>
+  </si>
+  <si>
+    <t>Ящик универсальный с перфорацией (600х400х312мм), серый</t>
+  </si>
+  <si>
+    <t>C65VH.ECO_Grey</t>
+  </si>
+  <si>
+    <t>ЦБ-00093308</t>
   </si>
   <si>
     <t>Модуль кассового стеллажа угл.внутр. с эконом панелью и надставкой (L=665, H=1150, G=470, N-DB 23471</t>
   </si>
   <si>
     <t>0000227226З0001</t>
   </si>
   <si>
     <t>Модуль кассового стеллажа угл.внутр. с эконом панелью и надставкой (L=665, H=1150, G=470, N-DB 23471565, глянец, 7040Дуб сонома)</t>
   </si>
   <si>
     <t>О0000071843</t>
   </si>
   <si>
     <t>Овощной и фруктовый развал STAHLER Т-WL 10 141280 СМ 7016</t>
   </si>
   <si>
     <t>Т-WL 10 141280 СМ 7016</t>
   </si>
   <si>
     <t>Овощной развал с выкатн ящик (L=1200, H=1400, G=800, T-WL 10141280, структурная муар, RAL 7016)
 Овощной развал с выкатным ящиком. Нижняя часть развала оформлена в виде ящика без задней стенки – металлический каркас, обшитый деревянными рейками. Ящик оснащен колесами и при необходимости может выкатываться. Высота ящика без колес составляет 490 мм. Верхняя часть развала состоит из двух полок различной глубины, расположенных под углом 65 градусов. Под заказ доступны различные цвета металлического каркаса и различные варианты дерева полок.</t>
   </si>
   <si>
     <t>О0000058255</t>
   </si>
   <si>
-    <t>Корзина MEGA G-370.L-1250,1000х466х223 мм о. (то-13.2)</t>
-[...8 lines deleted...]
-    <t>Ценникодержатель EPG 198532</t>
+    <t>Ценникодержатель EPG DRA39, прозрачный</t>
   </si>
   <si>
     <t>Ценникодержатель на корзины из металлических прутьев DRA39, длина 1000 мм, прозр.</t>
   </si>
   <si>
     <t>00000327302</t>
   </si>
   <si>
     <t>Модуль кассового стеллажа угл.внутр. с эконом панелью (L=1000, H=900, G=470, N-DB 22479010, глянец,</t>
   </si>
   <si>
     <t>0000227225З0002</t>
   </si>
   <si>
     <t>Модуль кассового стеллажа угл.внутр. с эконом панелью (L=1000, H=900, G=470, N-DB 22479010, глянец, 7040Дуб сонома)</t>
   </si>
   <si>
     <t>О0000071842</t>
   </si>
   <si>
-    <t>Весы напольные CAS Геркулес-3 П д (15*15)</t>
+    <t>Весы платформенные CAS Геркулес-3 П д (15*15)</t>
   </si>
   <si>
     <t>Геркулес-3 П д (15*15)</t>
   </si>
   <si>
     <t>Габариты: 1500х1500х90 мм. Наибольший предел взвешивания 3 т. Цена поверочного деления и дискретность отсчета 0,5/1 кг. Масса тары, не более 3 т. Питание: от сети / от встроенного аккумулятора 220 В. Диапазон рабочих температур -10...+40 C. Платформа с рифленой поверхностью. Регулируемые опоры с фиксацией. Соединительный кабель 5м с жесткой оплеткой. Четыре тензометрических датчика, расположенные по углам.</t>
   </si>
   <si>
     <t>00000250497</t>
   </si>
   <si>
     <t>Индикатор CAS PDI</t>
   </si>
   <si>
     <t>PDI</t>
   </si>
   <si>
     <t>Индикаторы</t>
   </si>
   <si>
     <t>Индикатор PDI для весов складских</t>
   </si>
   <si>
     <t>00000250498</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000405420</t>
   </si>
   <si>
     <t>Вставка для экономпанелей Abbott NBH12/23 бел</t>
   </si>
   <si>
     <t>NBH12/23 бел</t>
   </si>
   <si>
     <t>Вставки для экономпанелей</t>
   </si>
   <si>
     <t>NBH12/23 пластиковая вставка - белая, L=1200, На стандартную экономпанель 1200х2400мм необходимо 23 вставки. 
 Подходит для панелей с обычным и нано пазом.</t>
   </si>
   <si>
     <t>00000394669</t>
-  </si>
-[...12 lines deleted...]
-    <t>00000411015</t>
   </si>
   <si>
     <t>Прилавок из ДСП Cryspi S 6090 P</t>
   </si>
   <si>
     <t>ST S 906090 GL16 С</t>
   </si>
   <si>
     <t>Прилавок ST S (S 6090 P, глухой, ЛДСП16, серый)
 Габариты: 900х600х900мм, в упаковке: 910х610х140мм
 Вес: нетто- 42кг, брутто- 45кг</t>
   </si>
   <si>
     <t>О0000013147</t>
   </si>
   <si>
     <t>Стойка односторонняя (H=2160, 80х30, шагрень, RAL 9010)</t>
   </si>
   <si>
     <t>Стойка 2160 ш9010</t>
   </si>
   <si>
     <t>Стойка односторонняя (H=2160, 80х30, шагрень, RAL 9010)
 Комплектация:
 Опора 80 N  500 - 1шт
 Стойка FN-80 2160 - 1шт</t>
   </si>
   <si>
     <t>00000412980</t>
   </si>
   <si>
     <t>EuroposGroup Откидной держатель ценника VH39-00-70</t>
   </si>
   <si>
     <t>Держатель ценника откидной VH39-00-70 мм на крючок, цвет прозрачный, размер 70х39 (LxH)</t>
   </si>
   <si>
     <t>00000241228</t>
   </si>
   <si>
-    <t>OGT.099.00 Столбик угловой, 4 отверстия (90 градусов) (основание хром)</t>
-[...10 lines deleted...]
-  <si>
     <t>Ценникодержатель двухпозиционный EuroposGroup LST39, 988 мм, прозрачный</t>
   </si>
   <si>
     <t>Ценникодержатель двухпозиционный LST39 длина 988 мм, цвет прозрачный</t>
   </si>
   <si>
     <t>00000248124</t>
-  </si>
-[...55 lines deleted...]
-    <t>00000209701</t>
   </si>
   <si>
     <t>Кофе-модуль серии "Евромаркет" с фризом КМД001024</t>
   </si>
   <si>
     <t>КМД001024</t>
   </si>
   <si>
     <t>Тумба (стойка) для кофе Евромаркет - F-864 (КМД001024)
 Кофе-модуль Евромаркет - F-864 — решение для размещения кофе-машины самообслуживания в торговом зале. В составе модуля: — Тумба из влагостойкой ДСП, столешница покрыта износостойким пластиком HPL (Egger H1250) для кухонь. В тумбе предусмотрено пространство для бутыли и коммуникаций. Все секции тумбы сообщены между собой. 
 Комплектация:
 Дверцы с механизмом push-to-open для открывания без ручек
 Люк для мусора в дверце
 Два диспенсера для бумажных стаканов с регулировкой размера емкостью по 60 стаканов 
 Декоративная имидж-панель с меловой доской 
 Фриз с энергосберегающей LED-подсветкой (стандартный цоколь T8)</t>
   </si>
   <si>
     <t>00000422708</t>
   </si>
   <si>
+    <t>Витрина с освещением В-2, дуб сонома</t>
+  </si>
+  <si>
+    <t>B-2.3025.0101PE</t>
+  </si>
+  <si>
+    <t>ЦБ-00036586</t>
+  </si>
+  <si>
     <t>Кассовый угловой модуль Kaiser, L=1000 мм</t>
   </si>
   <si>
     <t>N-DB 04 471010 кл С 905</t>
   </si>
   <si>
     <t>Модуль касс стел угловой (L=1000, H=1150, G=1000, N-DB 04471010, ЛДСПклён, ст му, 9005)</t>
   </si>
   <si>
     <t>О0000062986</t>
   </si>
   <si>
     <t>Корзина для распродаж Юнитрейд то-5.8.2</t>
   </si>
   <si>
     <t>то-5.8.2</t>
   </si>
   <si>
     <t>Корзина для распродаж 820х820х800 (краш)</t>
   </si>
   <si>
     <t>00000254459</t>
   </si>
   <si>
     <t>Ограничитель для торговых стеллажей Юнитрейд тд-2.1.3</t>
@@ -2782,111 +2245,84 @@
     <t>Модуль кассового стеллажа угл.внутр. с эконом панелью (L=665, H=900, G=470, N-DB 22479065, глянец, 7040Дуб сонома)</t>
   </si>
   <si>
     <t>О0000071841</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott EK290/4</t>
   </si>
   <si>
     <t>EK290/4</t>
   </si>
   <si>
     <t>EK290 Крючок одинарный, L=100 мм, d=4 мм. Изготовлен из стальной проволоки с покрытием цинк блестящий, отличается повышенной прочностью.</t>
   </si>
   <si>
     <t>00000270546</t>
   </si>
   <si>
     <t>Корзина покупательская EPG серия ROCK, 410056</t>
   </si>
   <si>
     <t>Корзина покупательская пластиковая ROCK объемом 20 литров с двумя ручками усиленная (красная). Основные преимущества данной модели усиленная конструкция дна и стенок, позволяющая выдерживать большие нагрузки по весу, и тем самым увеличивающая срок её эксплуатации в 2 раза. Высококачественный пластик, из которого выполнена корзина, обладает ударопрочными свойствами. Штабелируется.</t>
   </si>
   <si>
     <t>00000352164</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000340686</t>
   </si>
   <si>
     <t>Тележка покупательская EKSI KTE0180BS RD</t>
   </si>
   <si>
     <t>KTE0180BS RD</t>
   </si>
   <si>
     <t>EKSI Тележка покупательская (тип евро) 180л, с д/с, TPR125, кр.
 Тележка покупательская, оцинкованная, 180л с детским сидением, колеса с одинарным подшипником TPR 125мм, красный пластик. Штабелируется.</t>
   </si>
   <si>
     <t>00000422460</t>
   </si>
   <si>
-    <t>Индивидуальная мебель Вектор Персона 4Н м.чер.</t>
-[...13 lines deleted...]
-  <si>
     <t>Модуль кассового стеллажа прямой с эконом панелью и надставкой (L=665, H=1150, G=470, N-DB 21471565,</t>
   </si>
   <si>
     <t>0000227222З0001</t>
   </si>
   <si>
     <t>Модуль кассового стеллажа прямой с эконом панелью и надставкой (L=665, H=1150, G=470, N-DB 21471565, глянец, 7040Дуб сонома)</t>
   </si>
   <si>
     <t>О0000071839</t>
   </si>
   <si>
-    <t>НОРДИКА_Крючок одинарный с ценникодержателем 300 мм (d=5 мм) на перфорацию для стеллажа (цинк)</t>
-[...5 lines deleted...]
-    <t>00000383640</t>
+    <t>Тележка покупательская Reklime Тележка ТСЧ 100 л</t>
+  </si>
+  <si>
+    <t>Тележка ТСЧ 100 л</t>
+  </si>
+  <si>
+    <t>ЦБ-00004604</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS SWN-03</t>
   </si>
   <si>
     <t>SWN-03 (SD)</t>
   </si>
   <si>
     <t>Габариты: 245х280х110 мм. Предел взвешивания: 3 кг. Точность: 0,5/1 г. Размер платформы: 226x187 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220, батарейки. Большой жидкокристаллический дисплей. Уравновешивание тары. Взвешивание нестабильных грузов. Высокая точность измерений. Грязезащитный кожух.</t>
   </si>
   <si>
     <t>00000286921</t>
   </si>
   <si>
     <t>Торговая витрина Cryspi L 900VN</t>
   </si>
   <si>
     <t>LB V 9454197 GN16 БК</t>
   </si>
   <si>
     <t>Витрина LB V (L 900VN, остеклённая с накопителем, ЛДСП16, бук)
 Габариты: 943х536х1971мм, в упаковке: 1970х400х900мм
 Вес: нетто- 143кг, брутто- 165кг</t>
   </si>
   <si>
@@ -2896,105 +2332,72 @@
     <t>Тележка покупательская EKSI STE180PGN-BX Mall</t>
   </si>
   <si>
     <t>STE180PGN-BX Mall</t>
   </si>
   <si>
     <t>Тележка покупательская 180л ZN с д/с GN STE TRAV</t>
   </si>
   <si>
     <t>00000449058</t>
   </si>
   <si>
     <t>Экономпанель Abbott EMP(N)-1224/100/23 сер</t>
   </si>
   <si>
     <t>EMP(N)-1224/100/23 сер</t>
   </si>
   <si>
     <t>EMP(N)-1224/100/23 Экономпанель ламинированная, шагрень, серая
 Экономпанель 18 мм с нано-пазами под 23 вставки</t>
   </si>
   <si>
     <t>00000394688</t>
   </si>
   <si>
-    <t>Корзина навесная 1000*400*200 белая</t>
-[...7 lines deleted...]
-  <si>
     <t>Складской стеллаж ПОЛАИР, система LOAD.ME.POLY. 18AL.4PP50.15B, (1560х500х1800мм, 4 уровня)</t>
   </si>
   <si>
     <t>18AL.4PP50.15B</t>
   </si>
   <si>
     <t>Стеллаж модульный, система LOAD.ME.POLY. 18AL.4PP50.15B, базовая секция, габариты 1560х500х1800мм, полки полипропилен, 4 яруса, 1500х500мм.</t>
   </si>
   <si>
     <t>00000381568</t>
   </si>
   <si>
-    <t>Торговый стеллаж из ДСП Нордика Полка перф. 400х1330</t>
-[...10 lines deleted...]
-  <si>
     <t>Весы напольные CAS HD-300</t>
   </si>
   <si>
     <t>HD-300</t>
   </si>
   <si>
     <t>Габариты: 400х630х750 мм. Предел взвешивания: 300 кг. Точность: 50/100 г. Размер платформы: 400х500 мм. Диапазон рабочих температур -10...+40 С. Источник питания: аккумулятор, сеть 220. Платформа из нержавеющей стали. Большой жидкокристаллический дисплей с возможностью поворота в двух плоскостях. Уравновешивание тары. Режим дозирования. Счетный режим (определение количества одинаковых предметов). Автоматическое отключение. Аккумулятор в комплекте. Интерфейс RS-232.</t>
   </si>
   <si>
     <t>00000288377</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000384339</t>
   </si>
   <si>
     <t>EKSI Тележка покупательская (тип евро) 60л, с д/с, TPR100, кр.</t>
   </si>
   <si>
     <t>KTE060BS RD</t>
   </si>
   <si>
     <t>EKSI Тележка покупательская (тип евро) 60л, с д/с, TPR100, кр.
 Тележка покупательская, оцинкованная, 60л с детским сидением, колеса с одинарным подшипником TPR 100мм, красный пластик. Штабелируется.</t>
   </si>
   <si>
     <t>00000449041</t>
   </si>
   <si>
     <t>Стеллаж для овощей и фруктов Юнитрейд то-0.1.1</t>
   </si>
   <si>
     <t>то-0.1.1</t>
   </si>
   <si>
     <t>Стойка (стеллаж корзинный) разборная пятиярусная (КОШ) 600х440х1775 мм (цинк)</t>
   </si>
   <si>
     <t>00000217013</t>
@@ -3107,131 +2510,119 @@
     <t>EuroposGroup DELI-SHN</t>
   </si>
   <si>
     <t>202 802</t>
   </si>
   <si>
     <t>Держатель ценника цвет белый DELI-SHN</t>
   </si>
   <si>
     <t>00000160975</t>
   </si>
   <si>
     <t>Тележка покупательская EKSI KTE060W/BS RD</t>
   </si>
   <si>
     <t>KTE060W/BS RD</t>
   </si>
   <si>
     <t>EKSI Тележка покупательская (тип евро) 60л, без д/с, TPR100, кр.
 Тележка покупательская, оцинкованная, 60л без детского сидения, колеса с одинарным подшипником TPR 100мм, красный пластик. Штабелируется.</t>
   </si>
   <si>
     <t>00000455720</t>
   </si>
   <si>
+    <t>Корзина покупательская Reklime B20C.ECO.Черн.РЧ</t>
+  </si>
+  <si>
+    <t>B20C.ECO.Черн.РЧ</t>
+  </si>
+  <si>
+    <t>ЦБ-00016518</t>
+  </si>
+  <si>
     <t>Корзина покупательская Юнитрейд кп_2р син</t>
   </si>
   <si>
     <t>кп_2р син</t>
   </si>
   <si>
     <t>Корзина хозяйственная (покупательская) с двумя синими ручками 20л</t>
   </si>
   <si>
     <t>00000220525</t>
   </si>
   <si>
     <t>Корзина покупательская Юнитрейд кп_2р кр</t>
   </si>
   <si>
     <t>кп_2р кр</t>
   </si>
   <si>
     <t>Корзина хозяйственная (покупательская) с двумя красными ручками 20л</t>
   </si>
   <si>
     <t>00000220526</t>
   </si>
   <si>
-    <t>Ценникодержатель Cryspi T-TH 01 00125 Кр</t>
-[...10 lines deleted...]
-  <si>
     <t>Весы для простого взвешивания CAS SWN-30</t>
   </si>
   <si>
     <t>SWN-30 (SD)</t>
   </si>
   <si>
     <t>Габариты: 245х280х110 мм. Предел взвешивания: 30 кг. Точность: 5/10 г. Размер платформы: 226x187 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220, батарейки. Большой жидкокристаллический дисплей. Уравновешивание тары. Взвешивание нестабильных грузов. Высокая точность измерений. Грязезащитный кожух.</t>
   </si>
   <si>
     <t>00000286924</t>
   </si>
   <si>
     <t>Корзина покупательская EKSI PBT34 BU</t>
   </si>
   <si>
     <t>PBT34 BU</t>
   </si>
   <si>
     <t>Корзина-тележка т.м. EKSI на 2 колесах пластиковая, 34 л, BU</t>
   </si>
   <si>
     <t>00000305461</t>
   </si>
   <si>
     <t>EuroposGroup Табличка BB A7</t>
   </si>
   <si>
     <t>101 044</t>
   </si>
   <si>
     <t>Табличка для нанесения надписей меловым маркером BB A7, черная</t>
   </si>
   <si>
     <t>00000235615</t>
   </si>
   <si>
-    <t>НОРДИКА_Панель торцевая перфорированная 1365х685 мм гондолы для обуви, набор (RAL 9016 гл.)</t>
-[...7 lines deleted...]
-  <si>
     <t>Кронштейн для экономпанелей Abbott F110 c</t>
   </si>
   <si>
     <t>F110 c</t>
   </si>
   <si>
     <t>Наклонный держатель с 10 (12) выемками, (Арт. F110c ), металл</t>
   </si>
   <si>
     <t>Вешалки</t>
   </si>
   <si>
     <t>00000039203</t>
   </si>
   <si>
     <t>Кронштейн для экономпанелей Abbott F111-7b/c</t>
   </si>
   <si>
     <t>F111-7b/c</t>
   </si>
   <si>
     <t>ТАЙВАНЬ (КИТАЙ)</t>
   </si>
   <si>
     <t>Кронштейн наклонный с 7-ю шаровыми опорами, (Арт. F111-7b/c), металл</t>
@@ -3290,50 +2681,62 @@
   <si>
     <t>00000039234</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott F303c</t>
   </si>
   <si>
     <t>F303c</t>
   </si>
   <si>
     <t>Еврокрючок 250 мм, (Арт F303c ), металл</t>
   </si>
   <si>
     <t>00000039245</t>
   </si>
   <si>
     <t>Тележка покупательская детская т.м. EKSI, STK25, 25л, 4 вращ. колеса, красный пластик, хром.</t>
   </si>
   <si>
     <t>STK25</t>
   </si>
   <si>
     <t>00000324521</t>
   </si>
   <si>
+    <t>Кассовый бокс Евромаркет MINI-K 3020 Г</t>
+  </si>
+  <si>
+    <t>MINI-K 3020 Г</t>
+  </si>
+  <si>
+    <t>Кассовый бокс MINI-K униф. 3020 глянец</t>
+  </si>
+  <si>
+    <t>00000390028</t>
+  </si>
+  <si>
     <t>Весы торговые CAS PR-06B</t>
   </si>
   <si>
     <t>Весы PR-06B (LCD)</t>
   </si>
   <si>
     <t>Весы PR-06B LCD, бюджетные торговые весы, удобный эргономичный низкопрофильный корпус, предел взвешивания 6 кг, цена поверочного деления и дискретность отсчета 1/2 г, время непрерывной работы от аккумулятора до 50 часов, питание от сети: 220В, 50Гц, от АБ: 4В, 4А*ч, размер платформы - 330х235мм, диапазон рабочих температур -10 ~ +40°C, ЖК-дисплей с подстветкой, платформа с покрытием из нержавеющей стали, индикатор разрядки АБ и спящий режим</t>
   </si>
   <si>
     <t>00000160193</t>
   </si>
   <si>
     <t>Весы торговые CAS PR-30B</t>
   </si>
   <si>
     <t>Весы PR-30B (LCD)</t>
   </si>
   <si>
     <t>Весы PR-30B LCD, бюджетные торговые весы, удобный эргономичный низкопрофильный корпус, предел взвешивания 30 кг, цена поверочного деления и дискретность отсчета 5/10г, время непрерывной работы от аккумулятора до 50 часов, питание от сети: 220В, 50Гц, от АБ: 4В, 4А*ч, размер платформы - 330х235, диапазон рабочих температур -10 ~ +40°C, ЖК-дисплей с подстветкой, платформа с покрытием из нержавеющей стали, индикатор разрядки АБ и спящий режим</t>
   </si>
   <si>
     <t>00000160198</t>
   </si>
   <si>
     <t>Весы торговые CAS PR-06P</t>
@@ -3360,64 +2763,50 @@
     <t>00000160203</t>
   </si>
   <si>
     <t>Весы торговые CAS PR-15P</t>
   </si>
   <si>
     <t>PR-15P LCD</t>
   </si>
   <si>
     <t>Габариты: 335х396х467 мм. Предел взвешивания: 15 кг. Точность: 2/5 г. Размер платформы: 320x210 мм. Диапазон рабочих температур -10...+40 С. Источник питания: аккумулятор, сеть 220. Крепление индикатора: на корпусе. Платформа из нержавеющей стали. Двухсторонний жидкокристаллический дисплей с подсветкой. Уравновешивание тары. Суммирование стоимости покупок. Расчет сдачи. 7 клавиш быстрого вызова товара. Автоматическое отключение. Автоматический переход в спящий режим. Аккумулятор в комплекте. Модификация PR-LCD позволяет использовать 6 разрядов для ввода цены за кг.</t>
   </si>
   <si>
     <t>00000160206</t>
   </si>
   <si>
     <t>Весы для простого взвешивания МАССА-К МК-32.2-А21-2 (б/интерф)</t>
   </si>
   <si>
     <t>МК-32.2-А21-2 (б/интерф)</t>
   </si>
   <si>
     <t>Весы электронные настольные МК-32.2-А21-2 (без интерфейсов). Фасовочные настольные весы для производств, магазинов и общепита. Встроенный аккумулятор обеспечивает автономную работу до 60 часов. Весы имеют дополнительные режимы работы: счетный (определение количества штучного товара по весу), процентного взвешивания и контроля массы (компараторный режим).</t>
   </si>
   <si>
     <t>00000422962</t>
-  </si>
-[...12 lines deleted...]
-    <t>О0000013153</t>
   </si>
   <si>
     <t>Развал-телега для овощей и фруктов с полкой Евромаркет Ф006</t>
   </si>
   <si>
     <t>Ф006</t>
   </si>
   <si>
     <t>Развал-телега для овощей и фруктов с наклоненной полкой (EM-02.106.000 СБ, Ф006)
 Развал в виде телеги предназначен для продажи овощей и фруктов. Полка имеет малый наклон, обеспечивает открытый доступ к продукции.Вторая полка может служить для продажи смежных товаров – соков, принадлежностей для чистки и оформления фруктов. Привлекательность стеллажа и товара на нем играет ключевую роль в успехе продажи овощей и фруктов. 
 Материал стеллажа - дерево (массив). Изделие идет без покраски! Тонировку или покрытие можно заказать дополнительно.</t>
   </si>
   <si>
     <t>00000422699</t>
   </si>
   <si>
     <t>EuroposGroup DELI-STICK</t>
   </si>
   <si>
     <t>202 851</t>
   </si>
   <si>
     <t>Держатель ценника, DELI-STICK (иголка), цвет белый</t>
   </si>
   <si>
@@ -3444,60 +2833,60 @@
   <si>
     <t>Вставка для экономпанелей Abbott ВН 12/23 (серая)</t>
   </si>
   <si>
     <t>ВН 12/23 сер</t>
   </si>
   <si>
     <t>вставка серая (Арт ВН 12/23 сер) , пластик</t>
   </si>
   <si>
     <t>00000039289</t>
   </si>
   <si>
     <t>Вставка для экономпанелей Abbott ВН 12/23 (черная)</t>
   </si>
   <si>
     <t>ВН 12/23 черн</t>
   </si>
   <si>
     <t>вставка черная (Арт ВН 12/23 черн) , пластик</t>
   </si>
   <si>
     <t>00000039291</t>
   </si>
   <si>
-    <t>Индивидуальная мебель Торговое оборудование Примерочная кабина 900</t>
-[...8 lines deleted...]
-    <t>00000390853</t>
+    <t>Весы лабораторные CAS CUW 6200HV</t>
+  </si>
+  <si>
+    <t>CUW 6200HV</t>
+  </si>
+  <si>
+    <t>Весы лабораторные CUW 6200HV</t>
+  </si>
+  <si>
+    <t>00000331931</t>
   </si>
   <si>
     <t>EuroposGroup Табличка BB A8</t>
   </si>
   <si>
     <t>101 045</t>
   </si>
   <si>
     <t>Табличка для нанесения надписей меловым маркером BB A8, черная, пластик, толщина 0,5 мм, углы закруглены</t>
   </si>
   <si>
     <t>00000250309</t>
   </si>
   <si>
     <t>Складской стеллаж ПОЛАИР, система LOAD.ME.POLY. 18AL.4PP40.12B, (1260х400х1800мм, 4 уровня)</t>
   </si>
   <si>
     <t>18AL.4PP40.12B</t>
   </si>
   <si>
     <t>Стеллаж модульный, система LOAD.ME.POLY. 18AL.4PP40.12B, базовая секция, габариты 1260х400х1800мм, полки полипропилен, 4 яруса, 1200х400мм.</t>
   </si>
   <si>
     <t>00000381564</t>
   </si>
@@ -3513,123 +2902,138 @@
   <si>
     <t>00000288378</t>
   </si>
   <si>
     <t>Тележка покупательская EPG 411003</t>
   </si>
   <si>
     <t>Покупательская пластиковая тележка без детского сидения на 90л российского производства. Привлекательная, тихая, безопасная и эргономичная. Максимальная нагрузка 100кг. Тележка оснащена поворотными колесами из термопластичной резины 100мм, которые не оставляют следов на полу. Тележки устойчивы к внешним воздействиям и легко моются. Стандартное цветовое исполнение – серый нейтральный цвет, задняя стенка также может быть красной, синей, желтой и других цветов. Возможно изготовление тележки с детским сидением. Тележка серая, задняя стенка красная (RAL 2002).</t>
   </si>
   <si>
     <t>00000469613</t>
   </si>
   <si>
     <t>Весы для простого взвешивания CAS SWN-06 (SD) RB (SWN-06 с АКБ)</t>
   </si>
   <si>
     <t>SWN-06 (SD) RB (SWN-06 с АКБ)</t>
   </si>
   <si>
     <t>Габариты: 245х280х110 мм. Предел взвешивания: 6 кг. Точность: 1/2 г. Размер платформы: 226x187 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220, аккумулятор, батарейки. Большой жидкокристаллический дисплей. Уравновешивание тары. Взвешивание нестабильных грузов. Высокая точность измерений. Грязезащитный кожух.</t>
   </si>
   <si>
     <t>00000380295</t>
   </si>
   <si>
-    <t>Стойка стеллажа с опорами, серия GREEN LINE GL1-63-22547, RAL 9016 глянец</t>
-[...20 lines deleted...]
-    <t>00000214403</t>
+    <t>Столбик ограждения EKSI MGU1060-CR</t>
+  </si>
+  <si>
+    <t>MGU1060-CR</t>
+  </si>
+  <si>
+    <t>ЦБ-00108132</t>
+  </si>
+  <si>
+    <t>Труба ограждения EKSI серии Standard, CRT40-2000-S, 40мм</t>
+  </si>
+  <si>
+    <t>CRT40-2000-S</t>
+  </si>
+  <si>
+    <t>ЦБ-00108134</t>
+  </si>
+  <si>
+    <t>Труба ограждения EKSI серии Premium, CRT40-3000-P, 40мм</t>
+  </si>
+  <si>
+    <t>CRT40-3000-P</t>
+  </si>
+  <si>
+    <t>ЦБ-00108135</t>
+  </si>
+  <si>
+    <t>Муфта алюминиевая EKSI серии Premium, MGC40-AC</t>
+  </si>
+  <si>
+    <t>MGC40-AC</t>
+  </si>
+  <si>
+    <t>ЦБ-00108136</t>
+  </si>
+  <si>
+    <t>Ящик универсальный с перфорацией (600х400х312мм), зеленый</t>
+  </si>
+  <si>
+    <t>C65VH.ECO_Green</t>
+  </si>
+  <si>
+    <t>ЦБ-00093309</t>
   </si>
   <si>
     <t>Разделитель для торговых стеллажей Юнитрейд тд-1.1.2</t>
   </si>
   <si>
     <t>тд-1.1.2</t>
   </si>
   <si>
     <t>Разделитель для полок прямой H=85, G=370 (цинк)</t>
   </si>
   <si>
     <t>00000254465</t>
   </si>
   <si>
     <t>Разделитель для торговых стеллажей Юнитрейд тд-1.1.3</t>
   </si>
   <si>
     <t>тд-1.1.3</t>
   </si>
   <si>
     <t>Разделитель для полок прямой H=85, G=470 (цинк)</t>
   </si>
   <si>
     <t>00000254466</t>
   </si>
   <si>
+    <t>Тележка покупательская Reklime T060.ECO_grey</t>
+  </si>
+  <si>
+    <t>T060.ECO_grey</t>
+  </si>
+  <si>
+    <t>ЦБ-00093460</t>
+  </si>
+  <si>
     <t>Модуль кассового стеллажа прямой с эконом панелью и надставкой (L=1000, H=1150, G=470, N-DB 21471510</t>
   </si>
   <si>
     <t>0000227222З0002</t>
   </si>
   <si>
     <t>Модуль кассового стеллажа прямой с эконом панелью и надставкой (L=1000, H=1150, G=470, N-DB 21471510, глянец, 7040Дуб сонома)</t>
   </si>
   <si>
     <t>О0000071840</t>
-  </si>
-[...13 lines deleted...]
-    <t>00000393003</t>
   </si>
   <si>
     <t>Весы торговые CAS Весы PRII-15D (LCD)</t>
   </si>
   <si>
     <t>Весы PRII-15D (LCD)</t>
   </si>
   <si>
     <t>Весы PRII-15D
 Наксимальная нагрузка 6/15кг
 Цена деления - 2/5 г
 Размер платформы - 330x235мм
 Габариты - 341x383x102мм
 LCD дисплей
 Питание - Аккумулятор 4 В/4 А*ч, от сети через адаптер 6 В, от батарей (3 шт.) 1.5V тип  D (опционально)</t>
   </si>
   <si>
     <t>00000356549</t>
   </si>
   <si>
     <t>Корзина покупательская EPG серия ROCK, 410059</t>
   </si>
   <si>
     <t>Корзина покупательская пластиковая ROCK объемом 20 литров с двумя ручками усиленная (синяя). Основные преимущества данной модели усиленная конструкция дна и стенок, позволяющая выдерживать большие нагрузки по весу, и тем самым увеличивающая срок её эксплуатации в 2 раза. Высококачественный пластик, из которого выполнена корзина, обладает ударопрочными свойствами. Штабелируется.</t>
   </si>
@@ -3640,87 +3044,87 @@
     <t>Крючок для торговых стеллажей EKSI SH50S-150ST хром</t>
   </si>
   <si>
     <t>SH50S-150ST хром</t>
   </si>
   <si>
     <t>Крючок для перфорации одинарный под ценникодержатель SH50S-150ST, 150 мм (хром). Шаг 25/50 мм. Серия Standart.
 Ценникодержатель в комплект не входит!</t>
   </si>
   <si>
     <t>00000419758</t>
   </si>
   <si>
     <t>Кассовый прямой модуль Kaiser, L=1000 мм</t>
   </si>
   <si>
     <t>N-DB 04 471110 кл СМ 9005</t>
   </si>
   <si>
     <t>Модуль касс стелл прям (L=1000, H=1150, G=470, N-DB 04471110, ЛДСПклён, ст му, 9005)</t>
   </si>
   <si>
     <t>О0000053513</t>
   </si>
   <si>
-    <t>НОРДИКА_Панель межполочная (стойка 70х30 мм) 1000 мм для стеллажа</t>
-[...5 lines deleted...]
-    <t>00000375947</t>
+    <t>Муфта пластиковая EKSI серии Standard, MGC32-PB</t>
+  </si>
+  <si>
+    <t>MGC32-PB</t>
+  </si>
+  <si>
+    <t>ЦБ-00108137</t>
+  </si>
+  <si>
+    <t>Отбойник прямой EKSI MB180-1500, L-1500мм</t>
+  </si>
+  <si>
+    <t>MB180-1500</t>
+  </si>
+  <si>
+    <t>ЦБ-00108138</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott EK5-303/5</t>
   </si>
   <si>
     <t>EK5-303/5</t>
   </si>
   <si>
     <t>EK5-303 Еврокрючок, L=250 мм, d=5 мм. Изготовлен из стальной проволоки с покрытием цинк блестящий, отличается повышенной прочностью.</t>
   </si>
   <si>
     <t>00000270507</t>
   </si>
   <si>
     <t>Корзина H=160, G=470, L=665 (RAL 9010)</t>
   </si>
   <si>
     <t>тд-3.1.3 RAL 9010</t>
   </si>
   <si>
     <t>00000256737</t>
-  </si>
-[...7 lines deleted...]
-    <t>О0000065516</t>
   </si>
   <si>
     <t>Стеллаж для хлеба с пятью полками, без накопителя Евромаркет В019</t>
   </si>
   <si>
     <t>В019</t>
   </si>
   <si>
     <t>Стеллажи для хлеба</t>
   </si>
   <si>
     <t>Стеллаж для хлеба с пятью полками, без накопителя (EM-02.219.000 СБ, В019)
 Пристенный стеллаж для хлеба с полками без накопителя используется для продажи дорогих изделий. Конструкция идеально подходит для рациональной выкладки товаров, сортировки по разновидностям. Изделие рассчитано на долгий срок службы, соответствует высоким стандартам качества. 
 Материал стеллажа - дерево (массив). Изделие идет без покраски! Тонировку или покрытие можно заказать дополнительно.</t>
   </si>
   <si>
     <t>00000422700</t>
   </si>
   <si>
     <t>EuroposGroup ROLL-CLIP</t>
   </si>
   <si>
     <t>112 068</t>
   </si>
   <si>
@@ -3813,281 +3217,239 @@
   </si>
   <si>
     <t>Подставки для экономпанелей</t>
   </si>
   <si>
     <t>EK118 Подставка для шляп, 205Lх185H мм, d=100 мм. Изготовлена из стальной проволоки с покрытием цинк блестящий.</t>
   </si>
   <si>
     <t>00000270508</t>
   </si>
   <si>
     <t>Витрина LB V (L 900V, 943x536x1971, остеклённый, ЛДСП16, бук)</t>
   </si>
   <si>
     <t>LB V 9454197 G16 БК</t>
   </si>
   <si>
     <t>Витрина LB V (L 900V, остеклённый, ЛДСП16, бук)
 Габариты: 943х536х1971мм, в упаковке: 990х600х210мм
 Вес: нетто- 123кг, брутто- 148кг</t>
   </si>
   <si>
     <t>О0000013216</t>
   </si>
   <si>
-    <t>Ценникодержатель для полок из металлических прутьев FRW39, L=1250, цвет прозрачный</t>
-[...7 lines deleted...]
-  <si>
     <t>Крючок для торговых стеллажей EKSI SH50S-200ST хром</t>
   </si>
   <si>
     <t>SH50S-200ST хром</t>
   </si>
   <si>
     <t>Крючок для перфорации одинарный под ценникодержатель SH50S-200ST, 200 мм (хром). Шаг 25/50 мм. Серия Standart.
 Ценникодержатель в комплект не входит!</t>
   </si>
   <si>
     <t>00000419759</t>
   </si>
   <si>
     <t>Тележка покупательская EKSI TBF5</t>
   </si>
   <si>
     <t>TBF5</t>
   </si>
   <si>
     <t>Тележка-подставка для двух корзин т.м. EKSI, ZN</t>
   </si>
   <si>
     <t>00000305996</t>
   </si>
   <si>
     <t>Сумочная на 4 ячейки серии "М" Евромаркет СУМ00418</t>
   </si>
   <si>
     <t>СУМ00418 Ral9005</t>
   </si>
   <si>
     <t>Шкаф металлический сетчатый, сумочная на 4 ячейки серии М (СУМ00418), RAL 9005
 Металлическая сетчатая сумочница для хранения сумок и личных вещей покупателей в магазинах и супермаркетах. В конструкции предусмотрены 4 ячейки и регулируемые ножки. Предусмотрено место для установки замка (в комплект не входит). Возможна покраска в любой RAL.</t>
   </si>
   <si>
     <t>00000422622</t>
   </si>
   <si>
-    <t>Индивидуальная мебель Дельта-мебель Подстолье плм h=1100</t>
-[...10 lines deleted...]
-  <si>
     <t>Ценникодержатель самоклеющийся EuroposGroup DBR39, прозрачный</t>
   </si>
   <si>
     <t>Ценникодержатель полочный самоклеющийся DBR39 длина 1000 мм, цвет прозрачный</t>
   </si>
   <si>
     <t>00000247840</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000396118</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott F290c/5</t>
   </si>
   <si>
     <t>F290c/5</t>
   </si>
   <si>
     <t>F290c/5 Крючок 100 мм, d=5 мм, хром</t>
   </si>
   <si>
     <t>00000183506</t>
   </si>
   <si>
     <t>Весы торговые МАССА-К МК-15.2-ТН21 (без интерфейсов)</t>
   </si>
   <si>
     <t>МК-15.2-ТН21 (б/интерф)</t>
   </si>
   <si>
     <t>Весы электронные МК-15.2-ТН21 (без интерфейсов)
 Материал - металл, пластик. 
 Предел взвешивания - 15 кг. 
 Дискретность двухдиапазонная - 2/5 г. 
 Платформа (нерж. сталь) 336х240 мм. 
 Нижнее расположение клавиатуры.
 Светодиодный дисплей. 
 Питание от сети через адаптер или от встроенного аккумулятора, который обеспечивает автономную работу весов до 50 часов.</t>
   </si>
   <si>
     <t>00000329327</t>
   </si>
   <si>
     <t>Кронштейн для экономпанелей Abbott EK507</t>
   </si>
   <si>
     <t>EK507</t>
   </si>
   <si>
     <t>EK507 Держатель для мячей, d=120 мм. Изготовлен из стальной проволоки с покрытием цинк блестящий.</t>
   </si>
   <si>
     <t>00000270509</t>
   </si>
   <si>
-    <t>Столешница надставки углового модуля (L=1000, H=32, G=210, N-DB 05210110, дуб сонома)</t>
-[...7 lines deleted...]
-  <si>
     <t>Весы торговые МАССА-К МК-15.2-ТВ21 (без интерфейсов)</t>
   </si>
   <si>
     <t>МК-15.2-ТВ21 (б/интерф)</t>
   </si>
   <si>
     <t>Весы электронные МК-15.2-ТВ21 (без интерфейсов)
 Материал - металл, пластик. 
 Предел взвешивания - 15 кг. 
 Дискретность двухдиапазонная - 2/5 г. 
 Платформа (нерж. сталь) 336х240 мм. 
 Верхнее расположение клавиатуры.
 Светодиодный дисплей. 
 Питание от сети через адаптер или от встроенного аккумулятора, который обеспечивает автономную работу весов до 50 часов.</t>
   </si>
   <si>
     <t>00000329326</t>
   </si>
   <si>
     <t>Крючок для торговых стеллажей EKSI SH50S-300ST хром</t>
   </si>
   <si>
     <t>SH50S-300ST хром</t>
   </si>
   <si>
     <t>Крючок для перфорации одинарный под ценникодержатель SH50S-300ST, 300 мм (хром). Шаг 25/50 мм. Серия Standart.
 Ценникодержатель в комплект не входит!</t>
   </si>
   <si>
     <t>00000419760</t>
   </si>
   <si>
     <t>Сумочная Церера ШР14 L300Д</t>
   </si>
   <si>
     <t>ШР14 L300Д</t>
   </si>
   <si>
     <t>Габариты 300х500х1850 мм, вес нетто 16 кг. Шкаф поставляется в разобранном виде. Сборка — при помощи заклёпок. Заклёпочник в комплект не входит.
 Особенностью данного четырехсекционного металлического шкафа является отсутствие боковой стенки, это позволяет собрать модульную конструкцию из одной основной и дополнительных секций шкафа ШР14 L300.
 Шкаф имеет 4 ячейки размером 440х300х500 мм каждая. Вместительные габариты ячеек позволяют комфортно размещать в них пакеты и сумки средних размеров.
 К основной секции шкафа можно присоединить любое количество дополнительных секций, создав при этом полноценную многоячеечную камеру хранения.
 Двери шкафа навешиваются на внутренние петли из высокопрочного стеклонаполненного полиамида, гарантирующие не менее 50 000 открываний.
 Безопасность содержимого обеспечивают секретные замки 1:1000 на 90 и 180 градусов «ЦЕРЕРА».</t>
   </si>
   <si>
     <t>00000115891</t>
   </si>
   <si>
-    <t>Сумочный Церера ШР14 L300</t>
+    <t>Сумочная Церера ШР14 L300</t>
   </si>
   <si>
     <t>ШР14 L300</t>
   </si>
   <si>
     <t>Габариты 300х500х1850 мм, вес нетто 21,1 кг. Шкаф поставляется в разобранном виде. Сборка — при помощи заклёпок. Заклёпочник в комплект не входит.
 Шкаф имеет 4 ячейки размером 440х300х500 мм каждая. Вместительные габариты ячеек позволяют комфортно размещать в них пакеты и сумки средних размеров.
 К основной секции шкафа можно присоединить любое количество дополнительных секций, создав при этом полноценную многоячеечную камеру хранения.
 Двери шкафа навешиваются на внутренние петли из высокопрочного стеклонаполненного полиамида, гарантирующие не менее 50 000 открываний.
 Безопасность содержимого обеспечивают секретные замки 1:1000 на 90 и 180 градусов «ЦЕРЕРА».</t>
   </si>
   <si>
     <t>00000115892</t>
   </si>
   <si>
-    <t>Сумочный Церера ШР18 L300Д</t>
+    <t>Сумочная Церера ШР18 L300Д</t>
   </si>
   <si>
     <t>ШР18 L300Д</t>
   </si>
   <si>
     <t>Габариты 300х500х1850 мм, вес нетто 20,15 кг. Шкаф поставляется в разобранном виде. Сборка — при помощи заклёпок. Заклёпочник в комплект не входит.
 Особенностью данного восьмисекционного металлического шкафа является отсутствие боковой стенки, это позволяет собрать модульную конструкцию из одной основной и дополнительных секций шкафа ШР18 L300.
 Шкаф имеет 8 ячеек размером 230х300х500 мм каждая. Предназначен хранения мелких личных вещей - небольших сумок, телефонов, планшетов, пакетов и многое другое.
 Двери шкафа навешиваются на внутренние петли из высокопрочного стеклонаполненного полиамида, гарантирующие не менее 50 000 открываний.
 Почтовый ключевой замок повышенной секретности 1:1000 «ЦЕРЕРА».</t>
   </si>
   <si>
     <t>00000115894</t>
   </si>
   <si>
     <t>Стеллаж для хлеба со шкафом-накопителем Евромаркет, ДС001520</t>
   </si>
   <si>
     <t>ДС001520</t>
   </si>
   <si>
     <t>Стеллаж для хлеба со шкафом-накопителем (EM-02.226.000 СБ, ДС001520)
 Пристенная хлебная витрина со шкафчиками идеально подходит для эффектной демонстрации хлебобулочных изделий. Вместительная витрина-шкаф обеспечивает оптимальные условия хранения выпечки. 
 Материал стеллажа - дерево (массив). Изделие идет без покраски! Тонировку или покрытие можно заказать дополнительно.</t>
   </si>
   <si>
     <t>00000422701</t>
   </si>
   <si>
-    <t>Весы для простого взвешивания CAS Весы FW500-06E</t>
-[...2 lines deleted...]
-    <t>Весы FW500-06E</t>
+    <t>Весы для простого взвешивания CAS FW 500-06E</t>
+  </si>
+  <si>
+    <t>FW 500-06E</t>
   </si>
   <si>
     <t>Весы FW500-06E влагостойкие (IP 69), предел взвешивания 3/6 кг, дискретность отсчета, 1/2 г, питание от сети 12 В, 1,5 А, тип дисплея -светодиодный, размеры платформы 247х212мм, габаритные размеры 266х303х109мм</t>
   </si>
   <si>
     <t>00000282179</t>
   </si>
   <si>
     <t>Весы платформенные CAS Геркулес Т-300</t>
   </si>
   <si>
     <t>Геркулес-03Т д (12х12)</t>
   </si>
   <si>
     <t>Габариты: 1200х1200х90 мм. Максимальный предел взвешивания 300 кг. Минимальный предел взвешивания 1 кг. Цена деления (дискретность) 0,05/0,1 кг. Низкопрофильная платформа с пандусами (облегчает взвешивание накатываемых грузов). Платформа с рифленой поверхностью. Регулируемые опоры с фиксацией. Соединительный кабель с жесткой оплеткой. Весовой индикатор PDI. Четыре тензометрических датчика расположенные по углам. Диапазон рабочих температур: -10...+40 С.</t>
   </si>
   <si>
     <t>00000187240</t>
   </si>
   <si>
     <t>Прилавок из ДСП Cryspi S 6060 P</t>
   </si>
   <si>
     <t>ST S 606090 GL16 С</t>
   </si>
@@ -4110,137 +3472,94 @@
     <t>00000419352</t>
   </si>
   <si>
     <t>NMP1224, серая</t>
   </si>
   <si>
     <t>NMP1224 экономпанель, ламинированная шагрень, серая
 Модернизированная экономпанель - нанопанель. Это более плотный ДСП, который позволил уменьшить толщину экономпанели с 18мм до 16мм, при сохранении общей нагрузки. Фронтальная часть панели покрыта износостойким пластиковым покрытием. Для нанопанелей подходят стандартные пластиковые вставки и индивидуальные алюминиевые вставки. Под заказ доступны нанопанели в различных цветах.</t>
   </si>
   <si>
     <t>00000362175</t>
   </si>
   <si>
     <t>Ограничитель для торговых стеллажей Юнитрейд тд-6.1.1</t>
   </si>
   <si>
     <t>тд-6.1.1</t>
   </si>
   <si>
     <t>Ограничитель фронтальный угла внеш. 90 гр. G=470, H=85, L=870 (цинк)</t>
   </si>
   <si>
     <t>00000269734</t>
   </si>
   <si>
-    <t>Индивидуальная мебель  Стул Gianni yellow</t>
-[...23 lines deleted...]
-  <si>
     <t>Овощной и фруктовый развал STAHLER T-WL 10112089</t>
   </si>
   <si>
     <t>Т-WL 10 112089 СМ 618</t>
   </si>
   <si>
     <t>Овощной развал с выкатн поддон (L=1200, H=1450, G=890, T-WL 10112089, структ муар, 6018)
 Овощной развал с выкатным поддоном. Сплошной металлический поддон с бортиками при необходимости выдвигается вперед по направляющим. Полки расположены под углом 65 градусов и выполнены из бука. Под заказ доступны различные цвета металлического каркаса и различные варианты дерева полок.</t>
   </si>
   <si>
     <t>О0000064059</t>
   </si>
   <si>
     <t>Весы для простого взвешивания МАССА-К МК-3.2-А21-2 (б/интерф)</t>
   </si>
   <si>
     <t>МК-3.2-А21-2 (б/интерф)</t>
   </si>
   <si>
     <t>Весы электронные настольные МК-3.2-А21-2 (без интерфейсов). Фасовочные настольные весы для производств, магазинов и общепита. Встроенный аккумулятор обеспечивает автономную работу до 60 часов. Весы имеют дополнительные режимы работы: счетный (определение количества штучного товара по весу), процентного взвешивания и контроля массы (компараторный режим).</t>
   </si>
   <si>
     <t>00000422965</t>
   </si>
   <si>
-    <t>Стойка односторонняя 1600мм</t>
-[...7 lines deleted...]
-  <si>
     <t>Корзина покупательская Юнитрейд кп_1р кр</t>
   </si>
   <si>
     <t>кп_1р кр</t>
   </si>
   <si>
     <t>Корзина хозяйственная (покупательская) с одной красной ручкой 20л</t>
   </si>
   <si>
     <t>00000220531</t>
   </si>
   <si>
     <t>Корзина покупательская Юнитрейд кп_1р син</t>
   </si>
   <si>
     <t>кп_1р син</t>
   </si>
   <si>
     <t>00000220532</t>
-  </si>
-[...7 lines deleted...]
-    <t>00000452891</t>
   </si>
   <si>
     <t>EuroposGroup Табличка BB A6</t>
   </si>
   <si>
     <t>101 043</t>
   </si>
   <si>
     <t>Табличка для нанесения надписей меловым маркером BB A6, черная</t>
   </si>
   <si>
     <t>00000352100</t>
   </si>
   <si>
     <t>Крючок для экономпанелей Abbott F294c/6</t>
   </si>
   <si>
     <t>F294c/6</t>
   </si>
   <si>
     <t>F294c/6 Крючок 300мм, d =6мм (без пласт. наконечника), хром</t>
   </si>
   <si>
     <t>00000180637</t>
   </si>
@@ -4355,75 +3674,75 @@
   </si>
   <si>
     <t>Весы торговые CAS AP-15 EX</t>
   </si>
   <si>
     <t>Весы AP-1(15 EX)</t>
   </si>
   <si>
     <t>Весы торговые AP-15 EX
 Материал- металл, пластик
 Предел взвешивания - 15 кг
 Дискретность - 5 г
 Платформа 340х215 мм
 Флюоресцентный дисплей
 Прямой доступ - 28 клавиш
 Запоминание 200 различных цен товаров
 Питание от сети</t>
   </si>
   <si>
     <t>00000044095</t>
   </si>
   <si>
     <t>Весы торговые CAS AP-15 EXBT</t>
   </si>
   <si>
-    <t>AP-15(EX) BT</t>
+    <t>AP-15 EXBT</t>
   </si>
   <si>
     <t>Габариты: 435х325х495 мм. Предел взвешивания: 15 кг. Точность: 2/5 г. Увеличенная платформа: 440х275х50 мм. Интерфейс: RS-232. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220. Крепление индикатора: на стойке. Платформа из нержавеющей стали. Классический флуоресцентный дисплей. Уравновешивание тары. Суммирование стоимости покупок. Расчет сдачи. Память на 28 товаров быстрого вызова. Память на 200 товаров вызова по номеру. Учет штучных товаров. Исправление последней покупки. Отчет о продажах за период.</t>
   </si>
   <si>
     <t>00000044096</t>
   </si>
   <si>
     <t>Весы торговые CAS AP-30 EXBT</t>
   </si>
   <si>
-    <t>Весы AP-1(30 EXBT)</t>
+    <t>AP-30 EXBT</t>
   </si>
   <si>
     <t>AP-30 EXBT!Предел взвешивания - 30 кг, Дискретность -5,10г, Флюоресцентный дисплей, Питание от сети светодиодный дисплей,возможность запоминания 200 различных цен, увеличенная платформа 440?275 мм. Весы для определения массы</t>
   </si>
   <si>
     <t>00000044097</t>
   </si>
   <si>
     <t>Весы торговые CAS AP-06 M</t>
   </si>
   <si>
-    <t>AP-06(M)</t>
+    <t>AP-06 M</t>
   </si>
   <si>
     <t>Габариты: 435х325х495 мм. Предел взвешивания: 6 кг. Точность: 1/2 г. Размер латформы: 340х215 мм. Интерфейс: RS-232. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220. Крепление индикатора: на стойке. Платформа из нержавеющей стали. Классический флуоресцентный дисплей. Уравновешивание тары. Память на 7 товаров быстрого вызова. Суммирование стоимости покупок. Расчет сдачи.</t>
   </si>
   <si>
     <t>00000044098</t>
   </si>
   <si>
     <t>Весы напольные CAS BW-150RB</t>
   </si>
   <si>
     <t>BW-150RB</t>
   </si>
   <si>
     <t>Габариты: 410х660х750 мм. Предел взвешивания: 150 кг. Точность: 50 г. Размер платформы: 370х500 мм. Диапазон рабочих температур -10...+40 С. Источник питания: сеть 220, аккумулятор, батарейки. Пылеводозащитное исполнение по классу IP65. Платформа из нержавеющей стали. Большой жидкокристаллический дисплей с подсветкой с возможностью поворота в двух плоскостях. Уравновешивание тары. Взвешивание нестабильных грузов. Режим дозирования. Счетный режим (определение количества одинаковых предметов). Автоматическое отключение. Интерфейс RS-232.</t>
   </si>
   <si>
     <t>00000044100</t>
   </si>
   <si>
     <t>Весы напольные CAS DB-150H</t>
   </si>
   <si>
     <t>DB-150H</t>
   </si>
@@ -4526,93 +3845,60 @@
   <si>
     <t>Весы торговые CAS ER-Jr-30CBU</t>
   </si>
   <si>
     <t>Весы ER-Jr-30CBU (RS)</t>
   </si>
   <si>
     <t>CAS Corp.Ltd.Весы ER-Jr-30CBU</t>
   </si>
   <si>
     <t>00000044124</t>
   </si>
   <si>
     <t>Весы напольные CAS PB-150</t>
   </si>
   <si>
     <t>PB-150</t>
   </si>
   <si>
     <t>Габариты: 355х611х65 мм. Предел взвешивания: 150 кг. Точность: 20/50 г. Размер платформы: 355x443 мм. Интерфейс: RS-232. Источник питания: аккумулятор, батарейки, сеть 220. Тип дисплея: LCD. Режим работы: простое взвешивание, стабилизация веса. Внесены в госреестр РФ. Поверка: включена в стоимость. Крепление индикатора: на проводе, на корпусе.</t>
   </si>
   <si>
     <t>00000144069</t>
   </si>
   <si>
-    <t>Индивидуальная мебель Торговое оборудование ВД_Стеллаж для хлеба</t>
-[...19 lines deleted...]
-  <si>
     <t>Весы для простого взвешивания МАССА-К МК-15.2-А21-2 (б/интерф)</t>
   </si>
   <si>
     <t>МК-15.2-А21-2 (б/интерф)</t>
   </si>
   <si>
     <t>Весы электронные настольные МК-15.2-А21-2 (без интерфейсов). Фасовочные настольные весы для производств, магазинов и общепита. Встроенный аккумулятор обеспечивает автономную работу до 60 часов. Весы имеют дополнительные режимы работы: счетный (определение количества штучного товара по весу), процентного взвешивания и контроля массы (компараторный режим).</t>
   </si>
   <si>
     <t>00000422963</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000393004</t>
   </si>
   <si>
     <t>Накопитель OS NA 1004510 5S</t>
   </si>
   <si>
     <t>OS NA 1004510 5S</t>
   </si>
   <si>
     <t>Накопитель OS NA (173.03, 1000x450x100, 5 секций)</t>
   </si>
   <si>
     <t>00000167900</t>
   </si>
   <si>
     <t>Весы торговые CAS Весы PRII-06D (LCD)</t>
   </si>
   <si>
     <t>Весы PRII-06D (LCD)</t>
   </si>
   <si>
     <t>Весы PRII-06D
 Наксимальная нагрузка 3/6кг
 Цена деления - 1/2 г
 Размер платформы - 330x235мм
 Габариты - 341x383x102мм
@@ -4729,51 +4015,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67d7d5fd1ddcf976c54dc47c4cb5da5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d450af5529739e430fda0d7316e5eff.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518b2486b31689526675665f92c07329.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401542755a6a3396a5e51b276851e0a5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/113610ea0853d80904e990f9f013b64a.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5897e25e5f0885ceb748e6e31a1be1e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5897e25e5f0885ceb748e6e31a1be1e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0087c0c6f0e08b9484947599e03fc519.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a30264cab8f9539c542a13a69914447.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8acdedeb947c9dbdf1847c6812a880fe.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3099b963cbeb1a0993a53eb6c925b531.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97db409161091f3fc6de580823381e8b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c8c967574a27cb561a026ca3af4824.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d76794b33c0cb5197ff05a916e88803.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360d8c9d23f737252ae8f35abdaaca1f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41adfe8b16d137edcf8b2618742826b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04edbc8e34431b9d44f87761937b1891.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e78a5fddd6abb71de15d9dea8139cf4d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacb8309543c1f71f0f0322f0688367f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2449d57981aff90564f97f693704c2a7.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916ba88c3418dd39b3766fa5385af80c.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34c95b790346dbb0b036763e84e901fe.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8a8e0a1b12af4773781fd243cde9a5.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b405b131da0e7f5d73dff8aea7a8df9.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050717f7852ce298c83ad64bfbd2f2c2.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a256e3b3dfe61f4ca9e84075e07a2304.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ff4ac1144cc3d4dae008858ec45d7e.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60ebd788867f14641bedfa58264f56be.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205abf65705609caa2657e316ff30bfc.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ba7286c0f9500ac1b74e1e3ae3e282.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966d62adacd62a0418d490aeec436dd8.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7c177e7710a1d37da21b41bd42099f.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/749be65fb6e2c04fdbf50839975a47e8.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54dff34e6bf6c118f6855fa8c235f4be.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf42c37e0ca9c98618ed78bd0f8f2c00.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b63868ac2b3becd7456de005975b0c.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68ed97e11abc5d7d2ccf7d8b50570658.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c4bc68aae548e855ba69fd13140c5fe.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2abaf6977971e079203666e178830cc8.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234c074dc0af3f2106cc6aabaed49248.JPG"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cdf231afe08f51b50fb2b958f1aaef0.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed161a39d710f62f5044d319c7a51b7.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399a5d5487ade1a14a97c2b75b15cee8.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c928fb3279e5f94f74265ba20fd2bff.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5c115d6d29b5f4d5a34350a01244e1.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14bb4b673bddfef189fdd0af3f9faf5.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32d9c539c4a199ca7808fcde396c56b.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ed61a619090b47cb77c1aee686fa90.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d01f3182658deadaf43cbaa172f78c5.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4976b7e1e435a240e1026fccec27e85.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e84f6044b8101af4237ad5004e33ff.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5ad1e65502c8f9633c4d536bcfec1f.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/079ccd50723f3ff2c12ff632db5a2f47.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3febe6923aaed3c5f4481194408dd94b.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d735e7c518ac30ce9c94db6ed41f5670.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7d968d53b06b794fdc26c1982c4f419.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d707154fa2428ca54823ddc7cc4ab8.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd8b6215a858964078a68b03d7724e1.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa6e4b9c5a40d736263290c9dd32584e.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cc87d3b45cc129a7715e6f725e2d3b.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96fa0412b37d7cbaa9f25b3cccc0befc.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d3e9c6d0aceee77bd3265dec7a449b.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd318343db16a458e5fb0adcc1c21031.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417c7569ac941a66e9ce5b1c6be73918.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5caa6c98cbf9d28daa5cace50f9c84cf.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aadce1b6f651650a6fa88079db11106e.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbf6ceb8734913bf35086317f28994c.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe52b93b3af4df5ee951be744ff4be3.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039a5ebb398e14dbf07422e13a272b09.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb21d9b0fa76199d931a624d462f1f72.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a612be9f87829a3db5b5be33c77bc8.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c08b0e5e2032409b3ea356b0ee7b77.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c1830415640b463b275b27b3f2cee6.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a47efcace9488409207ed2b6eb92e185.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/490c760be76dc9d6dae4b2497807362f.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff04aa87e05a14593562ce095b0ddd5c.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/886ca6c744832821a7e8e668a30ea50a.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c80d0185174346c851957171fbcb9a.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86635705760bf45a465cba466c5bc1cf.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d094b62c89a8ca149b28957b38767951.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/019144e7e788858c73e6d9c813caa54d.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c9e81fae619bd5ab22a80c3f92ac1b5.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bc8061877cdda51cdcb93d4732a929.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f171ffead8e55361e6bb6ee32fe523da.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224d243b67dc7df77dc5acbc5403470a.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e14df24d0fe12344591548dc596e28.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b226117855bc8481ef5d32c5a1dbd93.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ccc217579cfab38f46aa4dbd71a613.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7396f2bb21ff33d3c2ec68907c20550.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1abd62af59496db43a03f056ec08f421.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6593045d4d215b19a12d6695bac2414d.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec4822142431eec606d9b19693aec44.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d2b79656153c46861c8e20b44e3ae03.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78cbd38a37c2097f85fd56662c358dc.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc409d5d114b6fc753bd64214ff3f0e.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ddf8e389c20bcc28cef6aae7831e077.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d3c027b6b448461d9af9e23cfd850e9.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4be13a9ff99ff05179a0816d49c3bc.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8fe84968a386f75e89a9ba941daf7ee.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d0589f92c78a3195e8b36352bf9654.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32d1ed72a24e8ea2b99d1f06285a58d9.JPG"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24679c48824301b17073d73997c4e556.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddf7fb0fd395a4aef97bf3c1df68881f.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b0add8f7ffe9f59379017134f249e3.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7250619e6557fc12fb23c6c999651932.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2ed55def5dc53ddac3c0bb26d43a94.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4cb2c8c22d5e706128a4e283862fd3.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1681ccd8daaa4e224405bd8861bdbe38.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08143b4b90235259320e9d2166b3e1d5.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71647a9ad6b813fee9fea41240d6a247.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40c73874da46cfe5dc5c9fb1a454742e.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f26723076e794f11bbabd588873f75.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b8b9b845a4aab2e06458a01a7522fc.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3950076edc4c3156aec648a76cbe3200.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86dbc18ab99648fa2a1747d3d14aa243.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee5b1cd7952a34a0ab111d119e7a7419.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126b4107e53840d7ee93174b55e8f739.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56bd777e579fc140434660055ace7cae.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f52315c7271200537a68a0af2a89f66.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2990927512b6ce1f050e423f71cef9a1.JPG"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6731af2fbde7fb9a914118439e0272d4.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df79ecaa344ee8131c4107f2b510ac1d.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95c9febc4d18fcaf9bf4f85157bab419.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f57bba5dbff927afc373fb3485e6fe.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8a5e63adda09466834b2ef782731077.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad550576d24e9136616236f7d826a70.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6323d8e8c40db88503a4b8768eaeca.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8558fa0ef5a76a648bf095ad494e0f9.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad51cc07d48f25340da2895723837847.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09873335238f8cf0ffbf6d3d9c46d0aa.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c7b8416178c791b33c51712fdac44f8.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03688b582b539ed315e256cbbea5dd10.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2480dba539e5ef7a6ad4cf529638e22.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0330ef79b96731d15036511d0867c7d0.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/289e2fb36b9c2c02d6c17aa13cd0a81f.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db3c8a9880d55540f30522c29508824a.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d432645b7ed667af0e5d495ffbbc454d.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429fb39783e06bc16a93c4284cd9156e.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b1675a76cc37fa04aa4edc2449db85.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fee52f0a9bfefc34e8600b2d16cbad5c.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4c2da05662abd5c76269e1b001f634.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b601d2aa08078caac18a3b156998df3d.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/475e1c4e51f3524fa408916c29336eb2.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edb96b703fc08283b2e2b7c046663d2.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f0c9b3c7d9a9ebe1f523eb6093507f.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a2b0ed5aa89b00d46243a5e90990dd.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7d4593ee3eedf0b77a895f45137408e.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecb8640ca90fae87661115d71ed9df0.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba16eac7cdc9a2e2a4bb6d91ce2b8ba0.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dcf33ce60f5d1c467833a52d43c0e51.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67f1cfbe07d545704f02e916960b9fa.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22af41a832fd7f7ca8df8f299ea5619c.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25367d4457d3902d7236f51b19d43fc5.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d434f19249370302942db5ba6cf379.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d403a3925e24a978be34d0a6dcb1dc1f.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d391e42de01c3e4de8eb80ba2e07ddb.JPG"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e7c00c9deeea14e7e8e498b4889e277.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf4458d734f1c9ca1bf0a6319583160.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321872a5482e2827ed2f0935a4b28e6a.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e55e0c1063a08f4d79199afdaeb118c.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f75db4cd18633ad89c50b84f2d5427d3.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/735410457a3a9721d51ae176da0fb07d.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0cc25b0178f5374d9b1a36de208c609.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e09ba5aaa9564474f6d16c7f540cdb.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3b46ddcee1934c5b2324415e839e25.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15dd49c92b7b6abe81b83a69622784f.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff63a803a1d7a712e7b6299262af4163.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c3e6856a02b4c9810cec897ed1bdbd.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559d74f0d6d51694c4519fa27b2d63a7.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbbcba1781fe97088dc2e3c9422e579a.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745b1fd494fe3fa1f3a59b764477ce45.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cfaece434147749445da9f3ad554da.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfe2eb0b05381dc29b1113c5b75ced50.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef6c95d0e4505f16d79b706af32b8c7.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55164207317acea9810fe2e3511c9b21.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564910a8f89e1e6186f26b4849c0c244.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a0ee1df27dc2bcd61cad69214918362.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c56d2232c91d1baef16db7faf66e2f.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1813aa5ec08f8ef723e4c4360c9c65f.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cdb7235d34f66fe9265298554e42780.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e14784b43fedc312310d89a1f22adb.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d89d32924f8e90a9725bc9f0cf64cd68.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a91994bee8d909f438c178073da401c.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e8693c65e9668a3ecb5fb4308ce2b2.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43789dc41678363404b656a861867edd.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675047c4ec487c5bc6fe155f1e2ae3de.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2ec2f18b03bd719f206e2ff9062898.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a4822d0934c0f75ecd4b251955f9e9.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d883ce93223e3b6cd038a8ca9394e11.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67bde99ca28784d35b1e7e8993c1524f.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded3c8e33b826596be19281bb269292e.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232d7b35e6e15665713db7e2e7a3c296.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b1a54a5e19e5089ac634bdd3309e39.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af95372e505f0211c949996d1d66d0e1.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613ea3fe5cfa378cddbfef0af05ac506.JPG"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53f15447aa6e1874ee97663fcc6237c8.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b3df42c39436d32db19d0597e2c3af.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b818f06865ae90af99cd1d37275110.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3647dd96b79000f49f020c4aa06a3e2.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d259e2d5cf85a32ade68d4365777e6d3.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69670da57abcc8112e71fa02bbe69ce1.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226aeba4a3c2a219c85b2f19c510c414.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5360b144156915aaac515444eeb301e.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88286686a88ffd749e908cf1c2554215.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b17842b04566e18c061f505e37ed5f6.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613e0617b0e186549eb1c3150d20a07c.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65efd44cc85b772e016cdc7e23b80f18.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f9c6a804cc37bb79afa33fe2996deb6.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/127da527d3cfc531be49f9c3c839a616.JPG"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aec02f95c285090647ec77ca9567aad.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2f4847e6b118ae5d572f524ccfd970.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc21e236b37bf63910eeff7ec261a08.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dd60ccb0e4376212815d41cb450d7d0.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea8fc899bdbf9b625f35e9d080c507c.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e94916c0c2ebc10162fa2362f0182a7f.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/283aca6a1e235d7db5adeddf0a590738.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/211c5b44f106c6b8d3c42455df58fc9c.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/286c58b58d07f920f1ac4075dfb0ff1d.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b823cf4bf33cf6396e39b129113972.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad1cd3bf362365b9b7121c6a618cefaa.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07320526d426c94d19f181cfc619c3ee.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0663546360ad7fe291c464bf243379da.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c7a1733f63bc97888868f6cf5891caf.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/286a9081ada6febb7ec1fcfdab7d42ca.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7d4139f3e73bafac0ea9428515c9b2.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b35faf8e89846426a40317b786b0ee4.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e6f4371e7dbcb7a8ef54929284d9ea.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba57090cfc2ecdd1b0c0a82dd3a4d6a5.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538620f94d8b7bc7afe27eb2a3f9a64c.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cd9303620ac366f5a7d353cb651f314.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e162591d40dd7d7f1c290919d9b61b5.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df06ae8b06253c2c6ed3e86ddd954f4f.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4599586fb146ea701f1327cadc6fa57.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3e39d7b551ce192f291b3dd9939a25.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9630b91cd0f36514c41670a1910dc668.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bedafbabf9a81c36061c57db61b984d4.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f58d152769f2b292655e96190c27263.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731ca80726f7de56361acc1ba46b6da1.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06466d2185066d0f5d8a8c349f1c47d.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c517169e632792eec9c5eca124600d.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca27ca7270a642b700c2e5a237bf832.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48428ce6218007623df2668fa3d673d.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aeb82d073fd30bb1edd68c5d0cc01dd.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f21edad09ade55d6788c82b4f40bdd6.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d65683ef3b69d369bcee8296665755c.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac24a6b979a5ff6f7b345cc60c249a8.JPG"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548c54283806277ed520c55bb75cf71e.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/930938df851eaa77b21f4d56007108be.JPG"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8131ffb5a4abe39bb9fa591ebd65b2.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f72486792c7bc0b5d4e1555575ce099.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3423c49fe540a52bf893bd9a17424fa7.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9e291980231f98c293781dd81e2ed6.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9616e35c10b6d9e7e7379c35274611.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492641c14d2c6355d8de88c7d3384754.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb0efeb96dc0617c5dc6190263cc9a70.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5dd124cb5c38203db71c4b820b7d78.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/619f96b6e8c8348d93a0862eede49afb.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aced93dbe30488c151c87ba0284b708.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d470223557d91d69d855066940991854.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a55ef187999b0f697aa955dfe21044ac.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483350219628d46b129dd99e706e5a4e.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de2d7e21e956dcb1bde482951966b852.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f03c04e777894119c290c912621a57.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715735341ef79bd7ff6fb58d885d2ddf.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485b75700b3c90ea2a9351465bcb40a9.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41580852e9f3146a1a624171589a627c.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb69c53473b4a4aa2229042af725cc4c.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/409734dfde4f1287fd6f4ced14225768.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6825729afc541f82fef88d54250eef02.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fab1848c26d619347cc097a9f2c2de8.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7e47f21a23fe26ae6f1d5ae6f4e97be.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e9611e2ea5008ad90a350019904983.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8630445e84af4abeab71a2217f6ba61.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f370ec876d02f87cda4e776986be8068.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c61c086369ffed3dd885ec7bfa82e5.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4111d17979d1c474b96b337549897fbf.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e89e98f60268679222d9f3267cd4b603.JPG"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c9e9067552fd044955bc79331ce2712.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9130cf31beaad2deecf80cf9cfe71ee.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67d7d5fd1ddcf976c54dc47c4cb5da5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d450af5529739e430fda0d7316e5eff.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518b2486b31689526675665f92c07329.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401542755a6a3396a5e51b276851e0a5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5897e25e5f0885ceb748e6e31a1be1e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5897e25e5f0885ceb748e6e31a1be1e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0087c0c6f0e08b9484947599e03fc519.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a30264cab8f9539c542a13a69914447.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8acdedeb947c9dbdf1847c6812a880fe.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3099b963cbeb1a0993a53eb6c925b531.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97db409161091f3fc6de580823381e8b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c8c967574a27cb561a026ca3af4824.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d76794b33c0cb5197ff05a916e88803.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360d8c9d23f737252ae8f35abdaaca1f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41adfe8b16d137edcf8b2618742826b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04edbc8e34431b9d44f87761937b1891.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e78a5fddd6abb71de15d9dea8139cf4d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacb8309543c1f71f0f0322f0688367f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2449d57981aff90564f97f693704c2a7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916ba88c3418dd39b3766fa5385af80c.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34c95b790346dbb0b036763e84e901fe.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8a8e0a1b12af4773781fd243cde9a5.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b405b131da0e7f5d73dff8aea7a8df9.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050717f7852ce298c83ad64bfbd2f2c2.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a256e3b3dfe61f4ca9e84075e07a2304.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58ff4ac1144cc3d4dae008858ec45d7e.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60ebd788867f14641bedfa58264f56be.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205abf65705609caa2657e316ff30bfc.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ba7286c0f9500ac1b74e1e3ae3e282.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966d62adacd62a0418d490aeec436dd8.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7c177e7710a1d37da21b41bd42099f.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/749be65fb6e2c04fdbf50839975a47e8.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54dff34e6bf6c118f6855fa8c235f4be.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf42c37e0ca9c98618ed78bd0f8f2c00.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b63868ac2b3becd7456de005975b0c.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68ed97e11abc5d7d2ccf7d8b50570658.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c4bc68aae548e855ba69fd13140c5fe.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234c074dc0af3f2106cc6aabaed49248.JPG"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cdf231afe08f51b50fb2b958f1aaef0.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399a5d5487ade1a14a97c2b75b15cee8.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c928fb3279e5f94f74265ba20fd2bff.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14bb4b673bddfef189fdd0af3f9faf5.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32d9c539c4a199ca7808fcde396c56b.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ed61a619090b47cb77c1aee686fa90.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d01f3182658deadaf43cbaa172f78c5.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4976b7e1e435a240e1026fccec27e85.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e84f6044b8101af4237ad5004e33ff.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5ad1e65502c8f9633c4d536bcfec1f.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/079ccd50723f3ff2c12ff632db5a2f47.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3febe6923aaed3c5f4481194408dd94b.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d735e7c518ac30ce9c94db6ed41f5670.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d707154fa2428ca54823ddc7cc4ab8.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd8b6215a858964078a68b03d7724e1.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cc87d3b45cc129a7715e6f725e2d3b.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96fa0412b37d7cbaa9f25b3cccc0befc.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d3e9c6d0aceee77bd3265dec7a449b.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd318343db16a458e5fb0adcc1c21031.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417c7569ac941a66e9ce5b1c6be73918.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5caa6c98cbf9d28daa5cace50f9c84cf.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aadce1b6f651650a6fa88079db11106e.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbf6ceb8734913bf35086317f28994c.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe52b93b3af4df5ee951be744ff4be3.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039a5ebb398e14dbf07422e13a272b09.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb21d9b0fa76199d931a624d462f1f72.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a612be9f87829a3db5b5be33c77bc8.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c08b0e5e2032409b3ea356b0ee7b77.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a47efcace9488409207ed2b6eb92e185.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/490c760be76dc9d6dae4b2497807362f.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff04aa87e05a14593562ce095b0ddd5c.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/886ca6c744832821a7e8e668a30ea50a.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c80d0185174346c851957171fbcb9a.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86635705760bf45a465cba466c5bc1cf.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/019144e7e788858c73e6d9c813caa54d.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c9e81fae619bd5ab22a80c3f92ac1b5.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bc8061877cdda51cdcb93d4732a929.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f171ffead8e55361e6bb6ee32fe523da.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224d243b67dc7df77dc5acbc5403470a.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e14df24d0fe12344591548dc596e28.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b226117855bc8481ef5d32c5a1dbd93.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ccc217579cfab38f46aa4dbd71a613.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7396f2bb21ff33d3c2ec68907c20550.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1abd62af59496db43a03f056ec08f421.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6593045d4d215b19a12d6695bac2414d.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec4822142431eec606d9b19693aec44.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78cbd38a37c2097f85fd56662c358dc.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc409d5d114b6fc753bd64214ff3f0e.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ddf8e389c20bcc28cef6aae7831e077.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d3c027b6b448461d9af9e23cfd850e9.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4be13a9ff99ff05179a0816d49c3bc.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8fe84968a386f75e89a9ba941daf7ee.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d0589f92c78a3195e8b36352bf9654.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24679c48824301b17073d73997c4e556.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddf7fb0fd395a4aef97bf3c1df68881f.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b0add8f7ffe9f59379017134f249e3.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7250619e6557fc12fb23c6c999651932.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2ed55def5dc53ddac3c0bb26d43a94.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4cb2c8c22d5e706128a4e283862fd3.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1681ccd8daaa4e224405bd8861bdbe38.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08143b4b90235259320e9d2166b3e1d5.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71647a9ad6b813fee9fea41240d6a247.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40c73874da46cfe5dc5c9fb1a454742e.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f26723076e794f11bbabd588873f75.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b8b9b845a4aab2e06458a01a7522fc.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3950076edc4c3156aec648a76cbe3200.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86dbc18ab99648fa2a1747d3d14aa243.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee5b1cd7952a34a0ab111d119e7a7419.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126b4107e53840d7ee93174b55e8f739.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56bd777e579fc140434660055ace7cae.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f52315c7271200537a68a0af2a89f66.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2990927512b6ce1f050e423f71cef9a1.JPG"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df79ecaa344ee8131c4107f2b510ac1d.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95c9febc4d18fcaf9bf4f85157bab419.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8a5e63adda09466834b2ef782731077.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad550576d24e9136616236f7d826a70.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6323d8e8c40db88503a4b8768eaeca.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03688b582b539ed315e256cbbea5dd10.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2480dba539e5ef7a6ad4cf529638e22.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/289e2fb36b9c2c02d6c17aa13cd0a81f.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db3c8a9880d55540f30522c29508824a.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d432645b7ed667af0e5d495ffbbc454d.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429fb39783e06bc16a93c4284cd9156e.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b1675a76cc37fa04aa4edc2449db85.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fee52f0a9bfefc34e8600b2d16cbad5c.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c4c2da05662abd5c76269e1b001f634.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b601d2aa08078caac18a3b156998df3d.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/475e1c4e51f3524fa408916c29336eb2.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edb96b703fc08283b2e2b7c046663d2.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f0c9b3c7d9a9ebe1f523eb6093507f.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a2b0ed5aa89b00d46243a5e90990dd.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecb8640ca90fae87661115d71ed9df0.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67f1cfbe07d545704f02e916960b9fa.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22af41a832fd7f7ca8df8f299ea5619c.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25367d4457d3902d7236f51b19d43fc5.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d434f19249370302942db5ba6cf379.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d403a3925e24a978be34d0a6dcb1dc1f.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d391e42de01c3e4de8eb80ba2e07ddb.JPG"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e7c00c9deeea14e7e8e498b4889e277.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf4458d734f1c9ca1bf0a6319583160.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e55e0c1063a08f4d79199afdaeb118c.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f75db4cd18633ad89c50b84f2d5427d3.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/735410457a3a9721d51ae176da0fb07d.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0cc25b0178f5374d9b1a36de208c609.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e09ba5aaa9564474f6d16c7f540cdb.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3b46ddcee1934c5b2324415e839e25.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15dd49c92b7b6abe81b83a69622784f.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff63a803a1d7a712e7b6299262af4163.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c3e6856a02b4c9810cec897ed1bdbd.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559d74f0d6d51694c4519fa27b2d63a7.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbbcba1781fe97088dc2e3c9422e579a.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745b1fd494fe3fa1f3a59b764477ce45.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14cfaece434147749445da9f3ad554da.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfe2eb0b05381dc29b1113c5b75ced50.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef6c95d0e4505f16d79b706af32b8c7.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55164207317acea9810fe2e3511c9b21.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564910a8f89e1e6186f26b4849c0c244.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a0ee1df27dc2bcd61cad69214918362.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c56d2232c91d1baef16db7faf66e2f.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cdb7235d34f66fe9265298554e42780.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e14784b43fedc312310d89a1f22adb.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d89d32924f8e90a9725bc9f0cf64cd68.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a91994bee8d909f438c178073da401c.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e8693c65e9668a3ecb5fb4308ce2b2.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43789dc41678363404b656a861867edd.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675047c4ec487c5bc6fe155f1e2ae3de.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2ec2f18b03bd719f206e2ff9062898.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a4822d0934c0f75ecd4b251955f9e9.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d883ce93223e3b6cd038a8ca9394e11.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67bde99ca28784d35b1e7e8993c1524f.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded3c8e33b826596be19281bb269292e.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232d7b35e6e15665713db7e2e7a3c296.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b1a54a5e19e5089ac634bdd3309e39.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af95372e505f0211c949996d1d66d0e1.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613ea3fe5cfa378cddbfef0af05ac506.JPG"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b3df42c39436d32db19d0597e2c3af.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b818f06865ae90af99cd1d37275110.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3647dd96b79000f49f020c4aa06a3e2.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d259e2d5cf85a32ade68d4365777e6d3.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69670da57abcc8112e71fa02bbe69ce1.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226aeba4a3c2a219c85b2f19c510c414.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5360b144156915aaac515444eeb301e.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88286686a88ffd749e908cf1c2554215.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b17842b04566e18c061f505e37ed5f6.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613e0617b0e186549eb1c3150d20a07c.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c68588a7afdb95fa21ab6a88f3d67f.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65efd44cc85b772e016cdc7e23b80f18.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f9c6a804cc37bb79afa33fe2996deb6.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/127da527d3cfc531be49f9c3c839a616.JPG"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aec02f95c285090647ec77ca9567aad.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2f4847e6b118ae5d572f524ccfd970.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc21e236b37bf63910eeff7ec261a08.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dd60ccb0e4376212815d41cb450d7d0.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea8fc899bdbf9b625f35e9d080c507c.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e94916c0c2ebc10162fa2362f0182a7f.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/283aca6a1e235d7db5adeddf0a590738.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/211c5b44f106c6b8d3c42455df58fc9c.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/286c58b58d07f920f1ac4075dfb0ff1d.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b823cf4bf33cf6396e39b129113972.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad1cd3bf362365b9b7121c6a618cefaa.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07320526d426c94d19f181cfc619c3ee.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0663546360ad7fe291c464bf243379da.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c7a1733f63bc97888868f6cf5891caf.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/286a9081ada6febb7ec1fcfdab7d42ca.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7d4139f3e73bafac0ea9428515c9b2.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e6f4371e7dbcb7a8ef54929284d9ea.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba57090cfc2ecdd1b0c0a82dd3a4d6a5.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538620f94d8b7bc7afe27eb2a3f9a64c.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cd9303620ac366f5a7d353cb651f314.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e162591d40dd7d7f1c290919d9b61b5.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df06ae8b06253c2c6ed3e86ddd954f4f.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4599586fb146ea701f1327cadc6fa57.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3e39d7b551ce192f291b3dd9939a25.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9630b91cd0f36514c41670a1910dc668.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bedafbabf9a81c36061c57db61b984d4.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f58d152769f2b292655e96190c27263.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731ca80726f7de56361acc1ba46b6da1.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06466d2185066d0f5d8a8c349f1c47d.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c517169e632792eec9c5eca124600d.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca27ca7270a642b700c2e5a237bf832.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48428ce6218007623df2668fa3d673d.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aeb82d073fd30bb1edd68c5d0cc01dd.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f21edad09ade55d6788c82b4f40bdd6.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d65683ef3b69d369bcee8296665755c.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548c54283806277ed520c55bb75cf71e.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/930938df851eaa77b21f4d56007108be.JPG"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8131ffb5a4abe39bb9fa591ebd65b2.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f72486792c7bc0b5d4e1555575ce099.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3423c49fe540a52bf893bd9a17424fa7.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9e291980231f98c293781dd81e2ed6.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9616e35c10b6d9e7e7379c35274611.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492641c14d2c6355d8de88c7d3384754.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb0efeb96dc0617c5dc6190263cc9a70.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5dd124cb5c38203db71c4b820b7d78.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/619f96b6e8c8348d93a0862eede49afb.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aced93dbe30488c151c87ba0284b708.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d470223557d91d69d855066940991854.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a55ef187999b0f697aa955dfe21044ac.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483350219628d46b129dd99e706e5a4e.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de2d7e21e956dcb1bde482951966b852.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f03c04e777894119c290c912621a57.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715735341ef79bd7ff6fb58d885d2ddf.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485b75700b3c90ea2a9351465bcb40a9.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41580852e9f3146a1a624171589a627c.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb69c53473b4a4aa2229042af725cc4c.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/409734dfde4f1287fd6f4ced14225768.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6825729afc541f82fef88d54250eef02.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fab1848c26d619347cc097a9f2c2de8.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7e47f21a23fe26ae6f1d5ae6f4e97be.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e9611e2ea5008ad90a350019904983.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8630445e84af4abeab71a2217f6ba61.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f370ec876d02f87cda4e776986be8068.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c61c086369ffed3dd885ec7bfa82e5.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4111d17979d1c474b96b337549897fbf.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e89e98f60268679222d9f3267cd4b603.JPG"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c9e9067552fd044955bc79331ce2712.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9130cf31beaad2deecf80cf9cfe71ee.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4798,114 +4084,114 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="image_11" descr="image_11"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="image_12" descr="image_12"/>
+        <xdr:cNvPr id="3" name="image_13" descr="image_13"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="image_13" descr="image_13"/>
+        <xdr:cNvPr id="4" name="image_14" descr="image_14"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1304925" cy="762000"/>
+    <xdr:ext cx="971550" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="image_15" descr="image_15"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -4921,8400 +4207,7650 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="971550" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="image_17" descr="image_17"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="image_18" descr="image_18"/>
+        <xdr:cNvPr id="8" name="image_19" descr="image_19"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="image_20" descr="image_20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="image_20" descr="image_20"/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="10" name="image_21" descr="image_21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="image_22" descr="image_22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="image_23" descr="image_23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="image_24" descr="image_24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1276350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="image_25" descr="image_25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1276350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="image_26" descr="image_26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="image_27" descr="image_27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="image_28" descr="image_28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="image_29" descr="image_29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="image_30" descr="image_30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="image_31" descr="image_31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="image_32" descr="image_32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="image_33" descr="image_33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="image_34" descr="image_34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="image_35" descr="image_35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="image_36" descr="image_36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="image_37" descr="image_37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="image_38" descr="image_38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="image_39" descr="image_39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="image_40" descr="image_40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="image_41" descr="image_41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="image_42" descr="image_42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="image_43" descr="image_43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="image_44" descr="image_44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="image_45" descr="image_45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="image_46" descr="image_46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="image_47" descr="image_47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="image_48" descr="image_48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="image_49" descr="image_49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="image_50" descr="image_50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="image_51" descr="image_51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="image_52" descr="image_52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="image_53" descr="image_53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="image_54" descr="image_54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="image_56" descr="image_56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="image_57" descr="image_57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="image_58" descr="image_58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="image_59" descr="image_59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="image_62" descr="image_62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1076325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="image_63" descr="image_63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="image_64" descr="image_64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="image_65" descr="image_65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="image_66" descr="image_66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="image_67" descr="image_67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="image_68" descr="image_68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="image_69" descr="image_69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="image_70" descr="image_70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="image_71" descr="image_71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="image_72" descr="image_72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="image_73" descr="image_73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="image_74" descr="image_74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="image_75" descr="image_75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="image_76" descr="image_76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="image_77" descr="image_77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="image_78" descr="image_78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="image_79" descr="image_79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="image_80" descr="image_80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="image_81" descr="image_81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="image_82" descr="image_82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="image_83" descr="image_83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="image_84" descr="image_84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="image_85" descr="image_85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="image_86" descr="image_86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="image_87" descr="image_87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="image_88" descr="image_88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="image_89" descr="image_89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="image_90" descr="image_90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="image_91" descr="image_91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="image_92" descr="image_92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="image_93" descr="image_93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="image_94" descr="image_94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="image_95" descr="image_95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="image_96" descr="image_96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="image_98" descr="image_98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="image_100" descr="image_100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="image_101" descr="image_101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="image_102" descr="image_102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="542925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="image_103" descr="image_103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="image_104" descr="image_104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="image_21" descr="image_21"/>
-[...23 lines deleted...]
-      <xdr:row>21</xdr:row>
+        <xdr:cNvPr id="89" name="image_105" descr="image_105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="image_22" descr="image_22"/>
-[...23 lines deleted...]
-      <xdr:row>22</xdr:row>
+        <xdr:cNvPr id="90" name="image_106" descr="image_106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="image_23" descr="image_23"/>
-[...23 lines deleted...]
-      <xdr:row>23</xdr:row>
+        <xdr:cNvPr id="91" name="image_107" descr="image_107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="image_108" descr="image_108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="image_24" descr="image_24"/>
-[...23 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="93" name="image_109" descr="image_109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="image_110" descr="image_110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="image_25" descr="image_25"/>
-[...83 lines deleted...]
-      <xdr:row>27</xdr:row>
+        <xdr:cNvPr id="95" name="image_111" descr="image_111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="image_28" descr="image_28"/>
-[...23 lines deleted...]
-      <xdr:row>28</xdr:row>
+        <xdr:cNvPr id="96" name="image_112" descr="image_112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="image_29" descr="image_29"/>
-[...23 lines deleted...]
-      <xdr:row>29</xdr:row>
+        <xdr:cNvPr id="97" name="image_113" descr="image_113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="image_114" descr="image_114"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="image_30" descr="image_30"/>
-[...23 lines deleted...]
-      <xdr:row>31</xdr:row>
+        <xdr:cNvPr id="99" name="image_115" descr="image_115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="image_32" descr="image_32"/>
-[...23 lines deleted...]
-      <xdr:row>32</xdr:row>
+        <xdr:cNvPr id="100" name="image_117" descr="image_117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="image_118" descr="image_118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="image_119" descr="image_119"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="image_120" descr="image_120"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="image_121" descr="image_121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="image_122" descr="image_122"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="image_123" descr="image_123"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="image_124" descr="image_124"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="image_33" descr="image_33"/>
-[...23 lines deleted...]
-      <xdr:row>34</xdr:row>
+        <xdr:cNvPr id="108" name="image_125" descr="image_125"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="image_126" descr="image_126"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="image_127" descr="image_127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="image_128" descr="image_128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="image_129" descr="image_129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="image_130" descr="image_130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="image_133" descr="image_133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="image_135" descr="image_135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="723900" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="image_136" descr="image_136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="image_137" descr="image_137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="image_138" descr="image_138"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="image_140" descr="image_140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="image_141" descr="image_141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="image_35" descr="image_35"/>
-[...23 lines deleted...]
-      <xdr:row>35</xdr:row>
+        <xdr:cNvPr id="121" name="image_142" descr="image_142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="image_143" descr="image_143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="image_145" descr="image_145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="image_36" descr="image_36"/>
-[...23 lines deleted...]
-      <xdr:row>36</xdr:row>
+        <xdr:cNvPr id="124" name="image_146" descr="image_146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="image_147" descr="image_147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="image_148" descr="image_148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="image_149" descr="image_149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="image_150" descr="image_150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="image_151" descr="image_151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="image_152" descr="image_152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="image_153" descr="image_153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="image_154" descr="image_154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="876300" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="image_37" descr="image_37"/>
-[...23 lines deleted...]
-      <xdr:row>40</xdr:row>
+        <xdr:cNvPr id="133" name="image_155" descr="image_155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="image_158" descr="image_158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="image_159" descr="image_159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="image_160" descr="image_160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="image_161" descr="image_161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="image_162" descr="image_162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="image_163" descr="image_163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="image_164" descr="image_164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="image_165" descr="image_165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="image_166" descr="image_166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="image_167" descr="image_167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="image_169" descr="image_169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="400050" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="image_170" descr="image_170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="image_171" descr="image_171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="image_172" descr="image_172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="image_173" descr="image_173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="image_174" descr="image_174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="638175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="image_175" descr="image_175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="image_176" descr="image_176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="image_177" descr="image_177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="image_178" descr="image_178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="image_179" descr="image_179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="image_180" descr="image_180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="image_181" descr="image_181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="image_182" descr="image_182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="image_183" descr="image_183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="image_184" descr="image_184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="image_186" descr="image_186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="image_187" descr="image_187"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="image_188" descr="image_188"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>188</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="image_189" descr="image_189"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="image_190" descr="image_190"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>190</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="image_191" descr="image_191"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="image_192" descr="image_192"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="image_193" descr="image_193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="image_194" descr="image_194"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="image_195" descr="image_195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="image_196" descr="image_196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>196</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="image_197" descr="image_197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="image_198" descr="image_198"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="image_200" descr="image_200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="image_201" descr="image_201"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="image_202" descr="image_202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="image_203" descr="image_203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="image_204" descr="image_204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="image_205" descr="image_205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="image_206" descr="image_206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="image_207" descr="image_207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="image_208" descr="image_208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="image_209" descr="image_209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="image_210" descr="image_210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="image_211" descr="image_211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="image_213" descr="image_213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="image_214" descr="image_214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="image_215" descr="image_215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="image_216" descr="image_216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="image_217" descr="image_217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>222</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1009650" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="image_41" descr="image_41"/>
-[...23 lines deleted...]
-      <xdr:row>41</xdr:row>
+        <xdr:cNvPr id="190" name="image_223" descr="image_223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="image_224" descr="image_224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="image_226" descr="image_226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="image_227" descr="image_227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="image_228" descr="image_228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="image_229" descr="image_229"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="image_230" descr="image_230"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="image_233" descr="image_233"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>233</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1038225" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="image_42" descr="image_42"/>
-[...53 lines deleted...]
-      <xdr:row>43</xdr:row>
+        <xdr:cNvPr id="198" name="image_234" descr="image_234"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="image_235" descr="image_235"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="image_236" descr="image_236"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="image_237" descr="image_237"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>237</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="image_238" descr="image_238"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="image_44" descr="image_44"/>
-[...23 lines deleted...]
-      <xdr:row>44</xdr:row>
+        <xdr:cNvPr id="203" name="image_239" descr="image_239"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="image_240" descr="image_240"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="image_241" descr="image_241"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="image_242" descr="image_242"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>242</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="image_45" descr="image_45"/>
-[...23 lines deleted...]
-      <xdr:row>45</xdr:row>
+        <xdr:cNvPr id="207" name="image_243" descr="image_243"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>243</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="208" name="image_244" descr="image_244"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="image_245" descr="image_245"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>245</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="image_246" descr="image_246"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="image_247" descr="image_247"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="image_248" descr="image_248"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="213" name="image_249" descr="image_249"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>249</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="image_250" descr="image_250"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="image_251" descr="image_251"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="image_252" descr="image_252"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1238250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="image_253" descr="image_253"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>253</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="image_46" descr="image_46"/>
-[...23 lines deleted...]
-      <xdr:row>46</xdr:row>
+        <xdr:cNvPr id="218" name="image_254" descr="image_254"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="image_255" descr="image_255"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>255</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="image_47" descr="image_47"/>
-[...83 lines deleted...]
-      <xdr:row>49</xdr:row>
+        <xdr:cNvPr id="220" name="image_256" descr="image_256"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>256</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="image_50" descr="image_50"/>
-[...23 lines deleted...]
-      <xdr:row>50</xdr:row>
+        <xdr:cNvPr id="221" name="image_257" descr="image_257"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="image_258" descr="image_258"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>258</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="image_51" descr="image_51"/>
-[...23 lines deleted...]
-      <xdr:row>51</xdr:row>
+        <xdr:cNvPr id="223" name="image_259" descr="image_259"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="image_260" descr="image_260"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1095375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="image_261" descr="image_261"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="image_262" descr="image_262"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="image_263" descr="image_263"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="image_264" descr="image_264"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>264</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="image_52" descr="image_52"/>
-[...23 lines deleted...]
-      <xdr:row>52</xdr:row>
+        <xdr:cNvPr id="229" name="image_265" descr="image_265"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="image_266" descr="image_266"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="image_267" descr="image_267"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="image_268" descr="image_268"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="image_269" descr="image_269"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="image_270" descr="image_270"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="image_271" descr="image_271"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="image_272" descr="image_272"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1095375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="image_273" descr="image_273"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="image_274" descr="image_274"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="image_275" descr="image_275"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1095375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="image_276" descr="image_276"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="241" name="image_277" descr="image_277"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="image_278" descr="image_278"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="243" name="image_279" descr="image_279"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="image_280" descr="image_280"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>280</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="image_281" descr="image_281"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>281</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="image_282" descr="image_282"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>282</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="image_283" descr="image_283"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>283</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="image_284" descr="image_284"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>284</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="image_285" descr="image_285"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>285</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="image_286" descr="image_286"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>286</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="image_287" descr="image_287"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>287</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="252" name="image_288" descr="image_288"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>288</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="image_289" descr="image_289"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>289</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="image_290" descr="image_290"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>290</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="255" name="image_291" descr="image_291"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>291</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="256" name="image_292" descr="image_292"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>292</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="image_53" descr="image_53"/>
-[...83 lines deleted...]
-      <xdr:row>56</xdr:row>
+        <xdr:cNvPr id="257" name="image_293" descr="image_293"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="image_57" descr="image_57"/>
-[...23 lines deleted...]
-      <xdr:row>59</xdr:row>
+        <xdr:cNvPr id="258" name="image_294" descr="image_294"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>294</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="image_60" descr="image_60"/>
-[...623 lines deleted...]
-      <xdr:row>91</xdr:row>
+        <xdr:cNvPr id="259" name="image_295" descr="image_295"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>295</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="image_92" descr="image_92"/>
-[...5939 lines deleted...]
-        <xdr:cNvPr id="260" name="image_328" descr="image_328"/>
+        <xdr:cNvPr id="260" name="image_296" descr="image_296"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
-        <a:stretch>
-[...748 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -13581,54 +12117,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P356"/>
+  <dimension ref="A1:P296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P356"/>
+      <selection activeCell="A9" sqref="A9:P296"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -13831,16263 +12367,13487 @@
       </c>
       <c r="H11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="6">
         <v>0</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="10" t="s">
         <v>31</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
     </row>
-    <row r="12" spans="1:16" customHeight="1" ht="65">
+    <row r="12" spans="1:16">
       <c r="A12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="6">
         <v>0</v>
       </c>
       <c r="C12" s="6">
         <v>0</v>
       </c>
       <c r="D12" s="6">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="6">
-        <v>6.5</v>
-[...1 lines deleted...]
-      <c r="J12" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="J12" s="10"/>
+      <c r="K12" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="K12" s="6" t="s">
+      <c r="L12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M12" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="L12" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N12" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O12" s="6">
-        <v>44471.07</v>
+        <v>809.68</v>
       </c>
       <c r="P12" s="6"/>
     </row>
     <row r="13" spans="1:16" customHeight="1" ht="65">
       <c r="A13" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" s="6">
+        <v>0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" s="9" t="s">
         <v>44</v>
       </c>
-      <c r="B13" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="G13" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="6">
-        <v>1.5</v>
+        <v>6.5</v>
       </c>
       <c r="J13" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M13" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="K13" s="6" t="s">
+      <c r="N13" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O13" s="6">
+        <v>45360.5</v>
+      </c>
+      <c r="P13" s="6"/>
+    </row>
+    <row r="14" spans="1:16" customHeight="1" ht="65">
+      <c r="A14" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L13" s="10" t="s">
-[...2 lines deleted...]
-      <c r="M13" s="6" t="s">
+      <c r="B14" s="6">
+        <v>0</v>
+      </c>
+      <c r="C14" s="6">
+        <v>0</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="N13" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A14" s="6" t="s">
+      <c r="F14" s="9" t="s">
         <v>50</v>
-      </c>
-[...13 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I14" s="6">
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="J14" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L14" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="M14" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="K14" s="6"/>
-[...5 lines deleted...]
-      </c>
       <c r="N14" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O14" s="6"/>
+      <c r="O14" s="6">
+        <v>27959.4</v>
+      </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" s="6">
+        <v>0</v>
+      </c>
+      <c r="C15" s="6">
+        <v>0</v>
+      </c>
+      <c r="D15" s="6">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F15" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="B15" s="6">
-[...8 lines deleted...]
-      <c r="E15" s="6" t="s">
+      <c r="G15" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I15" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="J15" s="10" t="s">
         <v>57</v>
       </c>
-      <c r="F15" s="9" t="s">
+      <c r="K15" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L15" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M15" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="G15" s="10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O15" s="6"/>
+      <c r="O15" s="6">
+        <v>13379.94</v>
+      </c>
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B16" s="6">
         <v>0</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="6">
         <v>2.8</v>
       </c>
       <c r="J16" s="10" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="K16" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L16" s="10" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M16" s="6" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O16" s="6">
-        <v>10456.96</v>
+        <v>13379.94</v>
       </c>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16" customHeight="1" ht="65">
       <c r="A17" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B17" s="6">
+        <v>0</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I17" s="6">
+        <v>0</v>
+      </c>
+      <c r="J17" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="M17" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N17" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O17" s="6"/>
+      <c r="P17" s="6"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="B17" s="6">
-[...8 lines deleted...]
-      <c r="E17" s="6" t="s">
+      <c r="B18" s="6">
+        <v>0</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0</v>
+      </c>
+      <c r="E18" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="F17" s="9" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="F18" s="9" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I18" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.2</v>
+      </c>
+      <c r="J18" s="10"/>
       <c r="K18" s="6" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="L18" s="10" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M18" s="6" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O18" s="6"/>
+      <c r="O18" s="6">
+        <v>899.64</v>
+      </c>
       <c r="P18" s="6"/>
     </row>
-    <row r="19" spans="1:16">
+    <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B19" s="6">
         <v>0</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="G19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="6">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="J19" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="L19" s="10" t="s">
         <v>75</v>
       </c>
-      <c r="K19" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M19" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16" customHeight="1" ht="65">
       <c r="A20" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0</v>
+      </c>
+      <c r="C20" s="6">
+        <v>0</v>
+      </c>
+      <c r="D20" s="6">
+        <v>0</v>
+      </c>
+      <c r="E20" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="B20" s="6">
-[...8 lines deleted...]
-      <c r="E20" s="6" t="s">
+      <c r="F20" s="9" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I20" s="6">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="J20" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K20" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="K20" s="6" t="s">
+      <c r="L20" s="10" t="s">
         <v>82</v>
       </c>
-      <c r="L20" s="10" t="s">
+      <c r="M20" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="M20" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N20" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O20" s="6"/>
+      <c r="O20" s="6">
+        <v>38848.68</v>
+      </c>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16" customHeight="1" ht="65">
       <c r="A21" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" s="6">
+        <v>2</v>
+      </c>
+      <c r="C21" s="6">
+        <v>2</v>
+      </c>
+      <c r="D21" s="6">
+        <v>0</v>
+      </c>
+      <c r="E21" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="B21" s="6">
-[...8 lines deleted...]
-      <c r="E21" s="6" t="s">
+      <c r="F21" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G21" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H21" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="F21" s="9" t="s">
+      <c r="I21" s="6">
+        <v>4.1</v>
+      </c>
+      <c r="J21" s="10" t="s">
         <v>87</v>
       </c>
-      <c r="G21" s="10" t="s">
-[...8 lines deleted...]
-      <c r="J21" s="10" t="s">
+      <c r="K21" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L21" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M21" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="K21" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N21" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O21" s="6"/>
+      <c r="O21" s="6">
+        <v>15795.04</v>
+      </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B22" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C22" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="I22" s="6">
         <v>4.1</v>
       </c>
       <c r="J22" s="10" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="K22" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L22" s="10" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O22" s="6">
-        <v>16038.38</v>
+        <v>19813.5</v>
       </c>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16" customHeight="1" ht="65">
       <c r="A23" s="6" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B23" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="C23" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="G23" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="I23" s="6">
         <v>4.1</v>
       </c>
       <c r="J23" s="10" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L23" s="10" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O23" s="6">
-        <v>17400</v>
+        <v>15795.04</v>
       </c>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B24" s="6">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C24" s="6">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="I24" s="6">
-        <v>4.1</v>
+        <v>6.5</v>
       </c>
       <c r="J24" s="10" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="K24" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L24" s="10" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="M24" s="6" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O24" s="6">
-        <v>16038.38</v>
+        <v>25938.36</v>
       </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I25" s="6">
-        <v>6.5</v>
+        <v>5.2</v>
       </c>
       <c r="J25" s="10" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L25" s="10" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="M25" s="6" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O25" s="6"/>
+      <c r="O25" s="6">
+        <v>30560.04</v>
+      </c>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16" customHeight="1" ht="65">
       <c r="A26" s="6" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B26" s="6">
         <v>0</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6">
         <v>0</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="G26" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I26" s="6">
         <v>5.2</v>
       </c>
       <c r="J26" s="10" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="K26" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L26" s="10" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M26" s="6" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O26" s="6">
-        <v>26979.12</v>
+        <v>30560.04</v>
       </c>
       <c r="P26" s="6"/>
     </row>
     <row r="27" spans="1:16" customHeight="1" ht="65">
       <c r="A27" s="6" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B27" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C27" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D27" s="6">
         <v>0</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>38</v>
+        <v>112</v>
       </c>
       <c r="G27" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="I27" s="6">
-        <v>5.2</v>
+        <v>12</v>
       </c>
       <c r="J27" s="10" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L27" s="10" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O27" s="6">
-        <v>27557.24</v>
+        <v>27090.2</v>
       </c>
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B28" s="6">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="C28" s="6">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="I28" s="6">
         <v>12</v>
       </c>
       <c r="J28" s="10" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="K28" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L28" s="10" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O28" s="6">
-        <v>27128.14</v>
+        <v>27090.2</v>
       </c>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="65">
       <c r="A29" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B29" s="6">
+        <v>0</v>
+      </c>
+      <c r="C29" s="6">
+        <v>0</v>
+      </c>
+      <c r="D29" s="6">
+        <v>0</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F29" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="G29" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I29" s="6">
+        <v>0</v>
+      </c>
+      <c r="J29" s="10" t="s">
         <v>122</v>
       </c>
-      <c r="B29" s="6">
-[...8 lines deleted...]
-      <c r="E29" s="6" t="s">
+      <c r="K29" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L29" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="M29" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="F29" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N29" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O29" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O29" s="6"/>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>128</v>
+        <v>72</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="6">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="J30" s="10" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="K30" s="6" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L30" s="10" t="s">
-        <v>128</v>
+        <v>75</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O30" s="6"/>
       <c r="P30" s="6"/>
     </row>
-    <row r="31" spans="1:16">
+    <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" s="6">
+        <v>0</v>
+      </c>
+      <c r="C31" s="6">
+        <v>0</v>
+      </c>
+      <c r="D31" s="6">
+        <v>0</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="G31" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I31" s="6">
+        <v>15</v>
+      </c>
+      <c r="J31" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L31" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="M31" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="B31" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N31" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O31" s="6"/>
+      <c r="O31" s="6">
+        <v>20754.72</v>
+      </c>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>80</v>
+        <v>134</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I32" s="6">
-        <v>28</v>
+        <v>14.5</v>
       </c>
       <c r="J32" s="10" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="K32" s="6" t="s">
-        <v>82</v>
+        <v>136</v>
       </c>
       <c r="L32" s="10" t="s">
-        <v>83</v>
+        <v>137</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O32" s="6"/>
+      <c r="O32" s="6">
+        <v>15943.52</v>
+      </c>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="65">
       <c r="A33" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" s="6">
+        <v>0</v>
+      </c>
+      <c r="C33" s="6">
+        <v>0</v>
+      </c>
+      <c r="D33" s="6">
+        <v>0</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="F33" s="9" t="s">
         <v>141</v>
       </c>
-      <c r="B33" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="G33" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J33" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="K33" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="M33" s="6" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>144</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O33" s="6"/>
       <c r="P33" s="6"/>
     </row>
-    <row r="34" spans="1:16">
+    <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" s="6">
+        <v>0</v>
+      </c>
+      <c r="C34" s="6">
+        <v>0</v>
+      </c>
+      <c r="D34" s="6">
+        <v>0</v>
+      </c>
+      <c r="E34" s="6">
+        <v>198513</v>
+      </c>
+      <c r="F34" s="9" t="s">
         <v>145</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I34" s="6">
         <v>0</v>
       </c>
       <c r="J34" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="K34" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="K34" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L34" s="10" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>148</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O34" s="6"/>
+      <c r="O34" s="6">
+        <v>69.35</v>
+      </c>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B35" s="6">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>150</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>151</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I35" s="6">
-        <v>14.5</v>
+        <v>0</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>152</v>
       </c>
       <c r="K35" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L35" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="M35" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="L35" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N35" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O35" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O35" s="6"/>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="B36" s="6">
+        <v>0</v>
+      </c>
+      <c r="C36" s="6">
+        <v>0</v>
+      </c>
+      <c r="D36" s="6">
+        <v>0</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F36" s="9" t="s">
         <v>156</v>
-      </c>
-[...13 lines deleted...]
-        <v>158</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="6">
         <v>0</v>
       </c>
       <c r="J36" s="10" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="K36" s="6" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="L36" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="M36" s="6" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O36" s="6"/>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
-      <c r="E37" s="6">
-        <v>198513</v>
+      <c r="E37" s="6" t="s">
+        <v>160</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I37" s="6">
         <v>0</v>
       </c>
       <c r="J37" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="K37" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L37" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="M37" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="N37" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O37" s="6"/>
+      <c r="P37" s="6"/>
+    </row>
+    <row r="38" spans="1:16" customHeight="1" ht="65">
+      <c r="A38" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="K37" s="6" t="s">
+      <c r="B38" s="6">
+        <v>0</v>
+      </c>
+      <c r="C38" s="6">
+        <v>0</v>
+      </c>
+      <c r="D38" s="6">
+        <v>0</v>
+      </c>
+      <c r="E38" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="L37" s="10" t="s">
-[...2 lines deleted...]
-      <c r="M37" s="6" t="s">
+      <c r="F38" s="9" t="s">
         <v>165</v>
-      </c>
-[...25 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="6">
         <v>0</v>
       </c>
       <c r="J38" s="10" t="s">
         <v>166</v>
       </c>
       <c r="K38" s="6" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="L38" s="10" t="s">
-        <v>60</v>
+        <v>165</v>
       </c>
       <c r="M38" s="6" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O38" s="6"/>
       <c r="P38" s="6"/>
     </row>
-    <row r="39" spans="1:16">
+    <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" s="6">
+        <v>1</v>
+      </c>
+      <c r="C39" s="6">
+        <v>1</v>
+      </c>
+      <c r="D39" s="6">
+        <v>0</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="B39" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F39" s="9" t="s">
-        <v>52</v>
+        <v>165</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="6">
         <v>0</v>
       </c>
       <c r="J39" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L39" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="M39" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="N39" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O39" s="6">
+        <v>3460.38</v>
+      </c>
+      <c r="P39" s="6"/>
+    </row>
+    <row r="40" spans="1:16" customHeight="1" ht="65">
+      <c r="A40" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="L39" s="10" t="s">
-[...2 lines deleted...]
-      <c r="M39" s="6" t="s">
+      <c r="B40" s="6">
+        <v>0</v>
+      </c>
+      <c r="C40" s="6">
+        <v>0</v>
+      </c>
+      <c r="D40" s="6">
+        <v>0</v>
+      </c>
+      <c r="E40" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="N39" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A40" s="6" t="s">
+      <c r="F40" s="9" t="s">
         <v>174</v>
-      </c>
-[...13 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I40" s="6">
-        <v>0</v>
+        <v>2.4</v>
       </c>
       <c r="J40" s="10" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K40" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="L40" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M40" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="L40" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N40" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O40" s="6"/>
+      <c r="O40" s="6">
+        <v>725.41</v>
+      </c>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="B41" s="6">
+        <v>67</v>
+      </c>
+      <c r="C41" s="6">
+        <v>67</v>
+      </c>
+      <c r="D41" s="6">
+        <v>0</v>
+      </c>
+      <c r="E41" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="B41" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F41" s="9" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="6">
-        <v>0</v>
+        <v>2.79</v>
       </c>
       <c r="J41" s="10" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="K41" s="6" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="L41" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M41" s="6" t="s">
         <v>181</v>
       </c>
-      <c r="M41" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N41" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O41" s="6">
-        <v>109.35</v>
+        <v>879.41</v>
       </c>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B42" s="6">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="C42" s="6">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
       <c r="E42" s="6" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="6">
-        <v>0</v>
+        <v>3.21</v>
       </c>
       <c r="J42" s="10" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="K42" s="6" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="L42" s="10" t="s">
-        <v>186</v>
+        <v>82</v>
       </c>
       <c r="M42" s="6" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O42" s="6">
-        <v>1468.04</v>
+        <v>1021.24</v>
       </c>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B43" s="6">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="C43" s="6">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I43" s="6">
-        <v>0</v>
+        <v>3.9</v>
       </c>
       <c r="J43" s="10" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>186</v>
+        <v>82</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O43" s="6">
-        <v>1565.11</v>
+        <v>1196.31</v>
       </c>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="65">
       <c r="A44" s="6" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I44" s="6">
         <v>0</v>
       </c>
       <c r="J44" s="10" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="K44" s="6" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="L44" s="10" t="s">
-        <v>195</v>
+        <v>82</v>
       </c>
       <c r="M44" s="6" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O44" s="6"/>
+      <c r="O44" s="6">
+        <v>5348.34</v>
+      </c>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B45" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C45" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D45" s="6">
         <v>0</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="G45" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="I45" s="6">
         <v>0</v>
       </c>
       <c r="J45" s="10" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="K45" s="6" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="L45" s="10" t="s">
-        <v>195</v>
+        <v>82</v>
       </c>
       <c r="M45" s="6" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O45" s="6">
-        <v>3460.38</v>
+        <v>5358.37</v>
       </c>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B46" s="6">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="C46" s="6">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>204</v>
+        <v>79</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="I46" s="6">
-        <v>2.4</v>
+        <v>0</v>
       </c>
       <c r="J46" s="10" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="K46" s="6" t="s">
-        <v>206</v>
+        <v>176</v>
       </c>
       <c r="L46" s="10" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="M46" s="6" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O46" s="6">
-        <v>704.28</v>
+        <v>5842.47</v>
       </c>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="B47" s="6">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="C47" s="6">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="D47" s="6">
         <v>0</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>204</v>
+        <v>79</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="6">
-        <v>2.8</v>
+        <v>0</v>
       </c>
       <c r="J47" s="10" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>206</v>
+        <v>176</v>
       </c>
       <c r="L47" s="10" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O47" s="6">
-        <v>853.79</v>
+        <v>7240.2</v>
       </c>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="B48" s="6">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="C48" s="6">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="G48" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I48" s="6">
-        <v>3.6</v>
+        <v>10.6</v>
       </c>
       <c r="J48" s="10" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="K48" s="6" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="L48" s="10" t="s">
-        <v>90</v>
+        <v>208</v>
       </c>
       <c r="M48" s="6" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O48" s="6">
-        <v>991.49</v>
+        <v>7159.32</v>
       </c>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B49" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C49" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>204</v>
+        <v>56</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="6">
-        <v>3.9</v>
+        <v>3.6</v>
       </c>
       <c r="J49" s="10" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="K49" s="6" t="s">
-        <v>206</v>
+        <v>46</v>
       </c>
       <c r="L49" s="10" t="s">
-        <v>90</v>
+        <v>56</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O49" s="6">
-        <v>1080.43</v>
+        <v>10697.78</v>
       </c>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B50" s="6">
         <v>0</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
         <v>0</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>87</v>
+        <v>156</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I50" s="6">
         <v>0</v>
       </c>
       <c r="J50" s="10" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="K50" s="6" t="s">
-        <v>206</v>
+        <v>26</v>
       </c>
       <c r="L50" s="10" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
       <c r="M50" s="6" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O50" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O50" s="6"/>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="65">
       <c r="A51" s="6" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B51" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C51" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D51" s="6">
         <v>0</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="G51" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I51" s="6">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="J51" s="10" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>206</v>
+        <v>74</v>
       </c>
       <c r="L51" s="10" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O51" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O51" s="6"/>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="65">
       <c r="A52" s="6" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B52" s="6">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="C52" s="6">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="D52" s="6">
         <v>0</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
       <c r="G52" s="10" t="s">
-        <v>23</v>
+        <v>225</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="I52" s="6">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="J52" s="10" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="K52" s="6" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="L52" s="10" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="M52" s="6" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O52" s="6">
-        <v>5727.91</v>
+        <v>255919.66</v>
       </c>
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="65">
       <c r="A53" s="6" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B53" s="6">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6">
         <v>0</v>
       </c>
       <c r="E53" s="6" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I53" s="6">
         <v>0</v>
       </c>
       <c r="J53" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="L53" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="N53" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O53" s="6"/>
+      <c r="P53" s="6"/>
+    </row>
+    <row r="54" spans="1:16" customHeight="1" ht="65">
+      <c r="A54" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="B54" s="6">
+        <v>0</v>
+      </c>
+      <c r="C54" s="6">
+        <v>0</v>
+      </c>
+      <c r="D54" s="6">
+        <v>0</v>
+      </c>
+      <c r="E54" s="6" t="s">
         <v>234</v>
       </c>
-      <c r="K53" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M53" s="6" t="s">
+      <c r="F54" s="9" t="s">
         <v>235</v>
-      </c>
-[...25 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I54" s="6">
         <v>0</v>
       </c>
       <c r="J54" s="10" t="s">
         <v>236</v>
       </c>
       <c r="K54" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="M54" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="N54" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O54" s="6">
+        <v>3565.66</v>
+      </c>
+      <c r="P54" s="6"/>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" s="6" t="s">
         <v>238</v>
       </c>
-      <c r="L54" s="10" t="s">
-[...2 lines deleted...]
-      <c r="M54" s="6" t="s">
+      <c r="B55" s="6">
+        <v>0</v>
+      </c>
+      <c r="C55" s="6">
+        <v>0</v>
+      </c>
+      <c r="D55" s="6">
+        <v>0</v>
+      </c>
+      <c r="E55" s="6" t="s">
         <v>239</v>
       </c>
-      <c r="N54" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A55" s="6" t="s">
+      <c r="F55" s="9" t="s">
         <v>240</v>
-      </c>
-[...13 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G55" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I55" s="6">
-        <v>10.6</v>
+        <v>0</v>
       </c>
       <c r="J55" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="L55" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M55" s="6" t="s">
         <v>242</v>
       </c>
-      <c r="K55" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N55" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O55" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O55" s="6"/>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="65">
       <c r="A56" s="6" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B56" s="6">
         <v>0</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6">
         <v>0</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>162</v>
+        <v>72</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I56" s="6">
-        <v>0.09</v>
+        <v>41</v>
       </c>
       <c r="J56" s="10" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="K56" s="6" t="s">
-        <v>164</v>
+        <v>74</v>
       </c>
       <c r="L56" s="10" t="s">
-        <v>162</v>
+        <v>75</v>
       </c>
       <c r="M56" s="6" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O56" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O56" s="6"/>
       <c r="P56" s="6"/>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="65">
       <c r="A57" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="B57" s="6">
+        <v>6</v>
+      </c>
+      <c r="C57" s="6">
+        <v>6</v>
+      </c>
+      <c r="D57" s="6">
+        <v>0</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G57" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="I57" s="6">
+        <v>2.2</v>
+      </c>
+      <c r="J57" s="10" t="s">
         <v>249</v>
       </c>
-      <c r="B57" s="6">
-[...8 lines deleted...]
-      <c r="E57" s="6" t="s">
+      <c r="K57" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L57" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M57" s="6" t="s">
         <v>250</v>
       </c>
-      <c r="F57" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J57" s="10" t="s">
+      <c r="N57" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O57" s="6">
+        <v>8846.84</v>
+      </c>
+      <c r="P57" s="6"/>
+    </row>
+    <row r="58" spans="1:16" customHeight="1" ht="65">
+      <c r="A58" s="6" t="s">
         <v>251</v>
       </c>
-      <c r="K57" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M57" s="6" t="s">
+      <c r="B58" s="6">
+        <v>0</v>
+      </c>
+      <c r="C58" s="6">
+        <v>0</v>
+      </c>
+      <c r="D58" s="6">
+        <v>0</v>
+      </c>
+      <c r="E58" s="6" t="s">
         <v>252</v>
       </c>
-      <c r="N57" s="6" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="F58" s="9" t="s">
-        <v>186</v>
+        <v>72</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="6">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="J58" s="10" t="s">
         <v>253</v>
       </c>
       <c r="K58" s="6" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L58" s="10" t="s">
-        <v>186</v>
+        <v>75</v>
       </c>
       <c r="M58" s="6" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O58" s="6"/>
       <c r="P58" s="6"/>
     </row>
-    <row r="59" spans="1:16">
+    <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="B59" s="6">
+        <v>0</v>
+      </c>
+      <c r="C59" s="6">
+        <v>0</v>
+      </c>
+      <c r="D59" s="6">
+        <v>0</v>
+      </c>
+      <c r="E59" s="6" t="s">
         <v>256</v>
       </c>
-      <c r="B59" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F59" s="9" t="s">
-        <v>258</v>
+        <v>72</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="6">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="J59" s="10" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>259</v>
+        <v>74</v>
       </c>
       <c r="L59" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M59" s="6" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O59" s="6"/>
       <c r="P59" s="6"/>
     </row>
-    <row r="60" spans="1:16" customHeight="1" ht="65">
+    <row r="60" spans="1:16">
       <c r="A60" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="B60" s="6">
+        <v>0</v>
+      </c>
+      <c r="C60" s="6">
+        <v>0</v>
+      </c>
+      <c r="D60" s="6">
+        <v>0</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="F60" s="9" t="s">
         <v>261</v>
-      </c>
-[...13 lines deleted...]
-        <v>186</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="6">
         <v>0</v>
       </c>
       <c r="J60" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="L60" s="10" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>263</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O60" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O60" s="6"/>
       <c r="P60" s="6"/>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" s="6" t="s">
         <v>264</v>
       </c>
       <c r="B61" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C61" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>265</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="G61" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I61" s="6">
         <v>0</v>
       </c>
-      <c r="J61" s="10" t="s">
+      <c r="J61" s="10"/>
+      <c r="K61" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="L61" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M61" s="6" t="s">
         <v>266</v>
       </c>
-      <c r="K61" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O61" s="6">
-        <v>2642.69</v>
+        <v>809.68</v>
       </c>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B62" s="6">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="C62" s="6">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="D62" s="6">
         <v>0</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>58</v>
+        <v>121</v>
       </c>
       <c r="G62" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="6">
         <v>0</v>
       </c>
       <c r="J62" s="10" t="s">
         <v>269</v>
       </c>
       <c r="K62" s="6" t="s">
-        <v>271</v>
+        <v>26</v>
       </c>
       <c r="L62" s="10" t="s">
-        <v>60</v>
+        <v>121</v>
       </c>
       <c r="M62" s="6" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O62" s="6">
-        <v>48180.6</v>
+        <v>24</v>
       </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>80</v>
+        <v>31</v>
       </c>
       <c r="G63" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="6">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="J63" s="10" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="L63" s="10" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O63" s="6"/>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="65">
       <c r="A64" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="B64" s="6">
+        <v>189</v>
+      </c>
+      <c r="C64" s="6">
+        <v>189</v>
+      </c>
+      <c r="D64" s="6">
+        <v>0</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="G64" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="I64" s="6">
+        <v>0.05</v>
+      </c>
+      <c r="J64" s="10" t="s">
         <v>277</v>
       </c>
-      <c r="B64" s="6">
-[...8 lines deleted...]
-      <c r="E64" s="6" t="s">
+      <c r="K64" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="L64" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="M64" s="6" t="s">
         <v>278</v>
       </c>
-      <c r="F64" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G64" s="10" t="s">
+      <c r="N64" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O64" s="6">
+        <v>46.48</v>
+      </c>
+      <c r="P64" s="6"/>
+    </row>
+    <row r="65" spans="1:16" customHeight="1" ht="65">
+      <c r="A65" s="6" t="s">
         <v>279</v>
       </c>
-      <c r="H64" s="6" t="s">
-[...5 lines deleted...]
-      <c r="J64" s="10" t="s">
+      <c r="B65" s="6">
+        <v>5</v>
+      </c>
+      <c r="C65" s="6">
+        <v>5</v>
+      </c>
+      <c r="D65" s="6">
+        <v>0</v>
+      </c>
+      <c r="E65" s="6" t="s">
         <v>280</v>
       </c>
-      <c r="K64" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M64" s="6" t="s">
+      <c r="F65" s="9" t="s">
         <v>281</v>
-      </c>
-[...25 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>24</v>
+        <v>282</v>
       </c>
       <c r="I65" s="6">
         <v>0</v>
       </c>
       <c r="J65" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="K65" s="6" t="s">
         <v>284</v>
       </c>
-      <c r="K65" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L65" s="10" t="s">
-        <v>60</v>
+        <v>281</v>
       </c>
       <c r="M65" s="6" t="s">
         <v>285</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O65" s="6"/>
+      <c r="O65" s="6">
+        <v>85.44</v>
+      </c>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="65">
       <c r="A66" s="6" t="s">
         <v>286</v>
       </c>
       <c r="B66" s="6">
         <v>0</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6">
         <v>0</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>287</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>162</v>
+        <v>281</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>24</v>
+        <v>282</v>
       </c>
       <c r="I66" s="6">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="J66" s="10" t="s">
         <v>288</v>
       </c>
       <c r="K66" s="6" t="s">
-        <v>82</v>
+        <v>284</v>
       </c>
       <c r="L66" s="10" t="s">
-        <v>162</v>
+        <v>281</v>
       </c>
       <c r="M66" s="6" t="s">
         <v>289</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O66" s="6"/>
       <c r="P66" s="6"/>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
         <v>290</v>
       </c>
       <c r="B67" s="6">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>0</v>
       </c>
       <c r="D67" s="6">
         <v>0</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>291</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="G67" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I67" s="6">
         <v>0</v>
       </c>
       <c r="J67" s="10" t="s">
         <v>292</v>
       </c>
       <c r="K67" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="L67" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M67" s="6" t="s">
         <v>293</v>
       </c>
-      <c r="L67" s="10" t="s">
-[...2 lines deleted...]
-      <c r="M67" s="6" t="s">
+      <c r="N67" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O67" s="6">
+        <v>3181.22</v>
+      </c>
+      <c r="P67" s="6"/>
+    </row>
+    <row r="68" spans="1:16" customHeight="1" ht="65">
+      <c r="A68" s="6" t="s">
         <v>294</v>
       </c>
-      <c r="N67" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A68" s="6" t="s">
+      <c r="B68" s="6">
+        <v>0</v>
+      </c>
+      <c r="C68" s="6">
+        <v>0</v>
+      </c>
+      <c r="D68" s="6">
+        <v>0</v>
+      </c>
+      <c r="E68" s="6" t="s">
         <v>295</v>
       </c>
-      <c r="B68" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F68" s="9" t="s">
-        <v>58</v>
+        <v>145</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H68" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="6">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="J68" s="10" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K68" s="6" t="s">
-        <v>59</v>
+        <v>147</v>
       </c>
       <c r="L68" s="10" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="M68" s="6" t="s">
         <v>297</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O68" s="6"/>
       <c r="P68" s="6"/>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="65">
       <c r="A69" s="6" t="s">
         <v>298</v>
       </c>
       <c r="B69" s="6">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6">
         <v>0</v>
       </c>
       <c r="E69" s="6" t="s">
         <v>299</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>300</v>
+        <v>281</v>
       </c>
       <c r="G69" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I69" s="6">
         <v>0</v>
       </c>
       <c r="J69" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="L69" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="M69" s="6" t="s">
         <v>301</v>
       </c>
-      <c r="K69" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M69" s="6" t="s">
+      <c r="N69" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O69" s="6"/>
+      <c r="P69" s="6"/>
+    </row>
+    <row r="70" spans="1:16" customHeight="1" ht="65">
+      <c r="A70" s="6" t="s">
         <v>302</v>
       </c>
-      <c r="N69" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A70" s="6" t="s">
+      <c r="B70" s="6">
+        <v>0</v>
+      </c>
+      <c r="C70" s="6">
+        <v>0</v>
+      </c>
+      <c r="D70" s="6">
+        <v>0</v>
+      </c>
+      <c r="E70" s="6" t="s">
         <v>303</v>
       </c>
-      <c r="B70" s="6">
-[...8 lines deleted...]
-      <c r="E70" s="6" t="s">
+      <c r="F70" s="9" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="G70" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="6">
-        <v>0</v>
+        <v>6.15</v>
       </c>
       <c r="J70" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="K70" s="6" t="s">
         <v>306</v>
       </c>
-      <c r="K70" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L70" s="10" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="M70" s="6" t="s">
         <v>307</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O70" s="6"/>
       <c r="P70" s="6"/>
     </row>
-    <row r="71" spans="1:16">
+    <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
         <v>308</v>
       </c>
       <c r="B71" s="6">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="C71" s="6">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
       <c r="E71" s="6" t="s">
         <v>309</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>186</v>
+        <v>56</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I71" s="6">
-        <v>0</v>
+        <v>3.3</v>
       </c>
       <c r="J71" s="10" t="s">
         <v>310</v>
       </c>
       <c r="K71" s="6" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="L71" s="10" t="s">
-        <v>186</v>
+        <v>56</v>
       </c>
       <c r="M71" s="6" t="s">
         <v>311</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O71" s="6">
-        <v>1537.12</v>
+        <v>27069.84</v>
       </c>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="65">
       <c r="A72" s="6" t="s">
         <v>312</v>
       </c>
       <c r="B72" s="6">
         <v>0</v>
       </c>
       <c r="C72" s="6">
         <v>0</v>
       </c>
       <c r="D72" s="6">
         <v>0</v>
       </c>
       <c r="E72" s="6" t="s">
         <v>313</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>80</v>
+        <v>314</v>
       </c>
       <c r="G72" s="10" t="s">
-        <v>23</v>
+        <v>315</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I72" s="6">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="J72" s="10" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="K72" s="6" t="s">
-        <v>82</v>
+        <v>317</v>
       </c>
       <c r="L72" s="10" t="s">
-        <v>83</v>
+        <v>318</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O72" s="6"/>
+      <c r="O72" s="6">
+        <v>2417.94</v>
+      </c>
       <c r="P72" s="6"/>
     </row>
-    <row r="73" spans="1:16">
+    <row r="73" spans="1:16" customHeight="1" ht="65">
       <c r="A73" s="6" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B73" s="6">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6">
         <v>0</v>
       </c>
-      <c r="E73" s="6" t="s">
-        <v>317</v>
+      <c r="E73" s="6">
+        <v>411004</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>58</v>
+        <v>208</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I73" s="6">
         <v>0</v>
       </c>
       <c r="J73" s="10" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="K73" s="6" t="s">
-        <v>59</v>
+        <v>147</v>
       </c>
       <c r="L73" s="10" t="s">
-        <v>60</v>
+        <v>208</v>
       </c>
       <c r="M73" s="6" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O73" s="6"/>
+      <c r="O73" s="6">
+        <v>10002.44</v>
+      </c>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B74" s="6">
         <v>1</v>
       </c>
       <c r="C74" s="6">
         <v>1</v>
       </c>
       <c r="D74" s="6">
         <v>0</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>64</v>
+        <v>208</v>
       </c>
       <c r="G74" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="I74" s="6">
-        <v>2.2</v>
+        <v>9.38</v>
       </c>
       <c r="J74" s="10" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="K74" s="6" t="s">
-        <v>48</v>
+        <v>210</v>
       </c>
       <c r="L74" s="10" t="s">
-        <v>64</v>
+        <v>208</v>
       </c>
       <c r="M74" s="6" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O74" s="6">
-        <v>7929.91</v>
+        <v>6386.95</v>
       </c>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B75" s="6">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>0</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I75" s="6">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="J75" s="10" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="K75" s="6" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="L75" s="10" t="s">
-        <v>83</v>
+        <v>281</v>
       </c>
       <c r="M75" s="6" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O75" s="6"/>
+      <c r="O75" s="6">
+        <v>6.83</v>
+      </c>
       <c r="P75" s="6"/>
     </row>
-    <row r="76" spans="1:16">
+    <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B76" s="6">
         <v>0</v>
       </c>
       <c r="C76" s="6">
         <v>0</v>
       </c>
       <c r="D76" s="6">
         <v>0</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F76" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G76" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I76" s="6">
+        <v>5.1</v>
+      </c>
+      <c r="J76" s="10" t="s">
+        <v>333</v>
+      </c>
+      <c r="K76" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="G76" s="10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L76" s="10" t="s">
-        <v>331</v>
+        <v>99</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O76" s="6"/>
+      <c r="O76" s="6">
+        <v>10732.5</v>
+      </c>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B77" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C77" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>80</v>
+        <v>337</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="6">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="J77" s="10" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="K77" s="6" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="L77" s="10" t="s">
-        <v>83</v>
+        <v>337</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O77" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O77" s="6"/>
       <c r="P77" s="6"/>
     </row>
-    <row r="78" spans="1:16">
+    <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B78" s="6">
         <v>0</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>339</v>
+        <v>134</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="6">
         <v>0</v>
       </c>
       <c r="J78" s="10" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="K78" s="6" t="s">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="L78" s="10" t="s">
-        <v>339</v>
+        <v>137</v>
       </c>
       <c r="M78" s="6" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O78" s="6"/>
       <c r="P78" s="6"/>
     </row>
-    <row r="79" spans="1:16">
+    <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B79" s="6">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6">
         <v>0</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>176</v>
+        <v>44</v>
       </c>
       <c r="G79" s="10" t="s">
-        <v>23</v>
+        <v>225</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="6">
-        <v>0</v>
+        <v>14.2</v>
       </c>
       <c r="J79" s="10" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="K79" s="6" t="s">
-        <v>345</v>
+        <v>52</v>
       </c>
       <c r="L79" s="10" t="s">
-        <v>176</v>
+        <v>44</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O79" s="6"/>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="65">
       <c r="A80" s="6" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B80" s="6">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="C80" s="6">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="D80" s="6">
         <v>0</v>
       </c>
       <c r="E80" s="6" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="G80" s="10" t="s">
-        <v>23</v>
+        <v>225</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="6">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J80" s="10" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="K80" s="6" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="L80" s="10" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="M80" s="6" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O80" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O80" s="6"/>
       <c r="P80" s="6"/>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B81" s="6">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6">
         <v>0</v>
       </c>
       <c r="E81" s="6" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="G81" s="10" t="s">
-        <v>32</v>
+        <v>225</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I81" s="6">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K81" s="6" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="L81" s="10" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O81" s="6"/>
+      <c r="O81" s="6">
+        <v>140782.59</v>
+      </c>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="65">
       <c r="A82" s="6" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B82" s="6">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="C82" s="6">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="D82" s="6">
         <v>0</v>
       </c>
       <c r="E82" s="6" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>162</v>
+        <v>358</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="I82" s="6">
-        <v>0.05</v>
+        <v>102</v>
       </c>
       <c r="J82" s="10" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="K82" s="6" t="s">
-        <v>164</v>
+        <v>52</v>
       </c>
       <c r="L82" s="10" t="s">
-        <v>162</v>
+        <v>358</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O82" s="6">
-        <v>42.4</v>
+        <v>75785.22</v>
       </c>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B83" s="6">
-        <v>5</v>
+        <v>166</v>
       </c>
       <c r="C83" s="6">
-        <v>5</v>
+        <v>166</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="6" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>176</v>
+        <v>121</v>
       </c>
       <c r="G83" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="I83" s="6">
         <v>0</v>
       </c>
       <c r="J83" s="10" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K83" s="6" t="s">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="L83" s="10" t="s">
-        <v>176</v>
+        <v>121</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>364</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O83" s="6">
-        <v>85.44</v>
+        <v>77.98</v>
       </c>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
         <v>365</v>
       </c>
       <c r="B84" s="6">
         <v>0</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="6" t="s">
         <v>366</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>176</v>
+        <v>367</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>361</v>
+        <v>39</v>
       </c>
       <c r="I84" s="6">
-        <v>0</v>
+        <v>18.4</v>
       </c>
       <c r="J84" s="10" t="s">
+        <v>368</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="L84" s="10" t="s">
         <v>367</v>
       </c>
-      <c r="K84" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M84" s="6" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O84" s="6"/>
+      <c r="O84" s="6">
+        <v>12844.1</v>
+      </c>
       <c r="P84" s="6"/>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="65">
       <c r="A85" s="6" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B85" s="6">
         <v>0</v>
       </c>
       <c r="C85" s="6">
         <v>0</v>
       </c>
       <c r="D85" s="6">
         <v>0</v>
       </c>
       <c r="E85" s="6" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>162</v>
+        <v>367</v>
       </c>
       <c r="G85" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="6">
-        <v>0.1</v>
+        <v>21.4</v>
       </c>
       <c r="J85" s="10" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="K85" s="6" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="L85" s="10" t="s">
-        <v>162</v>
+        <v>367</v>
       </c>
       <c r="M85" s="6" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O85" s="6">
-        <v>72.4</v>
+        <v>16249.86</v>
       </c>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B86" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C86" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
       <c r="E86" s="6" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>22</v>
+        <v>208</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="6">
-        <v>0</v>
+        <v>8.85</v>
       </c>
       <c r="J86" s="10" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="K86" s="6" t="s">
-        <v>243</v>
+        <v>210</v>
       </c>
       <c r="L86" s="10" t="s">
-        <v>22</v>
+        <v>208</v>
       </c>
       <c r="M86" s="6" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O86" s="6">
-        <v>3118.28</v>
+        <v>6089.59</v>
       </c>
       <c r="P86" s="6"/>
     </row>
-    <row r="87" spans="1:16">
+    <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B87" s="6">
         <v>0</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6">
         <v>0</v>
       </c>
       <c r="E87" s="6" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>58</v>
+        <v>380</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="6">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="J87" s="10" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="K87" s="6" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="L87" s="10" t="s">
-        <v>60</v>
+        <v>382</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O87" s="6"/>
       <c r="P87" s="6"/>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="B88" s="6">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="C88" s="6">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="D88" s="6">
         <v>0</v>
       </c>
       <c r="E88" s="6" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>162</v>
+        <v>44</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="6">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="J88" s="10" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="K88" s="6" t="s">
-        <v>164</v>
+        <v>46</v>
       </c>
       <c r="L88" s="10" t="s">
-        <v>162</v>
+        <v>99</v>
       </c>
       <c r="M88" s="6" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O88" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O88" s="6"/>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B89" s="6">
         <v>0</v>
       </c>
       <c r="C89" s="6">
         <v>0</v>
       </c>
       <c r="D89" s="6">
         <v>0</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>176</v>
+        <v>99</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>361</v>
+        <v>39</v>
       </c>
       <c r="I89" s="6">
-        <v>0</v>
+        <v>3.3</v>
       </c>
       <c r="J89" s="10" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="K89" s="6" t="s">
-        <v>363</v>
+        <v>52</v>
       </c>
       <c r="L89" s="10" t="s">
-        <v>176</v>
+        <v>99</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O89" s="6"/>
+      <c r="O89" s="6">
+        <v>16954.56</v>
+      </c>
       <c r="P89" s="6"/>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="65">
       <c r="A90" s="6" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B90" s="6">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="C90" s="6">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
       <c r="E90" s="6" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>176</v>
+        <v>72</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="6">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="J90" s="10" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="K90" s="6" t="s">
-        <v>363</v>
+        <v>74</v>
       </c>
       <c r="L90" s="10" t="s">
-        <v>176</v>
+        <v>75</v>
       </c>
       <c r="M90" s="6" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O90" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O90" s="6"/>
       <c r="P90" s="6"/>
     </row>
-    <row r="91" spans="1:16">
+    <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B91" s="6">
         <v>0</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>58</v>
+        <v>240</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="6">
         <v>0</v>
       </c>
       <c r="J91" s="10" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="K91" s="6" t="s">
-        <v>293</v>
+        <v>74</v>
       </c>
       <c r="L91" s="10" t="s">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O91" s="6"/>
       <c r="P91" s="6"/>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="65">
       <c r="A92" s="6" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B92" s="6">
         <v>0</v>
       </c>
       <c r="C92" s="6">
         <v>0</v>
       </c>
       <c r="D92" s="6">
         <v>0</v>
       </c>
       <c r="E92" s="6" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="I92" s="6">
-        <v>6.15</v>
+        <v>0</v>
       </c>
       <c r="J92" s="10" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="K92" s="6" t="s">
-        <v>177</v>
+        <v>231</v>
       </c>
       <c r="L92" s="10" t="s">
-        <v>258</v>
+        <v>318</v>
       </c>
       <c r="M92" s="6" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O92" s="6"/>
       <c r="P92" s="6"/>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="65">
       <c r="A93" s="6" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B93" s="6">
         <v>0</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6">
         <v>0</v>
       </c>
       <c r="E93" s="6" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="G93" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I93" s="6">
-        <v>3.3</v>
+        <v>43</v>
       </c>
       <c r="J93" s="10" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="K93" s="6" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="L93" s="10" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="M93" s="6" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O93" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O93" s="6"/>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B94" s="6">
         <v>0</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6">
         <v>0</v>
       </c>
       <c r="E94" s="6" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="G94" s="10" t="s">
-        <v>405</v>
+        <v>23</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I94" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J94" s="10" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="K94" s="6" t="s">
-        <v>407</v>
+        <v>34</v>
       </c>
       <c r="L94" s="10" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="M94" s="6" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O94" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O94" s="6"/>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B95" s="6">
         <v>0</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6">
-        <v>411004</v>
+        <v>251024</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>133</v>
+        <v>413</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I95" s="6">
         <v>0</v>
       </c>
       <c r="J95" s="10" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="K95" s="6" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="L95" s="10" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="M95" s="6" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O95" s="6">
-        <v>8584.12</v>
+        <v>16.14</v>
       </c>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B96" s="6">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C96" s="6">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>133</v>
+        <v>56</v>
       </c>
       <c r="G96" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="I96" s="6">
-        <v>9.38</v>
+        <v>1.72</v>
       </c>
       <c r="J96" s="10" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="K96" s="6" t="s">
-        <v>243</v>
+        <v>52</v>
       </c>
       <c r="L96" s="10" t="s">
-        <v>133</v>
+        <v>56</v>
       </c>
       <c r="M96" s="6" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O96" s="6">
-        <v>8564.97</v>
+        <v>8315.54</v>
       </c>
       <c r="P96" s="6"/>
     </row>
-    <row r="97" spans="1:16" customHeight="1" ht="65">
+    <row r="97" spans="1:16">
       <c r="A97" s="6" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B97" s="6">
         <v>0</v>
       </c>
       <c r="C97" s="6">
         <v>0</v>
       </c>
       <c r="D97" s="6">
         <v>0</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>176</v>
+        <v>422</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H97" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I97" s="6">
         <v>0</v>
       </c>
       <c r="J97" s="10" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="K97" s="6" t="s">
-        <v>243</v>
+        <v>424</v>
       </c>
       <c r="L97" s="10" t="s">
-        <v>176</v>
+        <v>422</v>
       </c>
       <c r="M97" s="6" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O97" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O97" s="6"/>
       <c r="P97" s="6"/>
     </row>
-    <row r="98" spans="1:16">
+    <row r="98" spans="1:16" customHeight="1" ht="65">
       <c r="A98" s="6" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="B98" s="6">
         <v>0</v>
       </c>
       <c r="C98" s="6">
         <v>0</v>
       </c>
       <c r="D98" s="6">
         <v>0</v>
       </c>
       <c r="E98" s="6" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="G98" s="10" t="s">
-        <v>23</v>
+        <v>225</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="6">
-        <v>0</v>
+        <v>10.5</v>
       </c>
       <c r="J98" s="10" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="K98" s="6" t="s">
-        <v>238</v>
+        <v>52</v>
       </c>
       <c r="L98" s="10" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="M98" s="6" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O98" s="6"/>
       <c r="P98" s="6"/>
     </row>
-    <row r="99" spans="1:16" customHeight="1" ht="65">
+    <row r="99" spans="1:16">
       <c r="A99" s="6" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="B99" s="6">
         <v>0</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6">
         <v>0</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>64</v>
+        <v>380</v>
       </c>
       <c r="G99" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I99" s="6">
-        <v>5.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J99" s="10"/>
       <c r="K99" s="6" t="s">
-        <v>48</v>
+        <v>306</v>
       </c>
       <c r="L99" s="10" t="s">
-        <v>38</v>
+        <v>382</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O99" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O99" s="6"/>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="B100" s="6">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="C100" s="6">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
       <c r="E100" s="6" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>428</v>
+        <v>72</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="6">
         <v>0</v>
       </c>
       <c r="J100" s="10" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="K100" s="6" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L100" s="10" t="s">
-        <v>428</v>
+        <v>75</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O100" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O100" s="6"/>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="B101" s="6">
         <v>0</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>151</v>
+        <v>304</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="6">
-        <v>0</v>
+        <v>6.15</v>
       </c>
       <c r="J101" s="10" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="K101" s="6" t="s">
-        <v>293</v>
+        <v>306</v>
       </c>
       <c r="L101" s="10" t="s">
-        <v>154</v>
+        <v>304</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O101" s="6"/>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>38</v>
+        <v>240</v>
       </c>
       <c r="G102" s="10" t="s">
-        <v>279</v>
+        <v>23</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="6">
-        <v>14.2</v>
+        <v>0</v>
       </c>
       <c r="J102" s="10" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="K102" s="6" t="s">
-        <v>48</v>
+        <v>231</v>
       </c>
       <c r="L102" s="10" t="s">
-        <v>42</v>
+        <v>240</v>
       </c>
       <c r="M102" s="6" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O102" s="6"/>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="B103" s="6">
         <v>0</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
       <c r="E103" s="6" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>38</v>
+        <v>261</v>
       </c>
       <c r="G103" s="10" t="s">
-        <v>279</v>
+        <v>23</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J103" s="10" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="K103" s="6" t="s">
-        <v>48</v>
+        <v>231</v>
       </c>
       <c r="L103" s="10" t="s">
-        <v>42</v>
+        <v>261</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O103" s="6"/>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="B104" s="6">
-        <v>0</v>
+        <v>179</v>
       </c>
       <c r="C104" s="6">
-        <v>0</v>
+        <v>179</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
       <c r="E104" s="6" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>38</v>
+        <v>413</v>
       </c>
       <c r="G104" s="10" t="s">
-        <v>279</v>
+        <v>23</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I104" s="6">
-        <v>15</v>
+        <v>0.003</v>
       </c>
       <c r="J104" s="10" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="K104" s="6" t="s">
-        <v>48</v>
+        <v>147</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>42</v>
+        <v>413</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O104" s="6">
-        <v>138022.56</v>
+        <v>8.7</v>
       </c>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B105" s="6">
         <v>0</v>
       </c>
       <c r="C105" s="6">
         <v>0</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
       <c r="E105" s="6" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>258</v>
+        <v>79</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I105" s="6">
         <v>0</v>
       </c>
       <c r="J105" s="10" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="K105" s="6" t="s">
-        <v>177</v>
+        <v>81</v>
       </c>
       <c r="L105" s="10" t="s">
-        <v>258</v>
+        <v>82</v>
       </c>
       <c r="M105" s="6" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O105" s="6"/>
+      <c r="O105" s="6">
+        <v>30675.97</v>
+      </c>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="B106" s="6">
         <v>0</v>
       </c>
       <c r="C106" s="6">
         <v>0</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
       <c r="E106" s="6" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>119</v>
+        <v>72</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H106" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I106" s="6">
-        <v>102</v>
+        <v>55</v>
       </c>
       <c r="J106" s="10" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="K106" s="6" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="L106" s="10" t="s">
-        <v>454</v>
+        <v>75</v>
       </c>
       <c r="M106" s="6" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O106" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O106" s="6"/>
       <c r="P106" s="6"/>
     </row>
-    <row r="107" spans="1:16">
+    <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="B107" s="6">
         <v>0</v>
       </c>
       <c r="C107" s="6">
         <v>0</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
       <c r="E107" s="6" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="G107" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="6">
         <v>0</v>
       </c>
       <c r="J107" s="10" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="K107" s="6" t="s">
-        <v>267</v>
+        <v>34</v>
       </c>
       <c r="L107" s="10" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="M107" s="6" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="B108" s="6">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="C108" s="6">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>128</v>
+        <v>358</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I108" s="6">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="J108" s="10" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="K108" s="6" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="L108" s="10" t="s">
-        <v>128</v>
+        <v>358</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O108" s="6">
-        <v>77.98</v>
+        <v>65401.56</v>
       </c>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="B109" s="6">
         <v>0</v>
       </c>
       <c r="C109" s="6">
         <v>0</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>466</v>
+        <v>44</v>
       </c>
       <c r="G109" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H109" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I109" s="6">
-        <v>18.4</v>
+        <v>7</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="K109" s="6" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="L109" s="10" t="s">
-        <v>466</v>
+        <v>44</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O109" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O109" s="6"/>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>466</v>
+        <v>56</v>
       </c>
       <c r="G110" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I110" s="6">
-        <v>21.4</v>
+        <v>5.1</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="K110" s="6" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="L110" s="10" t="s">
-        <v>466</v>
+        <v>99</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O110" s="6">
-        <v>15776.56</v>
+        <v>12360.32</v>
       </c>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B111" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C111" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>133</v>
+        <v>99</v>
       </c>
       <c r="G111" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I111" s="6">
-        <v>8.85</v>
+        <v>3</v>
       </c>
       <c r="J111" s="10" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="K111" s="6" t="s">
-        <v>243</v>
+        <v>52</v>
       </c>
       <c r="L111" s="10" t="s">
-        <v>133</v>
+        <v>99</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O111" s="6">
-        <v>8227.71</v>
+        <v>13677.3</v>
       </c>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B112" s="6">
         <v>0</v>
       </c>
       <c r="C112" s="6">
         <v>0</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
       <c r="E112" s="6" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="6">
-        <v>88</v>
+        <v>2.77</v>
       </c>
       <c r="J112" s="10" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="K112" s="6" t="s">
-        <v>82</v>
+        <v>485</v>
       </c>
       <c r="L112" s="10" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O112" s="6"/>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="B113" s="6">
+        <v>5</v>
+      </c>
+      <c r="C113" s="6">
+        <v>5</v>
+      </c>
+      <c r="D113" s="6">
+        <v>0</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="F113" s="9" t="s">
         <v>483</v>
-      </c>
-[...13 lines deleted...]
-        <v>162</v>
       </c>
       <c r="G113" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H113" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I113" s="6">
-        <v>0.06</v>
+        <v>3.1</v>
       </c>
       <c r="J113" s="10" t="s">
+        <v>489</v>
+      </c>
+      <c r="K113" s="6" t="s">
         <v>485</v>
       </c>
-      <c r="K113" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L113" s="10" t="s">
-        <v>162</v>
+        <v>483</v>
       </c>
       <c r="M113" s="6" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O113" s="6">
-        <v>65.4</v>
+        <v>4405.63</v>
       </c>
       <c r="P113" s="6"/>
     </row>
     <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="B114" s="6">
         <v>0</v>
       </c>
       <c r="C114" s="6">
         <v>0</v>
       </c>
       <c r="D114" s="6">
         <v>0</v>
       </c>
       <c r="E114" s="6" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G114" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H114" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I114" s="6">
         <v>0</v>
       </c>
       <c r="J114" s="10" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="K114" s="6" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="L114" s="10" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="M114" s="6" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O114" s="6"/>
+      <c r="O114" s="6">
+        <v>34953.09</v>
+      </c>
       <c r="P114" s="6"/>
     </row>
-    <row r="115" spans="1:16">
+    <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B115" s="6">
         <v>0</v>
       </c>
       <c r="C115" s="6">
         <v>0</v>
       </c>
       <c r="D115" s="6">
         <v>0</v>
       </c>
       <c r="E115" s="6" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>258</v>
+        <v>121</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H115" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="6">
         <v>0</v>
       </c>
       <c r="J115" s="10" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="K115" s="6" t="s">
-        <v>259</v>
+        <v>26</v>
       </c>
       <c r="L115" s="10" t="s">
-        <v>258</v>
+        <v>121</v>
       </c>
       <c r="M115" s="6" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O115" s="6"/>
       <c r="P115" s="6"/>
     </row>
-    <row r="116" spans="1:16" customHeight="1" ht="65">
+    <row r="116" spans="1:16">
       <c r="A116" s="6" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="B116" s="6">
         <v>0</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="G116" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H116" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I116" s="6">
-        <v>3.3</v>
+        <v>0</v>
       </c>
       <c r="J116" s="10" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="K116" s="6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L116" s="10" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="M116" s="6" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O116" s="6"/>
+      <c r="O116" s="6">
+        <v>13521.6</v>
+      </c>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B117" s="6">
         <v>0</v>
       </c>
       <c r="C117" s="6">
         <v>0</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>80</v>
+        <v>314</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="6">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="J117" s="10" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="K117" s="6" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="L117" s="10" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="M117" s="6" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O117" s="6"/>
       <c r="P117" s="6"/>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="65">
       <c r="A118" s="6" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B118" s="6">
         <v>0</v>
       </c>
       <c r="C118" s="6">
         <v>0</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
       <c r="E118" s="6" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>305</v>
+        <v>208</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H118" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I118" s="6">
-        <v>0</v>
+        <v>12.2</v>
       </c>
       <c r="J118" s="10" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="K118" s="6" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="L118" s="10" t="s">
-        <v>305</v>
+        <v>208</v>
       </c>
       <c r="M118" s="6" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O118" s="6"/>
+      <c r="O118" s="6">
+        <v>5832</v>
+      </c>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="65">
       <c r="A119" s="6" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="B119" s="6">
         <v>0</v>
       </c>
       <c r="C119" s="6">
         <v>0</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
       <c r="E119" s="6" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>339</v>
+        <v>72</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I119" s="6">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="J119" s="10" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="K119" s="6" t="s">
-        <v>293</v>
+        <v>74</v>
       </c>
       <c r="L119" s="10" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="M119" s="6" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O119" s="6"/>
       <c r="P119" s="6"/>
     </row>
-    <row r="120" spans="1:16">
+    <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="B120" s="6">
         <v>0</v>
       </c>
       <c r="C120" s="6">
         <v>0</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
       <c r="E120" s="6" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>176</v>
+        <v>208</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H120" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I120" s="6">
-        <v>0</v>
+        <v>10.36</v>
       </c>
       <c r="J120" s="10" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="K120" s="6" t="s">
-        <v>243</v>
+        <v>210</v>
       </c>
       <c r="L120" s="10" t="s">
-        <v>176</v>
+        <v>208</v>
       </c>
       <c r="M120" s="6" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O120" s="6"/>
+      <c r="O120" s="6">
+        <v>6732</v>
+      </c>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="B121" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C121" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D121" s="6">
         <v>0</v>
       </c>
       <c r="E121" s="6" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>80</v>
+        <v>208</v>
       </c>
       <c r="G121" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H121" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I121" s="6">
-        <v>43</v>
+        <v>12.27</v>
       </c>
       <c r="J121" s="10" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="K121" s="6" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="L121" s="10" t="s">
-        <v>83</v>
+        <v>208</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O121" s="6">
-        <v>4751.55</v>
+        <v>7736.7</v>
       </c>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="65">
       <c r="A122" s="6" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="B122" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C122" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
       <c r="E122" s="6" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>31</v>
+        <v>483</v>
       </c>
       <c r="G122" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H122" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I122" s="6">
-        <v>0</v>
+        <v>3.66</v>
       </c>
       <c r="J122" s="10" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="K122" s="6" t="s">
-        <v>34</v>
+        <v>485</v>
       </c>
       <c r="L122" s="10" t="s">
-        <v>31</v>
+        <v>483</v>
       </c>
       <c r="M122" s="6" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O122" s="6"/>
+      <c r="O122" s="6">
+        <v>4818.24</v>
+      </c>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B123" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="C123" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
-      <c r="E123" s="6">
-        <v>251024</v>
+      <c r="E123" s="6" t="s">
+        <v>527</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>523</v>
+        <v>483</v>
       </c>
       <c r="G123" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H123" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I123" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J123" s="10" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="K123" s="6" t="s">
-        <v>164</v>
+        <v>529</v>
       </c>
       <c r="L123" s="10" t="s">
-        <v>162</v>
+        <v>318</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O123" s="6"/>
+      <c r="O123" s="6">
+        <v>4234.87</v>
+      </c>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="B124" s="6">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="C124" s="6">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
       <c r="E124" s="6" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>64</v>
+        <v>380</v>
       </c>
       <c r="G124" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H124" s="6" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I124" s="6">
-        <v>1.72</v>
+        <v>0</v>
       </c>
       <c r="J124" s="10" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="K124" s="6" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="L124" s="10" t="s">
-        <v>64</v>
+        <v>382</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O124" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O124" s="6"/>
       <c r="P124" s="6"/>
     </row>
-    <row r="125" spans="1:16">
+    <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="B125" s="6">
         <v>0</v>
       </c>
       <c r="C125" s="6">
         <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
-      <c r="E125" s="6" t="s">
-        <v>531</v>
+      <c r="E125" s="6">
+        <v>410068</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H125" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I125" s="6">
         <v>0</v>
       </c>
       <c r="J125" s="10" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="K125" s="6" t="s">
-        <v>267</v>
+        <v>147</v>
       </c>
       <c r="L125" s="10" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O125" s="6"/>
+      <c r="O125" s="6">
+        <v>212.76</v>
+      </c>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
       <c r="E126" s="6" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>38</v>
+        <v>540</v>
       </c>
       <c r="G126" s="10" t="s">
-        <v>279</v>
+        <v>23</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="6">
-        <v>10.5</v>
+        <v>0</v>
       </c>
       <c r="J126" s="10" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="K126" s="6" t="s">
-        <v>48</v>
+        <v>231</v>
       </c>
       <c r="L126" s="10" t="s">
-        <v>42</v>
+        <v>542</v>
       </c>
       <c r="M126" s="6" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O126" s="6"/>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="B127" s="6">
         <v>0</v>
       </c>
       <c r="C127" s="6">
         <v>0</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="G127" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="6">
-        <v>0</v>
+        <v>0.95</v>
       </c>
       <c r="J127" s="10" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="K127" s="6" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="L127" s="10" t="s">
-        <v>83</v>
+        <v>22</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O127" s="6"/>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
       <c r="E128" s="6" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>258</v>
+        <v>134</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H128" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="6">
-        <v>6.15</v>
+        <v>63.4</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="K128" s="6" t="s">
-        <v>177</v>
+        <v>136</v>
       </c>
       <c r="L128" s="10" t="s">
-        <v>258</v>
+        <v>137</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O128" s="6"/>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>305</v>
+        <v>240</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="6">
         <v>0</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="K129" s="6" t="s">
-        <v>293</v>
+        <v>74</v>
       </c>
       <c r="L129" s="10" t="s">
-        <v>305</v>
+        <v>240</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O129" s="6"/>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
       <c r="E130" s="6" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>52</v>
+        <v>137</v>
       </c>
       <c r="G130" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I130" s="6">
         <v>0</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>552</v>
-[...1 lines deleted...]
-      <c r="K130" s="6"/>
+        <v>557</v>
+      </c>
+      <c r="K130" s="6" t="s">
+        <v>26</v>
+      </c>
       <c r="L130" s="10" t="s">
-        <v>54</v>
+        <v>137</v>
       </c>
       <c r="M130" s="6" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O130" s="6"/>
       <c r="P130" s="6"/>
     </row>
-    <row r="131" spans="1:16" customHeight="1" ht="65">
+    <row r="131" spans="1:16">
       <c r="A131" s="6" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="B131" s="6">
         <v>0</v>
       </c>
       <c r="C131" s="6">
         <v>0</v>
       </c>
       <c r="D131" s="6">
         <v>0</v>
       </c>
       <c r="E131" s="6" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="G131" s="10"/>
       <c r="H131" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I131" s="6">
         <v>0</v>
       </c>
-      <c r="J131" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J131" s="10"/>
       <c r="K131" s="6" t="s">
-        <v>293</v>
+        <v>52</v>
       </c>
       <c r="L131" s="10" t="s">
-        <v>339</v>
+        <v>50</v>
       </c>
       <c r="M131" s="6" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O131" s="6"/>
+      <c r="O131" s="6">
+        <v>28648.62</v>
+      </c>
       <c r="P131" s="6"/>
     </row>
-    <row r="132" spans="1:16" customHeight="1" ht="65">
+    <row r="132" spans="1:16">
       <c r="A132" s="6" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="B132" s="6">
-        <v>179</v>
+        <v>0</v>
       </c>
       <c r="C132" s="6">
-        <v>179</v>
+        <v>0</v>
       </c>
       <c r="D132" s="6">
         <v>0</v>
       </c>
       <c r="E132" s="6" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>523</v>
+        <v>50</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H132" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I132" s="6">
-        <v>0.003</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J132" s="10"/>
       <c r="K132" s="6" t="s">
-        <v>164</v>
+        <v>46</v>
       </c>
       <c r="L132" s="10" t="s">
-        <v>523</v>
+        <v>50</v>
       </c>
       <c r="M132" s="6" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O132" s="6">
-        <v>7.16</v>
+        <v>31141.23</v>
       </c>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
-      <c r="E133" s="6" t="s">
-        <v>563</v>
+      <c r="E133" s="6">
+        <v>410063</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H133" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="6">
         <v>0</v>
       </c>
       <c r="J133" s="10" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="K133" s="6" t="s">
-        <v>89</v>
+        <v>147</v>
       </c>
       <c r="L133" s="10" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="M133" s="6" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O133" s="6"/>
       <c r="P133" s="6"/>
     </row>
-    <row r="134" spans="1:16" customHeight="1" ht="65">
+    <row r="134" spans="1:16">
       <c r="A134" s="6" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B134" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C134" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
       <c r="E134" s="6" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>80</v>
+        <v>540</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="6">
-        <v>55</v>
+        <v>208</v>
       </c>
       <c r="J134" s="10" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="K134" s="6" t="s">
-        <v>82</v>
+        <v>570</v>
       </c>
       <c r="L134" s="10" t="s">
-        <v>83</v>
+        <v>571</v>
       </c>
       <c r="M134" s="6" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O134" s="6"/>
+      <c r="O134" s="6">
+        <v>328025.2</v>
+      </c>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B135" s="6">
         <v>0</v>
       </c>
       <c r="C135" s="6">
         <v>0</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
       <c r="E135" s="6" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H135" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I135" s="6">
-        <v>0</v>
+        <v>5.1</v>
       </c>
       <c r="J135" s="10" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="K135" s="6" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="L135" s="10" t="s">
-        <v>31</v>
+        <v>99</v>
       </c>
       <c r="M135" s="6" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O135" s="6"/>
+      <c r="O135" s="6">
+        <v>13596.32</v>
+      </c>
       <c r="P135" s="6"/>
     </row>
-    <row r="136" spans="1:16">
+    <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B136" s="6">
-        <v>256</v>
+        <v>0</v>
       </c>
       <c r="C136" s="6">
-        <v>256</v>
+        <v>0</v>
       </c>
       <c r="D136" s="6">
         <v>0</v>
       </c>
       <c r="E136" s="6" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>186</v>
+        <v>208</v>
       </c>
       <c r="G136" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H136" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I136" s="6">
-        <v>0</v>
+        <v>19.36</v>
       </c>
       <c r="J136" s="10" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="K136" s="6" t="s">
-        <v>26</v>
+        <v>210</v>
       </c>
       <c r="L136" s="10" t="s">
-        <v>186</v>
+        <v>208</v>
       </c>
       <c r="M136" s="6" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O136" s="6">
-        <v>1356</v>
+        <v>19347.3</v>
       </c>
       <c r="P136" s="6"/>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="B137" s="6">
         <v>0</v>
       </c>
       <c r="C137" s="6">
         <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>454</v>
+        <v>44</v>
       </c>
       <c r="G137" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H137" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I137" s="6">
-        <v>83</v>
+        <v>7.65</v>
       </c>
       <c r="J137" s="10" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="K137" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L137" s="10" t="s">
-        <v>454</v>
+        <v>44</v>
       </c>
       <c r="M137" s="6" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O137" s="6">
-        <v>64118.88</v>
+        <v>52028.52</v>
       </c>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="B138" s="6">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <v>0</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>42</v>
+        <v>240</v>
       </c>
       <c r="G138" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="6">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="J138" s="10" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="K138" s="6" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="L138" s="10" t="s">
-        <v>42</v>
+        <v>240</v>
       </c>
       <c r="M138" s="6" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O138" s="6"/>
       <c r="P138" s="6"/>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" s="6" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="B139" s="6">
         <v>0</v>
       </c>
       <c r="C139" s="6">
         <v>0</v>
       </c>
       <c r="D139" s="6">
         <v>0</v>
       </c>
       <c r="E139" s="6" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>42</v>
+        <v>380</v>
       </c>
       <c r="G139" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="6">
         <v>0</v>
       </c>
       <c r="J139" s="10" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>587</v>
+        <v>306</v>
       </c>
       <c r="L139" s="10" t="s">
-        <v>588</v>
+        <v>382</v>
       </c>
       <c r="M139" s="6" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O139" s="6"/>
       <c r="P139" s="6"/>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="65">
       <c r="A140" s="6" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="B140" s="6">
         <v>0</v>
       </c>
       <c r="C140" s="6">
         <v>0</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H140" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I140" s="6">
-        <v>0</v>
+        <v>10.5</v>
       </c>
       <c r="J140" s="10" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="K140" s="6"/>
+        <v>595</v>
+      </c>
+      <c r="K140" s="6" t="s">
+        <v>46</v>
+      </c>
       <c r="L140" s="10" t="s">
-        <v>54</v>
+        <v>112</v>
       </c>
       <c r="M140" s="6" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O140" s="6"/>
+      <c r="O140" s="6">
+        <v>22680.31</v>
+      </c>
       <c r="P140" s="6"/>
     </row>
     <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B141" s="6">
         <v>0</v>
       </c>
       <c r="C141" s="6">
         <v>0</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
       <c r="E141" s="6" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H141" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I141" s="6">
-        <v>5.1</v>
+        <v>7.79</v>
       </c>
       <c r="J141" s="10" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="K141" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L141" s="10" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="M141" s="6" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O141" s="6">
-        <v>12117.93</v>
+        <v>54100.15</v>
       </c>
       <c r="P141" s="6"/>
     </row>
     <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B142" s="6">
         <v>0</v>
       </c>
       <c r="C142" s="6">
         <v>0</v>
       </c>
       <c r="D142" s="6">
         <v>0</v>
       </c>
       <c r="E142" s="6" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G142" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="6">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="J142" s="10" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="K142" s="6" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="L142" s="10" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="M142" s="6" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O142" s="6"/>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B143" s="6">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="C143" s="6">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>604</v>
+        <v>56</v>
       </c>
       <c r="G143" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H143" s="6" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="I143" s="6">
-        <v>2.77</v>
+        <v>1.75</v>
       </c>
       <c r="J143" s="10" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="K143" s="6" t="s">
-        <v>606</v>
+        <v>52</v>
       </c>
       <c r="L143" s="10" t="s">
-        <v>604</v>
+        <v>56</v>
       </c>
       <c r="M143" s="6" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O143" s="6"/>
+      <c r="O143" s="6">
+        <v>8315.54</v>
+      </c>
       <c r="P143" s="6"/>
     </row>
-    <row r="144" spans="1:16" customHeight="1" ht="65">
+    <row r="144" spans="1:16">
       <c r="A144" s="6" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B144" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C144" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
       <c r="E144" s="6" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>604</v>
+        <v>38</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I144" s="6">
-        <v>3.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J144" s="10"/>
       <c r="K144" s="6" t="s">
-        <v>606</v>
+        <v>40</v>
       </c>
       <c r="L144" s="10" t="s">
-        <v>604</v>
+        <v>22</v>
       </c>
       <c r="M144" s="6" t="s">
         <v>611</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O144" s="6">
-        <v>4405.63</v>
+        <v>809.68</v>
       </c>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
         <v>612</v>
       </c>
       <c r="B145" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C145" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
         <v>613</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>87</v>
+        <v>240</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="6">
         <v>0</v>
       </c>
       <c r="J145" s="10" t="s">
         <v>614</v>
       </c>
       <c r="K145" s="6" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="L145" s="10" t="s">
-        <v>90</v>
+        <v>240</v>
       </c>
       <c r="M145" s="6" t="s">
         <v>615</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O145" s="6"/>
+      <c r="O145" s="6">
+        <v>29021.33</v>
+      </c>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
         <v>616</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
         <v>617</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H146" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I146" s="6">
-        <v>0</v>
+        <v>62.5</v>
       </c>
       <c r="J146" s="10" t="s">
         <v>618</v>
       </c>
       <c r="K146" s="6" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="L146" s="10" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="M146" s="6" t="s">
         <v>619</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O146" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O146" s="6"/>
       <c r="P146" s="6"/>
     </row>
-    <row r="147" spans="1:16">
+    <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
         <v>620</v>
       </c>
       <c r="B147" s="6">
         <v>0</v>
       </c>
       <c r="C147" s="6">
         <v>0</v>
       </c>
       <c r="D147" s="6">
         <v>0</v>
       </c>
-      <c r="E147" s="6" t="s">
-        <v>621</v>
+      <c r="E147" s="6">
+        <v>198532</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>38</v>
+        <v>145</v>
       </c>
       <c r="G147" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H147" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I147" s="6">
         <v>0</v>
       </c>
       <c r="J147" s="10" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="K147" s="6" t="s">
-        <v>41</v>
+        <v>147</v>
       </c>
       <c r="L147" s="10" t="s">
-        <v>38</v>
+        <v>145</v>
       </c>
       <c r="M147" s="6" t="s">
         <v>622</v>
       </c>
       <c r="N147" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O147" s="6"/>
+      <c r="O147" s="6">
+        <v>81.54</v>
+      </c>
       <c r="P147" s="6"/>
     </row>
     <row r="148" spans="1:16" customHeight="1" ht="65">
       <c r="A148" s="6" t="s">
         <v>623</v>
       </c>
       <c r="B148" s="6">
         <v>0</v>
       </c>
       <c r="C148" s="6">
         <v>0</v>
       </c>
       <c r="D148" s="6">
         <v>0</v>
       </c>
       <c r="E148" s="6" t="s">
         <v>624</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>58</v>
+        <v>240</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="6">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="J148" s="10" t="s">
         <v>625</v>
       </c>
       <c r="K148" s="6" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="L148" s="10" t="s">
-        <v>83</v>
+        <v>240</v>
       </c>
       <c r="M148" s="6" t="s">
         <v>626</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O148" s="6"/>
       <c r="P148" s="6"/>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
         <v>627</v>
       </c>
       <c r="B149" s="6">
         <v>0</v>
       </c>
       <c r="C149" s="6">
         <v>0</v>
       </c>
       <c r="D149" s="6">
         <v>0</v>
       </c>
       <c r="E149" s="6" t="s">
         <v>628</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>133</v>
+        <v>358</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I149" s="6">
-        <v>12.2</v>
+        <v>150</v>
       </c>
       <c r="J149" s="10" t="s">
         <v>629</v>
       </c>
       <c r="K149" s="6" t="s">
-        <v>243</v>
+        <v>52</v>
       </c>
       <c r="L149" s="10" t="s">
-        <v>133</v>
+        <v>358</v>
       </c>
       <c r="M149" s="6" t="s">
         <v>630</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O149" s="6">
-        <v>5717.25</v>
+        <v>91224</v>
       </c>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
         <v>631</v>
       </c>
       <c r="B150" s="6">
         <v>0</v>
       </c>
       <c r="C150" s="6">
         <v>0</v>
       </c>
       <c r="D150" s="6">
         <v>0</v>
       </c>
       <c r="E150" s="6" t="s">
         <v>632</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>80</v>
+        <v>633</v>
       </c>
       <c r="G150" s="10" t="s">
-        <v>23</v>
+        <v>225</v>
       </c>
       <c r="H150" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I150" s="6">
-        <v>51</v>
+        <v>0.6</v>
       </c>
       <c r="J150" s="10" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="K150" s="6" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="L150" s="10" t="s">
-        <v>83</v>
+        <v>358</v>
       </c>
       <c r="M150" s="6" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O150" s="6"/>
+      <c r="O150" s="6">
+        <v>11738.43</v>
+      </c>
       <c r="P150" s="6"/>
     </row>
     <row r="151" spans="1:16" customHeight="1" ht="65">
       <c r="A151" s="6" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B151" s="6">
-        <v>0</v>
+        <v>1439</v>
       </c>
       <c r="C151" s="6">
-        <v>0</v>
+        <v>1439</v>
       </c>
       <c r="D151" s="6">
         <v>0</v>
       </c>
       <c r="E151" s="6" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>133</v>
+        <v>638</v>
       </c>
       <c r="G151" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H151" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I151" s="6">
-        <v>10.36</v>
+        <v>0</v>
       </c>
       <c r="J151" s="10" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="K151" s="6" t="s">
-        <v>243</v>
+        <v>34</v>
       </c>
       <c r="L151" s="10" t="s">
-        <v>133</v>
+        <v>235</v>
       </c>
       <c r="M151" s="6" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O151" s="6">
-        <v>6600</v>
+        <v>22.82</v>
       </c>
       <c r="P151" s="6"/>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="65">
       <c r="A152" s="6" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B152" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C152" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D152" s="6">
         <v>0</v>
       </c>
       <c r="E152" s="6" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>133</v>
+        <v>72</v>
       </c>
       <c r="G152" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H152" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I152" s="6">
-        <v>12.27</v>
+        <v>42</v>
       </c>
       <c r="J152" s="10" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="K152" s="6" t="s">
-        <v>243</v>
+        <v>74</v>
       </c>
       <c r="L152" s="10" t="s">
-        <v>133</v>
+        <v>75</v>
       </c>
       <c r="M152" s="6" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="N152" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O152" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O152" s="6"/>
       <c r="P152" s="6"/>
     </row>
     <row r="153" spans="1:16" customHeight="1" ht="65">
       <c r="A153" s="6" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="B153" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C153" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D153" s="6">
         <v>0</v>
       </c>
       <c r="E153" s="6" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>604</v>
+        <v>314</v>
       </c>
       <c r="G153" s="10" t="s">
-        <v>23</v>
+        <v>315</v>
       </c>
       <c r="H153" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I153" s="6">
-        <v>3.66</v>
+        <v>11</v>
       </c>
       <c r="J153" s="10" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="K153" s="6" t="s">
-        <v>606</v>
+        <v>317</v>
       </c>
       <c r="L153" s="10" t="s">
-        <v>604</v>
+        <v>318</v>
       </c>
       <c r="M153" s="6" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O153" s="6">
-        <v>4818.24</v>
+        <v>1461.3</v>
       </c>
       <c r="P153" s="6"/>
     </row>
     <row r="154" spans="1:16" customHeight="1" ht="65">
       <c r="A154" s="6" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B154" s="6">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="C154" s="6">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="D154" s="6">
         <v>0</v>
       </c>
-      <c r="E154" s="6" t="s">
-        <v>648</v>
+      <c r="E154" s="6">
+        <v>198357</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>604</v>
+        <v>413</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I154" s="6">
-        <v>10</v>
+        <v>0.003</v>
       </c>
       <c r="J154" s="10" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="K154" s="6" t="s">
-        <v>650</v>
+        <v>147</v>
       </c>
       <c r="L154" s="10" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="M154" s="6" t="s">
         <v>651</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O154" s="6">
-        <v>4151.84</v>
+        <v>5.49</v>
       </c>
       <c r="P154" s="6"/>
     </row>
     <row r="155" spans="1:16" customHeight="1" ht="65">
       <c r="A155" s="6" t="s">
         <v>652</v>
       </c>
       <c r="B155" s="6">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="C155" s="6">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="D155" s="6">
         <v>0</v>
       </c>
-      <c r="E155" s="6" t="s">
-        <v>653</v>
+      <c r="E155" s="6">
+        <v>198515</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>479</v>
+        <v>145</v>
       </c>
       <c r="G155" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H155" s="6" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="I155" s="6">
-        <v>0</v>
+        <v>0.09</v>
       </c>
       <c r="J155" s="10" t="s">
+        <v>653</v>
+      </c>
+      <c r="K155" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="L155" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="M155" s="6" t="s">
         <v>654</v>
       </c>
-      <c r="K155" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M155" s="6" t="s">
+      <c r="N155" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" s="6">
+        <v>68.69</v>
+      </c>
+      <c r="P155" s="6"/>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" s="6" t="s">
         <v>655</v>
       </c>
-      <c r="N155" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A156" s="6" t="s">
+      <c r="B156" s="6">
+        <v>0</v>
+      </c>
+      <c r="C156" s="6">
+        <v>0</v>
+      </c>
+      <c r="D156" s="6">
+        <v>0</v>
+      </c>
+      <c r="E156" s="6" t="s">
         <v>656</v>
       </c>
-      <c r="B156" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F156" s="9" t="s">
-        <v>22</v>
+        <v>540</v>
       </c>
       <c r="G156" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H156" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I156" s="6">
         <v>0</v>
       </c>
       <c r="J156" s="10" t="s">
         <v>657</v>
       </c>
       <c r="K156" s="6" t="s">
-        <v>164</v>
+        <v>231</v>
       </c>
       <c r="L156" s="10" t="s">
-        <v>22</v>
+        <v>542</v>
       </c>
       <c r="M156" s="6" t="s">
         <v>658</v>
       </c>
       <c r="N156" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O156" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O156" s="6"/>
       <c r="P156" s="6"/>
     </row>
-    <row r="157" spans="1:16" customHeight="1" ht="65">
+    <row r="157" spans="1:16">
       <c r="A157" s="6" t="s">
         <v>659</v>
       </c>
       <c r="B157" s="6">
         <v>0</v>
       </c>
       <c r="C157" s="6">
         <v>0</v>
       </c>
       <c r="D157" s="6">
         <v>0</v>
       </c>
       <c r="E157" s="6" t="s">
         <v>660</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>52</v>
+        <v>380</v>
       </c>
       <c r="G157" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H157" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="6">
         <v>0</v>
       </c>
-      <c r="J157" s="10" t="s">
+      <c r="J157" s="10"/>
+      <c r="K157" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="L157" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="M157" s="6" t="s">
         <v>661</v>
-      </c>
-[...7 lines deleted...]
-        <v>663</v>
       </c>
       <c r="N157" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O157" s="6"/>
       <c r="P157" s="6"/>
     </row>
     <row r="158" spans="1:16" customHeight="1" ht="65">
       <c r="A158" s="6" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="B158" s="6">
         <v>0</v>
       </c>
       <c r="C158" s="6">
         <v>0</v>
       </c>
       <c r="D158" s="6">
         <v>0</v>
       </c>
       <c r="E158" s="6" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="G158" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H158" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I158" s="6">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="J158" s="10" t="s">
         <v>664</v>
       </c>
       <c r="K158" s="6" t="s">
-        <v>243</v>
+        <v>74</v>
       </c>
       <c r="L158" s="10" t="s">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="M158" s="6" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="N158" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O158" s="6"/>
       <c r="P158" s="6"/>
     </row>
     <row r="159" spans="1:16" customHeight="1" ht="65">
       <c r="A159" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="B159" s="6">
+        <v>0</v>
+      </c>
+      <c r="C159" s="6">
+        <v>0</v>
+      </c>
+      <c r="D159" s="6">
+        <v>0</v>
+      </c>
+      <c r="E159" s="6" t="s">
         <v>667</v>
       </c>
-      <c r="B159" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F159" s="9" t="s">
-        <v>151</v>
+        <v>165</v>
       </c>
       <c r="G159" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H159" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I159" s="6">
-        <v>63.4</v>
+        <v>0</v>
       </c>
       <c r="J159" s="10" t="s">
+        <v>668</v>
+      </c>
+      <c r="K159" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L159" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="M159" s="6" t="s">
         <v>669</v>
-      </c>
-[...7 lines deleted...]
-        <v>670</v>
       </c>
       <c r="N159" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O159" s="6"/>
       <c r="P159" s="6"/>
     </row>
-    <row r="160" spans="1:16">
+    <row r="160" spans="1:16" customHeight="1" ht="65">
       <c r="A160" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="B160" s="6">
+        <v>65</v>
+      </c>
+      <c r="C160" s="6">
+        <v>65</v>
+      </c>
+      <c r="D160" s="6">
+        <v>0</v>
+      </c>
+      <c r="E160" s="6" t="s">
         <v>671</v>
       </c>
-      <c r="B160" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F160" s="9" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="G160" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H160" s="6" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="I160" s="6">
         <v>0</v>
       </c>
       <c r="J160" s="10" t="s">
+        <v>672</v>
+      </c>
+      <c r="K160" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L160" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="M160" s="6" t="s">
         <v>673</v>
       </c>
-      <c r="K160" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N160" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O160" s="6"/>
+      <c r="O160" s="6">
+        <v>154.29</v>
+      </c>
       <c r="P160" s="6"/>
     </row>
     <row r="161" spans="1:16" customHeight="1" ht="65">
       <c r="A161" s="6" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="B161" s="6">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="C161" s="6">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="D161" s="6">
         <v>0</v>
       </c>
       <c r="E161" s="6" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>305</v>
+        <v>121</v>
       </c>
       <c r="G161" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H161" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="6">
         <v>0</v>
       </c>
       <c r="J161" s="10" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="K161" s="6" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="L161" s="10" t="s">
-        <v>305</v>
+        <v>121</v>
       </c>
       <c r="M161" s="6" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="N161" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O161" s="6">
-        <v>31482.4</v>
+        <v>225.4</v>
       </c>
       <c r="P161" s="6"/>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="65">
       <c r="A162" s="6" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B162" s="6">
-        <v>0</v>
+        <v>224</v>
       </c>
       <c r="C162" s="6">
-        <v>0</v>
+        <v>224</v>
       </c>
       <c r="D162" s="6">
         <v>0</v>
       </c>
       <c r="E162" s="6" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="F162" s="9" t="s">
-        <v>46</v>
+        <v>121</v>
       </c>
       <c r="G162" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H162" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="6">
-        <v>1.5</v>
+        <v>0</v>
       </c>
       <c r="J162" s="10" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="K162" s="6" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="L162" s="10" t="s">
-        <v>46</v>
+        <v>121</v>
       </c>
       <c r="M162" s="6" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O162" s="6"/>
+      <c r="O162" s="6">
+        <v>237.93</v>
+      </c>
       <c r="P162" s="6"/>
     </row>
     <row r="163" spans="1:16" customHeight="1" ht="65">
       <c r="A163" s="6" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="B163" s="6">
         <v>0</v>
       </c>
       <c r="C163" s="6">
         <v>0</v>
       </c>
       <c r="D163" s="6">
         <v>0</v>
       </c>
       <c r="E163" s="6" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>154</v>
+        <v>240</v>
       </c>
       <c r="G163" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H163" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I163" s="6">
         <v>0</v>
       </c>
       <c r="J163" s="10" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="K163" s="6" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="L163" s="10" t="s">
-        <v>154</v>
+        <v>240</v>
       </c>
       <c r="M163" s="6" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="N163" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O163" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O163" s="6"/>
       <c r="P163" s="6"/>
     </row>
     <row r="164" spans="1:16" customHeight="1" ht="65">
       <c r="A164" s="6" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="B164" s="6">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="C164" s="6">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="D164" s="6">
         <v>0</v>
       </c>
-      <c r="E164" s="6">
-        <v>410063</v>
+      <c r="E164" s="6" t="s">
+        <v>687</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G164" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="6">
         <v>0</v>
       </c>
       <c r="J164" s="10" t="s">
         <v>688</v>
       </c>
       <c r="K164" s="6" t="s">
-        <v>164</v>
+        <v>34</v>
       </c>
       <c r="L164" s="10" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="M164" s="6" t="s">
         <v>689</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O164" s="6"/>
+      <c r="O164" s="6">
+        <v>14.1</v>
+      </c>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
         <v>690</v>
       </c>
       <c r="B165" s="6">
         <v>0</v>
       </c>
       <c r="C165" s="6">
         <v>0</v>
       </c>
       <c r="D165" s="6">
         <v>0</v>
       </c>
-      <c r="E165" s="6" t="s">
-        <v>691</v>
+      <c r="E165" s="6">
+        <v>410056</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>258</v>
+        <v>22</v>
       </c>
       <c r="G165" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H165" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I165" s="6">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="J165" s="10" t="s">
+        <v>691</v>
+      </c>
+      <c r="K165" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="L165" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M165" s="6" t="s">
         <v>692</v>
       </c>
-      <c r="K165" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M165" s="6" t="s">
+      <c r="N165" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" s="6">
+        <v>243.64</v>
+      </c>
+      <c r="P165" s="6"/>
+    </row>
+    <row r="166" spans="1:16" customHeight="1" ht="65">
+      <c r="A166" s="6" t="s">
         <v>693</v>
       </c>
-      <c r="N165" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A166" s="6" t="s">
+      <c r="B166" s="6">
+        <v>0</v>
+      </c>
+      <c r="C166" s="6">
+        <v>0</v>
+      </c>
+      <c r="D166" s="6">
+        <v>0</v>
+      </c>
+      <c r="E166" s="6" t="s">
         <v>694</v>
       </c>
-      <c r="B166" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F166" s="9" t="s">
-        <v>52</v>
+        <v>208</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H166" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I166" s="6">
+        <v>15.16</v>
+      </c>
+      <c r="J166" s="10" t="s">
+        <v>695</v>
+      </c>
+      <c r="K166" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="L166" s="10" t="s">
         <v>208</v>
       </c>
-      <c r="J166" s="10" t="s">
+      <c r="M166" s="6" t="s">
         <v>696</v>
       </c>
-      <c r="K166" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N166" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O166" s="6">
-        <v>328025.2</v>
+        <v>9618.6</v>
       </c>
       <c r="P166" s="6"/>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="65">
       <c r="A167" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="B167" s="6">
+        <v>0</v>
+      </c>
+      <c r="C167" s="6">
+        <v>0</v>
+      </c>
+      <c r="D167" s="6">
+        <v>0</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>698</v>
+      </c>
+      <c r="F167" s="9" t="s">
+        <v>240</v>
+      </c>
+      <c r="G167" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H167" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I167" s="6">
+        <v>0</v>
+      </c>
+      <c r="J167" s="10" t="s">
         <v>699</v>
       </c>
-      <c r="B167" s="6">
-[...8 lines deleted...]
-      <c r="E167" s="6" t="s">
+      <c r="K167" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="L167" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M167" s="6" t="s">
         <v>700</v>
       </c>
-      <c r="F167" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J167" s="10" t="s">
+      <c r="N167" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" s="6"/>
+      <c r="P167" s="6"/>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" s="6" t="s">
         <v>701</v>
       </c>
-      <c r="K167" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M167" s="6" t="s">
+      <c r="B168" s="6">
+        <v>0</v>
+      </c>
+      <c r="C168" s="6">
+        <v>0</v>
+      </c>
+      <c r="D168" s="6">
+        <v>0</v>
+      </c>
+      <c r="E168" s="6" t="s">
         <v>702</v>
       </c>
-      <c r="N167" s="6" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="F168" s="9" t="s">
-        <v>133</v>
+        <v>208</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H168" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I168" s="6">
-        <v>19.36</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J168" s="10"/>
       <c r="K168" s="6" t="s">
-        <v>243</v>
+        <v>40</v>
       </c>
       <c r="L168" s="10" t="s">
-        <v>133</v>
+        <v>208</v>
       </c>
       <c r="M168" s="6" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O168" s="6">
-        <v>21686.96</v>
+        <v>8096.76</v>
       </c>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="B169" s="6">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="C169" s="6">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
       <c r="E169" s="6" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H169" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="I169" s="6">
-        <v>7.65</v>
+        <v>1.72</v>
       </c>
       <c r="J169" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="K169" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L169" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M169" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="N169" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" s="6">
+        <v>8315.54</v>
+      </c>
+      <c r="P169" s="6"/>
+    </row>
+    <row r="170" spans="1:16" customHeight="1" ht="65">
+      <c r="A170" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="B170" s="6">
+        <v>0</v>
+      </c>
+      <c r="C170" s="6">
+        <v>0</v>
+      </c>
+      <c r="D170" s="6">
+        <v>0</v>
+      </c>
+      <c r="E170" s="6" t="s">
         <v>709</v>
       </c>
-      <c r="K169" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="F170" s="9" t="s">
-        <v>52</v>
+        <v>380</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I170" s="6">
-        <v>170</v>
+        <v>143</v>
       </c>
       <c r="J170" s="10" t="s">
+        <v>710</v>
+      </c>
+      <c r="K170" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="L170" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="M170" s="6" t="s">
         <v>711</v>
-      </c>
-[...7 lines deleted...]
-        <v>712</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O170" s="6"/>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
+        <v>712</v>
+      </c>
+      <c r="B171" s="6">
+        <v>0</v>
+      </c>
+      <c r="C171" s="6">
+        <v>0</v>
+      </c>
+      <c r="D171" s="6">
+        <v>0</v>
+      </c>
+      <c r="E171" s="6" t="s">
         <v>713</v>
       </c>
-      <c r="B171" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F171" s="9" t="s">
-        <v>162</v>
+        <v>208</v>
       </c>
       <c r="G171" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H171" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I171" s="6">
-        <v>0.04</v>
+        <v>15.98</v>
       </c>
       <c r="J171" s="10" t="s">
+        <v>714</v>
+      </c>
+      <c r="K171" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="L171" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="M171" s="6" t="s">
         <v>715</v>
       </c>
-      <c r="K171" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N171" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O171" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O171" s="6"/>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="B172" s="6">
+        <v>16</v>
+      </c>
+      <c r="C172" s="6">
+        <v>16</v>
+      </c>
+      <c r="D172" s="6">
+        <v>0</v>
+      </c>
+      <c r="E172" s="6" t="s">
         <v>717</v>
       </c>
-      <c r="B172" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F172" s="9" t="s">
-        <v>162</v>
+        <v>235</v>
       </c>
       <c r="G172" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="6">
         <v>0</v>
       </c>
       <c r="J172" s="10" t="s">
+        <v>718</v>
+      </c>
+      <c r="K172" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="M172" s="6" t="s">
         <v>719</v>
       </c>
-      <c r="K172" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N172" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O172" s="6"/>
+      <c r="O172" s="6">
+        <v>3471.56</v>
+      </c>
       <c r="P172" s="6"/>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="65">
       <c r="A173" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="B173" s="6">
+        <v>0</v>
+      </c>
+      <c r="C173" s="6">
+        <v>0</v>
+      </c>
+      <c r="D173" s="6">
+        <v>0</v>
+      </c>
+      <c r="E173" s="6" t="s">
         <v>721</v>
       </c>
-      <c r="B173" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F173" s="9" t="s">
-        <v>162</v>
+        <v>79</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H173" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I173" s="6">
         <v>0</v>
       </c>
       <c r="J173" s="10" t="s">
+        <v>722</v>
+      </c>
+      <c r="K173" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="L173" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M173" s="6" t="s">
         <v>723</v>
       </c>
-      <c r="K173" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N173" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O173" s="6"/>
+      <c r="O173" s="6">
+        <v>44691.05</v>
+      </c>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="B174" s="6">
+        <v>0</v>
+      </c>
+      <c r="C174" s="6">
+        <v>0</v>
+      </c>
+      <c r="D174" s="6">
+        <v>0</v>
+      </c>
+      <c r="E174" s="6" t="s">
         <v>725</v>
       </c>
-      <c r="B174" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F174" s="9" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="G174" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H174" s="6" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="I174" s="6">
-        <v>0.06</v>
+        <v>15</v>
       </c>
       <c r="J174" s="10" t="s">
         <v>726</v>
       </c>
       <c r="K174" s="6" t="s">
-        <v>164</v>
+        <v>52</v>
       </c>
       <c r="L174" s="10" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="M174" s="6" t="s">
         <v>727</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O174" s="6">
-        <v>52.32</v>
+        <v>21891.24</v>
       </c>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
         <v>728</v>
       </c>
       <c r="B175" s="6">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <v>0</v>
       </c>
       <c r="D175" s="6">
         <v>0</v>
       </c>
       <c r="E175" s="6" t="s">
         <v>729</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>305</v>
+        <v>208</v>
       </c>
       <c r="G175" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H175" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I175" s="6">
-        <v>0</v>
+        <v>8.49</v>
       </c>
       <c r="J175" s="10" t="s">
         <v>730</v>
       </c>
       <c r="K175" s="6" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="L175" s="10" t="s">
-        <v>305</v>
+        <v>208</v>
       </c>
       <c r="M175" s="6" t="s">
         <v>731</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O175" s="6"/>
+      <c r="O175" s="6">
+        <v>2464.02</v>
+      </c>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
         <v>732</v>
       </c>
       <c r="B176" s="6">
         <v>0</v>
       </c>
       <c r="C176" s="6">
         <v>0</v>
       </c>
       <c r="D176" s="6">
         <v>0</v>
       </c>
       <c r="E176" s="6" t="s">
         <v>733</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>119</v>
+        <v>137</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H176" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I176" s="6">
-        <v>10.5</v>
+        <v>0</v>
       </c>
       <c r="J176" s="10" t="s">
         <v>734</v>
       </c>
       <c r="K176" s="6" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="L176" s="10" t="s">
-        <v>119</v>
+        <v>137</v>
       </c>
       <c r="M176" s="6" t="s">
         <v>735</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O176" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O176" s="6"/>
       <c r="P176" s="6"/>
     </row>
     <row r="177" spans="1:16" customHeight="1" ht="65">
       <c r="A177" s="6" t="s">
         <v>736</v>
       </c>
       <c r="B177" s="6">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="C177" s="6">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
-      <c r="E177" s="6" t="s">
-        <v>737</v>
+      <c r="E177" s="6">
+        <v>410057</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>162</v>
+        <v>22</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H177" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I177" s="6">
-        <v>0.12</v>
+        <v>0.59</v>
       </c>
       <c r="J177" s="10" t="s">
+        <v>737</v>
+      </c>
+      <c r="K177" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="L177" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M177" s="6" t="s">
         <v>738</v>
       </c>
-      <c r="K177" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N177" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O177" s="6">
-        <v>94.08</v>
+        <v>264.55</v>
       </c>
       <c r="P177" s="6"/>
     </row>
     <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="B178" s="6">
+        <v>0</v>
+      </c>
+      <c r="C178" s="6">
+        <v>0</v>
+      </c>
+      <c r="D178" s="6">
+        <v>0</v>
+      </c>
+      <c r="E178" s="6" t="s">
         <v>740</v>
       </c>
-      <c r="B178" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F178" s="9" t="s">
-        <v>38</v>
+        <v>112</v>
       </c>
       <c r="G178" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H178" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I178" s="6">
-        <v>7.79</v>
+        <v>35.3</v>
       </c>
       <c r="J178" s="10" t="s">
+        <v>741</v>
+      </c>
+      <c r="K178" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L178" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="M178" s="6" t="s">
         <v>742</v>
       </c>
-      <c r="K178" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M178" s="6" t="s">
+      <c r="N178" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" s="6">
+        <v>32414.53</v>
+      </c>
+      <c r="P178" s="6"/>
+    </row>
+    <row r="179" spans="1:16" customHeight="1" ht="65">
+      <c r="A179" s="6" t="s">
         <v>743</v>
       </c>
-      <c r="N178" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A179" s="6" t="s">
+      <c r="B179" s="6">
+        <v>0</v>
+      </c>
+      <c r="C179" s="6">
+        <v>0</v>
+      </c>
+      <c r="D179" s="6">
+        <v>0</v>
+      </c>
+      <c r="E179" s="6" t="s">
         <v>744</v>
       </c>
-      <c r="B179" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F179" s="9" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H179" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I179" s="6">
-        <v>0</v>
+        <v>35.3</v>
       </c>
       <c r="J179" s="10" t="s">
+        <v>745</v>
+      </c>
+      <c r="K179" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L179" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="M179" s="6" t="s">
         <v>746</v>
       </c>
-      <c r="K179" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N179" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O179" s="6"/>
+      <c r="O179" s="6">
+        <v>35237.13</v>
+      </c>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
+        <v>747</v>
+      </c>
+      <c r="B180" s="6">
+        <v>0</v>
+      </c>
+      <c r="C180" s="6">
+        <v>0</v>
+      </c>
+      <c r="D180" s="6">
+        <v>0</v>
+      </c>
+      <c r="E180" s="6" t="s">
         <v>748</v>
       </c>
-      <c r="B180" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F180" s="9" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="G180" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H180" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I180" s="6">
-        <v>23</v>
+        <v>37.5</v>
       </c>
       <c r="J180" s="10" t="s">
+        <v>749</v>
+      </c>
+      <c r="K180" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L180" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="M180" s="6" t="s">
         <v>750</v>
       </c>
-      <c r="K180" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M180" s="6" t="s">
+      <c r="N180" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" s="6">
+        <v>35237.13</v>
+      </c>
+      <c r="P180" s="6"/>
+    </row>
+    <row r="181" spans="1:16" customHeight="1" ht="65">
+      <c r="A181" s="6" t="s">
         <v>751</v>
       </c>
-      <c r="N180" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A181" s="6" t="s">
+      <c r="B181" s="6">
+        <v>2</v>
+      </c>
+      <c r="C181" s="6">
+        <v>2</v>
+      </c>
+      <c r="D181" s="6">
+        <v>0</v>
+      </c>
+      <c r="E181" s="6" t="s">
         <v>752</v>
       </c>
-      <c r="B181" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F181" s="9" t="s">
-        <v>186</v>
+        <v>112</v>
       </c>
       <c r="G181" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H181" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I181" s="6">
-        <v>4.5</v>
+        <v>13.4</v>
       </c>
       <c r="J181" s="10" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="K181" s="6" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="L181" s="10" t="s">
-        <v>186</v>
+        <v>112</v>
       </c>
       <c r="M181" s="6" t="s">
         <v>754</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O181" s="6"/>
+      <c r="O181" s="6">
+        <v>21317.49</v>
+      </c>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
         <v>755</v>
       </c>
       <c r="B182" s="6">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="C182" s="6">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="D182" s="6">
         <v>0</v>
       </c>
       <c r="E182" s="6" t="s">
         <v>756</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="G182" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H182" s="6" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="I182" s="6">
-        <v>1.75</v>
+        <v>13.4</v>
       </c>
       <c r="J182" s="10" t="s">
         <v>757</v>
       </c>
       <c r="K182" s="6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L182" s="10" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="M182" s="6" t="s">
         <v>758</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O182" s="6">
-        <v>8443.71</v>
+        <v>21317.49</v>
       </c>
       <c r="P182" s="6"/>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="65">
       <c r="A183" s="6" t="s">
         <v>759</v>
       </c>
       <c r="B183" s="6">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="C183" s="6">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="D183" s="6">
         <v>0</v>
       </c>
       <c r="E183" s="6" t="s">
         <v>760</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>305</v>
+        <v>413</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H183" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I183" s="6">
-        <v>0</v>
+        <v>0.002</v>
       </c>
       <c r="J183" s="10" t="s">
         <v>761</v>
       </c>
       <c r="K183" s="6" t="s">
-        <v>82</v>
+        <v>147</v>
       </c>
       <c r="L183" s="10" t="s">
-        <v>305</v>
+        <v>413</v>
       </c>
       <c r="M183" s="6" t="s">
         <v>762</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O183" s="6"/>
+      <c r="O183" s="6">
+        <v>6.66</v>
+      </c>
       <c r="P183" s="6"/>
     </row>
     <row r="184" spans="1:16" customHeight="1" ht="65">
       <c r="A184" s="6" t="s">
         <v>763</v>
       </c>
       <c r="B184" s="6">
         <v>0</v>
       </c>
       <c r="C184" s="6">
         <v>0</v>
       </c>
       <c r="D184" s="6">
         <v>0</v>
       </c>
       <c r="E184" s="6" t="s">
         <v>764</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>151</v>
+        <v>208</v>
       </c>
       <c r="G184" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H184" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I184" s="6">
-        <v>62.5</v>
+        <v>8.2</v>
       </c>
       <c r="J184" s="10" t="s">
         <v>765</v>
       </c>
       <c r="K184" s="6" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="L184" s="10" t="s">
-        <v>154</v>
+        <v>208</v>
       </c>
       <c r="M184" s="6" t="s">
         <v>766</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O184" s="6"/>
+      <c r="O184" s="6">
+        <v>5170.18</v>
+      </c>
       <c r="P184" s="6"/>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" s="6" t="s">
         <v>767</v>
       </c>
       <c r="B185" s="6">
         <v>0</v>
       </c>
       <c r="C185" s="6">
         <v>0</v>
       </c>
       <c r="D185" s="6">
         <v>0</v>
       </c>
       <c r="E185" s="6" t="s">
         <v>768</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>186</v>
+        <v>22</v>
       </c>
       <c r="G185" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H185" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I185" s="6">
         <v>0</v>
       </c>
-      <c r="J185" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J185" s="10"/>
       <c r="K185" s="6" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="L185" s="10" t="s">
-        <v>186</v>
+        <v>22</v>
       </c>
       <c r="M185" s="6" t="s">
         <v>769</v>
       </c>
       <c r="N185" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O185" s="6"/>
+      <c r="O185" s="6">
+        <v>297.02</v>
+      </c>
       <c r="P185" s="6"/>
     </row>
     <row r="186" spans="1:16" customHeight="1" ht="65">
       <c r="A186" s="6" t="s">
         <v>770</v>
       </c>
       <c r="B186" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C186" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D186" s="6">
         <v>0</v>
       </c>
-      <c r="E186" s="6">
-        <v>198532</v>
+      <c r="E186" s="6" t="s">
+        <v>771</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>162</v>
+        <v>22</v>
       </c>
       <c r="G186" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H186" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I186" s="6">
         <v>0</v>
       </c>
       <c r="J186" s="10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="K186" s="6" t="s">
-        <v>164</v>
+        <v>26</v>
       </c>
       <c r="L186" s="10" t="s">
-        <v>162</v>
+        <v>22</v>
       </c>
       <c r="M186" s="6" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="N186" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O186" s="6">
-        <v>74.33</v>
+        <v>396.2</v>
       </c>
       <c r="P186" s="6"/>
     </row>
     <row r="187" spans="1:16" customHeight="1" ht="65">
       <c r="A187" s="6" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B187" s="6">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="C187" s="6">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="D187" s="6">
         <v>0</v>
       </c>
       <c r="E187" s="6" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>305</v>
+        <v>22</v>
       </c>
       <c r="G187" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H187" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I187" s="6">
         <v>0</v>
       </c>
       <c r="J187" s="10" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="K187" s="6" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="L187" s="10" t="s">
-        <v>305</v>
+        <v>22</v>
       </c>
       <c r="M187" s="6" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N187" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O187" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O187" s="6"/>
       <c r="P187" s="6"/>
     </row>
     <row r="188" spans="1:16" customHeight="1" ht="65">
       <c r="A188" s="6" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B188" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="C188" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="D188" s="6">
         <v>0</v>
       </c>
       <c r="E188" s="6" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>119</v>
+        <v>56</v>
       </c>
       <c r="G188" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H188" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="I188" s="6">
-        <v>150</v>
+        <v>1.76</v>
       </c>
       <c r="J188" s="10" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="K188" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L188" s="10" t="s">
-        <v>454</v>
+        <v>56</v>
       </c>
       <c r="M188" s="6" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="N188" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O188" s="6">
-        <v>89434.8</v>
+        <v>8315.54</v>
       </c>
       <c r="P188" s="6"/>
     </row>
     <row r="189" spans="1:16" customHeight="1" ht="65">
       <c r="A189" s="6" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B189" s="6">
         <v>0</v>
       </c>
       <c r="C189" s="6">
         <v>0</v>
       </c>
       <c r="D189" s="6">
         <v>0</v>
       </c>
       <c r="E189" s="6" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>783</v>
+        <v>22</v>
       </c>
       <c r="G189" s="10" t="s">
-        <v>279</v>
+        <v>23</v>
       </c>
       <c r="H189" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I189" s="6">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="J189" s="10" t="s">
         <v>784</v>
       </c>
       <c r="K189" s="6" t="s">
-        <v>48</v>
+        <v>210</v>
       </c>
       <c r="L189" s="10" t="s">
-        <v>454</v>
+        <v>22</v>
       </c>
       <c r="M189" s="6" t="s">
         <v>785</v>
       </c>
       <c r="N189" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O189" s="6"/>
+      <c r="O189" s="6">
+        <v>2445.66</v>
+      </c>
       <c r="P189" s="6"/>
     </row>
-    <row r="190" spans="1:16">
+    <row r="190" spans="1:16" customHeight="1" ht="65">
       <c r="A190" s="6" t="s">
         <v>786</v>
       </c>
       <c r="B190" s="6">
-        <v>1456</v>
+        <v>5</v>
       </c>
       <c r="C190" s="6">
-        <v>1456</v>
+        <v>5</v>
       </c>
       <c r="D190" s="6">
         <v>0</v>
       </c>
       <c r="E190" s="6" t="s">
         <v>787</v>
       </c>
       <c r="F190" s="9" t="s">
-        <v>176</v>
+        <v>413</v>
       </c>
       <c r="G190" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H190" s="6" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="I190" s="6">
-        <v>0.114</v>
+        <v>0</v>
       </c>
       <c r="J190" s="10" t="s">
         <v>788</v>
       </c>
       <c r="K190" s="6" t="s">
-        <v>363</v>
+        <v>147</v>
       </c>
       <c r="L190" s="10" t="s">
-        <v>176</v>
+        <v>413</v>
       </c>
       <c r="M190" s="6" t="s">
         <v>789</v>
       </c>
       <c r="N190" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O190" s="6">
-        <v>64.4</v>
+        <v>8.62</v>
       </c>
       <c r="P190" s="6"/>
     </row>
     <row r="191" spans="1:16" customHeight="1" ht="65">
       <c r="A191" s="6" t="s">
         <v>790</v>
       </c>
       <c r="B191" s="6">
-        <v>1439</v>
+        <v>0</v>
       </c>
       <c r="C191" s="6">
-        <v>1439</v>
+        <v>0</v>
       </c>
       <c r="D191" s="6">
         <v>0</v>
       </c>
       <c r="E191" s="6" t="s">
         <v>791</v>
       </c>
       <c r="F191" s="9" t="s">
-        <v>792</v>
+        <v>337</v>
       </c>
       <c r="G191" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H191" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I191" s="6">
-        <v>0</v>
+        <v>0.7</v>
       </c>
       <c r="J191" s="10" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="K191" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L191" s="10" t="s">
-        <v>300</v>
+        <v>793</v>
       </c>
       <c r="M191" s="6" t="s">
         <v>794</v>
       </c>
       <c r="N191" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O191" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O191" s="6"/>
       <c r="P191" s="6"/>
     </row>
-    <row r="192" spans="1:16">
+    <row r="192" spans="1:16" customHeight="1" ht="65">
       <c r="A192" s="6" t="s">
         <v>795</v>
       </c>
       <c r="B192" s="6">
         <v>0</v>
       </c>
       <c r="C192" s="6">
         <v>0</v>
       </c>
       <c r="D192" s="6">
         <v>0</v>
       </c>
       <c r="E192" s="6" t="s">
         <v>796</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>466</v>
+        <v>337</v>
       </c>
       <c r="G192" s="10" t="s">
-        <v>23</v>
+        <v>797</v>
       </c>
       <c r="H192" s="6" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="I192" s="6">
-        <v>0</v>
+        <v>0.5</v>
       </c>
       <c r="J192" s="10" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="K192" s="6" t="s">
-        <v>293</v>
+        <v>34</v>
       </c>
       <c r="L192" s="10" t="s">
-        <v>466</v>
+        <v>337</v>
       </c>
       <c r="M192" s="6" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="N192" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O192" s="6"/>
       <c r="P192" s="6"/>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="65">
       <c r="A193" s="6" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B193" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C193" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D193" s="6">
         <v>0</v>
       </c>
       <c r="E193" s="6" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>80</v>
+        <v>337</v>
       </c>
       <c r="G193" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H193" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I193" s="6">
-        <v>42</v>
+        <v>0.5</v>
       </c>
       <c r="J193" s="10" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="K193" s="6" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="L193" s="10" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="M193" s="6" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="N193" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O193" s="6"/>
+      <c r="O193" s="6">
+        <v>191.54</v>
+      </c>
       <c r="P193" s="6"/>
     </row>
     <row r="194" spans="1:16" customHeight="1" ht="65">
       <c r="A194" s="6" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B194" s="6">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="C194" s="6">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="D194" s="6">
         <v>0</v>
       </c>
       <c r="E194" s="6" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>58</v>
+        <v>793</v>
       </c>
       <c r="G194" s="10" t="s">
-        <v>405</v>
+        <v>32</v>
       </c>
       <c r="H194" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I194" s="6">
-        <v>11</v>
+        <v>0.7</v>
       </c>
       <c r="J194" s="10" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="K194" s="6" t="s">
-        <v>407</v>
+        <v>34</v>
       </c>
       <c r="L194" s="10" t="s">
-        <v>60</v>
+        <v>793</v>
       </c>
       <c r="M194" s="6" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="N194" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O194" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O194" s="6"/>
       <c r="P194" s="6"/>
     </row>
     <row r="195" spans="1:16" customHeight="1" ht="65">
       <c r="A195" s="6" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B195" s="6">
         <v>0</v>
       </c>
       <c r="C195" s="6">
         <v>0</v>
       </c>
       <c r="D195" s="6">
         <v>0</v>
       </c>
-      <c r="E195" s="6">
-        <v>198357</v>
+      <c r="E195" s="6" t="s">
+        <v>809</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>523</v>
+        <v>141</v>
       </c>
       <c r="G195" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H195" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I195" s="6">
-        <v>0.003</v>
+        <v>1.2</v>
       </c>
       <c r="J195" s="10" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="K195" s="6" t="s">
-        <v>164</v>
+        <v>34</v>
       </c>
       <c r="L195" s="10" t="s">
-        <v>162</v>
+        <v>141</v>
       </c>
       <c r="M195" s="6" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="N195" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O195" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O195" s="6"/>
       <c r="P195" s="6"/>
     </row>
     <row r="196" spans="1:16" customHeight="1" ht="65">
       <c r="A196" s="6" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B196" s="6">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="C196" s="6">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="D196" s="6">
         <v>0</v>
       </c>
       <c r="E196" s="6" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="F196" s="9" t="s">
-        <v>258</v>
+        <v>337</v>
       </c>
       <c r="G196" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H196" s="6" t="s">
-        <v>361</v>
+        <v>24</v>
       </c>
       <c r="I196" s="6">
-        <v>12</v>
+        <v>0.3</v>
       </c>
       <c r="J196" s="10" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="K196" s="6" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="L196" s="10" t="s">
-        <v>258</v>
+        <v>815</v>
       </c>
       <c r="M196" s="6" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="N196" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O196" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O196" s="6"/>
       <c r="P196" s="6"/>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="65">
       <c r="A197" s="6" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B197" s="6">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="C197" s="6">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="D197" s="6">
         <v>0</v>
       </c>
-      <c r="E197" s="6">
-        <v>198515</v>
+      <c r="E197" s="6" t="s">
+        <v>818</v>
       </c>
       <c r="F197" s="9" t="s">
-        <v>162</v>
+        <v>31</v>
       </c>
       <c r="G197" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H197" s="6" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I197" s="6">
-        <v>0.09</v>
+        <v>0.2</v>
       </c>
       <c r="J197" s="10" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="K197" s="6" t="s">
-        <v>164</v>
+        <v>34</v>
       </c>
       <c r="L197" s="10" t="s">
-        <v>162</v>
+        <v>31</v>
       </c>
       <c r="M197" s="6" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="N197" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O197" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O197" s="6"/>
       <c r="P197" s="6"/>
     </row>
     <row r="198" spans="1:16" customHeight="1" ht="65">
       <c r="A198" s="6" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="B198" s="6">
         <v>0</v>
       </c>
       <c r="C198" s="6">
         <v>0</v>
       </c>
       <c r="D198" s="6">
         <v>0</v>
       </c>
       <c r="E198" s="6" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="F198" s="9" t="s">
-        <v>162</v>
+        <v>208</v>
       </c>
       <c r="G198" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H198" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I198" s="6">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="J198" s="10" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="K198" s="6" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="L198" s="10" t="s">
-        <v>162</v>
+        <v>208</v>
       </c>
       <c r="M198" s="6" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="N198" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O198" s="6"/>
+      <c r="O198" s="6">
+        <v>4158</v>
+      </c>
       <c r="P198" s="6"/>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" s="6" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="B199" s="6">
         <v>0</v>
       </c>
       <c r="C199" s="6">
         <v>0</v>
       </c>
       <c r="D199" s="6">
         <v>0</v>
       </c>
       <c r="E199" s="6" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="F199" s="9" t="s">
-        <v>133</v>
+        <v>422</v>
       </c>
       <c r="G199" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H199" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I199" s="6">
         <v>0</v>
       </c>
       <c r="J199" s="10" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="K199" s="6" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="L199" s="10" t="s">
-        <v>133</v>
+        <v>422</v>
       </c>
       <c r="M199" s="6" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="N199" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O199" s="6"/>
       <c r="P199" s="6"/>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="65">
       <c r="A200" s="6" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="B200" s="6">
         <v>0</v>
       </c>
       <c r="C200" s="6">
         <v>0</v>
       </c>
       <c r="D200" s="6">
         <v>0</v>
       </c>
       <c r="E200" s="6" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>258</v>
+        <v>99</v>
       </c>
       <c r="G200" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H200" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I200" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J200" s="10" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="K200" s="6" t="s">
-        <v>177</v>
+        <v>52</v>
       </c>
       <c r="L200" s="10" t="s">
-        <v>258</v>
+        <v>99</v>
       </c>
       <c r="M200" s="6" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="N200" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O200" s="6"/>
+      <c r="O200" s="6">
+        <v>13677.3</v>
+      </c>
       <c r="P200" s="6"/>
     </row>
-    <row r="201" spans="1:16">
+    <row r="201" spans="1:16" customHeight="1" ht="65">
       <c r="A201" s="6" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="B201" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C201" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D201" s="6">
         <v>0</v>
       </c>
       <c r="E201" s="6" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="F201" s="9" t="s">
-        <v>176</v>
+        <v>99</v>
       </c>
       <c r="G201" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H201" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I201" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J201" s="10" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="K201" s="6" t="s">
-        <v>831</v>
+        <v>52</v>
       </c>
       <c r="L201" s="10" t="s">
-        <v>176</v>
+        <v>99</v>
       </c>
       <c r="M201" s="6" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="N201" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O201" s="6"/>
+      <c r="O201" s="6">
+        <v>13677.3</v>
+      </c>
       <c r="P201" s="6"/>
     </row>
-    <row r="202" spans="1:16">
+    <row r="202" spans="1:16" customHeight="1" ht="65">
       <c r="A202" s="6" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B202" s="6">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="C202" s="6">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="D202" s="6">
         <v>0</v>
       </c>
       <c r="E202" s="6" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>162</v>
+        <v>99</v>
       </c>
       <c r="G202" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H202" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I202" s="6">
-        <v>0</v>
+        <v>3.3</v>
       </c>
       <c r="J202" s="10" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="K202" s="6" t="s">
-        <v>164</v>
+        <v>52</v>
       </c>
       <c r="L202" s="10" t="s">
-        <v>162</v>
+        <v>99</v>
       </c>
       <c r="M202" s="6" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="N202" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O202" s="6">
-        <v>44</v>
+        <v>15198.12</v>
       </c>
       <c r="P202" s="6"/>
     </row>
-    <row r="203" spans="1:16">
+    <row r="203" spans="1:16" customHeight="1" ht="65">
       <c r="A203" s="6" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="B203" s="6">
         <v>0</v>
       </c>
       <c r="C203" s="6">
         <v>0</v>
       </c>
       <c r="D203" s="6">
         <v>0</v>
       </c>
       <c r="E203" s="6" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="F203" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G203" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H203" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I203" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="J203" s="10" t="s">
+        <v>842</v>
+      </c>
+      <c r="K203" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="G203" s="10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L203" s="10" t="s">
-        <v>662</v>
+        <v>99</v>
       </c>
       <c r="M203" s="6" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="N203" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O203" s="6"/>
+      <c r="O203" s="6">
+        <v>15198.12</v>
+      </c>
       <c r="P203" s="6"/>
     </row>
     <row r="204" spans="1:16" customHeight="1" ht="65">
       <c r="A204" s="6" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="B204" s="6">
         <v>0</v>
       </c>
       <c r="C204" s="6">
         <v>0</v>
       </c>
       <c r="D204" s="6">
         <v>0</v>
       </c>
       <c r="E204" s="6" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>305</v>
+        <v>99</v>
       </c>
       <c r="G204" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H204" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I204" s="6">
-        <v>0</v>
+        <v>3.8</v>
       </c>
       <c r="J204" s="10" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="K204" s="6" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="L204" s="10" t="s">
-        <v>305</v>
+        <v>99</v>
       </c>
       <c r="M204" s="6" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="N204" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O204" s="6"/>
+      <c r="O204" s="6">
+        <v>15198.12</v>
+      </c>
       <c r="P204" s="6"/>
     </row>
     <row r="205" spans="1:16" customHeight="1" ht="65">
       <c r="A205" s="6" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="B205" s="6">
         <v>0</v>
       </c>
       <c r="C205" s="6">
         <v>0</v>
       </c>
       <c r="D205" s="6">
         <v>0</v>
       </c>
       <c r="E205" s="6" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="F205" s="9" t="s">
-        <v>195</v>
+        <v>56</v>
       </c>
       <c r="G205" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H205" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I205" s="6">
-        <v>0</v>
+        <v>3.6</v>
       </c>
       <c r="J205" s="10" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="K205" s="6" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="L205" s="10" t="s">
-        <v>195</v>
+        <v>56</v>
       </c>
       <c r="M205" s="6" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="N205" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O205" s="6">
-        <v>3382.91</v>
+        <v>10697.78</v>
       </c>
       <c r="P205" s="6"/>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="65">
       <c r="A206" s="6" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B206" s="6">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="C206" s="6">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="D206" s="6">
         <v>0</v>
       </c>
       <c r="E206" s="6" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="F206" s="9" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="G206" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H206" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I206" s="6">
         <v>0</v>
       </c>
       <c r="J206" s="10" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="K206" s="6" t="s">
-        <v>26</v>
+        <v>231</v>
       </c>
       <c r="L206" s="10" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="M206" s="6" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="N206" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O206" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O206" s="6"/>
       <c r="P206" s="6"/>
     </row>
     <row r="207" spans="1:16" customHeight="1" ht="65">
       <c r="A207" s="6" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="B207" s="6">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="C207" s="6">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="D207" s="6">
         <v>0</v>
       </c>
       <c r="E207" s="6" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>128</v>
+        <v>413</v>
       </c>
       <c r="G207" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H207" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I207" s="6">
-        <v>0</v>
+        <v>0.003</v>
       </c>
       <c r="J207" s="10" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="K207" s="6" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="L207" s="10" t="s">
-        <v>128</v>
+        <v>413</v>
       </c>
       <c r="M207" s="6" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="N207" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O207" s="6">
-        <v>225.4</v>
+        <v>6.39</v>
       </c>
       <c r="P207" s="6"/>
     </row>
     <row r="208" spans="1:16" customHeight="1" ht="65">
       <c r="A208" s="6" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="B208" s="6">
-        <v>248</v>
+        <v>340</v>
       </c>
       <c r="C208" s="6">
-        <v>248</v>
+        <v>340</v>
       </c>
       <c r="D208" s="6">
         <v>0</v>
       </c>
-      <c r="E208" s="6" t="s">
-        <v>857</v>
+      <c r="E208" s="6">
+        <v>202001</v>
       </c>
       <c r="F208" s="9" t="s">
-        <v>128</v>
+        <v>413</v>
       </c>
       <c r="G208" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H208" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I208" s="6">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="J208" s="10" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="K208" s="6" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="L208" s="10" t="s">
-        <v>128</v>
+        <v>413</v>
       </c>
       <c r="M208" s="6" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="N208" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O208" s="6">
-        <v>237.93</v>
+        <v>34.78</v>
       </c>
       <c r="P208" s="6"/>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="65">
       <c r="A209" s="6" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="B209" s="6">
         <v>0</v>
       </c>
       <c r="C209" s="6">
         <v>0</v>
       </c>
       <c r="D209" s="6">
         <v>0</v>
       </c>
-      <c r="E209" s="6" t="s">
-        <v>861</v>
+      <c r="E209" s="6">
+        <v>102823</v>
       </c>
       <c r="F209" s="9" t="s">
-        <v>305</v>
+        <v>413</v>
       </c>
       <c r="G209" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H209" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I209" s="6">
         <v>0</v>
       </c>
       <c r="J209" s="10" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="K209" s="6" t="s">
-        <v>82</v>
+        <v>147</v>
       </c>
       <c r="L209" s="10" t="s">
-        <v>305</v>
+        <v>413</v>
       </c>
       <c r="M209" s="6" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="N209" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O209" s="6"/>
+      <c r="O209" s="6">
+        <v>158.66</v>
+      </c>
       <c r="P209" s="6"/>
     </row>
     <row r="210" spans="1:16" customHeight="1" ht="65">
       <c r="A210" s="6" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="B210" s="6">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="C210" s="6">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="D210" s="6">
         <v>0</v>
       </c>
       <c r="E210" s="6" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="F210" s="9" t="s">
-        <v>31</v>
+        <v>638</v>
       </c>
       <c r="G210" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H210" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I210" s="6">
         <v>0</v>
       </c>
       <c r="J210" s="10" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="K210" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L210" s="10" t="s">
-        <v>31</v>
+        <v>235</v>
       </c>
       <c r="M210" s="6" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="N210" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O210" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O210" s="6"/>
       <c r="P210" s="6"/>
     </row>
     <row r="211" spans="1:16" customHeight="1" ht="65">
       <c r="A211" s="6" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="B211" s="6">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="C211" s="6">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="D211" s="6">
         <v>0</v>
       </c>
-      <c r="E211" s="6">
-        <v>410056</v>
+      <c r="E211" s="6" t="s">
+        <v>871</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>22</v>
+        <v>638</v>
       </c>
       <c r="G211" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H211" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I211" s="6">
+        <v>0</v>
+      </c>
+      <c r="J211" s="10" t="s">
+        <v>872</v>
+      </c>
+      <c r="K211" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L211" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="M211" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="N211" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O211" s="6">
+        <v>19.47</v>
+      </c>
+      <c r="P211" s="6"/>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" s="6" t="s">
+        <v>874</v>
+      </c>
+      <c r="B212" s="6">
+        <v>0</v>
+      </c>
+      <c r="C212" s="6">
+        <v>0</v>
+      </c>
+      <c r="D212" s="6">
+        <v>0</v>
+      </c>
+      <c r="E212" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="F212" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G212" s="10" t="s">
+        <v>225</v>
+      </c>
+      <c r="H212" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I211" s="6">
-[...46 lines deleted...]
-      </c>
       <c r="I212" s="6">
         <v>0</v>
       </c>
       <c r="J212" s="10" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="K212" s="6" t="s">
-        <v>177</v>
+        <v>52</v>
       </c>
       <c r="L212" s="10" t="s">
-        <v>258</v>
+        <v>50</v>
       </c>
       <c r="M212" s="6" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="N212" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O212" s="6"/>
+      <c r="O212" s="6">
+        <v>146997.9</v>
+      </c>
       <c r="P212" s="6"/>
     </row>
     <row r="213" spans="1:16" customHeight="1" ht="65">
       <c r="A213" s="6" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="B213" s="6">
-        <v>1</v>
+        <v>437</v>
       </c>
       <c r="C213" s="6">
-        <v>1</v>
+        <v>437</v>
       </c>
       <c r="D213" s="6">
         <v>0</v>
       </c>
       <c r="E213" s="6" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>133</v>
+        <v>413</v>
       </c>
       <c r="G213" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H213" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="I213" s="6">
-        <v>15.16</v>
+        <v>0</v>
       </c>
       <c r="J213" s="10" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="K213" s="6" t="s">
-        <v>243</v>
+        <v>147</v>
       </c>
       <c r="L213" s="10" t="s">
-        <v>133</v>
+        <v>413</v>
       </c>
       <c r="M213" s="6" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="N213" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O213" s="6">
-        <v>9430</v>
+        <v>5.6</v>
       </c>
       <c r="P213" s="6"/>
     </row>
-    <row r="214" spans="1:16">
+    <row r="214" spans="1:16" customHeight="1" ht="65">
       <c r="A214" s="6" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="B214" s="6">
         <v>0</v>
       </c>
       <c r="C214" s="6">
         <v>0</v>
       </c>
       <c r="D214" s="6">
         <v>0</v>
       </c>
       <c r="E214" s="6" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="F214" s="9" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="G214" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H214" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I214" s="6">
         <v>0</v>
       </c>
       <c r="J214" s="10" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="K214" s="6" t="s">
-        <v>882</v>
+        <v>81</v>
       </c>
       <c r="L214" s="10" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="M214" s="6" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="N214" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O214" s="6"/>
+      <c r="O214" s="6">
+        <v>33789.98</v>
+      </c>
       <c r="P214" s="6"/>
     </row>
     <row r="215" spans="1:16" customHeight="1" ht="65">
       <c r="A215" s="6" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="B215" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C215" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D215" s="6">
         <v>0</v>
       </c>
       <c r="E215" s="6" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="F215" s="9" t="s">
-        <v>305</v>
+        <v>112</v>
       </c>
       <c r="G215" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H215" s="6" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="I215" s="6">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="J215" s="10" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="K215" s="6" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="L215" s="10" t="s">
-        <v>305</v>
+        <v>112</v>
       </c>
       <c r="M215" s="6" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="N215" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O215" s="6">
-        <v>15105.61</v>
+        <v>16467.79</v>
       </c>
       <c r="P215" s="6"/>
     </row>
-    <row r="216" spans="1:16">
+    <row r="216" spans="1:16" customHeight="1" ht="65">
       <c r="A216" s="6" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="B216" s="6">
         <v>0</v>
       </c>
       <c r="C216" s="6">
         <v>0</v>
       </c>
       <c r="D216" s="6">
         <v>0</v>
       </c>
-      <c r="E216" s="6" t="s">
-        <v>889</v>
+      <c r="E216" s="6">
+        <v>411003</v>
       </c>
       <c r="F216" s="9" t="s">
-        <v>58</v>
+        <v>208</v>
       </c>
       <c r="G216" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H216" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I216" s="6">
         <v>0</v>
       </c>
       <c r="J216" s="10" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="K216" s="6" t="s">
-        <v>59</v>
+        <v>147</v>
       </c>
       <c r="L216" s="10" t="s">
-        <v>60</v>
+        <v>208</v>
       </c>
       <c r="M216" s="6" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="N216" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O216" s="6"/>
+      <c r="O216" s="6">
+        <v>10002.44</v>
+      </c>
       <c r="P216" s="6"/>
     </row>
     <row r="217" spans="1:16" customHeight="1" ht="65">
       <c r="A217" s="6" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B217" s="6">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="C217" s="6">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="D217" s="6">
         <v>0</v>
       </c>
       <c r="E217" s="6" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="F217" s="9" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="G217" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H217" s="6" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="I217" s="6">
-        <v>1.72</v>
+        <v>2.2</v>
       </c>
       <c r="J217" s="10" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="K217" s="6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L217" s="10" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M217" s="6" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="N217" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O217" s="6">
-        <v>8443.71</v>
+        <v>8846.84</v>
       </c>
       <c r="P217" s="6"/>
     </row>
-    <row r="218" spans="1:16" customHeight="1" ht="65">
+    <row r="218" spans="1:16">
       <c r="A218" s="6" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B218" s="6">
         <v>0</v>
       </c>
       <c r="C218" s="6">
         <v>0</v>
       </c>
       <c r="D218" s="6">
         <v>0</v>
       </c>
       <c r="E218" s="6" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="F218" s="9" t="s">
-        <v>479</v>
+        <v>304</v>
       </c>
       <c r="G218" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H218" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I218" s="6">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J218" s="10"/>
       <c r="K218" s="6" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="L218" s="10" t="s">
-        <v>481</v>
+        <v>304</v>
       </c>
       <c r="M218" s="6" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="N218" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O218" s="6"/>
+      <c r="O218" s="6">
+        <v>4794.3</v>
+      </c>
       <c r="P218" s="6"/>
     </row>
-    <row r="219" spans="1:16" customHeight="1" ht="65">
+    <row r="219" spans="1:16">
       <c r="A219" s="6" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B219" s="6">
         <v>0</v>
       </c>
       <c r="C219" s="6">
         <v>0</v>
       </c>
       <c r="D219" s="6">
         <v>0</v>
       </c>
       <c r="E219" s="6" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="F219" s="9" t="s">
-        <v>133</v>
+        <v>304</v>
       </c>
       <c r="G219" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H219" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I219" s="6">
-        <v>15.98</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J219" s="10"/>
       <c r="K219" s="6" t="s">
-        <v>243</v>
+        <v>210</v>
       </c>
       <c r="L219" s="10" t="s">
-        <v>133</v>
+        <v>304</v>
       </c>
       <c r="M219" s="6" t="s">
         <v>902</v>
       </c>
       <c r="N219" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O219" s="6"/>
+      <c r="O219" s="6">
+        <v>1798.02</v>
+      </c>
       <c r="P219" s="6"/>
     </row>
-    <row r="220" spans="1:16" customHeight="1" ht="65">
+    <row r="220" spans="1:16">
       <c r="A220" s="6" t="s">
         <v>903</v>
       </c>
       <c r="B220" s="6">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="C220" s="6">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="D220" s="6">
         <v>0</v>
       </c>
       <c r="E220" s="6" t="s">
         <v>904</v>
       </c>
       <c r="F220" s="9" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="G220" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H220" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I220" s="6">
         <v>0</v>
       </c>
-      <c r="J220" s="10" t="s">
+      <c r="J220" s="10"/>
+      <c r="K220" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="L220" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="M220" s="6" t="s">
         <v>905</v>
       </c>
-      <c r="K220" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N220" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O220" s="6">
-        <v>3471.56</v>
+        <v>2698.92</v>
       </c>
       <c r="P220" s="6"/>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" s="6" t="s">
+        <v>906</v>
+      </c>
+      <c r="B221" s="6">
+        <v>0</v>
+      </c>
+      <c r="C221" s="6">
+        <v>0</v>
+      </c>
+      <c r="D221" s="6">
+        <v>0</v>
+      </c>
+      <c r="E221" s="6" t="s">
         <v>907</v>
       </c>
-      <c r="B221" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F221" s="9" t="s">
-        <v>186</v>
+        <v>304</v>
       </c>
       <c r="G221" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H221" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I221" s="6">
         <v>0</v>
       </c>
-      <c r="J221" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J221" s="10"/>
       <c r="K221" s="6" t="s">
-        <v>59</v>
+        <v>210</v>
       </c>
       <c r="L221" s="10" t="s">
-        <v>186</v>
+        <v>304</v>
       </c>
       <c r="M221" s="6" t="s">
+        <v>908</v>
+      </c>
+      <c r="N221" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O221" s="6">
+        <v>487.62</v>
+      </c>
+      <c r="P221" s="6"/>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" s="6" t="s">
         <v>909</v>
       </c>
-      <c r="N221" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A222" s="6" t="s">
+      <c r="B222" s="6">
+        <v>0</v>
+      </c>
+      <c r="C222" s="6">
+        <v>0</v>
+      </c>
+      <c r="D222" s="6">
+        <v>0</v>
+      </c>
+      <c r="E222" s="6" t="s">
         <v>910</v>
       </c>
-      <c r="B222" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F222" s="9" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="G222" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H222" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I222" s="6">
         <v>0</v>
       </c>
-      <c r="J222" s="10" t="s">
+      <c r="J222" s="10"/>
+      <c r="K222" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="L222" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M222" s="6" t="s">
+        <v>911</v>
+      </c>
+      <c r="N222" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O222" s="6">
+        <v>809.68</v>
+      </c>
+      <c r="P222" s="6"/>
+    </row>
+    <row r="223" spans="1:16" customHeight="1" ht="65">
+      <c r="A223" s="6" t="s">
         <v>912</v>
       </c>
-      <c r="K222" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M222" s="6" t="s">
+      <c r="B223" s="6">
+        <v>0</v>
+      </c>
+      <c r="C223" s="6">
+        <v>0</v>
+      </c>
+      <c r="D223" s="6">
+        <v>0</v>
+      </c>
+      <c r="E223" s="6" t="s">
         <v>913</v>
       </c>
-      <c r="N222" s="6" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="F223" s="9" t="s">
-        <v>58</v>
+        <v>151</v>
       </c>
       <c r="G223" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H223" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I223" s="6">
         <v>0</v>
       </c>
       <c r="J223" s="10" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="K223" s="6" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="L223" s="10" t="s">
-        <v>60</v>
+        <v>151</v>
       </c>
       <c r="M223" s="6" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
       <c r="N223" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O223" s="6"/>
       <c r="P223" s="6"/>
     </row>
     <row r="224" spans="1:16" customHeight="1" ht="65">
       <c r="A224" s="6" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="B224" s="6">
         <v>0</v>
       </c>
       <c r="C224" s="6">
         <v>0</v>
       </c>
       <c r="D224" s="6">
         <v>0</v>
       </c>
       <c r="E224" s="6" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="F224" s="9" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
       <c r="G224" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H224" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I224" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J224" s="10" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="K224" s="6" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="L224" s="10" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
       <c r="M224" s="6" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="N224" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O224" s="6">
-        <v>17108.84</v>
+        <v>48.96</v>
       </c>
       <c r="P224" s="6"/>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" s="6" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B225" s="6">
         <v>0</v>
       </c>
       <c r="C225" s="6">
         <v>0</v>
       </c>
       <c r="D225" s="6">
         <v>0</v>
       </c>
       <c r="E225" s="6" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="F225" s="9" t="s">
-        <v>42</v>
+        <v>208</v>
       </c>
       <c r="G225" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H225" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I225" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.5</v>
+      </c>
+      <c r="J225" s="10"/>
       <c r="K225" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L225" s="10" t="s">
-        <v>42</v>
+        <v>208</v>
       </c>
       <c r="M225" s="6" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="N225" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O225" s="6"/>
+      <c r="O225" s="6">
+        <v>5697.72</v>
+      </c>
       <c r="P225" s="6"/>
     </row>
     <row r="226" spans="1:16" customHeight="1" ht="65">
       <c r="A226" s="6" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="B226" s="6">
         <v>0</v>
       </c>
       <c r="C226" s="6">
         <v>0</v>
       </c>
       <c r="D226" s="6">
         <v>0</v>
       </c>
       <c r="E226" s="6" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="F226" s="9" t="s">
-        <v>133</v>
+        <v>240</v>
       </c>
       <c r="G226" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H226" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I226" s="6">
-        <v>8.49</v>
+        <v>0</v>
       </c>
       <c r="J226" s="10" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="K226" s="6" t="s">
-        <v>243</v>
+        <v>74</v>
       </c>
       <c r="L226" s="10" t="s">
-        <v>133</v>
+        <v>240</v>
       </c>
       <c r="M226" s="6" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="N226" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O226" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O226" s="6"/>
       <c r="P226" s="6"/>
     </row>
     <row r="227" spans="1:16" customHeight="1" ht="65">
       <c r="A227" s="6" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="B227" s="6">
         <v>0</v>
       </c>
       <c r="C227" s="6">
         <v>0</v>
       </c>
       <c r="D227" s="6">
         <v>0</v>
       </c>
       <c r="E227" s="6" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="F227" s="9" t="s">
-        <v>154</v>
+        <v>99</v>
       </c>
       <c r="G227" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H227" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I227" s="6">
-        <v>0</v>
+        <v>3.3</v>
       </c>
       <c r="J227" s="10" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="K227" s="6" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="L227" s="10" t="s">
-        <v>154</v>
+        <v>99</v>
       </c>
       <c r="M227" s="6" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="N227" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O227" s="6">
-        <v>8553.58</v>
+        <v>11540.34</v>
       </c>
       <c r="P227" s="6"/>
     </row>
     <row r="228" spans="1:16" customHeight="1" ht="65">
       <c r="A228" s="6" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="B228" s="6">
         <v>0</v>
       </c>
       <c r="C228" s="6">
         <v>0</v>
       </c>
       <c r="D228" s="6">
         <v>0</v>
       </c>
       <c r="E228" s="6">
-        <v>410057</v>
+        <v>410059</v>
       </c>
       <c r="F228" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G228" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H228" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="I228" s="6">
-        <v>0.59</v>
+        <v>0.58</v>
       </c>
       <c r="J228" s="10" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="K228" s="6" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="L228" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M228" s="6" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="N228" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O228" s="6">
-        <v>261.57</v>
+        <v>266.8</v>
       </c>
       <c r="P228" s="6"/>
     </row>
     <row r="229" spans="1:16" customHeight="1" ht="65">
       <c r="A229" s="6" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="B229" s="6">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="C229" s="6">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="D229" s="6">
         <v>0</v>
       </c>
       <c r="E229" s="6" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="F229" s="9" t="s">
-        <v>119</v>
+        <v>281</v>
       </c>
       <c r="G229" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H229" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I229" s="6">
-        <v>35.3</v>
+        <v>0.06</v>
       </c>
       <c r="J229" s="10" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="K229" s="6" t="s">
-        <v>41</v>
+        <v>210</v>
       </c>
       <c r="L229" s="10" t="s">
-        <v>119</v>
+        <v>281</v>
       </c>
       <c r="M229" s="6" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="N229" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O229" s="6"/>
+      <c r="O229" s="6">
+        <v>56.7</v>
+      </c>
       <c r="P229" s="6"/>
     </row>
     <row r="230" spans="1:16" customHeight="1" ht="65">
       <c r="A230" s="6" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="B230" s="6">
         <v>0</v>
       </c>
       <c r="C230" s="6">
         <v>0</v>
       </c>
       <c r="D230" s="6">
         <v>0</v>
       </c>
       <c r="E230" s="6" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="F230" s="9" t="s">
-        <v>119</v>
+        <v>240</v>
       </c>
       <c r="G230" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H230" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I230" s="6">
-        <v>35.3</v>
+        <v>0</v>
       </c>
       <c r="J230" s="10" t="s">
+        <v>940</v>
+      </c>
+      <c r="K230" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="L230" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M230" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="N230" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" s="6"/>
+      <c r="P230" s="6"/>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" s="6" t="s">
+        <v>942</v>
+      </c>
+      <c r="B231" s="6">
+        <v>0</v>
+      </c>
+      <c r="C231" s="6">
+        <v>0</v>
+      </c>
+      <c r="D231" s="6">
+        <v>0</v>
+      </c>
+      <c r="E231" s="6" t="s">
         <v>943</v>
       </c>
-      <c r="K230" s="6" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="F231" s="9" t="s">
-        <v>119</v>
+        <v>304</v>
       </c>
       <c r="G231" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H231" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I231" s="6">
-        <v>37.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J231" s="10"/>
       <c r="K231" s="6" t="s">
-        <v>41</v>
+        <v>210</v>
       </c>
       <c r="L231" s="10" t="s">
-        <v>119</v>
+        <v>304</v>
       </c>
       <c r="M231" s="6" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="N231" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O231" s="6">
-        <v>34546.2</v>
+        <v>217.98</v>
       </c>
       <c r="P231" s="6"/>
     </row>
-    <row r="232" spans="1:16" customHeight="1" ht="65">
+    <row r="232" spans="1:16">
       <c r="A232" s="6" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="B232" s="6">
         <v>0</v>
       </c>
       <c r="C232" s="6">
         <v>0</v>
       </c>
       <c r="D232" s="6">
         <v>0</v>
       </c>
       <c r="E232" s="6" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="F232" s="9" t="s">
-        <v>119</v>
+        <v>304</v>
       </c>
       <c r="G232" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H232" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I232" s="6">
-        <v>13.4</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J232" s="10"/>
       <c r="K232" s="6" t="s">
-        <v>41</v>
+        <v>210</v>
       </c>
       <c r="L232" s="10" t="s">
-        <v>119</v>
+        <v>304</v>
       </c>
       <c r="M232" s="6" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="N232" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O232" s="6">
-        <v>20899.5</v>
+        <v>3383.1</v>
       </c>
       <c r="P232" s="6"/>
     </row>
     <row r="233" spans="1:16" customHeight="1" ht="65">
       <c r="A233" s="6" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
       <c r="B233" s="6">
         <v>0</v>
       </c>
       <c r="C233" s="6">
         <v>0</v>
       </c>
       <c r="D233" s="6">
         <v>0</v>
       </c>
       <c r="E233" s="6" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="F233" s="9" t="s">
-        <v>119</v>
+        <v>31</v>
       </c>
       <c r="G233" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H233" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I233" s="6">
-        <v>13.4</v>
+        <v>0</v>
       </c>
       <c r="J233" s="10" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="K233" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="L233" s="10" t="s">
-        <v>119</v>
+        <v>31</v>
       </c>
       <c r="M233" s="6" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="N233" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O233" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O233" s="6"/>
       <c r="P233" s="6"/>
     </row>
     <row r="234" spans="1:16" customHeight="1" ht="65">
       <c r="A234" s="6" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="B234" s="6">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="C234" s="6">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="D234" s="6">
         <v>0</v>
       </c>
       <c r="E234" s="6" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="F234" s="9" t="s">
-        <v>523</v>
+        <v>156</v>
       </c>
       <c r="G234" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H234" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I234" s="6">
-        <v>0.002</v>
+        <v>0</v>
       </c>
       <c r="J234" s="10" t="s">
-        <v>959</v>
+        <v>952</v>
       </c>
       <c r="K234" s="6" t="s">
-        <v>164</v>
+        <v>26</v>
       </c>
       <c r="L234" s="10" t="s">
-        <v>523</v>
+        <v>156</v>
       </c>
       <c r="M234" s="6" t="s">
-        <v>960</v>
+        <v>954</v>
       </c>
       <c r="N234" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O234" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O234" s="6"/>
       <c r="P234" s="6"/>
     </row>
     <row r="235" spans="1:16" customHeight="1" ht="65">
       <c r="A235" s="6" t="s">
-        <v>961</v>
+        <v>955</v>
       </c>
       <c r="B235" s="6">
         <v>0</v>
       </c>
       <c r="C235" s="6">
         <v>0</v>
       </c>
       <c r="D235" s="6">
         <v>0</v>
       </c>
       <c r="E235" s="6" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
       <c r="F235" s="9" t="s">
-        <v>133</v>
+        <v>957</v>
       </c>
       <c r="G235" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H235" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I235" s="6">
-        <v>8.2</v>
+        <v>0</v>
       </c>
       <c r="J235" s="10" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
       <c r="K235" s="6" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="L235" s="10" t="s">
-        <v>133</v>
+        <v>957</v>
       </c>
       <c r="M235" s="6" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="N235" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O235" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O235" s="6"/>
       <c r="P235" s="6"/>
     </row>
     <row r="236" spans="1:16" customHeight="1" ht="65">
       <c r="A236" s="6" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="B236" s="6">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="C236" s="6">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="D236" s="6">
         <v>0</v>
       </c>
       <c r="E236" s="6" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="F236" s="9" t="s">
-        <v>22</v>
+        <v>413</v>
       </c>
       <c r="G236" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H236" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I236" s="6">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="J236" s="10" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="K236" s="6" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="L236" s="10" t="s">
-        <v>22</v>
+        <v>145</v>
       </c>
       <c r="M236" s="6" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="N236" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O236" s="6">
-        <v>396.2</v>
+        <v>19.6</v>
       </c>
       <c r="P236" s="6"/>
     </row>
     <row r="237" spans="1:16" customHeight="1" ht="65">
       <c r="A237" s="6" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="B237" s="6">
         <v>0</v>
       </c>
       <c r="C237" s="6">
         <v>0</v>
       </c>
       <c r="D237" s="6">
         <v>0</v>
       </c>
       <c r="E237" s="6" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="F237" s="9" t="s">
-        <v>22</v>
+        <v>638</v>
       </c>
       <c r="G237" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H237" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I237" s="6">
         <v>0</v>
       </c>
       <c r="J237" s="10" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="K237" s="6" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="L237" s="10" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="M237" s="6" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="N237" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O237" s="6"/>
+      <c r="O237" s="6">
+        <v>112.92</v>
+      </c>
       <c r="P237" s="6"/>
     </row>
     <row r="238" spans="1:16" customHeight="1" ht="65">
       <c r="A238" s="6" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="B238" s="6">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="C238" s="6">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="D238" s="6">
         <v>0</v>
       </c>
       <c r="E238" s="6" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="F238" s="9" t="s">
-        <v>162</v>
+        <v>208</v>
       </c>
       <c r="G238" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H238" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I238" s="6">
-        <v>0.12</v>
+        <v>11.33</v>
       </c>
       <c r="J238" s="10" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="K238" s="6" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="L238" s="10" t="s">
-        <v>162</v>
+        <v>208</v>
       </c>
       <c r="M238" s="6" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="N238" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O238" s="6">
-        <v>94.08</v>
+        <v>7437.78</v>
       </c>
       <c r="P238" s="6"/>
     </row>
     <row r="239" spans="1:16" customHeight="1" ht="65">
       <c r="A239" s="6" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="B239" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="C239" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="D239" s="6">
         <v>0</v>
       </c>
       <c r="E239" s="6" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="F239" s="9" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="G239" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H239" s="6" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I239" s="6">
-        <v>1.76</v>
+        <v>46</v>
       </c>
       <c r="J239" s="10" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="K239" s="6" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="L239" s="10" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="M239" s="6" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
       <c r="N239" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O239" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O239" s="6"/>
       <c r="P239" s="6"/>
     </row>
     <row r="240" spans="1:16" customHeight="1" ht="65">
       <c r="A240" s="6" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="B240" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C240" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="D240" s="6">
         <v>0</v>
       </c>
       <c r="E240" s="6" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="F240" s="9" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="G240" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H240" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I240" s="6">
         <v>0</v>
       </c>
       <c r="J240" s="10" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="K240" s="6" t="s">
-        <v>243</v>
+        <v>34</v>
       </c>
       <c r="L240" s="10" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="M240" s="6" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="N240" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O240" s="6">
-        <v>3118.28</v>
+        <v>3132.86</v>
       </c>
       <c r="P240" s="6"/>
     </row>
     <row r="241" spans="1:16" customHeight="1" ht="65">
       <c r="A241" s="6" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="B241" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C241" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D241" s="6">
         <v>0</v>
       </c>
       <c r="E241" s="6" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="F241" s="9" t="s">
-        <v>523</v>
+        <v>240</v>
       </c>
       <c r="G241" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H241" s="6" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I241" s="6">
         <v>0</v>
       </c>
       <c r="J241" s="10" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="K241" s="6" t="s">
-        <v>164</v>
+        <v>74</v>
       </c>
       <c r="L241" s="10" t="s">
-        <v>523</v>
+        <v>240</v>
       </c>
       <c r="M241" s="6" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="N241" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O241" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O241" s="6"/>
       <c r="P241" s="6"/>
     </row>
-    <row r="242" spans="1:16">
+    <row r="242" spans="1:16" customHeight="1" ht="65">
       <c r="A242" s="6" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="B242" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C242" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D242" s="6">
         <v>0</v>
       </c>
       <c r="E242" s="6" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>58</v>
+        <v>121</v>
       </c>
       <c r="G242" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H242" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I242" s="6">
         <v>0</v>
       </c>
       <c r="J242" s="10" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="K242" s="6" t="s">
-        <v>59</v>
+        <v>986</v>
       </c>
       <c r="L242" s="10" t="s">
-        <v>60</v>
+        <v>121</v>
       </c>
       <c r="M242" s="6" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="N242" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O242" s="6"/>
+      <c r="O242" s="6">
+        <v>130.52</v>
+      </c>
       <c r="P242" s="6"/>
     </row>
     <row r="243" spans="1:16" customHeight="1" ht="65">
       <c r="A243" s="6" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
       <c r="B243" s="6">
         <v>0</v>
       </c>
       <c r="C243" s="6">
         <v>0</v>
       </c>
       <c r="D243" s="6">
         <v>0</v>
       </c>
       <c r="E243" s="6" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="F243" s="9" t="s">
-        <v>428</v>
+        <v>990</v>
       </c>
       <c r="G243" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H243" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I243" s="6">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="J243" s="10" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="K243" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L243" s="10" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="M243" s="6" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="N243" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O243" s="6"/>
       <c r="P243" s="6"/>
     </row>
     <row r="244" spans="1:16" customHeight="1" ht="65">
       <c r="A244" s="6" t="s">
-        <v>997</v>
+        <v>993</v>
       </c>
       <c r="B244" s="6">
         <v>0</v>
       </c>
       <c r="C244" s="6">
         <v>0</v>
       </c>
       <c r="D244" s="6">
         <v>0</v>
       </c>
       <c r="E244" s="6" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="F244" s="9" t="s">
-        <v>428</v>
+        <v>380</v>
       </c>
       <c r="G244" s="10" t="s">
-        <v>999</v>
+        <v>23</v>
       </c>
       <c r="H244" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I244" s="6">
-        <v>0.5</v>
+        <v>123</v>
       </c>
       <c r="J244" s="10" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="K244" s="6" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L244" s="10" t="s">
-        <v>428</v>
+        <v>382</v>
       </c>
       <c r="M244" s="6" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
       <c r="N244" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O244" s="6"/>
       <c r="P244" s="6"/>
     </row>
     <row r="245" spans="1:16" customHeight="1" ht="65">
       <c r="A245" s="6" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="B245" s="6">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="C245" s="6">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="D245" s="6">
         <v>0</v>
       </c>
       <c r="E245" s="6" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="F245" s="9" t="s">
-        <v>428</v>
+        <v>281</v>
       </c>
       <c r="G245" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H245" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I245" s="6">
-        <v>0.5</v>
+        <v>0.08</v>
       </c>
       <c r="J245" s="10" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="K245" s="6" t="s">
-        <v>34</v>
+        <v>210</v>
       </c>
       <c r="L245" s="10" t="s">
-        <v>31</v>
+        <v>281</v>
       </c>
       <c r="M245" s="6" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="N245" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O245" s="6">
-        <v>187.78</v>
+        <v>59.23</v>
       </c>
       <c r="P245" s="6"/>
     </row>
     <row r="246" spans="1:16" customHeight="1" ht="65">
       <c r="A246" s="6" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
       <c r="B246" s="6">
         <v>0</v>
       </c>
       <c r="C246" s="6">
         <v>0</v>
       </c>
       <c r="D246" s="6">
         <v>0</v>
       </c>
       <c r="E246" s="6" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
       <c r="F246" s="9" t="s">
-        <v>995</v>
+        <v>208</v>
       </c>
       <c r="G246" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H246" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I246" s="6">
-        <v>0.7</v>
+        <v>7.43</v>
       </c>
       <c r="J246" s="10" t="s">
-        <v>1008</v>
+        <v>1003</v>
       </c>
       <c r="K246" s="6" t="s">
-        <v>34</v>
+        <v>210</v>
       </c>
       <c r="L246" s="10" t="s">
-        <v>995</v>
+        <v>208</v>
       </c>
       <c r="M246" s="6" t="s">
-        <v>1009</v>
+        <v>1004</v>
       </c>
       <c r="N246" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O246" s="6"/>
+      <c r="O246" s="6">
+        <v>6297.48</v>
+      </c>
       <c r="P246" s="6"/>
     </row>
     <row r="247" spans="1:16" customHeight="1" ht="65">
       <c r="A247" s="6" t="s">
-        <v>1010</v>
+        <v>1005</v>
       </c>
       <c r="B247" s="6">
         <v>0</v>
       </c>
       <c r="C247" s="6">
         <v>0</v>
       </c>
       <c r="D247" s="6">
         <v>0</v>
       </c>
       <c r="E247" s="6" t="s">
-        <v>1011</v>
+        <v>1006</v>
       </c>
       <c r="F247" s="9" t="s">
-        <v>158</v>
+        <v>367</v>
       </c>
       <c r="G247" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H247" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I247" s="6">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="J247" s="10" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
       <c r="K247" s="6" t="s">
-        <v>34</v>
+        <v>231</v>
       </c>
       <c r="L247" s="10" t="s">
-        <v>158</v>
+        <v>367</v>
       </c>
       <c r="M247" s="6" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="N247" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O247" s="6"/>
       <c r="P247" s="6"/>
     </row>
     <row r="248" spans="1:16" customHeight="1" ht="65">
       <c r="A248" s="6" t="s">
-        <v>1014</v>
+        <v>1009</v>
       </c>
       <c r="B248" s="6">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="C248" s="6">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="D248" s="6">
         <v>0</v>
       </c>
-      <c r="E248" s="6" t="s">
-        <v>1015</v>
+      <c r="E248" s="6">
+        <v>198267</v>
       </c>
       <c r="F248" s="9" t="s">
-        <v>428</v>
+        <v>145</v>
       </c>
       <c r="G248" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H248" s="6" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="I248" s="6">
-        <v>0.3</v>
+        <v>0.05</v>
       </c>
       <c r="J248" s="10" t="s">
-        <v>1016</v>
+        <v>1010</v>
       </c>
       <c r="K248" s="6" t="s">
-        <v>34</v>
+        <v>147</v>
       </c>
       <c r="L248" s="10" t="s">
-        <v>1017</v>
+        <v>145</v>
       </c>
       <c r="M248" s="6" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="N248" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O248" s="6"/>
+      <c r="O248" s="6">
+        <v>41.77</v>
+      </c>
       <c r="P248" s="6"/>
     </row>
     <row r="249" spans="1:16" customHeight="1" ht="65">
       <c r="A249" s="6" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="B249" s="6">
         <v>0</v>
       </c>
       <c r="C249" s="6">
         <v>0</v>
       </c>
       <c r="D249" s="6">
         <v>0</v>
       </c>
       <c r="E249" s="6" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="F249" s="9" t="s">
         <v>31</v>
       </c>
       <c r="G249" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H249" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I249" s="6">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="J249" s="10" t="s">
-        <v>1021</v>
+        <v>1014</v>
       </c>
       <c r="K249" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L249" s="10" t="s">
         <v>31</v>
       </c>
       <c r="M249" s="6" t="s">
-        <v>1022</v>
+        <v>1015</v>
       </c>
       <c r="N249" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O249" s="6"/>
       <c r="P249" s="6"/>
     </row>
     <row r="250" spans="1:16" customHeight="1" ht="65">
       <c r="A250" s="6" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="B250" s="6">
         <v>0</v>
       </c>
       <c r="C250" s="6">
         <v>0</v>
       </c>
       <c r="D250" s="6">
         <v>0</v>
       </c>
       <c r="E250" s="6" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="F250" s="9" t="s">
-        <v>133</v>
+        <v>99</v>
       </c>
       <c r="G250" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H250" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I250" s="6">
-        <v>0</v>
+        <v>6.1</v>
       </c>
       <c r="J250" s="10" t="s">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="K250" s="6" t="s">
-        <v>243</v>
+        <v>46</v>
       </c>
       <c r="L250" s="10" t="s">
-        <v>133</v>
+        <v>99</v>
       </c>
       <c r="M250" s="6" t="s">
-        <v>1025</v>
+        <v>1019</v>
       </c>
       <c r="N250" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O250" s="6"/>
+      <c r="O250" s="6">
+        <v>14018.83</v>
+      </c>
       <c r="P250" s="6"/>
     </row>
     <row r="251" spans="1:16" customHeight="1" ht="65">
       <c r="A251" s="6" t="s">
-        <v>1026</v>
+        <v>1020</v>
       </c>
       <c r="B251" s="6">
         <v>0</v>
       </c>
       <c r="C251" s="6">
         <v>0</v>
       </c>
       <c r="D251" s="6">
         <v>0</v>
       </c>
       <c r="E251" s="6" t="s">
-        <v>1027</v>
+        <v>1021</v>
       </c>
       <c r="F251" s="9" t="s">
-        <v>38</v>
+        <v>337</v>
       </c>
       <c r="G251" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H251" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I251" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J251" s="10" t="s">
-        <v>1028</v>
+        <v>1022</v>
       </c>
       <c r="K251" s="6" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="L251" s="10" t="s">
-        <v>38</v>
+        <v>793</v>
       </c>
       <c r="M251" s="6" t="s">
-        <v>1029</v>
+        <v>1023</v>
       </c>
       <c r="N251" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O251" s="6"/>
       <c r="P251" s="6"/>
     </row>
     <row r="252" spans="1:16" customHeight="1" ht="65">
       <c r="A252" s="6" t="s">
-        <v>1030</v>
+        <v>1024</v>
       </c>
       <c r="B252" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C252" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D252" s="6">
         <v>0</v>
       </c>
       <c r="E252" s="6" t="s">
-        <v>1031</v>
+        <v>1025</v>
       </c>
       <c r="F252" s="9" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="G252" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H252" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I252" s="6">
-        <v>3</v>
+        <v>6.2</v>
       </c>
       <c r="J252" s="10" t="s">
-        <v>1032</v>
+        <v>1026</v>
       </c>
       <c r="K252" s="6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L252" s="10" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="M252" s="6" t="s">
-        <v>1033</v>
+        <v>1027</v>
       </c>
       <c r="N252" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O252" s="6">
-        <v>12627.02</v>
+        <v>14018.83</v>
       </c>
       <c r="P252" s="6"/>
     </row>
     <row r="253" spans="1:16" customHeight="1" ht="65">
       <c r="A253" s="6" t="s">
-        <v>1034</v>
+        <v>1028</v>
       </c>
       <c r="B253" s="6">
         <v>0</v>
       </c>
       <c r="C253" s="6">
         <v>0</v>
       </c>
       <c r="D253" s="6">
         <v>0</v>
       </c>
       <c r="E253" s="6" t="s">
-        <v>1035</v>
+        <v>1029</v>
       </c>
       <c r="F253" s="9" t="s">
-        <v>38</v>
+        <v>281</v>
       </c>
       <c r="G253" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H253" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I253" s="6">
-        <v>3.3</v>
+        <v>0.09</v>
       </c>
       <c r="J253" s="10" t="s">
-        <v>1036</v>
+        <v>1030</v>
       </c>
       <c r="K253" s="6" t="s">
-        <v>48</v>
+        <v>210</v>
       </c>
       <c r="L253" s="10" t="s">
-        <v>38</v>
+        <v>281</v>
       </c>
       <c r="M253" s="6" t="s">
-        <v>1037</v>
+        <v>1031</v>
       </c>
       <c r="N253" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O253" s="6"/>
+      <c r="O253" s="6">
+        <v>79.38</v>
+      </c>
       <c r="P253" s="6"/>
     </row>
     <row r="254" spans="1:16" customHeight="1" ht="65">
       <c r="A254" s="6" t="s">
-        <v>1038</v>
+        <v>1032</v>
       </c>
       <c r="B254" s="6">
         <v>0</v>
       </c>
       <c r="C254" s="6">
         <v>0</v>
       </c>
       <c r="D254" s="6">
         <v>0</v>
       </c>
       <c r="E254" s="6" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="F254" s="9" t="s">
-        <v>38</v>
+        <v>367</v>
       </c>
       <c r="G254" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H254" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="I254" s="6">
-        <v>3.8</v>
+        <v>16</v>
       </c>
       <c r="J254" s="10" t="s">
-        <v>1040</v>
+        <v>1034</v>
       </c>
       <c r="K254" s="6" t="s">
-        <v>48</v>
+        <v>176</v>
       </c>
       <c r="L254" s="10" t="s">
-        <v>38</v>
+        <v>367</v>
       </c>
       <c r="M254" s="6" t="s">
-        <v>1041</v>
+        <v>1035</v>
       </c>
       <c r="N254" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O254" s="6">
-        <v>11877.54</v>
+        <v>2895.81</v>
       </c>
       <c r="P254" s="6"/>
     </row>
     <row r="255" spans="1:16" customHeight="1" ht="65">
       <c r="A255" s="6" t="s">
-        <v>1042</v>
+        <v>1036</v>
       </c>
       <c r="B255" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C255" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="D255" s="6">
         <v>0</v>
       </c>
       <c r="E255" s="6" t="s">
-        <v>1043</v>
+        <v>1037</v>
       </c>
       <c r="F255" s="9" t="s">
-        <v>38</v>
+        <v>367</v>
       </c>
       <c r="G255" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H255" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="I255" s="6">
-        <v>3.8</v>
+        <v>18</v>
       </c>
       <c r="J255" s="10" t="s">
-        <v>1044</v>
+        <v>1038</v>
       </c>
       <c r="K255" s="6" t="s">
-        <v>48</v>
+        <v>176</v>
       </c>
       <c r="L255" s="10" t="s">
-        <v>38</v>
+        <v>367</v>
       </c>
       <c r="M255" s="6" t="s">
-        <v>1045</v>
+        <v>1039</v>
       </c>
       <c r="N255" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O255" s="6">
-        <v>11877.58</v>
+        <v>10264.94</v>
       </c>
       <c r="P255" s="6"/>
     </row>
     <row r="256" spans="1:16" customHeight="1" ht="65">
       <c r="A256" s="6" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
       <c r="B256" s="6">
         <v>0</v>
       </c>
       <c r="C256" s="6">
         <v>0</v>
       </c>
       <c r="D256" s="6">
         <v>0</v>
       </c>
       <c r="E256" s="6" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="F256" s="9" t="s">
-        <v>64</v>
+        <v>367</v>
       </c>
       <c r="G256" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H256" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I256" s="6">
-        <v>3.6</v>
+        <v>21</v>
       </c>
       <c r="J256" s="10" t="s">
-        <v>1048</v>
+        <v>1042</v>
       </c>
       <c r="K256" s="6" t="s">
-        <v>41</v>
+        <v>176</v>
       </c>
       <c r="L256" s="10" t="s">
-        <v>64</v>
+        <v>367</v>
       </c>
       <c r="M256" s="6" t="s">
-        <v>1049</v>
+        <v>1043</v>
       </c>
       <c r="N256" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O256" s="6"/>
+      <c r="O256" s="6">
+        <v>14840.38</v>
+      </c>
       <c r="P256" s="6"/>
     </row>
     <row r="257" spans="1:16" customHeight="1" ht="65">
       <c r="A257" s="6" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="B257" s="6">
         <v>0</v>
       </c>
       <c r="C257" s="6">
         <v>0</v>
       </c>
       <c r="D257" s="6">
         <v>0</v>
       </c>
       <c r="E257" s="6" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="F257" s="9" t="s">
-        <v>466</v>
+        <v>957</v>
       </c>
       <c r="G257" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H257" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I257" s="6">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="J257" s="10" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="K257" s="6" t="s">
-        <v>82</v>
+        <v>231</v>
       </c>
       <c r="L257" s="10" t="s">
-        <v>83</v>
+        <v>957</v>
       </c>
       <c r="M257" s="6" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="N257" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O257" s="6"/>
       <c r="P257" s="6"/>
     </row>
     <row r="258" spans="1:16" customHeight="1" ht="65">
       <c r="A258" s="6" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="B258" s="6">
         <v>0</v>
       </c>
       <c r="C258" s="6">
         <v>0</v>
       </c>
       <c r="D258" s="6">
         <v>0</v>
       </c>
       <c r="E258" s="6" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="F258" s="9" t="s">
-        <v>151</v>
+        <v>56</v>
       </c>
       <c r="G258" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H258" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I258" s="6">
-        <v>0</v>
+        <v>3.3</v>
       </c>
       <c r="J258" s="10" t="s">
-        <v>1056</v>
+        <v>1050</v>
       </c>
       <c r="K258" s="6" t="s">
-        <v>293</v>
+        <v>52</v>
       </c>
       <c r="L258" s="10" t="s">
-        <v>154</v>
+        <v>56</v>
       </c>
       <c r="M258" s="6" t="s">
-        <v>1057</v>
+        <v>1051</v>
       </c>
       <c r="N258" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O258" s="6"/>
+      <c r="O258" s="6">
+        <v>27069.84</v>
+      </c>
       <c r="P258" s="6"/>
     </row>
     <row r="259" spans="1:16" customHeight="1" ht="65">
       <c r="A259" s="6" t="s">
-        <v>1058</v>
+        <v>1052</v>
       </c>
       <c r="B259" s="6">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="C259" s="6">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="D259" s="6">
         <v>0</v>
       </c>
       <c r="E259" s="6" t="s">
-        <v>1059</v>
+        <v>1053</v>
       </c>
       <c r="F259" s="9" t="s">
-        <v>523</v>
+        <v>358</v>
       </c>
       <c r="G259" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H259" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I259" s="6">
-        <v>0.003</v>
+        <v>110</v>
       </c>
       <c r="J259" s="10" t="s">
-        <v>1060</v>
+        <v>1054</v>
       </c>
       <c r="K259" s="6" t="s">
-        <v>164</v>
+        <v>52</v>
       </c>
       <c r="L259" s="10" t="s">
-        <v>523</v>
+        <v>358</v>
       </c>
       <c r="M259" s="6" t="s">
-        <v>1061</v>
+        <v>1055</v>
       </c>
       <c r="N259" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O259" s="6">
-        <v>6.03</v>
+        <v>70112.5</v>
       </c>
       <c r="P259" s="6"/>
     </row>
     <row r="260" spans="1:16" customHeight="1" ht="65">
       <c r="A260" s="6" t="s">
-        <v>1062</v>
+        <v>1056</v>
       </c>
       <c r="B260" s="6">
         <v>0</v>
       </c>
       <c r="C260" s="6">
         <v>0</v>
       </c>
       <c r="D260" s="6">
         <v>0</v>
       </c>
-      <c r="E260" s="6">
-        <v>202001</v>
+      <c r="E260" s="6" t="s">
+        <v>1057</v>
       </c>
       <c r="F260" s="9" t="s">
-        <v>523</v>
+        <v>72</v>
       </c>
       <c r="G260" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H260" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I260" s="6">
-        <v>0.01</v>
+        <v>36</v>
       </c>
       <c r="J260" s="10" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="K260" s="6" t="s">
-        <v>164</v>
+        <v>74</v>
       </c>
       <c r="L260" s="10" t="s">
-        <v>523</v>
+        <v>75</v>
       </c>
       <c r="M260" s="6" t="s">
-        <v>1064</v>
+        <v>1059</v>
       </c>
       <c r="N260" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O260" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O260" s="6"/>
       <c r="P260" s="6"/>
     </row>
     <row r="261" spans="1:16" customHeight="1" ht="65">
       <c r="A261" s="6" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="B261" s="6">
-        <v>0</v>
+        <v>125</v>
       </c>
       <c r="C261" s="6">
-        <v>0</v>
+        <v>125</v>
       </c>
       <c r="D261" s="6">
         <v>0</v>
       </c>
-      <c r="E261" s="6">
-        <v>102823</v>
+      <c r="E261" s="6" t="s">
+        <v>1061</v>
       </c>
       <c r="F261" s="9" t="s">
-        <v>523</v>
+        <v>281</v>
       </c>
       <c r="G261" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H261" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I261" s="6">
-        <v>0</v>
+        <v>0.06</v>
       </c>
       <c r="J261" s="10" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
       <c r="K261" s="6" t="s">
-        <v>164</v>
+        <v>210</v>
       </c>
       <c r="L261" s="10" t="s">
-        <v>523</v>
+        <v>281</v>
       </c>
       <c r="M261" s="6" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="N261" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O261" s="6"/>
+      <c r="O261" s="6">
+        <v>40.32</v>
+      </c>
       <c r="P261" s="6"/>
     </row>
     <row r="262" spans="1:16" customHeight="1" ht="65">
       <c r="A262" s="6" t="s">
-        <v>1068</v>
+        <v>233</v>
       </c>
       <c r="B262" s="6">
         <v>0</v>
       </c>
       <c r="C262" s="6">
         <v>0</v>
       </c>
       <c r="D262" s="6">
         <v>0</v>
       </c>
       <c r="E262" s="6" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="F262" s="9" t="s">
-        <v>792</v>
+        <v>235</v>
       </c>
       <c r="G262" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H262" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I262" s="6">
         <v>0</v>
       </c>
       <c r="J262" s="10" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="K262" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L262" s="10" t="s">
-        <v>300</v>
+        <v>235</v>
       </c>
       <c r="M262" s="6" t="s">
-        <v>1071</v>
+        <v>1066</v>
       </c>
       <c r="N262" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O262" s="6"/>
       <c r="P262" s="6"/>
     </row>
     <row r="263" spans="1:16" customHeight="1" ht="65">
       <c r="A263" s="6" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
       <c r="B263" s="6">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="C263" s="6">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="D263" s="6">
         <v>0</v>
       </c>
       <c r="E263" s="6" t="s">
-        <v>1073</v>
+        <v>1068</v>
       </c>
       <c r="F263" s="9" t="s">
-        <v>792</v>
+        <v>121</v>
       </c>
       <c r="G263" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H263" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I263" s="6">
         <v>0</v>
       </c>
       <c r="J263" s="10" t="s">
-        <v>1074</v>
+        <v>1069</v>
       </c>
       <c r="K263" s="6" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="L263" s="10" t="s">
-        <v>300</v>
+        <v>121</v>
       </c>
       <c r="M263" s="6" t="s">
-        <v>1075</v>
+        <v>1070</v>
       </c>
       <c r="N263" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O263" s="6">
-        <v>19.47</v>
+        <v>38.4</v>
       </c>
       <c r="P263" s="6"/>
     </row>
-    <row r="264" spans="1:16">
+    <row r="264" spans="1:16" customHeight="1" ht="65">
       <c r="A264" s="6" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
       <c r="B264" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C264" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D264" s="6">
         <v>0</v>
       </c>
       <c r="E264" s="6" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="F264" s="9" t="s">
-        <v>52</v>
+        <v>134</v>
       </c>
       <c r="G264" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H264" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I264" s="6">
-        <v>0</v>
+        <v>64.892</v>
       </c>
       <c r="J264" s="10" t="s">
-        <v>1078</v>
+        <v>1073</v>
       </c>
       <c r="K264" s="6" t="s">
-        <v>267</v>
+        <v>136</v>
       </c>
       <c r="L264" s="10" t="s">
-        <v>54</v>
+        <v>137</v>
       </c>
       <c r="M264" s="6" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="N264" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O264" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O264" s="6"/>
       <c r="P264" s="6"/>
     </row>
     <row r="265" spans="1:16" customHeight="1" ht="65">
       <c r="A265" s="6" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
       <c r="B265" s="6">
-        <v>537</v>
+        <v>0</v>
       </c>
       <c r="C265" s="6">
-        <v>537</v>
+        <v>0</v>
       </c>
       <c r="D265" s="6">
         <v>0</v>
       </c>
       <c r="E265" s="6" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="F265" s="9" t="s">
-        <v>523</v>
+        <v>56</v>
       </c>
       <c r="G265" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H265" s="6" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="I265" s="6">
-        <v>0</v>
+        <v>3.6</v>
       </c>
       <c r="J265" s="10" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="K265" s="6" t="s">
-        <v>164</v>
+        <v>46</v>
       </c>
       <c r="L265" s="10" t="s">
-        <v>523</v>
+        <v>56</v>
       </c>
       <c r="M265" s="6" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="N265" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O265" s="6">
-        <v>7.95</v>
+        <v>10697.78</v>
       </c>
       <c r="P265" s="6"/>
     </row>
     <row r="266" spans="1:16" customHeight="1" ht="65">
       <c r="A266" s="6" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="B266" s="6">
         <v>0</v>
       </c>
       <c r="C266" s="6">
         <v>0</v>
       </c>
       <c r="D266" s="6">
         <v>0</v>
       </c>
       <c r="E266" s="6" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="F266" s="9" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="G266" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H266" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I266" s="6">
         <v>0</v>
       </c>
       <c r="J266" s="10" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="K266" s="6" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="L266" s="10" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="M266" s="6" t="s">
-        <v>1087</v>
+        <v>1082</v>
       </c>
       <c r="N266" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O266" s="6"/>
       <c r="P266" s="6"/>
     </row>
     <row r="267" spans="1:16" customHeight="1" ht="65">
       <c r="A267" s="6" t="s">
-        <v>1088</v>
+        <v>1083</v>
       </c>
       <c r="B267" s="6">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="C267" s="6">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="D267" s="6">
         <v>0</v>
       </c>
       <c r="E267" s="6" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
       <c r="F267" s="9" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="G267" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H267" s="6" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I267" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J267" s="10" t="s">
-        <v>1090</v>
+        <v>1081</v>
       </c>
       <c r="K267" s="6" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="L267" s="10" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="M267" s="6" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="N267" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O267" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O267" s="6"/>
       <c r="P267" s="6"/>
     </row>
     <row r="268" spans="1:16" customHeight="1" ht="65">
       <c r="A268" s="6" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="B268" s="6">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="C268" s="6">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="D268" s="6">
         <v>0</v>
       </c>
-      <c r="E268" s="6">
-        <v>411003</v>
+      <c r="E268" s="6" t="s">
+        <v>1087</v>
       </c>
       <c r="F268" s="9" t="s">
-        <v>133</v>
+        <v>413</v>
       </c>
       <c r="G268" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H268" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I268" s="6">
         <v>0</v>
       </c>
       <c r="J268" s="10" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="K268" s="6" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="L268" s="10" t="s">
-        <v>133</v>
+        <v>413</v>
       </c>
       <c r="M268" s="6" t="s">
-        <v>1094</v>
+        <v>1089</v>
       </c>
       <c r="N268" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O268" s="6">
-        <v>8584.12</v>
+        <v>21.21</v>
       </c>
       <c r="P268" s="6"/>
     </row>
     <row r="269" spans="1:16" customHeight="1" ht="65">
       <c r="A269" s="6" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="B269" s="6">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="C269" s="6">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="D269" s="6">
         <v>0</v>
       </c>
       <c r="E269" s="6" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="F269" s="9" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="G269" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H269" s="6" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I269" s="6">
-        <v>2.2</v>
+        <v>0</v>
       </c>
       <c r="J269" s="10" t="s">
+        <v>1092</v>
+      </c>
+      <c r="K269" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L269" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="M269" s="6" t="s">
+        <v>1093</v>
+      </c>
+      <c r="N269" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O269" s="6"/>
+      <c r="P269" s="6"/>
+    </row>
+    <row r="270" spans="1:16" customHeight="1" ht="65">
+      <c r="A270" s="6" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B270" s="6">
+        <v>2</v>
+      </c>
+      <c r="C270" s="6">
+        <v>2</v>
+      </c>
+      <c r="D270" s="6">
+        <v>0</v>
+      </c>
+      <c r="E270" s="6" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F270" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G270" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H270" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I270" s="6">
+        <v>1.95</v>
+      </c>
+      <c r="J270" s="10" t="s">
+        <v>1096</v>
+      </c>
+      <c r="K270" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L270" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M270" s="6" t="s">
         <v>1097</v>
       </c>
-      <c r="K269" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M269" s="6" t="s">
+      <c r="N270" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O270" s="6">
+        <v>20485.08</v>
+      </c>
+      <c r="P270" s="6"/>
+    </row>
+    <row r="271" spans="1:16" customHeight="1" ht="65">
+      <c r="A271" s="6" t="s">
         <v>1098</v>
       </c>
-      <c r="N269" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A270" s="6" t="s">
+      <c r="B271" s="6">
+        <v>0</v>
+      </c>
+      <c r="C271" s="6">
+        <v>0</v>
+      </c>
+      <c r="D271" s="6">
+        <v>0</v>
+      </c>
+      <c r="E271" s="6" t="s">
         <v>1099</v>
       </c>
-      <c r="B270" s="6">
-[...8 lines deleted...]
-      <c r="E270" s="6" t="s">
+      <c r="F271" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G271" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H271" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I271" s="6">
+        <v>1.95</v>
+      </c>
+      <c r="J271" s="10" t="s">
         <v>1100</v>
       </c>
-      <c r="F270" s="9" t="s">
-[...14 lines deleted...]
-      <c r="K270" s="6" t="s">
+      <c r="K271" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L271" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M271" s="6" t="s">
         <v>1101</v>
       </c>
-      <c r="L270" s="10" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="N271" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O271" s="6"/>
+      <c r="O271" s="6">
+        <v>20485.08</v>
+      </c>
       <c r="P271" s="6"/>
     </row>
     <row r="272" spans="1:16" customHeight="1" ht="65">
       <c r="A272" s="6" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="B272" s="6">
         <v>0</v>
       </c>
       <c r="C272" s="6">
         <v>0</v>
       </c>
       <c r="D272" s="6">
         <v>0</v>
       </c>
       <c r="E272" s="6" t="s">
-        <v>1108</v>
+        <v>1103</v>
       </c>
       <c r="F272" s="9" t="s">
-        <v>181</v>
+        <v>367</v>
       </c>
       <c r="G272" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H272" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I272" s="6">
         <v>0</v>
       </c>
       <c r="J272" s="10" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="K272" s="6" t="s">
-        <v>26</v>
+        <v>231</v>
       </c>
       <c r="L272" s="10" t="s">
-        <v>181</v>
+        <v>367</v>
       </c>
       <c r="M272" s="6" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="N272" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O272" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O272" s="6"/>
       <c r="P272" s="6"/>
     </row>
     <row r="273" spans="1:16" customHeight="1" ht="65">
       <c r="A273" s="6" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="B273" s="6">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="C273" s="6">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="D273" s="6">
         <v>0</v>
       </c>
       <c r="E273" s="6" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="F273" s="9" t="s">
-        <v>181</v>
+        <v>281</v>
       </c>
       <c r="G273" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H273" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I273" s="6">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="J273" s="10" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="K273" s="6" t="s">
-        <v>26</v>
+        <v>210</v>
       </c>
       <c r="L273" s="10" t="s">
-        <v>181</v>
+        <v>281</v>
       </c>
       <c r="M273" s="6" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="N273" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O273" s="6">
-        <v>48</v>
+        <v>28.98</v>
       </c>
       <c r="P273" s="6"/>
     </row>
     <row r="274" spans="1:16" customHeight="1" ht="65">
       <c r="A274" s="6" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
       <c r="B274" s="6">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="C274" s="6">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="D274" s="6">
         <v>0</v>
       </c>
       <c r="E274" s="6" t="s">
-        <v>1116</v>
+        <v>1111</v>
       </c>
       <c r="F274" s="9" t="s">
-        <v>305</v>
+        <v>31</v>
       </c>
       <c r="G274" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H274" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I274" s="6">
         <v>0</v>
       </c>
       <c r="J274" s="10" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="K274" s="6" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="L274" s="10" t="s">
-        <v>305</v>
+        <v>31</v>
       </c>
       <c r="M274" s="6" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
       <c r="N274" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O274" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O274" s="6"/>
       <c r="P274" s="6"/>
     </row>
-    <row r="275" spans="1:16">
+    <row r="275" spans="1:16" customHeight="1" ht="65">
       <c r="A275" s="6" t="s">
-        <v>1119</v>
+        <v>1114</v>
       </c>
       <c r="B275" s="6">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="C275" s="6">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="D275" s="6">
         <v>0</v>
       </c>
       <c r="E275" s="6" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="F275" s="9" t="s">
-        <v>52</v>
+        <v>413</v>
       </c>
       <c r="G275" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H275" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I275" s="6">
-        <v>0</v>
+        <v>0.002</v>
       </c>
       <c r="J275" s="10" t="s">
-        <v>1121</v>
+        <v>1116</v>
       </c>
       <c r="K275" s="6" t="s">
-        <v>1122</v>
+        <v>147</v>
       </c>
       <c r="L275" s="10" t="s">
-        <v>54</v>
+        <v>413</v>
       </c>
       <c r="M275" s="6" t="s">
-        <v>1123</v>
+        <v>1117</v>
       </c>
       <c r="N275" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O275" s="6"/>
+      <c r="O275" s="6">
+        <v>5.88</v>
+      </c>
       <c r="P275" s="6"/>
     </row>
     <row r="276" spans="1:16" customHeight="1" ht="65">
       <c r="A276" s="6" t="s">
-        <v>1124</v>
+        <v>1118</v>
       </c>
       <c r="B276" s="6">
         <v>0</v>
       </c>
       <c r="C276" s="6">
         <v>0</v>
       </c>
       <c r="D276" s="6">
         <v>0</v>
       </c>
       <c r="E276" s="6" t="s">
-        <v>1125</v>
+        <v>1119</v>
       </c>
       <c r="F276" s="9" t="s">
-        <v>38</v>
+        <v>281</v>
       </c>
       <c r="G276" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H276" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I276" s="6">
-        <v>3.3</v>
+        <v>0.04</v>
       </c>
       <c r="J276" s="10" t="s">
-        <v>1126</v>
+        <v>1120</v>
       </c>
       <c r="K276" s="6" t="s">
-        <v>48</v>
+        <v>210</v>
       </c>
       <c r="L276" s="10" t="s">
-        <v>38</v>
+        <v>281</v>
       </c>
       <c r="M276" s="6" t="s">
-        <v>1127</v>
+        <v>1121</v>
       </c>
       <c r="N276" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O276" s="6"/>
+      <c r="O276" s="6">
+        <v>27.72</v>
+      </c>
       <c r="P276" s="6"/>
     </row>
     <row r="277" spans="1:16" customHeight="1" ht="65">
       <c r="A277" s="6" t="s">
-        <v>1128</v>
+        <v>1122</v>
       </c>
       <c r="B277" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C277" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D277" s="6">
         <v>0</v>
       </c>
-      <c r="E277" s="6">
-        <v>410059</v>
+      <c r="E277" s="6" t="s">
+        <v>1123</v>
       </c>
       <c r="F277" s="9" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="G277" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H277" s="6" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="I277" s="6">
-        <v>0.58</v>
+        <v>4.1</v>
       </c>
       <c r="J277" s="10" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="K277" s="6" t="s">
-        <v>164</v>
+        <v>52</v>
       </c>
       <c r="L277" s="10" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="M277" s="6" t="s">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="N277" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O277" s="6">
-        <v>261.57</v>
+        <v>15795.04</v>
       </c>
       <c r="P277" s="6"/>
     </row>
     <row r="278" spans="1:16" customHeight="1" ht="65">
       <c r="A278" s="6" t="s">
-        <v>1131</v>
+        <v>1126</v>
       </c>
       <c r="B278" s="6">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="C278" s="6">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="D278" s="6">
         <v>0</v>
       </c>
       <c r="E278" s="6" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="F278" s="9" t="s">
-        <v>176</v>
+        <v>99</v>
       </c>
       <c r="G278" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H278" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I278" s="6">
-        <v>0.06</v>
+        <v>4.4</v>
       </c>
       <c r="J278" s="10" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="K278" s="6" t="s">
-        <v>243</v>
+        <v>52</v>
       </c>
       <c r="L278" s="10" t="s">
-        <v>176</v>
+        <v>99</v>
       </c>
       <c r="M278" s="6" t="s">
-        <v>1134</v>
+        <v>1129</v>
       </c>
       <c r="N278" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O278" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O278" s="6"/>
       <c r="P278" s="6"/>
     </row>
     <row r="279" spans="1:16" customHeight="1" ht="65">
       <c r="A279" s="6" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B279" s="6">
+        <v>0</v>
+      </c>
+      <c r="C279" s="6">
+        <v>0</v>
+      </c>
+      <c r="D279" s="6">
+        <v>0</v>
+      </c>
+      <c r="E279" s="6" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F279" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G279" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H279" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I279" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="J279" s="10" t="s">
+        <v>1132</v>
+      </c>
+      <c r="K279" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L279" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M279" s="6" t="s">
+        <v>1133</v>
+      </c>
+      <c r="N279" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O279" s="6">
+        <v>26868.24</v>
+      </c>
+      <c r="P279" s="6"/>
+    </row>
+    <row r="280" spans="1:16" customHeight="1" ht="65">
+      <c r="A280" s="6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B280" s="6">
+        <v>0</v>
+      </c>
+      <c r="C280" s="6">
+        <v>0</v>
+      </c>
+      <c r="D280" s="6">
+        <v>0</v>
+      </c>
+      <c r="E280" s="6" t="s">
         <v>1135</v>
       </c>
-      <c r="B279" s="6">
-[...8 lines deleted...]
-      <c r="E279" s="6" t="s">
+      <c r="F280" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G280" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H280" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I280" s="6">
+        <v>5.1</v>
+      </c>
+      <c r="J280" s="10" t="s">
         <v>1136</v>
       </c>
-      <c r="F279" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J279" s="10" t="s">
+      <c r="K280" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L280" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M280" s="6" t="s">
         <v>1137</v>
       </c>
-      <c r="K279" s="6" t="s">
-[...53 lines deleted...]
-      </c>
       <c r="N280" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O280" s="6"/>
+      <c r="O280" s="6">
+        <v>27711.18</v>
+      </c>
       <c r="P280" s="6"/>
     </row>
     <row r="281" spans="1:16" customHeight="1" ht="65">
       <c r="A281" s="6" t="s">
-        <v>1142</v>
+        <v>1138</v>
       </c>
       <c r="B281" s="6">
         <v>0</v>
       </c>
       <c r="C281" s="6">
         <v>0</v>
       </c>
       <c r="D281" s="6">
         <v>0</v>
       </c>
       <c r="E281" s="6" t="s">
-        <v>1143</v>
+        <v>1139</v>
       </c>
       <c r="F281" s="9" t="s">
-        <v>31</v>
+        <v>99</v>
       </c>
       <c r="G281" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H281" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I281" s="6">
-        <v>0</v>
+        <v>6.5</v>
       </c>
       <c r="J281" s="10" t="s">
-        <v>1144</v>
+        <v>1140</v>
       </c>
       <c r="K281" s="6" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="L281" s="10" t="s">
-        <v>31</v>
+        <v>99</v>
       </c>
       <c r="M281" s="6" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
       <c r="N281" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O281" s="6"/>
+      <c r="O281" s="6">
+        <v>27711.18</v>
+      </c>
       <c r="P281" s="6"/>
     </row>
     <row r="282" spans="1:16" customHeight="1" ht="65">
       <c r="A282" s="6" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B282" s="6">
+        <v>0</v>
+      </c>
+      <c r="C282" s="6">
+        <v>0</v>
+      </c>
+      <c r="D282" s="6">
+        <v>0</v>
+      </c>
+      <c r="E282" s="6" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F282" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G282" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H282" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I282" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="J282" s="10" t="s">
+        <v>1144</v>
+      </c>
+      <c r="K282" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L282" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M282" s="6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="N282" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O282" s="6">
+        <v>25938.36</v>
+      </c>
+      <c r="P282" s="6"/>
+    </row>
+    <row r="283" spans="1:16" customHeight="1" ht="65">
+      <c r="A283" s="6" t="s">
         <v>1146</v>
       </c>
-      <c r="B282" s="6">
-[...8 lines deleted...]
-      <c r="E282" s="6" t="s">
+      <c r="B283" s="6">
+        <v>0</v>
+      </c>
+      <c r="C283" s="6">
+        <v>0</v>
+      </c>
+      <c r="D283" s="6">
+        <v>0</v>
+      </c>
+      <c r="E283" s="6" t="s">
         <v>1147</v>
       </c>
-      <c r="F282" s="9" t="s">
-[...20 lines deleted...]
-      <c r="M282" s="6" t="s">
+      <c r="F283" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="G283" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H283" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I283" s="6">
+        <v>15.3</v>
+      </c>
+      <c r="J283" s="10" t="s">
         <v>1148</v>
       </c>
-      <c r="N282" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A283" s="6" t="s">
+      <c r="K283" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L283" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="M283" s="6" t="s">
         <v>1149</v>
       </c>
-      <c r="B283" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N283" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O283" s="6">
-        <v>3424.8</v>
+        <v>61353.18</v>
       </c>
       <c r="P283" s="6"/>
     </row>
     <row r="284" spans="1:16" customHeight="1" ht="65">
       <c r="A284" s="6" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B284" s="6">
+        <v>15</v>
+      </c>
+      <c r="C284" s="6">
+        <v>15</v>
+      </c>
+      <c r="D284" s="6">
+        <v>0</v>
+      </c>
+      <c r="E284" s="6" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F284" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="G284" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H284" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I284" s="6">
+        <v>14</v>
+      </c>
+      <c r="J284" s="10" t="s">
         <v>1152</v>
       </c>
-      <c r="B284" s="6">
-[...8 lines deleted...]
-      <c r="E284" s="6" t="s">
+      <c r="K284" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L284" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="M284" s="6" t="s">
         <v>1153</v>
       </c>
-      <c r="F284" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N284" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O284" s="6"/>
+      <c r="O284" s="6">
+        <v>31801.14</v>
+      </c>
       <c r="P284" s="6"/>
     </row>
     <row r="285" spans="1:16" customHeight="1" ht="65">
       <c r="A285" s="6" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="B285" s="6">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="C285" s="6">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="D285" s="6">
         <v>0</v>
       </c>
       <c r="E285" s="6" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="F285" s="9" t="s">
-        <v>523</v>
+        <v>112</v>
       </c>
       <c r="G285" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H285" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I285" s="6">
-        <v>0.2</v>
+        <v>14</v>
       </c>
       <c r="J285" s="10" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
       <c r="K285" s="6" t="s">
-        <v>164</v>
+        <v>52</v>
       </c>
       <c r="L285" s="10" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="M285" s="6" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="N285" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O285" s="6">
-        <v>17.85</v>
+        <v>31801.14</v>
       </c>
       <c r="P285" s="6"/>
     </row>
     <row r="286" spans="1:16" customHeight="1" ht="65">
       <c r="A286" s="6" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="B286" s="6">
         <v>0</v>
       </c>
       <c r="C286" s="6">
         <v>0</v>
       </c>
       <c r="D286" s="6">
         <v>0</v>
       </c>
       <c r="E286" s="6" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F286" s="9" t="s">
-        <v>792</v>
+        <v>112</v>
       </c>
       <c r="G286" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H286" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I286" s="6">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J286" s="10" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="K286" s="6" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="L286" s="10" t="s">
-        <v>300</v>
+        <v>112</v>
       </c>
       <c r="M286" s="6" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="N286" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O286" s="6">
-        <v>110.71</v>
+        <v>31570.56</v>
       </c>
       <c r="P286" s="6"/>
     </row>
     <row r="287" spans="1:16" customHeight="1" ht="65">
       <c r="A287" s="6" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B287" s="6">
+        <v>0</v>
+      </c>
+      <c r="C287" s="6">
+        <v>0</v>
+      </c>
+      <c r="D287" s="6">
+        <v>0</v>
+      </c>
+      <c r="E287" s="6" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F287" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G287" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H287" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I287" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="J287" s="10" t="s">
+        <v>1164</v>
+      </c>
+      <c r="K287" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L287" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M287" s="6" t="s">
         <v>1165</v>
       </c>
-      <c r="B287" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N287" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O287" s="6"/>
+      <c r="O287" s="6">
+        <v>17564.4</v>
+      </c>
       <c r="P287" s="6"/>
     </row>
     <row r="288" spans="1:16" customHeight="1" ht="65">
       <c r="A288" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B288" s="6">
+        <v>0</v>
+      </c>
+      <c r="C288" s="6">
+        <v>0</v>
+      </c>
+      <c r="D288" s="6">
+        <v>0</v>
+      </c>
+      <c r="E288" s="6" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F288" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G288" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H288" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I288" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="J288" s="10" t="s">
+        <v>1168</v>
+      </c>
+      <c r="K288" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L288" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M288" s="6" t="s">
         <v>1169</v>
       </c>
-      <c r="B288" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N288" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O288" s="6">
-        <v>6304.36</v>
+        <v>19168.38</v>
       </c>
       <c r="P288" s="6"/>
     </row>
     <row r="289" spans="1:16" customHeight="1" ht="65">
       <c r="A289" s="6" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B289" s="6">
+        <v>0</v>
+      </c>
+      <c r="C289" s="6">
+        <v>0</v>
+      </c>
+      <c r="D289" s="6">
+        <v>0</v>
+      </c>
+      <c r="E289" s="6" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F289" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G289" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H289" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I289" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="J289" s="10" t="s">
+        <v>1172</v>
+      </c>
+      <c r="K289" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L289" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M289" s="6" t="s">
         <v>1173</v>
       </c>
-      <c r="B289" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N289" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O289" s="6">
-        <v>3132.86</v>
+        <v>27022.15</v>
       </c>
       <c r="P289" s="6"/>
     </row>
     <row r="290" spans="1:16" customHeight="1" ht="65">
       <c r="A290" s="6" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B290" s="6">
+        <v>0</v>
+      </c>
+      <c r="C290" s="6">
+        <v>0</v>
+      </c>
+      <c r="D290" s="6">
+        <v>0</v>
+      </c>
+      <c r="E290" s="6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F290" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G290" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H290" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I290" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="J290" s="10" t="s">
+        <v>1176</v>
+      </c>
+      <c r="K290" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L290" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M290" s="6" t="s">
         <v>1177</v>
       </c>
-      <c r="B290" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N290" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O290" s="6"/>
+      <c r="O290" s="6">
+        <v>19168.38</v>
+      </c>
       <c r="P290" s="6"/>
     </row>
     <row r="291" spans="1:16" customHeight="1" ht="65">
       <c r="A291" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B291" s="6">
+        <v>0</v>
+      </c>
+      <c r="C291" s="6">
+        <v>0</v>
+      </c>
+      <c r="D291" s="6">
+        <v>0</v>
+      </c>
+      <c r="E291" s="6" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F291" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G291" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H291" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I291" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="J291" s="10" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K291" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L291" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M291" s="6" t="s">
         <v>1181</v>
       </c>
-      <c r="B291" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N291" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O291" s="6">
-        <v>130.52</v>
+        <v>17564.4</v>
       </c>
       <c r="P291" s="6"/>
     </row>
     <row r="292" spans="1:16" customHeight="1" ht="65">
       <c r="A292" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B292" s="6">
+        <v>0</v>
+      </c>
+      <c r="C292" s="6">
+        <v>0</v>
+      </c>
+      <c r="D292" s="6">
+        <v>0</v>
+      </c>
+      <c r="E292" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F292" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G292" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H292" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I292" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="J292" s="10" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K292" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L292" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M292" s="6" t="s">
         <v>1185</v>
       </c>
-      <c r="B292" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N292" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O292" s="6"/>
+      <c r="O292" s="6">
+        <v>19168.38</v>
+      </c>
       <c r="P292" s="6"/>
     </row>
     <row r="293" spans="1:16" customHeight="1" ht="65">
       <c r="A293" s="6" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="B293" s="6">
         <v>0</v>
       </c>
       <c r="C293" s="6">
         <v>0</v>
       </c>
       <c r="D293" s="6">
         <v>0</v>
       </c>
       <c r="E293" s="6" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="F293" s="9" t="s">
-        <v>479</v>
+        <v>112</v>
       </c>
       <c r="G293" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H293" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I293" s="6">
-        <v>123</v>
+        <v>6.2</v>
       </c>
       <c r="J293" s="10" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="K293" s="6" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="L293" s="10" t="s">
-        <v>481</v>
+        <v>112</v>
       </c>
       <c r="M293" s="6" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="N293" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O293" s="6"/>
+      <c r="O293" s="6">
+        <v>31318.56</v>
+      </c>
       <c r="P293" s="6"/>
     </row>
     <row r="294" spans="1:16" customHeight="1" ht="65">
       <c r="A294" s="6" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="B294" s="6">
-        <v>1286</v>
+        <v>0</v>
       </c>
       <c r="C294" s="6">
-        <v>1286</v>
+        <v>0</v>
       </c>
       <c r="D294" s="6">
         <v>0</v>
       </c>
       <c r="E294" s="6" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="F294" s="9" t="s">
-        <v>162</v>
+        <v>56</v>
       </c>
       <c r="G294" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H294" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I294" s="6">
-        <v>0.12</v>
+        <v>3.6</v>
       </c>
       <c r="J294" s="10" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="K294" s="6" t="s">
-        <v>164</v>
+        <v>46</v>
       </c>
       <c r="L294" s="10" t="s">
-        <v>162</v>
+        <v>56</v>
       </c>
       <c r="M294" s="6" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="N294" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O294" s="6">
-        <v>100.2</v>
+        <v>10697.78</v>
       </c>
       <c r="P294" s="6"/>
     </row>
     <row r="295" spans="1:16" customHeight="1" ht="65">
       <c r="A295" s="6" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="B295" s="6">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="C295" s="6">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="D295" s="6">
         <v>0</v>
       </c>
       <c r="E295" s="6" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="F295" s="9" t="s">
-        <v>176</v>
+        <v>483</v>
       </c>
       <c r="G295" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H295" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I295" s="6">
-        <v>0.08</v>
+        <v>2.1</v>
       </c>
       <c r="J295" s="10" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="K295" s="6" t="s">
-        <v>243</v>
+        <v>485</v>
       </c>
       <c r="L295" s="10" t="s">
-        <v>176</v>
+        <v>483</v>
       </c>
       <c r="M295" s="6" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="N295" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O295" s="6">
-        <v>24</v>
+        <v>4394.09</v>
       </c>
       <c r="P295" s="6"/>
     </row>
     <row r="296" spans="1:16" customHeight="1" ht="65">
       <c r="A296" s="6" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="B296" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C296" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D296" s="6">
         <v>0</v>
       </c>
       <c r="E296" s="6" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="F296" s="9" t="s">
-        <v>133</v>
+        <v>99</v>
       </c>
       <c r="G296" s="10" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H296" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I296" s="6">
-        <v>7.43</v>
+        <v>3.3</v>
       </c>
       <c r="J296" s="10" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="K296" s="6" t="s">
-        <v>243</v>
+        <v>52</v>
       </c>
       <c r="L296" s="10" t="s">
-        <v>133</v>
+        <v>99</v>
       </c>
       <c r="M296" s="6" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="N296" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O296" s="6">
-        <v>6527.68</v>
+        <v>13677.3</v>
       </c>
       <c r="P296" s="6"/>
-    </row>
-[...2818 lines deleted...]
-      <c r="P356" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>