--- v0 (2025-12-21)
+++ v1 (2026-02-19)
@@ -15,62 +15,62 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="webp" ContentType="image/webp"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="493">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="511">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>21.12.2025 08:14:50</t>
+    <t>19.02.2026 07:21:44</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -209,98 +209,110 @@
   <si>
     <t>Аппарат для горячего шоколада Bras Scirocco Gold</t>
   </si>
   <si>
     <t>Scirocco Gold</t>
   </si>
   <si>
     <t>Аппарат для горячего шоколада серии Scirocco, модель Scirocco Gold, 260x320x495мм, 220В, 5л, 800Вт</t>
   </si>
   <si>
     <t>00000000450</t>
   </si>
   <si>
     <t>Аппарат для горячего шоколада Bras Scirocco Silver</t>
   </si>
   <si>
     <t>Scirocco Silver</t>
   </si>
   <si>
     <t>Аппарат для горячего шоколада серии Scirocco, модель Scirocco Silver, 260x320x490мм, 220В, 5л, 800Вт</t>
   </si>
   <si>
     <t>00000000451</t>
   </si>
   <si>
+    <t>Блендер барный EKSI DT-900</t>
+  </si>
+  <si>
+    <t>DT-900</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>С</t>
+  </si>
+  <si>
+    <t>EKSI</t>
+  </si>
+  <si>
+    <t>ЦБ-00011534</t>
+  </si>
+  <si>
     <t>Соковыжималка Santos № 28</t>
   </si>
   <si>
     <t>№ 28</t>
   </si>
   <si>
     <t>Соковыжималка серии 28, 465х330х510мм, 1300Вт, 220В</t>
   </si>
   <si>
     <t>00000140882</t>
   </si>
   <si>
     <t>Стакан к миксерам серии Воронеж-электро</t>
   </si>
   <si>
     <t>Стакан "Воронеж-электро"</t>
   </si>
   <si>
     <t>Миксеры для молочных коктейлей</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
-    <t>С</t>
-[...1 lines deleted...]
-  <si>
     <t>Стакан к установке смесительной "Воронеж-электро"</t>
   </si>
   <si>
     <t>Энергия-Сбыт</t>
   </si>
   <si>
     <t>Аксессуары для миксеров</t>
   </si>
   <si>
     <t>00000105941</t>
   </si>
   <si>
     <t>Соковыжималка Bork S703</t>
   </si>
   <si>
     <t>S703</t>
   </si>
   <si>
-    <t>КИТАЙ</t>
-[...1 lines deleted...]
-  <si>
     <t>Соковыжималка электрическая бытовая т.м. BORK, модель S703, 200х310х430мм, 1500Вт, 220В, тип соковыжималки универсальная, 3 скорости, 6500-13000 об/мин, резервуар для сока 2л, резервуар для мякоти 3л, материал корпуса нерж сталь, длина сетевого шнура 1.05 м, вес 6,3 кг, Цвет нержавеющая сталь, Управление механическое, Диаметр горловины 88мм, Съемный контейнер для мякоти, Защита от случайного включения, Щеточка для чистки, фильтр с лазерной перфорацией, Стальные ножи с титановым покрытием, Защита от перегрузки, Плавный запуск двигателя, Тип выжимателя: центробежный, Время работы: без ограничений, Насадка для отжима в стакан.</t>
   </si>
   <si>
     <t>Bork</t>
   </si>
   <si>
     <t>00000366312</t>
   </si>
   <si>
     <t>Барный кипятильник Gastrorag DK-WB-10MC</t>
   </si>
   <si>
     <t>DK-WB-10MC</t>
   </si>
   <si>
     <t>Барные кипятильники</t>
   </si>
   <si>
     <t>Кипятильник GASTRORAG, серии DK, мод. DK-WB-10MC, 190х240х630мм, 2500Вт, 220/50/1, проточный, непрерывного действия, электронное управление, объем резервуара 10 л, 1 разливной кран, производительность 35 л/ч, материал корпуса - нерж. сталь.</t>
   </si>
   <si>
     <t>Gastrorag</t>
   </si>
   <si>
     <t>Кипятильники проточные</t>
@@ -372,102 +384,99 @@
     <t>Кипятильники барные</t>
   </si>
   <si>
     <t>00000326183</t>
   </si>
   <si>
     <t>Блендер барный Santos № 62</t>
   </si>
   <si>
     <t>№ 62</t>
   </si>
   <si>
     <t>Блендер серии 62, 200х247х440мм, 1000Вт, 220В, 2,4л</t>
   </si>
   <si>
     <t>00000135904</t>
   </si>
   <si>
     <t>Соковыжималка EKSI GRT-CJ105N</t>
   </si>
   <si>
     <t>GRT-CJ105N</t>
   </si>
   <si>
     <t>Соковыжималка ручная т.м. EKSI, модель GRT-CJ105N, 450х180х290 мм, диаметр сита 12 см, чугунный корпус, производительность в час 50 чашек, вес нетто 6,3 кг</t>
-  </si>
-[...1 lines deleted...]
-    <t>EKSI</t>
   </si>
   <si>
     <t>00000474782</t>
   </si>
   <si>
     <t>Блендер барный EKSI DT-T219</t>
   </si>
   <si>
     <t>DT-T219</t>
   </si>
   <si>
     <t>Габаритные размеры: 400х285х317мм, 220В, 1500Вт, более 38 000 оборотов в минуту, емкостью 2 л и крышка устойчивы к высоким температурам, безвредны и небьющиеся
 ● Промышленный двигатель высшего класса, скорость и высокая эффективность.
 ● Приводная муфта металл-металл, более прочная в использовании.
 ● Вращающийся шарикоподшипник из нержавеющей стали отличается высокой скоростью, длительным сроком службы и низким уровнем шума.
 ● Тефлоновый материал двойного сальника надежно защищает от протечек, прочный и долговечный.
 ● Усиленные шестилепестковые смесительные и режущие лезвия из нержавеющей стали, гигиеничные и долговечные, измельчают лед за несколько секунд.
 ● Функция синхронизации и скорости позволяет устанавливать время и скорость смешивания в зависимости от различных ингредиентов во время работы.
 ● Конструкция переключателей безопасности.
 ● Настройка автоматического отключения двигателя при перегреве.
 ● Автоматическая настройка защиты от перегрузки по току.
 Идеальный выбор для приготовления фруктовых смузи, супов, соусов, заправок и напитков, соевого молока, гранита и многого другого</t>
   </si>
   <si>
     <t>00000569059</t>
   </si>
   <si>
     <t>Соковыжималка Bork Z800</t>
   </si>
   <si>
     <t>Z800</t>
   </si>
   <si>
     <t>Соковыжималка для цитрусовых электрическая бытовая т.м. BORK, модель Z800, 180х230х450мм, 100-120Вт, 1 скорость, длина электр. кабеля -1,05 м, материал корпуса - нерж. сталь, 220В, вес 8,61кг, скорость вращения 60 об/мин, тип соковыжимателя - пресс, число фильтров - 2 шт, время работы - без ограничений, плавный запуск двигателя, есть защита от перегрузки.</t>
   </si>
   <si>
     <t>00000142340</t>
   </si>
   <si>
-    <t>Миксер для молочных коктейлей SIRMAN SIR 2 900 BI</t>
+    <t>Миксер для молочных коктейлей Sirman SIR 2 900 BI</t>
   </si>
   <si>
     <t>SIR 2 900 BI</t>
   </si>
   <si>
     <t>Миксер тип SIRIO, мод. SIRIO 2 нерж. 2х120W, 147Вт, 230В, 1 скорость - 14000 об/мин. Версия CE. стаканы из нерж. оборудовано микровыключателем. Колонна миксера выполнена из прессованного алюминия. Поверхности миксеров без углов и швов, что значительно облегчает уборку и чистку. Предусмотрен настенный и настольный вариант с одним или двумя стаканами. Мощный, вентилируемый мотор гарантирует продолжительную и бесперебойную работу устройства. Оборудованы микровыключателем на стакане.</t>
   </si>
   <si>
-    <t>SIRMAN</t>
+    <t>Sirman</t>
   </si>
   <si>
     <t>00000237102</t>
   </si>
   <si>
     <t>Блендер барный Hamilton Beach HBF510-CE</t>
   </si>
   <si>
     <t>HBF510-CE</t>
   </si>
   <si>
     <t>Блендер серии HBF, мод. HBF510-CE, 190x210x490мм, 1790Вт, 220В, стакан поликарбонат 1,4л, регулятор скорости, импульсный режим, стальное сцепление контейнера с приводом</t>
   </si>
   <si>
     <t>Hamilton Beach</t>
   </si>
   <si>
     <t>00000389282</t>
   </si>
   <si>
     <t>Сокоохладитель Bras MAESTRALE EXTRA 20.3</t>
   </si>
   <si>
     <t>MAESTRALE EXTRA 20.3</t>
   </si>
@@ -490,68 +499,50 @@
   <si>
     <t>R.G.V.</t>
   </si>
   <si>
     <t>00000325063</t>
   </si>
   <si>
     <t>Стакан для блендера Hamilton Beach 6126-250S CE</t>
   </si>
   <si>
     <t>6126-250S CE</t>
   </si>
   <si>
     <t>Стаканы</t>
   </si>
   <si>
     <t>Стакан для блендера серии HBB, мод. HBB250S-CE</t>
   </si>
   <si>
     <t>Аксессуары для блендеров</t>
   </si>
   <si>
     <t>00000279667</t>
   </si>
   <si>
-    <t>Блендер барный Vita-Mix 58674 (VM0149)</t>
-[...16 lines deleted...]
-  <si>
     <t>Барная холодильная витрина Abat ВНН 70</t>
   </si>
   <si>
     <t>Барные холодильные витрины</t>
   </si>
   <si>
     <t>Габариты: 1120х730х860 мм, номинальная потребляемая мощность ламп освещения 24 Вт, напряжение 230В. Устанавливается на любую плоскую ровную поверхность подходящего размера благодаря регулируемым по высоте ножкам, две светодиодные лампы освещения - под полкой и под верхней крышкой, полка, стойки и основание витрины выполнены из нержавеющей стали AISI 304 толщиной 1 мм, размеры полки 1043х372х60 мм, две раздвижные стеклянные дверцы со стороны персонала, боковые стенки и раздвижные дверцы из закаленного стекла толщиной 5 мм, гнутое закаленное стекло толщиной 6 мм со стороны покупателя.</t>
   </si>
   <si>
     <t>Abat</t>
   </si>
   <si>
     <t>Витрины настольные</t>
   </si>
   <si>
     <t>00000141009</t>
   </si>
   <si>
     <t>Блендер барный Hamilton Beach HBF510S-CE</t>
   </si>
   <si>
     <t>HBF510S-CE</t>
   </si>
   <si>
     <t>Блендер серии HBF, мод. HBF510S-CE, 190x210x515 мм, 1790Вт, 220В, стакан нержавейка 1,8л, регулятор скорости, импульсный режим, стальное сцепление контейнера с приводом
@@ -581,56 +572,77 @@
   <si>
     <t>Соковыжималка т.м. EKSI серии J, мод. JH 2, 288х188х380мм</t>
   </si>
   <si>
     <t>00000228803</t>
   </si>
   <si>
     <t>Соковыжималка EKSI J60</t>
   </si>
   <si>
     <t>J60</t>
   </si>
   <si>
     <t>Соковыжималка т.м. EKSI серии J, мод. J60, 280х200х470мм, скорость вращения: 1450 об/мин, 230Вт, 220В</t>
   </si>
   <si>
     <t>00000228804</t>
   </si>
   <si>
     <t>Блендер барный EKSI B60</t>
   </si>
   <si>
     <t>B60</t>
   </si>
   <si>
+    <t>Н</t>
+  </si>
+  <si>
     <t>Блендер барный т.м. EKSI серии B, мод. B60, 220*260*280мм, 2,8 кВт, 220В, чаша 6л, полезный объем 3,9л, сливной кран, 23000-26000 об/мин</t>
   </si>
   <si>
     <t>00000430123</t>
   </si>
   <si>
+    <t>Блендер барный ТОРГМАШ-Барановичи МР-2.Б200</t>
+  </si>
+  <si>
+    <t>МР-2.Б200</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>ТОРГМАШ-Барановичи</t>
+  </si>
+  <si>
+    <t>Миксеры ручные</t>
+  </si>
+  <si>
+    <t>ЦБ-00013657</t>
+  </si>
+  <si>
     <t>Барная тепловая витрина Roller Grill WD-780 SN</t>
   </si>
   <si>
     <t>WD-780 SN</t>
   </si>
   <si>
     <t>Витрина тепловая серии WD, модель WD-780 SN, 780x490x480мм, +20...+90C, 230В, 1200Вт</t>
   </si>
   <si>
     <t>00000269296</t>
   </si>
   <si>
     <t>Барная тепловая витрина Roller Grill WD-780 DI</t>
   </si>
   <si>
     <t>WD-780 DI</t>
   </si>
   <si>
     <t>Витрина тепловая серии WD, мод. WD-780 DI, 780x490x640 мм, +20...+90C, 220В, 1800Вт, стеклянная распашная дверь, в комплекте 3 полки, оснащена термостатом.</t>
   </si>
   <si>
     <t>00000337479</t>
   </si>
   <si>
     <t>Соковыжималка Robot Coupe С40 (55040)</t>
@@ -645,50 +657,59 @@
     <t>Robot Coupe</t>
   </si>
   <si>
     <t>00000165979</t>
   </si>
   <si>
     <t>Барная тепловая витрина Abat ВТН 70</t>
   </si>
   <si>
     <t>Габариты: 1120х730х860мм, 2270Вт, 220В,  5 ТЭН-ов: 2 - в полке, 3 - в ванне, диапазон регулирования температуры в витрине от +20 до +80 С, две раздвижные стеклянные дверцы со стороны персонала, в комплекте гастроемкости GN 1/1-40 3 шт. и GN 1/3-20 - 5 шт.</t>
   </si>
   <si>
     <t>00000080774</t>
   </si>
   <si>
     <t>Соковыжималка EKSI J40-D</t>
   </si>
   <si>
     <t>J40-D</t>
   </si>
   <si>
     <t>Соковыжималка т.м. EKSI серии J, мод. J40-D, 308х218х354мм, скорость вращения 1800/мин, 180Вт, 220В</t>
   </si>
   <si>
     <t>00000233192</t>
+  </si>
+  <si>
+    <t>Блендер барный ТОРГМАШ-Барановичи МР-2.Б160</t>
+  </si>
+  <si>
+    <t>МР-2.Б160</t>
+  </si>
+  <si>
+    <t>ЦБ-00017200</t>
   </si>
   <si>
     <t>Барная тепловая витрина Roller Grill BMV 2</t>
   </si>
   <si>
     <t>BMV 2</t>
   </si>
   <si>
     <t>Витрина тепловая серии BMV, модель BMV 2, 700x630x680мм, 220В, 3500Вт</t>
   </si>
   <si>
     <t>00000051718</t>
   </si>
   <si>
     <t>Витрина нейтральная Ubert DNT51SS (в комплекте база, ограничитель, поддон)</t>
   </si>
   <si>
     <t>Deli DNT51SS+опц</t>
   </si>
   <si>
     <t>Витрины нейтральные</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
@@ -769,50 +790,74 @@
   <si>
     <t>Блендер барный Hamilton Beach HBH455-CE</t>
   </si>
   <si>
     <t>HBH455-CE</t>
   </si>
   <si>
     <t>Tango. Габариты: 195x205x400 мм. Мощность: 1790 Вт. Напряжение: 220 В. 2 режима: hi/low, импульс, таймер. Время приготовления коктейля: 15 сек. Материал контейнера: поликарбонат. Вместимость контейнера: 1,4 л. Металлическое сцепление контейнера с приводом. Вес: 4,5 кг. Гарантия: 24 мес.</t>
   </si>
   <si>
     <t>00000385025</t>
   </si>
   <si>
     <t>Миксер для молочных коктейлей Hamilton Beach HMD900-CE</t>
   </si>
   <si>
     <t>HMD900-CE</t>
   </si>
   <si>
     <t>Миксер серии HMD, мод. HMD900-CE, 254x222x654мм, 550Вт, 220В, 1 рожок</t>
   </si>
   <si>
     <t>00000264208</t>
   </si>
   <si>
+    <t>Блендер барный EKSI CB-999</t>
+  </si>
+  <si>
+    <t>CB-999</t>
+  </si>
+  <si>
+    <t>Габаритные размеры: 290х210х570мм, 1800Вт, 220В, 5,4 кг, скорость вращения: 18000-28000 об/мин, стакан пластиковый на 2.5 л, без защитного колпака</t>
+  </si>
+  <si>
+    <t>00000574186</t>
+  </si>
+  <si>
+    <t>Блендер барный EKSI CB-878</t>
+  </si>
+  <si>
+    <t>CB-878</t>
+  </si>
+  <si>
+    <t>Габаритные размеры: 220х260х280мм, 2,8 кВт, 220В, чаша 6л, полезный объем 3,9л, сливной кран, 23000-26000 об/мин</t>
+  </si>
+  <si>
+    <t>00000574188</t>
+  </si>
+  <si>
     <t>Барная тепловая витрина Roller Grill VHC-1000</t>
   </si>
   <si>
     <t>VHC-1000</t>
   </si>
   <si>
     <t>Витрина тепловая серии VHC, модель VHC 1000, 1000x720x475мм, +20C, +95C, 220В, 110л, 2400Вт</t>
   </si>
   <si>
     <t>00000051804</t>
   </si>
   <si>
     <t>Барная тепловая витрина Roller Grill WD-100I</t>
   </si>
   <si>
     <t>WD-100I</t>
   </si>
   <si>
     <t>Витрина тепловая серии WD, модель WD 100, 590x350x285мм, +95C, 220В, 650Вт</t>
   </si>
   <si>
     <t>00000051816</t>
   </si>
   <si>
     <t>Барная тепловая витрина Roller Grill WD-200I</t>
@@ -829,78 +874,66 @@
   <si>
     <t>Барная тепловая витрина Roller Grill WDL-100</t>
   </si>
   <si>
     <t>WDL-100</t>
   </si>
   <si>
     <t>Витрина тепловая серии WDL, модель WDL-100, 590x350x375мм, +95C, 220В, 650Вт</t>
   </si>
   <si>
     <t>00000051818</t>
   </si>
   <si>
     <t>Барная тепловая витрина Roller Grill WDL-200I</t>
   </si>
   <si>
     <t>WDL-200I</t>
   </si>
   <si>
     <t>Витрина тепловая серии WDL, модель WDL-200, 590x350x480мм, +95C, 220В, 650Вт</t>
   </si>
   <si>
     <t>00000051819</t>
   </si>
   <si>
-    <t>Аппарат для горячего шоколада EKSI HW-23</t>
-[...10 lines deleted...]
-  <si>
     <t>Сокоохладитель Hurakan HKN-LSJ50</t>
   </si>
   <si>
     <t>HKN-LSJ50</t>
   </si>
   <si>
     <t>Сокоохладитель Hurakan HKN-LSJ50, 398x353x680, 300Вт, 220В, 1 бункер на 50л, температура охлажденного напитка 7-12°C, однородная температура напитка за счет перемешивания.</t>
   </si>
   <si>
     <t>Hurakan</t>
   </si>
   <si>
     <t>00000317525</t>
   </si>
   <si>
-    <t>Соковыжималка SIRMAN APOL.LEV. CR</t>
+    <t>Соковыжималка Sirman APOL.LEV. CR</t>
   </si>
   <si>
     <t>APOL.LEV. CR</t>
   </si>
   <si>
     <t>Соковыжималка тип APOLLO (хром, рычаг, micro), 210x210x280мм, 150Вт, 220В, 320 об/мин</t>
   </si>
   <si>
     <t>00000237098</t>
   </si>
   <si>
     <t>Гранитор EKSI SMB-2x15L</t>
   </si>
   <si>
     <t>SMB-2x15L</t>
   </si>
   <si>
     <t>Гранитор т.м. EKSI серии SMB, мод. SMB-2x15L, 425х550х740мм, 700Вт, 220~240В/50Гц, -2...-4C , вместимость: 2х15л. Гранитор  SMB-2x15L - это современный аппарат для производства популярного в жару напитка, называемого из-за своей консистенции "фруктовым снегом". Кроме того, устройство нередко может использоваться для охлаждения или смешивания напитков и создания коктейлей. Отдельное влияние по покупателей оказывает сам процесс приготовления, который можно наблюдать за счет прозрачных стенок резервуаров. Приготовление ледяного десерта, напоминающего нечто среднее между мороженым и соком, молочным коктейлем незаменимо в барах, летних кафетериях, ночных клубах, торговых и развлекательных центрах и других общественных заведениях.</t>
   </si>
   <si>
     <t>00000386511</t>
   </si>
   <si>
     <t>Соковыжималка Santos EVOLUTION 70</t>
   </si>
@@ -980,53 +1013,59 @@
   <si>
     <t>Блендер барный т.м. EKSI серии B, мод. B20P, 210х230х520мм, 1500Вт, 220В, скорость вращения варитивная + режим пульсации: мин 16 000 об/мин, макс. 29 000 об/мин. Объём контейнера 2л</t>
   </si>
   <si>
     <t>00000228811</t>
   </si>
   <si>
     <t>Блендер барный EKSI B20 pro</t>
   </si>
   <si>
     <t>B20 pro</t>
   </si>
   <si>
     <t>Блендер барный т.м. EKSI серии B, мод. B20 pro, 200х230х432мм, 1500Вт, 220В, скорость вращения максимальная: 37000 об/мин, стакан пластиковый на 2л</t>
   </si>
   <si>
     <t>00000228812</t>
   </si>
   <si>
     <t>Блендер барный Vita-Mix 07011671</t>
   </si>
   <si>
     <t>07011671</t>
   </si>
   <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
     <t>Блендер серии Drink Machine Advance (058665-AFBB), H=450 мм, L=229 мм,  850Вт, 220В, красный, 1,4 л, стакан из тритана</t>
   </si>
   <si>
+    <t>Vita-Mix</t>
+  </si>
+  <si>
     <t>00000385216</t>
   </si>
   <si>
     <t>Блендер барный Hamilton Beach HBF600-CE</t>
   </si>
   <si>
     <t>HBF600-CE</t>
   </si>
   <si>
     <t>Блендер серии HBF, мод. HBF600-CE, мощность: 750 Вт , плавная регулировка скорости, уникальная функция-измельчение в одно касание, материал контейнера: поликарбонат, вместимость контейнера: 1,79 л, стальное сцепление контейнера с приводом, 178x203x457</t>
   </si>
   <si>
     <t>00000354525</t>
   </si>
   <si>
     <t>Стакан для блендера Hamilton Beach 6126-HBB909 CE</t>
   </si>
   <si>
     <t>6126-HBB909 CE</t>
   </si>
   <si>
     <t>Стакан стальной для блендера серии HBB, мод. HBB908-CE, материал контейнера: сталь, вместимость контейнера: 0,95 л, резиновое сцепление контейнера с приводом</t>
   </si>
   <si>
     <t>00000354528</t>
@@ -1062,53 +1101,50 @@
     <t>JDB-2x10L</t>
   </si>
   <si>
     <t>Сокоохладитель т.м. EKSI серии JDB, мод. JDB-2x10L (2 емкости), 320х445х680мм, 200Вт, 220~240В/50Гц, 7-12C, вместимось: 10л х2. Предназначен для хранения в охлажденном состоянии, демонстрации и последующей раздачи соков и прохладительных напитков в ресторанах и отелях, развлекательных заведениях и часто используются в палатках и павильонах по продаже напитков. Модель оснащена лопастной системой перемешивания, которая гарантирует однородность консистенции и температуры продукта, а кран - бесперебойную подачу содержимого сокоохладителя. Диспенсер отличается высокой производительностью, продуманной конструкцией, простым управлением и привлекательным внешним видом. Основные компоненты изготовлены из нержавеющей стали, меди и безопасных видов пластика. R290</t>
   </si>
   <si>
     <t>00000386508</t>
   </si>
   <si>
     <t>Соковыжималка Robot Coupe J80 Buffet (56200B)</t>
   </si>
   <si>
     <t>J80 Buffet (56200B)</t>
   </si>
   <si>
     <t>Соковыжималка т.м. Robot Coupe серии J, модель J 80 Buffet, 260х565х595мм, 700Вт, 220В, скорость 3000 об/мин.</t>
   </si>
   <si>
     <t>00000369938</t>
   </si>
   <si>
     <t>Барный кипятильник ГРОДТОРГМАШ ЭВАД-10/1.6</t>
   </si>
   <si>
     <t>ЭВАД-10/1.6</t>
-  </si>
-[...1 lines deleted...]
-    <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>Электроводонагреватель аккумуляционный с термоизоляцией закрытый ЭВАД-10/1,6, 10л, 270x250x520мм, +35...+77C, 220В, 1600Вт</t>
   </si>
   <si>
     <t>ГРОДТОРГМАШ</t>
   </si>
   <si>
     <t>00000028652</t>
   </si>
   <si>
     <t>Блендер барный Dingdu DT-900 DINGDU</t>
   </si>
   <si>
     <t>DT-900 DINGDU</t>
   </si>
   <si>
     <t>Габаритные размеры: 538х275х313мм, 220В, 1500Вт, более 38 000 оборотов в минуту, емкостью 1,5 л и крышка, устойчивы к воздействию высоких температур, безопасны и небьющиеся.
 ● Промышленный двигатель высшего класса, скорость и высокая эффективность.
 ● Приводная муфта металл-металл, более прочная в использовании.
 ● Вращающийся двойной шарикоподшипник из нержавеющей стали, длительный срок службы и низкий уровень шума.
 ● Тефлоновый материал двойного сальника предотвращает утечки, прочный и долговечный.
 ● Усиленные одностворчатые смесительные и режущие лезвия из нержавеющей стали, гигиеничные и долговечные, измельчают лед за несколько секунд.
 ● Индивидуальная программа и интеллектуальная функция настройки «сделай сам», основанная на различных ингредиентах во время работы.
 ● Весь интерфейс управления сенсорной панелью, очень удобен для совместимости со всеми условиями смешивания.
@@ -1261,69 +1297,81 @@
   <si>
     <t>Гранитор EKSI SMB-3x15L</t>
   </si>
   <si>
     <t>SMB-3x15L</t>
   </si>
   <si>
     <t>Гранитор т.м. EKSI серии SMB, мод. SMB-3x15L, 603х550х740мм, 1000Вт, 220~240В/50Гц, -2...-4C, вместимость 3х15л.  Гранитор EKSI  SMB-3x15L - это современный аппарат для производства популярного в жару напитка, называемого из-за своей консистенции "фруктовым снегом". Кроме того, устройство нередко может использоваться для охлаждения или смешивания напитков и создания коктейлей. Отдельное влияние по покупателей оказывает сам процесс приготовления, который можно наблюдать за счет прозрачных стенок резервуаров. Приготовление ледяного десерта, напоминающего нечто среднее между мороженым и соком, молочным коктейлем незаменимо в барах, летних кафетериях, ночных клубах, торговых и развлекательных центрах и других общественных заведениях.</t>
   </si>
   <si>
     <t>00000386512</t>
   </si>
   <si>
     <t>Гранитор Bras QUARK 2</t>
   </si>
   <si>
     <t>QUARK 2</t>
   </si>
   <si>
     <t>Гранитор типа QUARK, модель QUARK 2, 360х470х650мм, 540Вт, 220В, 2х6л, цвет inox</t>
   </si>
   <si>
     <t>00000219342</t>
   </si>
   <si>
+    <t>Блендер барный EKSI CB-767</t>
+  </si>
+  <si>
+    <t>CB-767</t>
+  </si>
+  <si>
+    <t>Габариты 170x235x530 мм, мощность 1,6 КВт, 23000-26000 оборотов</t>
+  </si>
+  <si>
+    <t>00000568219</t>
+  </si>
+  <si>
     <t>Миксер для молочных коктейлей Vortmax BMS 1 R dark red</t>
   </si>
   <si>
     <t>BMS 1 R dark red</t>
   </si>
   <si>
     <t>ГРЕЦИЯ</t>
   </si>
   <si>
     <t>Миксер барный т.м.Vortmax серии BMS, мод. BMS 1 R dark red, АБС пластик, 2 скорости, 400Вт, 220В, стакан нерж., 170х175х465, цвет темно-красный</t>
   </si>
   <si>
     <t>Vortmax</t>
   </si>
   <si>
     <t>00000232605</t>
   </si>
   <si>
-    <t>Блендер барный SIRMAN DRAG.1,5VV BI Y14</t>
+    <t>Блендер барный Sirman DRAG.1,5VV BI Y14</t>
   </si>
   <si>
     <t>DRAG.1,5VV BI Y14</t>
   </si>
   <si>
     <t>Блендер тип Dragon, мод. Dragon VV (пласт.), 213х200х460мм, 300Вт, 220В, стакан стекл. 1,5 л, пластиковый корпус серого цвета.</t>
   </si>
   <si>
     <t>00000237120</t>
   </si>
   <si>
     <t>Стакан для блендера Hamilton Beach 6126-HBB908 CE</t>
   </si>
   <si>
     <t>6126-HBB908 CE</t>
   </si>
   <si>
     <t>Стакан для блендера серии HBB, мод. HBB908-CE, емкость одного кувшина 1,25л, материал кувшина - пластик. Стакан в сборе, включает все детали, указанные на фото (см.доп.фото в карте товара)</t>
   </si>
   <si>
     <t>00000279668</t>
   </si>
   <si>
     <t>Соковыжималка Zumex 33.5600.0000</t>
   </si>
@@ -1360,110 +1408,107 @@
   <si>
     <t>№ 53</t>
   </si>
   <si>
     <t>Льдодробители</t>
   </si>
   <si>
     <t>Льдодробилка серии 53, серый, 353х236х474мм, 220В, 130Вт, 3 кг/мин</t>
   </si>
   <si>
     <t>00000095928</t>
   </si>
   <si>
     <t>Соковыжималка Robot-Coupe J 100 (56100B)</t>
   </si>
   <si>
     <t>J100 (56100B)</t>
   </si>
   <si>
     <t>Соковыжималка серии J, модель J 100 Ultra, 235х438х596мм, 1000Вт, 220В</t>
   </si>
   <si>
     <t>00000137079</t>
   </si>
   <si>
-    <t>Миксер для молочных коктейлей EKSI GRT-MS01</t>
-[...10 lines deleted...]
-  <si>
     <t>Стакан для блендера Hamilton Beach 6126-250 CE</t>
   </si>
   <si>
     <t>6126-250 CE</t>
   </si>
   <si>
     <t>Стакан для блендера серии HBB, мод. HBB250-CE, Поставляется с режущим механизмом и крышкой. Для моделей серии HBB250R и HBB250.</t>
   </si>
   <si>
     <t>00000279666</t>
   </si>
   <si>
     <t>Миксер для молочных коктейлей EKSI GRT-MS02</t>
   </si>
   <si>
     <t>GRT-MS02</t>
   </si>
   <si>
     <t>Миксер барный, т.м.EKSI, модель GRT-MS02, 190х230х530 мм, мощность 180 Вт, напряжение 220 В, материал корпуса AISI 201, Объём стакана 750 мл, материал стакана AISI 201, скорость 17000-18000 об</t>
   </si>
   <si>
     <t>00000470671</t>
   </si>
   <si>
     <t>Блендер барный Vita-Mix 058627 AFBB VM0105E</t>
   </si>
   <si>
     <t>058627 AFBB VM0105E</t>
   </si>
   <si>
     <t>Габариты: 203х229х510 мм. Общий объем 2 л. Количество кувшинов 1. Объем одного кувшина 2 л. Скорость (макс.) от 1000 до 24000 об/мин. Плавная регулировка. Напряжение 220 В. Мощность 1,4 кВт. Управление электромеханическое. Материал кувшина пластик. Цвет черный.</t>
   </si>
   <si>
     <t>00000458219</t>
   </si>
   <si>
     <t>Миксер для молочных коктейлей Hamilton Beach HMD400P-CE</t>
   </si>
   <si>
     <t>HMD400P-CE</t>
   </si>
   <si>
     <t>Миксер серии HMD, мод. HMD400P-CE, 318x229x521мм, 220В, 900Вт</t>
   </si>
   <si>
     <t>00000365811</t>
   </si>
   <si>
+    <t>Миксер для молочных коктейлей ТОРГМАШ-Барановичи МК-1-1</t>
+  </si>
+  <si>
+    <t>МК-1-1</t>
+  </si>
+  <si>
+    <t>ЦБ-00138032</t>
+  </si>
+  <si>
     <t>Блендер барный Hamilton Beach HBB255S-CE</t>
   </si>
   <si>
     <t>HBB255S-CE</t>
   </si>
   <si>
     <t>Rio. Габариты: 190x216x430 мм. Мощность: 1194 Вт. Напряжение: 220 В. 2 режима: hi/low, импульс. Время приготовления коктейля: 20 сек. Материал контейнера: металл. Вместимость контейнера: 0,95 л. Металлическое сцепление контейнера с приводом. Вес: 4,5 кг. Гарантия: 12 мес.</t>
   </si>
   <si>
     <t>00000394768</t>
   </si>
   <si>
     <t>Барная холодильная витрина Бирюса Бирюса 521 RDN</t>
   </si>
   <si>
     <t>Бирюса 521 RDN</t>
   </si>
   <si>
     <t>Витрина холодильная модель Бирюса 521 RDN, 670х670х2180мм, 255Вт, 220В, +1...+10С, 545л, R-134a</t>
   </si>
   <si>
     <t>Бирюса</t>
   </si>
   <si>
     <t>Шкафы среднетемпературные</t>
@@ -1493,50 +1538,59 @@
     <t>00000451967</t>
   </si>
   <si>
     <t>Блендер барный Hamilton Beach HBH 850-CE</t>
   </si>
   <si>
     <t>HBH 850-CE</t>
   </si>
   <si>
     <t>Блендер серии HBH, модель HBH850-CE, стакан поликарбонат 1,8 л, 229х305х483мм, 1000Вт, 220В</t>
   </si>
   <si>
     <t>00000262058</t>
   </si>
   <si>
     <t>Стакан для блендера Hamilton Beach 6126-650</t>
   </si>
   <si>
     <t>6126-650</t>
   </si>
   <si>
     <t>Стакан 6126-650 для блендера серии HBH, мод. HBH550/650/850. Объем стакана 1,9л. Материал - поликарбонат</t>
   </si>
   <si>
     <t>00000262059</t>
+  </si>
+  <si>
+    <t>Миксер для молочных коктейлей ТОРГМАШ-Барановичи МК-2-1</t>
+  </si>
+  <si>
+    <t>МК-2-1</t>
+  </si>
+  <si>
+    <t>ЦБ-00138033</t>
   </si>
   <si>
     <t>Сокоохладитель EKSI JDB-1x10L</t>
   </si>
   <si>
     <t>JDB-1x10L</t>
   </si>
   <si>
     <t>Сокоохладитель т.м. EKSI серии JDB, мод. JDB-1x10L (1 емкость), 235х445х680мм, 170Вт, 220В, 7-12C , вместимость: 10л. Предназначен для хранения в охлажденном состоянии, демонстрации и последующей раздачи соков и прохладительных напитков в ресторанах и отелях, развлекательных заведениях и часто используются в палатках и павильонах по продаже напитков. Модель оснащена лопастной системой перемешивания, которая гарантирует однородность консистенции и температуры продукта, а кран - бесперебойную подачу содержимого сокоохладителя. Диспенсер отличается высокой производительностью, продуманной конструкцией, простым управлением и привлекательным внешним видом. Основные компоненты изготовлены из нержавеющей стали, меди и безопасных видов пластика. R290</t>
   </si>
   <si>
     <t>00000386509</t>
   </si>
   <si>
     <t>Соковыжималка Robot-Coupe C 80, с функцией протирки</t>
   </si>
   <si>
     <t>C80 (55012)</t>
   </si>
   <si>
     <t>Протирка-соковыжималка т.м. Robot Coupe серии C, мод. C 80 (55012), 620х360х520мм, 500Вт, 220Вт, 1500 об/мин.</t>
   </si>
   <si>
     <t>00000303699</t>
   </si>
@@ -1665,51 +1719,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87db2a76afda544baa29289c97635447.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c550bca22cfd37ca4d740a152d872c2a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fbe6bde02b582c4f3e0667b3315180f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2989caaa9000ee2517eb460ec3bc6d3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644e8807c0339674853b79c76f1ea125.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43109121c36e135393fbfac703084388.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ae028d7cfd8f3b31eadb209a1103ed.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92b7e7bcbd08569f426668af904348e0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17c619f71003183113d42a8f0d567b89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771458b26cf89d03e7999870c749e883.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc421b4603b8dc7dc1dffd9dd9ad2c7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d65667b88460903b2909d04dd0050406.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b3b4196e1385454563046daa21c240.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3db7f9701c338e1bb6a2695201ce32ca.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dfe7575e4620d1cbd7bafa825236e34.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c01c16af14820b84797a92656c936efb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34053078b9413cd6ddb9ac852f12000b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe58f9bd5cf710a8dcbac6412b95b45d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4889689dcff785b343c122c0c5ea591.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502eb81f7ecc45a5c367ff73a0ef1f9c.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ff600b5a120fe230828c0d7667464a5.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4db5b68f3e00ca7f57130dd6e81b828.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e27805eae9b889016b533fef3e366ee0.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3633b4d1462286139dfc73f96aec7023.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e428f23f7a3fa20fe1ff62d94b13f5.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/264df89435f13e670d439480f874e20c.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30482edf444ec8373ecf66d3e58dbdcb.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36f333e6ed05b873c5b3b049df5e1949.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765030e52e720656cc1e26e250b3e604.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed21e0aaefb2f6c9b77ebd2350c35d18.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e13157ce25ba47624ab6c8cc147d54c.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf72850c9237dbc335bcb7e0af1fa03.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be918f6eb758609f95e2601b7d69e6d.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f73e022c1e500fe9a33b5d6edd10681.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/625d4f103c6da284669c0917deeb0d13.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4333ab93877c75e50f3e1e74a96020d.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10d5bc6b47ac31fe673edb949c8b9e5.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed3d1bc18fd1f6b8dfa0054ff3b96ac9.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7902833d8fd708287ba957c513c21105.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ead8d6ee31e32e6731d0b5078d0c480.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12cd956111fb1c8ad3d5b0f9caaec343.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255fb162d6679c39a99deaa1611c5d18.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37896242564ea4785ed37cd3bbef8115.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e8d7cf19e52cdd029253e3f05449be.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b752834efb3aa6208005fbb2d0ee8e.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eebadeb70a0843af57b1bce6e155cf5.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd27a91f73c2bb245122eb7a6184ce1.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d247d04173ee57f145ad19d4128e9da2.JPG"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89064a7d36110fe690dae9a0ba6aca0.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b26f86b93678761725516a1a433c5947.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0f2ff71529e93fb72e55c4cd9f3072.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b3e058d0b50c7dad2b1e611b1d5647.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969ec471936548a607b96bc59d593aba.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7d949909815277af2180a5abf8c79b.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b0eeed2a4bc081fe5021cb78de0e629.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76fd5ccf7a7c037d1522b670bb5d393.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ca61b6ceb54f444f98fde37c2ca7f1.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85f0b21772ac37df4dec0f4b378de45.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6cdc13c93a7a70ad3214393b5cb767f.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61a5ae90aeb1cc4bbb9b4fe231a547b.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2540e1582762f624597551640dd719f.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3418657c197b84f2c0a673ddc9dd72f4.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d8d1d34426a7e86518fdfd43e8b1a9d.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1af382ef9ecd7bbd63fb28104cf2c7.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c0db682da040bbc1d797c96dfdee5d.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170d9394f62d94b2349981d553c1cf1f.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bec990dfa51f7847e1bbe2ee20bc444.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd793b312562438060943839fb179ce0.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64dd13d9d45cfbfba1efb9100af1afff.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f4d58cad57a4a96cb23268a83ad7e64.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc59cb17f33e3ffa22240b7b0e6841b.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996575dfa4defd3eddce375cd023b8d8.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5fb45260c51abe6d86da4ac5398f81a.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d6f58d3d6f1db17d391abcaacd7eea.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff68a4112b12c7401de7e7d778213688.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7379a31b27456d45bf61ed6bc75329.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0bed9a90c80a2157574a8e2039c57b8.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd3f368d98a0752e80d2d048ebf5187.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b02c32cbdd7abc2e4a92521bfb0da6.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5edaddfa7dddf8b63cdce174020e300.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4874f3d846bfef1cf378402d598c882.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a939e624bfb0b5a850927c7524623e3.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20df3e1c742579954f1833e664c6155.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3cc3adae1d036d38a28a4b841a219d.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48fd95643dca477e6dd2d418158d3c8.webp"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62775259bb69be868b2450f4ac0befc7.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d04731f91e8e759f54479230df8439a5.webp"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf792a20aa3f7b6f9d4a0421f30c3c04.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dac6770093f85bbd64ba325cd2204974.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec798d9fe317bc1b57eae26c0007007d.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5534acdc759db54106f881ab625c3f.JPG"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c992629abdfcc0d1c590b1bb6865cb73.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d329435d34b7d9b39cceeec081f8825.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1694b9fb4e290fbb47a6c30b63342f40.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f1b2b0ce6f5446bde2b299fafa1da0.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a7ea3fa12dd301162bd9494289656d.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b3e413cbd5edb1faf51179de2433ac.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87db2a76afda544baa29289c97635447.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c550bca22cfd37ca4d740a152d872c2a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fbe6bde02b582c4f3e0667b3315180f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2989caaa9000ee2517eb460ec3bc6d3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644e8807c0339674853b79c76f1ea125.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43109121c36e135393fbfac703084388.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ae028d7cfd8f3b31eadb209a1103ed.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92b7e7bcbd08569f426668af904348e0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17c619f71003183113d42a8f0d567b89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771458b26cf89d03e7999870c749e883.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc421b4603b8dc7dc1dffd9dd9ad2c7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d65667b88460903b2909d04dd0050406.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b3b4196e1385454563046daa21c240.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3db7f9701c338e1bb6a2695201ce32ca.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dfe7575e4620d1cbd7bafa825236e34.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c01c16af14820b84797a92656c936efb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34053078b9413cd6ddb9ac852f12000b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe58f9bd5cf710a8dcbac6412b95b45d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4889689dcff785b343c122c0c5ea591.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502eb81f7ecc45a5c367ff73a0ef1f9c.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ff600b5a120fe230828c0d7667464a5.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4db5b68f3e00ca7f57130dd6e81b828.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3633b4d1462286139dfc73f96aec7023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e428f23f7a3fa20fe1ff62d94b13f5.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/264df89435f13e670d439480f874e20c.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30482edf444ec8373ecf66d3e58dbdcb.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36f333e6ed05b873c5b3b049df5e1949.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765030e52e720656cc1e26e250b3e604.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed21e0aaefb2f6c9b77ebd2350c35d18.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e13157ce25ba47624ab6c8cc147d54c.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf72850c9237dbc335bcb7e0af1fa03.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be918f6eb758609f95e2601b7d69e6d.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f73e022c1e500fe9a33b5d6edd10681.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/625d4f103c6da284669c0917deeb0d13.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4333ab93877c75e50f3e1e74a96020d.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10d5bc6b47ac31fe673edb949c8b9e5.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed3d1bc18fd1f6b8dfa0054ff3b96ac9.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7902833d8fd708287ba957c513c21105.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ead8d6ee31e32e6731d0b5078d0c480.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12cd956111fb1c8ad3d5b0f9caaec343.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255fb162d6679c39a99deaa1611c5d18.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fdefe5097f69f24f85fd5f753632233.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1fb060a30994fd5f0124b139193f39a.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37896242564ea4785ed37cd3bbef8115.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e8d7cf19e52cdd029253e3f05449be.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b752834efb3aa6208005fbb2d0ee8e.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eebadeb70a0843af57b1bce6e155cf5.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd27a91f73c2bb245122eb7a6184ce1.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89064a7d36110fe690dae9a0ba6aca0.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b26f86b93678761725516a1a433c5947.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0f2ff71529e93fb72e55c4cd9f3072.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b3e058d0b50c7dad2b1e611b1d5647.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969ec471936548a607b96bc59d593aba.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7d949909815277af2180a5abf8c79b.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b0eeed2a4bc081fe5021cb78de0e629.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76fd5ccf7a7c037d1522b670bb5d393.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ca61b6ceb54f444f98fde37c2ca7f1.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85f0b21772ac37df4dec0f4b378de45.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6cdc13c93a7a70ad3214393b5cb767f.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61a5ae90aeb1cc4bbb9b4fe231a547b.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2540e1582762f624597551640dd719f.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3418657c197b84f2c0a673ddc9dd72f4.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d8d1d34426a7e86518fdfd43e8b1a9d.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1af382ef9ecd7bbd63fb28104cf2c7.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c0db682da040bbc1d797c96dfdee5d.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170d9394f62d94b2349981d553c1cf1f.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bec990dfa51f7847e1bbe2ee20bc444.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd793b312562438060943839fb179ce0.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64dd13d9d45cfbfba1efb9100af1afff.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f4d58cad57a4a96cb23268a83ad7e64.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc59cb17f33e3ffa22240b7b0e6841b.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996575dfa4defd3eddce375cd023b8d8.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5fb45260c51abe6d86da4ac5398f81a.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d6f58d3d6f1db17d391abcaacd7eea.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff68a4112b12c7401de7e7d778213688.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7379a31b27456d45bf61ed6bc75329.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0bed9a90c80a2157574a8e2039c57b8.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31e4dcc55164b05c6731afeebf13bc60.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd3f368d98a0752e80d2d048ebf5187.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b02c32cbdd7abc2e4a92521bfb0da6.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5edaddfa7dddf8b63cdce174020e300.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4874f3d846bfef1cf378402d598c882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a939e624bfb0b5a850927c7524623e3.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20df3e1c742579954f1833e664c6155.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3cc3adae1d036d38a28a4b841a219d.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62775259bb69be868b2450f4ac0befc7.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d04731f91e8e759f54479230df8439a5.webp"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf792a20aa3f7b6f9d4a0421f30c3c04.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dac6770093f85bbd64ba325cd2204974.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec798d9fe317bc1b57eae26c0007007d.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5534acdc759db54106f881ab625c3f.JPG"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c992629abdfcc0d1c590b1bb6865cb73.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d329435d34b7d9b39cceeec081f8825.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1694b9fb4e290fbb47a6c30b63342f40.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f1b2b0ce6f5446bde2b299fafa1da0.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a7ea3fa12dd301162bd9494289656d.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b3e413cbd5edb1faf51179de2433ac.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1914,2697 +1968,2697 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="image_17" descr="image_17"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="image_18" descr="image_18"/>
+        <xdr:cNvPr id="9" name="image_19" descr="image_19"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="image_19" descr="image_19"/>
+        <xdr:cNvPr id="10" name="image_20" descr="image_20"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="image_20" descr="image_20"/>
+        <xdr:cNvPr id="11" name="image_21" descr="image_21"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="876300" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="image_21" descr="image_21"/>
+        <xdr:cNvPr id="12" name="image_22" descr="image_22"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="image_22" descr="image_22"/>
+        <xdr:cNvPr id="13" name="image_23" descr="image_23"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="image_23" descr="image_23"/>
+        <xdr:cNvPr id="14" name="image_24" descr="image_24"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="image_24" descr="image_24"/>
+        <xdr:cNvPr id="15" name="image_25" descr="image_25"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="image_26" descr="image_26"/>
+        <xdr:cNvPr id="16" name="image_27" descr="image_27"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="image_29" descr="image_29"/>
+        <xdr:cNvPr id="17" name="image_30" descr="image_30"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="image_30" descr="image_30"/>
+        <xdr:cNvPr id="18" name="image_31" descr="image_31"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="image_31" descr="image_31"/>
+        <xdr:cNvPr id="19" name="image_32" descr="image_32"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="image_32" descr="image_32"/>
+        <xdr:cNvPr id="20" name="image_33" descr="image_33"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="542925" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="image_33" descr="image_33"/>
+        <xdr:cNvPr id="21" name="image_34" descr="image_34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="image_34" descr="image_34"/>
+        <xdr:cNvPr id="22" name="image_35" descr="image_35"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="485775" cy="762000"/>
+    <xdr:ext cx="952500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="image_35" descr="image_35"/>
+        <xdr:cNvPr id="23" name="image_36" descr="image_36"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="image_36" descr="image_36"/>
+        <xdr:cNvPr id="24" name="image_37" descr="image_37"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="image_37" descr="image_37"/>
+        <xdr:cNvPr id="25" name="image_38" descr="image_38"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="image_38" descr="image_38"/>
+        <xdr:cNvPr id="26" name="image_39" descr="image_39"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="image_39" descr="image_39"/>
+        <xdr:cNvPr id="27" name="image_40" descr="image_40"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="image_40" descr="image_40"/>
+        <xdr:cNvPr id="28" name="image_41" descr="image_41"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="image_41" descr="image_41"/>
+        <xdr:cNvPr id="29" name="image_43" descr="image_43"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="image_42" descr="image_42"/>
+        <xdr:cNvPr id="30" name="image_44" descr="image_44"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="619125" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="image_43" descr="image_43"/>
+        <xdr:cNvPr id="31" name="image_45" descr="image_45"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="619125" cy="762000"/>
+    <xdr:ext cx="1009650" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="image_44" descr="image_44"/>
+        <xdr:cNvPr id="32" name="image_46" descr="image_46"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:ext cx="438150" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="image_45" descr="image_45"/>
+        <xdr:cNvPr id="33" name="image_47" descr="image_47"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="438150" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="image_46" descr="image_46"/>
+        <xdr:cNvPr id="34" name="image_49" descr="image_49"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="image_47" descr="image_47"/>
+        <xdr:cNvPr id="35" name="image_50" descr="image_50"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="image_48" descr="image_48"/>
+        <xdr:cNvPr id="36" name="image_51" descr="image_51"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="image_49" descr="image_49"/>
+        <xdr:cNvPr id="37" name="image_52" descr="image_52"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="image_50" descr="image_50"/>
+        <xdr:cNvPr id="38" name="image_53" descr="image_53"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="image_51" descr="image_51"/>
+        <xdr:cNvPr id="39" name="image_54" descr="image_54"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="image_52" descr="image_52"/>
+        <xdr:cNvPr id="40" name="image_56" descr="image_56"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="image_54" descr="image_54"/>
+        <xdr:cNvPr id="41" name="image_57" descr="image_57"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:ext cx="590550" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="image_55" descr="image_55"/>
+        <xdr:cNvPr id="42" name="image_58" descr="image_58"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="361950" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="image_56" descr="image_56"/>
+        <xdr:cNvPr id="43" name="image_59" descr="image_59"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="image_57" descr="image_57"/>
+        <xdr:cNvPr id="44" name="image_60" descr="image_60"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="image_58" descr="image_58"/>
+        <xdr:cNvPr id="45" name="image_61" descr="image_61"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="image_59" descr="image_59"/>
+        <xdr:cNvPr id="46" name="image_62" descr="image_62"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="image_60" descr="image_60"/>
+        <xdr:cNvPr id="47" name="image_63" descr="image_63"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="image_61" descr="image_61"/>
+        <xdr:cNvPr id="48" name="image_64" descr="image_64"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="image_62" descr="image_62"/>
+        <xdr:cNvPr id="49" name="image_65" descr="image_65"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="image_63" descr="image_63"/>
+        <xdr:cNvPr id="50" name="image_66" descr="image_66"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="image_64" descr="image_64"/>
+        <xdr:cNvPr id="51" name="image_67" descr="image_67"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="image_65" descr="image_65"/>
+        <xdr:cNvPr id="52" name="image_68" descr="image_68"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="533400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="image_67" descr="image_67"/>
+        <xdr:cNvPr id="53" name="image_70" descr="image_70"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="image_68" descr="image_68"/>
+        <xdr:cNvPr id="54" name="image_71" descr="image_71"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="image_69" descr="image_69"/>
+        <xdr:cNvPr id="55" name="image_72" descr="image_72"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="image_70" descr="image_70"/>
+        <xdr:cNvPr id="56" name="image_73" descr="image_73"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="714375" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="image_71" descr="image_71"/>
+        <xdr:cNvPr id="57" name="image_74" descr="image_74"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="image_72" descr="image_72"/>
+        <xdr:cNvPr id="58" name="image_75" descr="image_75"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="image_73" descr="image_73"/>
+        <xdr:cNvPr id="59" name="image_76" descr="image_76"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="image_74" descr="image_74"/>
+        <xdr:cNvPr id="60" name="image_77" descr="image_77"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="image_75" descr="image_75"/>
+        <xdr:cNvPr id="61" name="image_78" descr="image_78"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="image_76" descr="image_76"/>
+        <xdr:cNvPr id="62" name="image_79" descr="image_79"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="image_77" descr="image_77"/>
+        <xdr:cNvPr id="63" name="image_80" descr="image_80"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="600075" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="image_78" descr="image_78"/>
+        <xdr:cNvPr id="64" name="image_81" descr="image_81"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="523875" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="image_79" descr="image_79"/>
+        <xdr:cNvPr id="65" name="image_82" descr="image_82"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="image_80" descr="image_80"/>
+        <xdr:cNvPr id="66" name="image_83" descr="image_83"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="image_81" descr="image_81"/>
+        <xdr:cNvPr id="67" name="image_84" descr="image_84"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="image_82" descr="image_82"/>
+        <xdr:cNvPr id="68" name="image_85" descr="image_85"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="image_83" descr="image_83"/>
+        <xdr:cNvPr id="69" name="image_86" descr="image_86"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="image_84" descr="image_84"/>
+        <xdr:cNvPr id="70" name="image_87" descr="image_87"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="image_85" descr="image_85"/>
+        <xdr:cNvPr id="71" name="image_88" descr="image_88"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="image_86" descr="image_86"/>
+        <xdr:cNvPr id="72" name="image_89" descr="image_89"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="image_87" descr="image_87"/>
+        <xdr:cNvPr id="73" name="image_90" descr="image_90"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="74" name="image_88" descr="image_88"/>
+        <xdr:cNvPr id="74" name="image_91" descr="image_91"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="image_89" descr="image_89"/>
+        <xdr:cNvPr id="75" name="image_92" descr="image_92"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="image_91" descr="image_91"/>
+        <xdr:cNvPr id="76" name="image_94" descr="image_94"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="image_92" descr="image_92"/>
+        <xdr:cNvPr id="77" name="image_95" descr="image_95"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="image_93" descr="image_93"/>
+        <xdr:cNvPr id="78" name="image_96" descr="image_96"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="image_94" descr="image_94"/>
+        <xdr:cNvPr id="79" name="image_97" descr="image_97"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="image_95" descr="image_95"/>
+        <xdr:cNvPr id="80" name="image_98" descr="image_98"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="495300" cy="762000"/>
+    <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="image_96" descr="image_96"/>
+        <xdr:cNvPr id="81" name="image_99" descr="image_99"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="495300" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="image_97" descr="image_97"/>
+        <xdr:cNvPr id="82" name="image_100" descr="image_100"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="image_98" descr="image_98"/>
+        <xdr:cNvPr id="83" name="image_101" descr="image_101"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="581025" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="84" name="image_99" descr="image_99"/>
+        <xdr:cNvPr id="84" name="image_102" descr="image_102"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="581025" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="image_100" descr="image_100"/>
+        <xdr:cNvPr id="85" name="image_103" descr="image_103"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="86" name="image_101" descr="image_101"/>
+        <xdr:cNvPr id="86" name="image_104" descr="image_104"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="87" name="image_102" descr="image_102"/>
+        <xdr:cNvPr id="87" name="image_105" descr="image_105"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="image_103" descr="image_103"/>
+        <xdr:cNvPr id="88" name="image_106" descr="image_106"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>103</xdr:row>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="image_104" descr="image_104"/>
+        <xdr:cNvPr id="89" name="image_107" descr="image_107"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="image_105" descr="image_105"/>
+        <xdr:cNvPr id="90" name="image_109" descr="image_109"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="323850" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="image_106" descr="image_106"/>
+        <xdr:cNvPr id="91" name="image_110" descr="image_110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="92" name="image_107" descr="image_107"/>
+        <xdr:cNvPr id="92" name="image_111" descr="image_111"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1009650" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="image_108" descr="image_108"/>
+        <xdr:cNvPr id="93" name="image_112" descr="image_112"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="94" name="image_109" descr="image_109"/>
+        <xdr:cNvPr id="94" name="image_113" descr="image_113"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="95" name="image_110" descr="image_110"/>
+        <xdr:cNvPr id="95" name="image_114" descr="image_114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="96" name="image_112" descr="image_112"/>
+        <xdr:cNvPr id="96" name="image_117" descr="image_117"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="695325" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="97" name="image_113" descr="image_113"/>
+        <xdr:cNvPr id="97" name="image_118" descr="image_118"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -4877,54 +4931,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P113"/>
+  <dimension ref="A1:P118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P113"/>
+      <selection activeCell="A9" sqref="A9:P118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -5221,4787 +5275,5019 @@
       <c r="G13" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="6">
         <v>37</v>
       </c>
       <c r="J13" s="10" t="s">
         <v>44</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L13" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>46</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O13" s="6">
-        <v>294423.69</v>
+        <v>291881.93</v>
       </c>
       <c r="P13" s="6"/>
     </row>
     <row r="14" spans="1:16" customHeight="1" ht="65">
       <c r="A14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="6">
         <v>0</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I14" s="6">
         <v>49</v>
       </c>
       <c r="J14" s="10" t="s">
         <v>49</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O14" s="6">
-        <v>416134.78</v>
+        <v>412542.52</v>
       </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="6">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I15" s="6">
         <v>5.6</v>
       </c>
       <c r="J15" s="10" t="s">
         <v>54</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L15" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O15" s="6">
-        <v>65113.67</v>
+        <v>62056.8</v>
       </c>
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
         <v>56</v>
       </c>
       <c r="B16" s="6">
         <v>0</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="6">
         <v>6.685</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>58</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L16" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>59</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O16" s="6">
-        <v>77269.5</v>
+        <v>73640.74</v>
       </c>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16" customHeight="1" ht="65">
       <c r="A17" s="6" t="s">
         <v>60</v>
       </c>
       <c r="B17" s="6">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="6">
         <v>6</v>
       </c>
       <c r="J17" s="10" t="s">
         <v>62</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L17" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>63</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O17" s="6">
-        <v>77269.5</v>
+        <v>73640.74</v>
       </c>
       <c r="P17" s="6"/>
     </row>
-    <row r="18" spans="1:16" customHeight="1" ht="65">
+    <row r="18" spans="1:16">
       <c r="A18" s="6" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="6">
         <v>0</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="G18" s="10" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="I18" s="6">
-        <v>23.65</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="J18" s="10"/>
       <c r="K18" s="6" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="L18" s="10" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="M18" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O18" s="6">
-        <v>319993.86</v>
+        <v>43476.48</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B19" s="6">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C19" s="6">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="G19" s="10" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="H19" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I19" s="6">
+        <v>23.65</v>
+      </c>
+      <c r="J19" s="10" t="s">
         <v>72</v>
       </c>
-      <c r="I19" s="6">
-[...2 lines deleted...]
-      <c r="J19" s="10" t="s">
+      <c r="K19" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L19" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M19" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="K19" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O19" s="6">
-        <v>707.78</v>
+        <v>319993.86</v>
       </c>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16" customHeight="1" ht="65">
       <c r="A20" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" s="6">
+        <v>0</v>
+      </c>
+      <c r="C20" s="6">
+        <v>0</v>
+      </c>
+      <c r="D20" s="6">
+        <v>0</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G20" s="10" t="s">
         <v>77</v>
       </c>
-      <c r="B20" s="6">
-[...8 lines deleted...]
-      <c r="E20" s="6" t="s">
+      <c r="H20" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I20" s="6">
+        <v>0.7</v>
+      </c>
+      <c r="J20" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="F20" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="10" t="s">
+      <c r="K20" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="H20" s="6" t="s">
-[...5 lines deleted...]
-      <c r="J20" s="10" t="s">
+      <c r="L20" s="10" t="s">
         <v>80</v>
       </c>
-      <c r="K20" s="6" t="s">
+      <c r="M20" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="L20" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N20" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O20" s="6">
-        <v>54540.12</v>
+        <v>714.78</v>
       </c>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16" customHeight="1" ht="65">
       <c r="A21" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0</v>
+      </c>
+      <c r="C21" s="6">
+        <v>0</v>
+      </c>
+      <c r="D21" s="6">
+        <v>0</v>
+      </c>
+      <c r="E21" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="B21" s="6">
-[...8 lines deleted...]
-      <c r="E21" s="6" t="s">
+      <c r="F21" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G21" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I21" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="J21" s="10" t="s">
         <v>84</v>
       </c>
-      <c r="F21" s="9" t="s">
+      <c r="K21" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="G21" s="10" t="s">
-[...8 lines deleted...]
-      <c r="J21" s="10" t="s">
+      <c r="L21" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M21" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="K21" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N21" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O21" s="6"/>
+      <c r="O21" s="6">
+        <v>54000.11</v>
+      </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="G22" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I22" s="6">
+        <v>12</v>
+      </c>
+      <c r="J22" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="B22" s="6">
-[...8 lines deleted...]
-      <c r="E22" s="6" t="s">
+      <c r="K22" s="6" t="s">
         <v>91</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
       <c r="L22" s="10" t="s">
         <v>92</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O22" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O22" s="6"/>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16" customHeight="1" ht="65">
       <c r="A23" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="6">
+        <v>0</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0</v>
+      </c>
+      <c r="D23" s="6">
+        <v>0</v>
+      </c>
+      <c r="E23" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="B23" s="6">
-[...8 lines deleted...]
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="9" t="s">
         <v>96</v>
       </c>
-      <c r="F23" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="10" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I23" s="6">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="J23" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L23" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M23" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="K23" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O23" s="6">
-        <v>106806.59</v>
+        <v>112356.61</v>
       </c>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B24" s="6">
         <v>0</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I24" s="6">
         <v>30</v>
       </c>
       <c r="J24" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="L24" s="10" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>105</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O24" s="6"/>
+      <c r="O24" s="6">
+        <v>106806.59</v>
+      </c>
       <c r="P24" s="6"/>
     </row>
-    <row r="25" spans="1:16">
+    <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>107</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="6">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="J25" s="10" t="s">
         <v>108</v>
       </c>
       <c r="K25" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="L25" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M25" s="6" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O25" s="6"/>
       <c r="P25" s="6"/>
     </row>
-    <row r="26" spans="1:16" customHeight="1" ht="65">
+    <row r="26" spans="1:16">
       <c r="A26" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" s="6">
+        <v>0</v>
+      </c>
+      <c r="C26" s="6">
+        <v>0</v>
+      </c>
+      <c r="D26" s="6">
+        <v>0</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="F26" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I26" s="6">
+        <v>0</v>
+      </c>
+      <c r="J26" s="10" t="s">
         <v>112</v>
       </c>
-      <c r="B26" s="6">
-[...8 lines deleted...]
-      <c r="E26" s="6" t="s">
+      <c r="K26" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="F26" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J26" s="10" t="s">
+      <c r="L26" s="10" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>115</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O26" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O26" s="6"/>
       <c r="P26" s="6"/>
     </row>
-    <row r="27" spans="1:16">
+    <row r="27" spans="1:16" customHeight="1" ht="65">
       <c r="A27" s="6" t="s">
         <v>116</v>
       </c>
       <c r="B27" s="6">
         <v>0</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6">
         <v>0</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>117</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="G27" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="6">
-        <v>6.3</v>
+        <v>9</v>
       </c>
       <c r="J27" s="10" t="s">
         <v>118</v>
       </c>
       <c r="K27" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L27" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="L27" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O27" s="6">
-        <v>4894.86</v>
+        <v>187237.27</v>
       </c>
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" s="6">
+        <v>0</v>
+      </c>
+      <c r="C28" s="6">
+        <v>0</v>
+      </c>
+      <c r="D28" s="6">
+        <v>0</v>
+      </c>
+      <c r="E28" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="B28" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F28" s="9" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G28" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="J28" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="K28" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L28" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M28" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="N28" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O28" s="6">
+        <v>4894.86</v>
+      </c>
+      <c r="P28" s="6"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" s="6">
+        <v>32</v>
+      </c>
+      <c r="C29" s="6">
+        <v>32</v>
+      </c>
+      <c r="D29" s="6">
+        <v>0</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G29" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I29" s="6">
         <v>6.5</v>
       </c>
-      <c r="J28" s="10" t="s">
-[...5 lines deleted...]
-      <c r="L28" s="10" t="s">
+      <c r="J29" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="K29" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L29" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="M28" s="6" t="s">
-[...5 lines deleted...]
-      <c r="O28" s="6">
+      <c r="M29" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="N29" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O29" s="6">
         <v>18464.26</v>
-      </c>
-[...46 lines deleted...]
-        <v>33001.13</v>
       </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B30" s="6">
+        <v>0</v>
+      </c>
+      <c r="C30" s="6">
+        <v>0</v>
+      </c>
+      <c r="D30" s="6">
+        <v>0</v>
+      </c>
+      <c r="E30" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="B30" s="6">
-[...8 lines deleted...]
-      <c r="E30" s="6" t="s">
+      <c r="F30" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G30" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I30" s="6">
+        <v>8.61</v>
+      </c>
+      <c r="J30" s="10" t="s">
         <v>130</v>
       </c>
-      <c r="F30" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J30" s="10" t="s">
+      <c r="K30" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="L30" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M30" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="K30" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N30" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O30" s="6">
-        <v>51286.77</v>
+        <v>33000.07</v>
       </c>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="B31" s="6">
+        <v>0</v>
+      </c>
+      <c r="C31" s="6">
+        <v>0</v>
+      </c>
+      <c r="D31" s="6">
+        <v>0</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G31" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I31" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="J31" s="10" t="s">
         <v>134</v>
       </c>
-      <c r="B31" s="6">
-[...8 lines deleted...]
-      <c r="E31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="F31" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J31" s="10" t="s">
+      <c r="L31" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M31" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="K31" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O31" s="6"/>
+      <c r="O31" s="6">
+        <v>51286.77</v>
+      </c>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="G32" s="10" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="6">
-        <v>42</v>
+        <v>5.6</v>
       </c>
       <c r="J32" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="L32" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M32" s="6" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O32" s="6"/>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="65">
       <c r="A33" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="B33" s="6">
+        <v>0</v>
+      </c>
+      <c r="C33" s="6">
+        <v>0</v>
+      </c>
+      <c r="D33" s="6">
+        <v>0</v>
+      </c>
+      <c r="E33" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="B33" s="6">
-[...8 lines deleted...]
-      <c r="E33" s="6" t="s">
+      <c r="F33" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="G33" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I33" s="6">
+        <v>42</v>
+      </c>
+      <c r="J33" s="10" t="s">
         <v>144</v>
       </c>
-      <c r="F33" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J33" s="10" t="s">
+      <c r="K33" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L33" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M33" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="K33" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N33" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O33" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O33" s="6"/>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B34" s="6">
+        <v>0</v>
+      </c>
+      <c r="C34" s="6">
+        <v>0</v>
+      </c>
+      <c r="D34" s="6">
+        <v>0</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="F34" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G34" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I34" s="6">
+        <v>4.12</v>
+      </c>
+      <c r="J34" s="10" t="s">
         <v>148</v>
       </c>
-      <c r="B34" s="6">
-[...8 lines deleted...]
-      <c r="E34" s="6" t="s">
+      <c r="K34" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="F34" s="9" t="s">
+      <c r="L34" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M34" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="G34" s="10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N34" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O34" s="6"/>
+      <c r="O34" s="6">
+        <v>23119.82</v>
+      </c>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B35" s="6">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>22</v>
+        <v>153</v>
       </c>
       <c r="G35" s="10" t="s">
-        <v>156</v>
+        <v>66</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="6">
-        <v>9.1</v>
+        <v>0.75</v>
       </c>
       <c r="J35" s="10" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>158</v>
+        <v>140</v>
       </c>
       <c r="L35" s="10" t="s">
-        <v>27</v>
+        <v>155</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O35" s="6"/>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B36" s="6">
         <v>0</v>
       </c>
       <c r="C36" s="6">
         <v>0</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
       <c r="E36" s="6">
         <v>21000807726</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="G36" s="10" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="6">
         <v>68</v>
       </c>
       <c r="J36" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="L36" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="M36" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="K36" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O36" s="6">
-        <v>64009</v>
+        <v>65075.81</v>
       </c>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G37" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="6">
         <v>6.3</v>
       </c>
       <c r="J37" s="10" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="K37" s="6" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="L37" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M37" s="6" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O37" s="6"/>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="65">
       <c r="A38" s="6" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G38" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="6">
         <v>29</v>
       </c>
       <c r="J38" s="10" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="K38" s="6" t="s">
-        <v>119</v>
+        <v>68</v>
       </c>
       <c r="L38" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M38" s="6" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O38" s="6">
         <v>79206.91</v>
       </c>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B39" s="6">
         <v>0</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G39" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="6">
         <v>6.9</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>119</v>
+        <v>68</v>
       </c>
       <c r="L39" s="10" t="s">
         <v>32</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="65">
       <c r="A40" s="6" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B40" s="6">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="C40" s="6">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="D40" s="6">
         <v>0</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G40" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="I40" s="6">
         <v>8.3</v>
       </c>
       <c r="J40" s="10" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="K40" s="6" t="s">
-        <v>119</v>
+        <v>68</v>
       </c>
       <c r="L40" s="10" t="s">
         <v>32</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O40" s="6">
-        <v>18474.64</v>
+        <v>18657.79</v>
       </c>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B41" s="6">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C41" s="6">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G41" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>33</v>
+        <v>181</v>
       </c>
       <c r="I41" s="6">
         <v>5.7</v>
       </c>
       <c r="J41" s="10" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="K41" s="6" t="s">
-        <v>119</v>
+        <v>68</v>
       </c>
       <c r="L41" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M41" s="6" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O41" s="6">
         <v>17227.01</v>
       </c>
       <c r="P41" s="6"/>
     </row>
-    <row r="42" spans="1:16" customHeight="1" ht="65">
+    <row r="42" spans="1:16">
       <c r="A42" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B42" s="6">
+        <v>0</v>
+      </c>
+      <c r="C42" s="6">
+        <v>0</v>
+      </c>
+      <c r="D42" s="6">
+        <v>0</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G42" s="10" t="s">
         <v>186</v>
       </c>
-      <c r="B42" s="6">
-[...8 lines deleted...]
-      <c r="E42" s="6" t="s">
+      <c r="H42" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I42" s="6">
+        <v>1.98</v>
+      </c>
+      <c r="J42" s="10"/>
+      <c r="K42" s="6" t="s">
         <v>187</v>
       </c>
-      <c r="F42" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J42" s="10" t="s">
+      <c r="L42" s="10" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="M42" s="6" t="s">
         <v>189</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O42" s="6"/>
+      <c r="O42" s="6">
+        <v>26516.7</v>
+      </c>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
         <v>190</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>191</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I43" s="6">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="J43" s="10" t="s">
         <v>192</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>193</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O43" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O43" s="6"/>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="65">
       <c r="A44" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>195</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="6">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="J44" s="10" t="s">
         <v>196</v>
       </c>
       <c r="K44" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="L44" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M44" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="L44" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N44" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O44" s="6">
-        <v>98103.45</v>
+        <v>127049.89</v>
       </c>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B45" s="6">
+        <v>0</v>
+      </c>
+      <c r="C45" s="6">
+        <v>0</v>
+      </c>
+      <c r="D45" s="6">
+        <v>0</v>
+      </c>
+      <c r="E45" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="B45" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F45" s="9" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
       <c r="G45" s="10" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="6">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="J45" s="10" t="s">
         <v>200</v>
       </c>
       <c r="K45" s="6" t="s">
-        <v>163</v>
+        <v>201</v>
       </c>
       <c r="L45" s="10" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="M45" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O45" s="6">
-        <v>95470.02</v>
+        <v>95233.08</v>
       </c>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B46" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C46" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
-      <c r="E46" s="6" t="s">
-        <v>203</v>
+      <c r="E46" s="6">
+        <v>21000807725</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="G46" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I46" s="6">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.5</v>
       </c>
       <c r="J46" s="10" t="s">
         <v>204</v>
       </c>
       <c r="K46" s="6" t="s">
-        <v>119</v>
+        <v>160</v>
       </c>
       <c r="L46" s="10" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="M46" s="6" t="s">
         <v>205</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O46" s="6">
-        <v>8190.73</v>
+        <v>97061.17</v>
       </c>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
         <v>206</v>
       </c>
       <c r="B47" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C47" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D47" s="6">
         <v>0</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>207</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
       <c r="G47" s="10" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="I47" s="6">
-        <v>45</v>
+        <v>4.5</v>
       </c>
       <c r="J47" s="10" t="s">
         <v>208</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>99</v>
+        <v>68</v>
       </c>
       <c r="L47" s="10" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>209</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O47" s="6">
-        <v>105175.7</v>
+        <v>8272.52</v>
       </c>
       <c r="P47" s="6"/>
     </row>
-    <row r="48" spans="1:16" customHeight="1" ht="65">
+    <row r="48" spans="1:16">
       <c r="A48" s="6" t="s">
         <v>210</v>
       </c>
       <c r="B48" s="6">
         <v>0</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>211</v>
       </c>
       <c r="F48" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I48" s="6">
+        <v>1.93</v>
+      </c>
+      <c r="J48" s="10"/>
+      <c r="K48" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="L48" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="M48" s="6" t="s">
         <v>212</v>
       </c>
-      <c r="G48" s="10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N48" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O48" s="6"/>
+      <c r="O48" s="6">
+        <v>24851.4</v>
+      </c>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B49" s="6">
+        <v>0</v>
+      </c>
+      <c r="C49" s="6">
+        <v>0</v>
+      </c>
+      <c r="D49" s="6">
+        <v>0</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="G49" s="10" t="s">
         <v>23</v>
-      </c>
-[...13 lines deleted...]
-        <v>79</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I49" s="6">
-        <v>4.2</v>
+        <v>45</v>
       </c>
       <c r="J49" s="10" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="K49" s="6" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="L49" s="10" t="s">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O49" s="6">
-        <v>15993.24</v>
+        <v>105175.7</v>
       </c>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="B50" s="6">
+        <v>0</v>
+      </c>
+      <c r="C50" s="6">
+        <v>0</v>
+      </c>
+      <c r="D50" s="6">
+        <v>0</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>219</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I50" s="6">
+        <v>125</v>
+      </c>
+      <c r="J50" s="10" t="s">
         <v>221</v>
       </c>
-      <c r="B50" s="6">
-[...8 lines deleted...]
-      <c r="E50" s="6" t="s">
+      <c r="K50" s="6" t="s">
         <v>222</v>
       </c>
-      <c r="F50" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J50" s="10" t="s">
+      <c r="L50" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="M50" s="6" t="s">
         <v>223</v>
       </c>
-      <c r="K50" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N50" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O50" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O50" s="6"/>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="65">
       <c r="A51" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="B51" s="6">
+        <v>21</v>
+      </c>
+      <c r="C51" s="6">
+        <v>21</v>
+      </c>
+      <c r="D51" s="6">
+        <v>0</v>
+      </c>
+      <c r="E51" s="6" t="s">
         <v>225</v>
       </c>
-      <c r="B51" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F51" s="9" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="G51" s="10" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I51" s="6">
-        <v>9.2</v>
+        <v>4.2</v>
       </c>
       <c r="J51" s="10" t="s">
+        <v>226</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L51" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M51" s="6" t="s">
         <v>227</v>
       </c>
-      <c r="K51" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N51" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O51" s="6">
-        <v>86538.65</v>
+        <v>15993.24</v>
       </c>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="65">
       <c r="A52" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="B52" s="6">
+        <v>0</v>
+      </c>
+      <c r="C52" s="6">
+        <v>0</v>
+      </c>
+      <c r="D52" s="6">
+        <v>0</v>
+      </c>
+      <c r="E52" s="6" t="s">
         <v>229</v>
-      </c>
-[...10 lines deleted...]
-        <v>57008</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G52" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="6">
-        <v>0.2</v>
+        <v>9.2</v>
       </c>
       <c r="J52" s="10" t="s">
         <v>230</v>
       </c>
       <c r="K52" s="6" t="s">
-        <v>197</v>
+        <v>26</v>
       </c>
       <c r="L52" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M52" s="6" t="s">
         <v>231</v>
       </c>
-      <c r="M52" s="6" t="s">
+      <c r="N52" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O52" s="6">
+        <v>71123.35</v>
+      </c>
+      <c r="P52" s="6"/>
+    </row>
+    <row r="53" spans="1:16" customHeight="1" ht="65">
+      <c r="A53" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="N52" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A53" s="6" t="s">
+      <c r="B53" s="6">
+        <v>0</v>
+      </c>
+      <c r="C53" s="6">
+        <v>0</v>
+      </c>
+      <c r="D53" s="6">
+        <v>0</v>
+      </c>
+      <c r="E53" s="6" t="s">
         <v>233</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="I53" s="6">
-        <v>11.5</v>
+        <v>9.2</v>
       </c>
       <c r="J53" s="10" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="K53" s="6" t="s">
-        <v>197</v>
+        <v>26</v>
       </c>
       <c r="L53" s="10" t="s">
         <v>32</v>
       </c>
       <c r="M53" s="6" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O53" s="6">
-        <v>189969.06</v>
+        <v>86538.65</v>
       </c>
       <c r="P53" s="6"/>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="65">
       <c r="A54" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="B54" s="6">
+        <v>1</v>
+      </c>
+      <c r="C54" s="6">
+        <v>1</v>
+      </c>
+      <c r="D54" s="6">
+        <v>0</v>
+      </c>
+      <c r="E54" s="6">
+        <v>57008</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G54" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I54" s="6">
+        <v>0.2</v>
+      </c>
+      <c r="J54" s="10" t="s">
         <v>237</v>
       </c>
-      <c r="B54" s="6">
-[...8 lines deleted...]
-      <c r="E54" s="6" t="s">
+      <c r="K54" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="L54" s="10" t="s">
         <v>238</v>
       </c>
-      <c r="F54" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J54" s="10" t="s">
+      <c r="M54" s="6" t="s">
         <v>239</v>
       </c>
-      <c r="K54" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M54" s="6" t="s">
+      <c r="N54" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O54" s="6">
+        <v>31954.98</v>
+      </c>
+      <c r="P54" s="6"/>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" s="6" t="s">
         <v>240</v>
       </c>
-      <c r="N54" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A55" s="6" t="s">
+      <c r="B55" s="6">
+        <v>39</v>
+      </c>
+      <c r="C55" s="6">
+        <v>39</v>
+      </c>
+      <c r="D55" s="6">
+        <v>0</v>
+      </c>
+      <c r="E55" s="6" t="s">
         <v>241</v>
       </c>
-      <c r="B55" s="6">
-[...8 lines deleted...]
-      <c r="E55" s="6" t="s">
+      <c r="F55" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G55" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I55" s="6">
+        <v>11.5</v>
+      </c>
+      <c r="J55" s="10" t="s">
         <v>242</v>
       </c>
-      <c r="F55" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J55" s="10" t="s">
+      <c r="K55" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="L55" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M55" s="6" t="s">
         <v>243</v>
       </c>
-      <c r="K55" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N55" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O55" s="6"/>
+      <c r="O55" s="6">
+        <v>184508.39</v>
+      </c>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="65">
       <c r="A56" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="B56" s="6">
+        <v>0</v>
+      </c>
+      <c r="C56" s="6">
+        <v>0</v>
+      </c>
+      <c r="D56" s="6">
+        <v>0</v>
+      </c>
+      <c r="E56" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="B56" s="6">
-[...8 lines deleted...]
-      <c r="E56" s="6" t="s">
+      <c r="F56" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G56" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I56" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="J56" s="10" t="s">
         <v>246</v>
       </c>
-      <c r="F56" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J56" s="10" t="s">
+      <c r="K56" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="L56" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M56" s="6" t="s">
         <v>247</v>
       </c>
-      <c r="K56" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N56" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O56" s="6">
-        <v>184290.16</v>
+        <v>58743.13</v>
       </c>
       <c r="P56" s="6"/>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="65">
       <c r="A57" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="B57" s="6">
+        <v>0</v>
+      </c>
+      <c r="C57" s="6">
+        <v>0</v>
+      </c>
+      <c r="D57" s="6">
+        <v>0</v>
+      </c>
+      <c r="E57" s="6" t="s">
         <v>249</v>
       </c>
-      <c r="B57" s="6">
-[...8 lines deleted...]
-      <c r="E57" s="6" t="s">
+      <c r="F57" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G57" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I57" s="6">
+        <v>15.51</v>
+      </c>
+      <c r="J57" s="10" t="s">
         <v>250</v>
       </c>
-      <c r="F57" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J57" s="10" t="s">
+      <c r="K57" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="L57" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M57" s="6" t="s">
         <v>251</v>
       </c>
-      <c r="K57" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N57" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O57" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O57" s="6"/>
       <c r="P57" s="6"/>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="65">
       <c r="A58" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="B58" s="6">
+        <v>24</v>
+      </c>
+      <c r="C58" s="6">
+        <v>24</v>
+      </c>
+      <c r="D58" s="6">
+        <v>0</v>
+      </c>
+      <c r="E58" s="6" t="s">
         <v>253</v>
       </c>
-      <c r="B58" s="6">
-[...8 lines deleted...]
-      <c r="E58" s="6" t="s">
+      <c r="F58" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I58" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="J58" s="10" t="s">
         <v>254</v>
       </c>
-      <c r="F58" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J58" s="10" t="s">
+      <c r="K58" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L58" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M58" s="6" t="s">
         <v>255</v>
       </c>
-      <c r="K58" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N58" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O58" s="6">
-        <v>60499.3</v>
+        <v>30978.43</v>
       </c>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="B59" s="6">
+        <v>14</v>
+      </c>
+      <c r="C59" s="6">
+        <v>14</v>
+      </c>
+      <c r="D59" s="6">
+        <v>0</v>
+      </c>
+      <c r="E59" s="6" t="s">
         <v>257</v>
       </c>
-      <c r="B59" s="6">
-[...8 lines deleted...]
-      <c r="E59" s="6" t="s">
+      <c r="F59" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I59" s="6">
+        <v>0</v>
+      </c>
+      <c r="J59" s="10" t="s">
         <v>258</v>
       </c>
-      <c r="F59" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J59" s="10" t="s">
+      <c r="K59" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L59" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M59" s="6" t="s">
         <v>259</v>
       </c>
-      <c r="K59" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N59" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O59" s="6">
-        <v>60499.3</v>
+        <v>15653.38</v>
       </c>
       <c r="P59" s="6"/>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="65">
       <c r="A60" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="B60" s="6">
+        <v>0</v>
+      </c>
+      <c r="C60" s="6">
+        <v>0</v>
+      </c>
+      <c r="D60" s="6">
+        <v>0</v>
+      </c>
+      <c r="E60" s="6" t="s">
         <v>261</v>
       </c>
-      <c r="B60" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F60" s="9" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="6">
-        <v>17</v>
+        <v>43.5</v>
       </c>
       <c r="J60" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="L60" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M60" s="6" t="s">
         <v>263</v>
       </c>
-      <c r="K60" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N60" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O60" s="6">
-        <v>76322.19</v>
+        <v>184290.16</v>
       </c>
       <c r="P60" s="6"/>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="B61" s="6">
+        <v>0</v>
+      </c>
+      <c r="C61" s="6">
+        <v>0</v>
+      </c>
+      <c r="D61" s="6">
+        <v>0</v>
+      </c>
+      <c r="E61" s="6" t="s">
         <v>265</v>
       </c>
-      <c r="B61" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F61" s="9" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="G61" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="6">
-        <v>4.5</v>
+        <v>8.5</v>
       </c>
       <c r="J61" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="L61" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M61" s="6" t="s">
         <v>267</v>
       </c>
-      <c r="K61" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N61" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O61" s="6">
-        <v>11956.61</v>
+        <v>44444.4</v>
       </c>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="B62" s="6">
+        <v>0</v>
+      </c>
+      <c r="C62" s="6">
+        <v>0</v>
+      </c>
+      <c r="D62" s="6">
+        <v>0</v>
+      </c>
+      <c r="E62" s="6" t="s">
         <v>269</v>
       </c>
-      <c r="B62" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F62" s="9" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="G62" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="6">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="J62" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="L62" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M62" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="K62" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N62" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O62" s="6">
-        <v>54432.01</v>
+        <v>60499.3</v>
       </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="G63" s="10" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="6">
-        <v>0</v>
+        <v>11.5</v>
       </c>
       <c r="J63" s="10" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>132</v>
+        <v>103</v>
       </c>
       <c r="L63" s="10" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O63" s="6">
-        <v>41583.46</v>
+        <v>60499.3</v>
       </c>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="65">
       <c r="A64" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="B64" s="6">
+        <v>0</v>
+      </c>
+      <c r="C64" s="6">
+        <v>0</v>
+      </c>
+      <c r="D64" s="6">
+        <v>0</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="G64" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I64" s="6">
+        <v>17</v>
+      </c>
+      <c r="J64" s="10" t="s">
         <v>278</v>
       </c>
-      <c r="B64" s="6">
-[...8 lines deleted...]
-      <c r="E64" s="6" t="s">
+      <c r="K64" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="L64" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M64" s="6" t="s">
         <v>279</v>
       </c>
-      <c r="F64" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N64" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O64" s="6">
-        <v>119246.98</v>
+        <v>76322.19</v>
       </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="65">
       <c r="A65" s="6" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B65" s="6">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="G65" s="10" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I65" s="6">
-        <v>13.4</v>
+        <v>25</v>
       </c>
       <c r="J65" s="10" t="s">
+        <v>282</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="L65" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M65" s="6" t="s">
         <v>284</v>
       </c>
-      <c r="K65" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L65" s="10" t="s">
+      <c r="N65" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O65" s="6">
+        <v>54432.01</v>
+      </c>
+      <c r="P65" s="6"/>
+    </row>
+    <row r="66" spans="1:16" customHeight="1" ht="65">
+      <c r="A66" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="B66" s="6">
+        <v>0</v>
+      </c>
+      <c r="C66" s="6">
+        <v>0</v>
+      </c>
+      <c r="D66" s="6">
+        <v>0</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="F66" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="M65" s="6" t="s">
-[...23 lines deleted...]
-      <c r="E66" s="6" t="s">
+      <c r="G66" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I66" s="6">
+        <v>0</v>
+      </c>
+      <c r="J66" s="10" t="s">
         <v>287</v>
       </c>
-      <c r="F66" s="9" t="s">
+      <c r="K66" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="L66" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M66" s="6" t="s">
         <v>288</v>
       </c>
-      <c r="G66" s="10" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="N66" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O66" s="6"/>
+      <c r="O66" s="6">
+        <v>41583.46</v>
+      </c>
       <c r="P66" s="6"/>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="B67" s="6">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>0</v>
       </c>
       <c r="D67" s="6">
         <v>0</v>
       </c>
       <c r="E67" s="6" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="G67" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="I67" s="6">
-        <v>7.4</v>
+        <v>45</v>
       </c>
       <c r="J67" s="10" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="K67" s="6" t="s">
-        <v>119</v>
+        <v>68</v>
       </c>
       <c r="L67" s="10" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O67" s="6">
-        <v>16601.47</v>
+        <v>120427.78</v>
       </c>
       <c r="P67" s="6"/>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="65">
       <c r="A68" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="B68" s="6">
+        <v>0</v>
+      </c>
+      <c r="C68" s="6">
+        <v>0</v>
+      </c>
+      <c r="D68" s="6">
+        <v>0</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G68" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I68" s="6">
+        <v>13.4</v>
+      </c>
+      <c r="J68" s="10" t="s">
+        <v>295</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L68" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M68" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="N68" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O68" s="6">
+        <v>95573.5</v>
+      </c>
+      <c r="P68" s="6"/>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" s="6" t="s">
         <v>297</v>
       </c>
-      <c r="B68" s="6">
-[...8 lines deleted...]
-      <c r="E68" s="6" t="s">
+      <c r="B69" s="6">
+        <v>0</v>
+      </c>
+      <c r="C69" s="6">
+        <v>0</v>
+      </c>
+      <c r="D69" s="6">
+        <v>0</v>
+      </c>
+      <c r="E69" s="6" t="s">
         <v>298</v>
       </c>
-      <c r="F68" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J68" s="10" t="s">
+      <c r="F69" s="9" t="s">
         <v>299</v>
       </c>
-      <c r="K68" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M68" s="6" t="s">
+      <c r="G69" s="10" t="s">
         <v>300</v>
       </c>
-      <c r="N68" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A69" s="6" t="s">
+      <c r="H69" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I69" s="6">
+        <v>0</v>
+      </c>
+      <c r="J69" s="10" t="s">
         <v>301</v>
       </c>
-      <c r="B69" s="6">
-[...8 lines deleted...]
-      <c r="E69" s="6" t="s">
+      <c r="K69" s="6" t="s">
         <v>302</v>
       </c>
-      <c r="F69" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J69" s="10" t="s">
+      <c r="L69" s="10"/>
+      <c r="M69" s="6" t="s">
         <v>303</v>
       </c>
-      <c r="K69" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N69" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O69" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O69" s="6"/>
       <c r="P69" s="6"/>
     </row>
     <row r="70" spans="1:16" customHeight="1" ht="65">
       <c r="A70" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="B70" s="6">
+        <v>0</v>
+      </c>
+      <c r="C70" s="6">
+        <v>0</v>
+      </c>
+      <c r="D70" s="6">
+        <v>0</v>
+      </c>
+      <c r="E70" s="6" t="s">
         <v>305</v>
       </c>
-      <c r="B70" s="6">
-[...8 lines deleted...]
-      <c r="E70" s="6" t="s">
+      <c r="F70" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G70" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I70" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="J70" s="10" t="s">
         <v>306</v>
       </c>
-      <c r="F70" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J70" s="10" t="s">
+      <c r="K70" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L70" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M70" s="6" t="s">
         <v>307</v>
       </c>
-      <c r="K70" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N70" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O70" s="6">
-        <v>16008.19</v>
+        <v>16765.06</v>
       </c>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="B71" s="6">
+        <v>0</v>
+      </c>
+      <c r="C71" s="6">
+        <v>0</v>
+      </c>
+      <c r="D71" s="6">
+        <v>0</v>
+      </c>
+      <c r="E71" s="6" t="s">
         <v>309</v>
       </c>
-      <c r="B71" s="6">
-[...8 lines deleted...]
-      <c r="E71" s="6" t="s">
+      <c r="F71" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G71" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I71" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="J71" s="10" t="s">
         <v>310</v>
       </c>
-      <c r="F71" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J71" s="10" t="s">
+      <c r="K71" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L71" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M71" s="6" t="s">
         <v>311</v>
       </c>
-      <c r="K71" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N71" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O71" s="6"/>
+      <c r="O71" s="6">
+        <v>8143.79</v>
+      </c>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="65">
       <c r="A72" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="B72" s="6">
+        <v>11</v>
+      </c>
+      <c r="C72" s="6">
+        <v>11</v>
+      </c>
+      <c r="D72" s="6">
+        <v>0</v>
+      </c>
+      <c r="E72" s="6" t="s">
         <v>313</v>
-      </c>
-[...10 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G72" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="I72" s="6">
-        <v>5</v>
+        <v>4.4</v>
       </c>
       <c r="J72" s="10" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="K72" s="6" t="s">
-        <v>137</v>
+        <v>68</v>
       </c>
       <c r="L72" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O72" s="6"/>
+      <c r="O72" s="6">
+        <v>10971.64</v>
+      </c>
       <c r="P72" s="6"/>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="65">
       <c r="A73" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="B73" s="6">
+        <v>1</v>
+      </c>
+      <c r="C73" s="6">
+        <v>1</v>
+      </c>
+      <c r="D73" s="6">
+        <v>0</v>
+      </c>
+      <c r="E73" s="6" t="s">
         <v>317</v>
       </c>
-      <c r="B73" s="6">
-[...8 lines deleted...]
-      <c r="E73" s="6" t="s">
+      <c r="F73" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I73" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="J73" s="10" t="s">
         <v>318</v>
       </c>
-      <c r="F73" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J73" s="10" t="s">
+      <c r="K73" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L73" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M73" s="6" t="s">
         <v>319</v>
       </c>
-      <c r="K73" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N73" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O73" s="6"/>
+      <c r="O73" s="6">
+        <v>16008.19</v>
+      </c>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B74" s="6">
+        <v>0</v>
+      </c>
+      <c r="C74" s="6">
+        <v>0</v>
+      </c>
+      <c r="D74" s="6">
+        <v>0</v>
+      </c>
+      <c r="E74" s="6" t="s">
         <v>321</v>
       </c>
-      <c r="B74" s="6">
-[...8 lines deleted...]
-      <c r="E74" s="6" t="s">
+      <c r="F74" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" s="10" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="6">
-        <v>0</v>
+        <v>5.9</v>
       </c>
       <c r="J74" s="10" t="s">
         <v>323</v>
       </c>
       <c r="K74" s="6" t="s">
-        <v>137</v>
+        <v>324</v>
       </c>
       <c r="L74" s="10" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="M74" s="6" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B75" s="6">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>0</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G75" s="10" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="6">
-        <v>2.5</v>
+        <v>5</v>
       </c>
       <c r="J75" s="10" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K75" s="6" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="L75" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M75" s="6" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O75" s="6"/>
       <c r="P75" s="6"/>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B76" s="6">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="C76" s="6">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="D76" s="6">
         <v>0</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>92</v>
+        <v>153</v>
       </c>
       <c r="G76" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I76" s="6">
-        <v>19.7</v>
+        <v>0</v>
       </c>
       <c r="J76" s="10" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="K76" s="6" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="L76" s="10" t="s">
-        <v>92</v>
+        <v>155</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O76" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O76" s="6"/>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B77" s="6">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>32</v>
+        <v>153</v>
       </c>
       <c r="G77" s="10" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I77" s="6">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="J77" s="10" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K77" s="6" t="s">
-        <v>197</v>
+        <v>140</v>
       </c>
       <c r="L77" s="10" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O77" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O77" s="6"/>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B78" s="6">
         <v>0</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>85</v>
+        <v>22</v>
       </c>
       <c r="G78" s="10" t="s">
-        <v>339</v>
+        <v>23</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I78" s="6">
-        <v>7.5</v>
+        <v>2.5</v>
       </c>
       <c r="J78" s="10" t="s">
         <v>340</v>
       </c>
       <c r="K78" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L78" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M78" s="6" t="s">
         <v>341</v>
       </c>
-      <c r="L78" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N78" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O78" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O78" s="6"/>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="B79" s="6">
+        <v>0</v>
+      </c>
+      <c r="C79" s="6">
+        <v>0</v>
+      </c>
+      <c r="D79" s="6">
+        <v>0</v>
+      </c>
+      <c r="E79" s="6" t="s">
         <v>343</v>
       </c>
-      <c r="B79" s="6">
-[...8 lines deleted...]
-      <c r="E79" s="6" t="s">
+      <c r="F79" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="G79" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I79" s="6">
+        <v>19.7</v>
+      </c>
+      <c r="J79" s="10" t="s">
         <v>344</v>
       </c>
-      <c r="F79" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J79" s="10" t="s">
+      <c r="K79" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L79" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M79" s="6" t="s">
         <v>345</v>
       </c>
-      <c r="K79" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N79" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O79" s="6">
-        <v>43476.48</v>
+        <v>38916.86</v>
       </c>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="65">
       <c r="A80" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="B80" s="6">
+        <v>0</v>
+      </c>
+      <c r="C80" s="6">
+        <v>0</v>
+      </c>
+      <c r="D80" s="6">
+        <v>0</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="F80" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G80" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I80" s="6">
+        <v>11</v>
+      </c>
+      <c r="J80" s="10" t="s">
         <v>348</v>
       </c>
-      <c r="B80" s="6">
-[...8 lines deleted...]
-      <c r="E80" s="6" t="s">
+      <c r="K80" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="L80" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M80" s="6" t="s">
         <v>349</v>
       </c>
-      <c r="F80" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N80" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O80" s="6">
-        <v>13553.19</v>
+        <v>212040.25</v>
       </c>
       <c r="P80" s="6"/>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="B81" s="6">
+        <v>0</v>
+      </c>
+      <c r="C81" s="6">
+        <v>0</v>
+      </c>
+      <c r="D81" s="6">
+        <v>0</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="F81" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="G81" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I81" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="J81" s="10" t="s">
         <v>352</v>
       </c>
-      <c r="B81" s="6">
-[...8 lines deleted...]
-      <c r="E81" s="6" t="s">
+      <c r="K81" s="6" t="s">
         <v>353</v>
       </c>
-      <c r="F81" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J81" s="10" t="s">
+      <c r="L81" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="M81" s="6" t="s">
         <v>354</v>
       </c>
-      <c r="K81" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N81" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O81" s="6">
-        <v>25600.47</v>
+        <v>23744.56</v>
       </c>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="65">
       <c r="A82" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="B82" s="6">
+        <v>0</v>
+      </c>
+      <c r="C82" s="6">
+        <v>0</v>
+      </c>
+      <c r="D82" s="6">
+        <v>0</v>
+      </c>
+      <c r="E82" s="6" t="s">
         <v>356</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
       <c r="F82" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G82" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="I82" s="6">
-        <v>3.65</v>
+        <v>10</v>
       </c>
       <c r="J82" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="K82" s="6" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="L82" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M82" s="6" t="s">
         <v>359</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O82" s="6">
-        <v>38949.33</v>
+        <v>43476.48</v>
       </c>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
         <v>360</v>
       </c>
       <c r="B83" s="6">
         <v>0</v>
       </c>
       <c r="C83" s="6">
         <v>0</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="6" t="s">
         <v>361</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G83" s="10" t="s">
-        <v>43</v>
+        <v>77</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="I83" s="6">
-        <v>26</v>
+        <v>2.9</v>
       </c>
       <c r="J83" s="10" t="s">
         <v>362</v>
       </c>
       <c r="K83" s="6" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="L83" s="10" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>363</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O83" s="6">
-        <v>176653.67</v>
+        <v>13687.38</v>
       </c>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
         <v>364</v>
       </c>
       <c r="B84" s="6">
         <v>0</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="6" t="s">
         <v>365</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="G84" s="10" t="s">
-        <v>43</v>
+        <v>77</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="I84" s="6">
-        <v>17</v>
+        <v>11.5</v>
       </c>
       <c r="J84" s="10" t="s">
         <v>366</v>
       </c>
       <c r="K84" s="6" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="L84" s="10" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="M84" s="6" t="s">
         <v>367</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O84" s="6">
-        <v>86233.26</v>
+        <v>25853.94</v>
       </c>
       <c r="P84" s="6"/>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="65">
       <c r="A85" s="6" t="s">
         <v>368</v>
       </c>
       <c r="B85" s="6">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="C85" s="6">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="D85" s="6">
         <v>0</v>
       </c>
       <c r="E85" s="6" t="s">
         <v>369</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="G85" s="10" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="I85" s="6">
-        <v>21</v>
+        <v>3.65</v>
       </c>
       <c r="J85" s="10" t="s">
         <v>370</v>
       </c>
       <c r="K85" s="6" t="s">
-        <v>45</v>
+        <v>140</v>
       </c>
       <c r="L85" s="10" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="M85" s="6" t="s">
         <v>371</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O85" s="6">
-        <v>116536.99</v>
+        <v>37606.5</v>
       </c>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
         <v>372</v>
       </c>
       <c r="B86" s="6">
         <v>0</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
       <c r="E86" s="6" t="s">
         <v>373</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I86" s="6">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="J86" s="10" t="s">
         <v>374</v>
       </c>
       <c r="K86" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L86" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M86" s="6" t="s">
         <v>375</v>
       </c>
-      <c r="L86" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N86" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O86" s="6"/>
+      <c r="O86" s="6">
+        <v>175128.62</v>
+      </c>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="B87" s="6">
+        <v>0</v>
+      </c>
+      <c r="C87" s="6">
+        <v>0</v>
+      </c>
+      <c r="D87" s="6">
+        <v>0</v>
+      </c>
+      <c r="E87" s="6" t="s">
         <v>377</v>
       </c>
-      <c r="B87" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F87" s="9" t="s">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I87" s="6">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="J87" s="10" t="s">
+        <v>378</v>
+      </c>
+      <c r="K87" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L87" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M87" s="6" t="s">
         <v>379</v>
       </c>
-      <c r="K87" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N87" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O87" s="6"/>
+      <c r="O87" s="6">
+        <v>86953.88</v>
+      </c>
       <c r="P87" s="6"/>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="B88" s="6">
+        <v>0</v>
+      </c>
+      <c r="C88" s="6">
+        <v>0</v>
+      </c>
+      <c r="D88" s="6">
+        <v>0</v>
+      </c>
+      <c r="E88" s="6" t="s">
         <v>381</v>
       </c>
-      <c r="B88" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F88" s="9" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I88" s="6">
-        <v>9.2</v>
+        <v>21</v>
       </c>
       <c r="J88" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="K88" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L88" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M88" s="6" t="s">
         <v>383</v>
       </c>
-      <c r="K88" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N88" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O88" s="6">
-        <v>57774.08</v>
+        <v>117241.38</v>
       </c>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="B89" s="6">
+        <v>0</v>
+      </c>
+      <c r="C89" s="6">
+        <v>0</v>
+      </c>
+      <c r="D89" s="6">
+        <v>0</v>
+      </c>
+      <c r="E89" s="6" t="s">
         <v>385</v>
       </c>
-      <c r="B89" s="6">
-[...8 lines deleted...]
-      <c r="E89" s="6" t="s">
+      <c r="F89" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G89" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I89" s="6">
+        <v>3</v>
+      </c>
+      <c r="J89" s="10" t="s">
         <v>386</v>
       </c>
-      <c r="F89" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J89" s="10" t="s">
+      <c r="K89" s="6" t="s">
         <v>387</v>
       </c>
-      <c r="K89" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L89" s="10" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M89" s="6" t="s">
         <v>388</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O89" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O89" s="6"/>
       <c r="P89" s="6"/>
     </row>
-    <row r="90" spans="1:16">
+    <row r="90" spans="1:16" customHeight="1" ht="65">
       <c r="A90" s="6" t="s">
         <v>389</v>
       </c>
       <c r="B90" s="6">
         <v>0</v>
       </c>
       <c r="C90" s="6">
         <v>0</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
       <c r="E90" s="6" t="s">
         <v>390</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="G90" s="10" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="6">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="J90" s="10" t="s">
         <v>391</v>
       </c>
       <c r="K90" s="6" t="s">
-        <v>87</v>
+        <v>387</v>
       </c>
       <c r="L90" s="10" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>392</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O90" s="6"/>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
         <v>393</v>
       </c>
       <c r="B91" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C91" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
       <c r="E91" s="6" t="s">
         <v>394</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I91" s="6">
-        <v>63</v>
+        <v>9.2</v>
       </c>
       <c r="J91" s="10" t="s">
         <v>395</v>
       </c>
       <c r="K91" s="6" t="s">
-        <v>119</v>
+        <v>387</v>
       </c>
       <c r="L91" s="10" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="M91" s="6" t="s">
         <v>396</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O91" s="6">
-        <v>152858.88</v>
+        <v>57774.08</v>
       </c>
       <c r="P91" s="6"/>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="65">
       <c r="A92" s="6" t="s">
         <v>397</v>
       </c>
       <c r="B92" s="6">
         <v>0</v>
       </c>
       <c r="C92" s="6">
         <v>0</v>
       </c>
       <c r="D92" s="6">
         <v>0</v>
       </c>
       <c r="E92" s="6" t="s">
         <v>398</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="I92" s="6">
-        <v>38</v>
+        <v>3.65</v>
       </c>
       <c r="J92" s="10" t="s">
         <v>399</v>
       </c>
       <c r="K92" s="6" t="s">
-        <v>45</v>
+        <v>140</v>
       </c>
       <c r="L92" s="10" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M92" s="6" t="s">
         <v>400</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O92" s="6">
-        <v>251307.06</v>
+        <v>23514.57</v>
       </c>
       <c r="P92" s="6"/>
     </row>
-    <row r="93" spans="1:16" customHeight="1" ht="65">
+    <row r="93" spans="1:16">
       <c r="A93" s="6" t="s">
         <v>401</v>
       </c>
       <c r="B93" s="6">
         <v>0</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6">
         <v>0</v>
       </c>
       <c r="E93" s="6" t="s">
         <v>402</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="G93" s="10" t="s">
-        <v>403</v>
+        <v>66</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="6">
-        <v>4.275</v>
+        <v>41</v>
       </c>
       <c r="J93" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="K93" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L93" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M93" s="6" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>406</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O93" s="6"/>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="B94" s="6">
+        <v>1</v>
+      </c>
+      <c r="C94" s="6">
+        <v>1</v>
+      </c>
+      <c r="D94" s="6">
+        <v>0</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="F94" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G94" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I94" s="6">
+        <v>63</v>
+      </c>
+      <c r="J94" s="10" t="s">
         <v>407</v>
       </c>
-      <c r="B94" s="6">
-[...8 lines deleted...]
-      <c r="E94" s="6" t="s">
+      <c r="K94" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L94" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M94" s="6" t="s">
         <v>408</v>
       </c>
-      <c r="F94" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N94" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O94" s="6"/>
+      <c r="O94" s="6">
+        <v>154372.61</v>
+      </c>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="B95" s="6">
+        <v>0</v>
+      </c>
+      <c r="C95" s="6">
+        <v>0</v>
+      </c>
+      <c r="D95" s="6">
+        <v>0</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="F95" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G95" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I95" s="6">
+        <v>38</v>
+      </c>
+      <c r="J95" s="10" t="s">
         <v>411</v>
       </c>
-      <c r="B95" s="6">
-[...8 lines deleted...]
-      <c r="E95" s="6" t="s">
+      <c r="K95" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L95" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M95" s="6" t="s">
         <v>412</v>
       </c>
-      <c r="F95" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N95" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O95" s="6"/>
+      <c r="O95" s="6">
+        <v>249137.1</v>
+      </c>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="B96" s="6">
+        <v>28</v>
+      </c>
+      <c r="C96" s="6">
+        <v>28</v>
+      </c>
+      <c r="D96" s="6">
+        <v>0</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="F96" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G96" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I96" s="6">
+        <v>6</v>
+      </c>
+      <c r="J96" s="10" t="s">
         <v>415</v>
       </c>
-      <c r="B96" s="6">
-[...8 lines deleted...]
-      <c r="E96" s="6" t="s">
+      <c r="K96" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L96" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M96" s="6" t="s">
         <v>416</v>
       </c>
-      <c r="F96" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N96" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O96" s="6"/>
+      <c r="O96" s="6">
+        <v>5637.9</v>
+      </c>
       <c r="P96" s="6"/>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="65">
       <c r="A97" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="B97" s="6">
+        <v>0</v>
+      </c>
+      <c r="C97" s="6">
+        <v>0</v>
+      </c>
+      <c r="D97" s="6">
+        <v>0</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="F97" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G97" s="10" t="s">
+        <v>419</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I97" s="6">
+        <v>4.275</v>
+      </c>
+      <c r="J97" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="K97" s="6" t="s">
         <v>421</v>
       </c>
-      <c r="B97" s="6">
-[...8 lines deleted...]
-      <c r="E97" s="6" t="s">
+      <c r="L97" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M97" s="6" t="s">
         <v>422</v>
       </c>
-      <c r="F97" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N97" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O97" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O97" s="6"/>
       <c r="P97" s="6"/>
     </row>
     <row r="98" spans="1:16" customHeight="1" ht="65">
       <c r="A98" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="B98" s="6">
+        <v>0</v>
+      </c>
+      <c r="C98" s="6">
+        <v>0</v>
+      </c>
+      <c r="D98" s="6">
+        <v>0</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G98" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I98" s="6">
+        <v>3</v>
+      </c>
+      <c r="J98" s="10" t="s">
         <v>425</v>
       </c>
-      <c r="B98" s="6">
-[...8 lines deleted...]
-      <c r="E98" s="6" t="s">
+      <c r="K98" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="L98" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M98" s="6" t="s">
         <v>426</v>
       </c>
-      <c r="F98" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N98" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O98" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O98" s="6"/>
       <c r="P98" s="6"/>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="65">
       <c r="A99" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="B99" s="6">
+        <v>0</v>
+      </c>
+      <c r="C99" s="6">
+        <v>0</v>
+      </c>
+      <c r="D99" s="6">
+        <v>0</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="F99" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="G99" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H99" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I99" s="6">
+        <v>0.5</v>
+      </c>
+      <c r="J99" s="10" t="s">
+        <v>429</v>
+      </c>
+      <c r="K99" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="L99" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="M99" s="6" t="s">
         <v>430</v>
       </c>
-      <c r="B99" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N99" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O99" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O99" s="6"/>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="B100" s="6">
+        <v>0</v>
+      </c>
+      <c r="C100" s="6">
+        <v>0</v>
+      </c>
+      <c r="D100" s="6">
+        <v>0</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="F100" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G100" s="10" t="s">
+        <v>433</v>
+      </c>
+      <c r="H100" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I100" s="6">
+        <v>45</v>
+      </c>
+      <c r="J100" s="10" t="s">
         <v>434</v>
       </c>
-      <c r="B100" s="6">
-[...8 lines deleted...]
-      <c r="E100" s="6" t="s">
+      <c r="K100" s="6" t="s">
         <v>435</v>
       </c>
-      <c r="F100" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J100" s="10" t="s">
+      <c r="L100" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="M100" s="6" t="s">
         <v>436</v>
       </c>
-      <c r="K100" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N100" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O100" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O100" s="6"/>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="B101" s="6">
+        <v>0</v>
+      </c>
+      <c r="C101" s="6">
+        <v>0</v>
+      </c>
+      <c r="D101" s="6">
+        <v>0</v>
+      </c>
+      <c r="E101" s="6" t="s">
         <v>438</v>
       </c>
-      <c r="B101" s="6">
-[...8 lines deleted...]
-      <c r="E101" s="6" t="s">
+      <c r="F101" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="G101" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H101" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I101" s="6">
+        <v>92</v>
+      </c>
+      <c r="J101" s="10" t="s">
         <v>439</v>
       </c>
-      <c r="F101" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J101" s="10" t="s">
+      <c r="K101" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="L101" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M101" s="6" t="s">
         <v>440</v>
       </c>
-      <c r="K101" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N101" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O101" s="6"/>
+      <c r="O101" s="6">
+        <v>175449.33</v>
+      </c>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="B102" s="6">
+        <v>0</v>
+      </c>
+      <c r="C102" s="6">
+        <v>0</v>
+      </c>
+      <c r="D102" s="6">
+        <v>0</v>
+      </c>
+      <c r="E102" s="6" t="s">
         <v>442</v>
       </c>
-      <c r="B102" s="6">
-[...8 lines deleted...]
-      <c r="E102" s="6" t="s">
+      <c r="F102" s="9" t="s">
         <v>443</v>
       </c>
-      <c r="F102" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G102" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="6">
-        <v>4.2</v>
+        <v>9.8</v>
       </c>
       <c r="J102" s="10" t="s">
         <v>444</v>
       </c>
       <c r="K102" s="6" t="s">
-        <v>119</v>
+        <v>26</v>
       </c>
       <c r="L102" s="10" t="s">
-        <v>70</v>
+        <v>443</v>
       </c>
       <c r="M102" s="6" t="s">
         <v>445</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O102" s="6">
-        <v>10162.97</v>
+        <v>123181.26</v>
       </c>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
         <v>446</v>
       </c>
       <c r="B103" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C103" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
       <c r="E103" s="6" t="s">
         <v>447</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G103" s="10" t="s">
-        <v>156</v>
+        <v>23</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="I103" s="6">
-        <v>5.53</v>
+        <v>15.6</v>
       </c>
       <c r="J103" s="10" t="s">
         <v>448</v>
       </c>
       <c r="K103" s="6" t="s">
-        <v>158</v>
+        <v>201</v>
       </c>
       <c r="L103" s="10" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="M103" s="6" t="s">
         <v>449</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O103" s="6"/>
+      <c r="O103" s="6">
+        <v>254376.08</v>
+      </c>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
         <v>450</v>
       </c>
       <c r="B104" s="6">
         <v>0</v>
       </c>
       <c r="C104" s="6">
         <v>0</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
       <c r="E104" s="6" t="s">
         <v>451</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>70</v>
+        <v>153</v>
       </c>
       <c r="G104" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="6">
-        <v>16.8</v>
+        <v>0.75</v>
       </c>
       <c r="J104" s="10" t="s">
         <v>452</v>
       </c>
       <c r="K104" s="6" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>70</v>
+        <v>155</v>
       </c>
       <c r="M104" s="6" t="s">
         <v>453</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O104" s="6"/>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
         <v>454</v>
       </c>
       <c r="B105" s="6">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="C105" s="6">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
       <c r="E105" s="6" t="s">
         <v>455</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="G105" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="I105" s="6">
-        <v>4.5</v>
+        <v>4.2</v>
       </c>
       <c r="J105" s="10" t="s">
         <v>456</v>
       </c>
       <c r="K105" s="6" t="s">
-        <v>137</v>
+        <v>68</v>
       </c>
       <c r="L105" s="10" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="M105" s="6" t="s">
         <v>457</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O105" s="6">
-        <v>43095.59</v>
+        <v>10162.97</v>
       </c>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
         <v>458</v>
       </c>
       <c r="B106" s="6">
         <v>0</v>
       </c>
       <c r="C106" s="6">
         <v>0</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
       <c r="E106" s="6" t="s">
         <v>459</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>161</v>
+        <v>22</v>
       </c>
       <c r="G106" s="10" t="s">
-        <v>71</v>
+        <v>322</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="6">
-        <v>0</v>
+        <v>5.53</v>
       </c>
       <c r="J106" s="10" t="s">
         <v>460</v>
       </c>
       <c r="K106" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="L106" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M106" s="6" t="s">
         <v>461</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O106" s="6"/>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="B107" s="6">
+        <v>0</v>
+      </c>
+      <c r="C107" s="6">
+        <v>0</v>
+      </c>
+      <c r="D107" s="6">
+        <v>0</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="F107" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G107" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H107" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I107" s="6">
+        <v>16.8</v>
+      </c>
+      <c r="J107" s="10" t="s">
         <v>464</v>
       </c>
-      <c r="B107" s="6">
-[...8 lines deleted...]
-      <c r="E107" s="6" t="s">
+      <c r="K107" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="L107" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M107" s="6" t="s">
         <v>465</v>
       </c>
-      <c r="F107" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J107" s="10" t="s">
+      <c r="N107" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O107" s="6"/>
+      <c r="P107" s="6"/>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" s="6" t="s">
         <v>466</v>
       </c>
-      <c r="K107" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M107" s="6" t="s">
+      <c r="B108" s="6">
+        <v>0</v>
+      </c>
+      <c r="C108" s="6">
+        <v>0</v>
+      </c>
+      <c r="D108" s="6">
+        <v>0</v>
+      </c>
+      <c r="E108" s="6" t="s">
         <v>467</v>
       </c>
-      <c r="N107" s="6" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="F108" s="9" t="s">
-        <v>161</v>
+        <v>76</v>
       </c>
       <c r="G108" s="10" t="s">
-        <v>71</v>
+        <v>186</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="6">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.7</v>
+      </c>
+      <c r="J108" s="10"/>
       <c r="K108" s="6" t="s">
-        <v>163</v>
+        <v>187</v>
       </c>
       <c r="L108" s="10" t="s">
-        <v>164</v>
+        <v>76</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O108" s="6">
-        <v>124289</v>
+        <v>13931.61</v>
       </c>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B109" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="C109" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="F109" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H109" s="6" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="I109" s="6">
-        <v>0</v>
+        <v>4.5</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="K109" s="6" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="L109" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O109" s="6"/>
+      <c r="O109" s="6">
+        <v>41631.68</v>
+      </c>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="G110" s="10" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="6">
         <v>0</v>
       </c>
       <c r="J110" s="10" t="s">
+        <v>475</v>
+      </c>
+      <c r="K110" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="L110" s="10" t="s">
         <v>477</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="M110" s="6" t="s">
         <v>478</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O110" s="6"/>
       <c r="P110" s="6"/>
     </row>
-    <row r="111" spans="1:16">
+    <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
         <v>479</v>
       </c>
       <c r="B111" s="6">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="C111" s="6">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6" t="s">
         <v>480</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="G111" s="10" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="I111" s="6">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="J111" s="10" t="s">
         <v>481</v>
       </c>
       <c r="K111" s="6" t="s">
-        <v>119</v>
+        <v>68</v>
       </c>
       <c r="L111" s="10" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="M111" s="6" t="s">
         <v>482</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O111" s="6">
-        <v>30827.51</v>
+        <v>55867.39</v>
       </c>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
         <v>483</v>
       </c>
       <c r="B112" s="6">
         <v>0</v>
       </c>
       <c r="C112" s="6">
         <v>0</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
-      <c r="E112" s="6" t="s">
-        <v>484</v>
+      <c r="E112" s="6">
+        <v>21000807730</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>32</v>
+        <v>158</v>
       </c>
       <c r="G112" s="10" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="6">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="J112" s="10" t="s">
+        <v>484</v>
+      </c>
+      <c r="K112" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="L112" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="M112" s="6" t="s">
         <v>485</v>
       </c>
-      <c r="K112" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N112" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O112" s="6">
-        <v>331737.22</v>
+        <v>126360.48</v>
       </c>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="B113" s="6">
+        <v>0</v>
+      </c>
+      <c r="C113" s="6">
+        <v>0</v>
+      </c>
+      <c r="D113" s="6">
+        <v>0</v>
+      </c>
+      <c r="E113" s="6" t="s">
         <v>487</v>
-      </c>
-[...10 lines deleted...]
-        <v>488</v>
       </c>
       <c r="F113" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G113" s="10" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="6">
-        <v>13.5</v>
+        <v>0</v>
       </c>
       <c r="J113" s="10" t="s">
+        <v>488</v>
+      </c>
+      <c r="K113" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="L113" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M113" s="6" t="s">
         <v>489</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O113" s="6"/>
       <c r="P113" s="6"/>
+    </row>
+    <row r="114" spans="1:16" customHeight="1" ht="65">
+      <c r="A114" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B114" s="6">
+        <v>0</v>
+      </c>
+      <c r="C114" s="6">
+        <v>0</v>
+      </c>
+      <c r="D114" s="6">
+        <v>0</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="F114" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="G114" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I114" s="6">
+        <v>0</v>
+      </c>
+      <c r="J114" s="10" t="s">
+        <v>492</v>
+      </c>
+      <c r="K114" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="L114" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="M114" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="N114" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O114" s="6"/>
+      <c r="P114" s="6"/>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="B115" s="6">
+        <v>0</v>
+      </c>
+      <c r="C115" s="6">
+        <v>0</v>
+      </c>
+      <c r="D115" s="6">
+        <v>0</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="F115" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G115" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="H115" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I115" s="6">
+        <v>7</v>
+      </c>
+      <c r="J115" s="10"/>
+      <c r="K115" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="L115" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M115" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="N115" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O115" s="6">
+        <v>23910.64</v>
+      </c>
+      <c r="P115" s="6"/>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="B116" s="6">
+        <v>5</v>
+      </c>
+      <c r="C116" s="6">
+        <v>5</v>
+      </c>
+      <c r="D116" s="6">
+        <v>0</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="F116" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="G116" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I116" s="6">
+        <v>15</v>
+      </c>
+      <c r="J116" s="10" t="s">
+        <v>499</v>
+      </c>
+      <c r="K116" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L116" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M116" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="N116" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O116" s="6">
+        <v>30827.52</v>
+      </c>
+      <c r="P116" s="6"/>
+    </row>
+    <row r="117" spans="1:16" customHeight="1" ht="65">
+      <c r="A117" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="B117" s="6">
+        <v>0</v>
+      </c>
+      <c r="C117" s="6">
+        <v>0</v>
+      </c>
+      <c r="D117" s="6">
+        <v>0</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="F117" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G117" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H117" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I117" s="6">
+        <v>17</v>
+      </c>
+      <c r="J117" s="10" t="s">
+        <v>503</v>
+      </c>
+      <c r="K117" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="L117" s="10" t="s">
+        <v>238</v>
+      </c>
+      <c r="M117" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="N117" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O117" s="6">
+        <v>322167.59</v>
+      </c>
+      <c r="P117" s="6"/>
+    </row>
+    <row r="118" spans="1:16" customHeight="1" ht="65">
+      <c r="A118" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="B118" s="6">
+        <v>0</v>
+      </c>
+      <c r="C118" s="6">
+        <v>0</v>
+      </c>
+      <c r="D118" s="6">
+        <v>0</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="F118" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G118" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I118" s="6">
+        <v>13.5</v>
+      </c>
+      <c r="J118" s="10" t="s">
+        <v>507</v>
+      </c>
+      <c r="K118" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="L118" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="M118" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="N118" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O118" s="6"/>
+      <c r="P118" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>