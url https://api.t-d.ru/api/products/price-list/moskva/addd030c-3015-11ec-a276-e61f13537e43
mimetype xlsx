--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="837">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="833">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>04.11.2025 17:15:56</t>
+    <t>21.12.2025 08:14:50</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -1302,62 +1302,50 @@
 Особенности: Сенсорный дисплей 4.3”. 3 режима - одинарная порция, двойная порция или непрерывный помола. Взаимодействие с кофемашиной через Bluetooth модуль (кофемашина должна быть оборудована приёмным устройством). Система Perfect Grinding System (PGS) - обеспечивает регулировку степени помола и точность дозировки выдаваемых порций. Ёмкость для молотого кофе отсутствует - зёрна измельчаются прямо в держатель фильтра. Жернова с титановым напылением имеют длительный срок службы. USB-порт.</t>
   </si>
   <si>
     <t>00000361431</t>
   </si>
   <si>
     <t>Кофемашина автоматическая Bravilor Bonamat B40 L/R (right)</t>
   </si>
   <si>
     <t>B40 L/R (right)</t>
   </si>
   <si>
     <t>Кофемашина т.м.Bravilor Bonamat серии B, модель B40 L/R, 803x652x1101 мм, 380В, 14960Вт. 1 кофеварочная система и 1 контейнер 40 литров. (устанавливается справа от колонны кофеварки) Вместимость: 40 л. Производительность: 145 л (1160 чашек). Подключение к водопроводу: да. Время приготовления: 17 мин/40 л. Приготовление непосредственно в съёмные контейнеры. Оснащена панелью управления с LCD-дисплеем, системой контроля образования накипи, показателями общей и суточной статистики, сигналом "кофе готов", встроенными часами и системой энергосбережения. Состоит из кофеварочной колонны, контейнеров типа VHG, фильтров, подставки и каплесборника.</t>
   </si>
   <si>
     <t>00000392597</t>
   </si>
   <si>
     <t>Кофемашина автоматическая BIANCHI GAIA STYLE RY EASY</t>
   </si>
   <si>
     <t>GAIA STYLE RY EASY</t>
   </si>
   <si>
     <t>ЦБ-00017461</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000449138</t>
   </si>
   <si>
     <t>Кофемашина автоматическая WMF 03.1920.0050</t>
   </si>
   <si>
     <t>03.1920.0050</t>
   </si>
   <si>
     <t>Профессиональная автоматическая кофемашина т.м. WMF, модель 1500S+ 03.1920 (исп. 0050), Basic Milk, резервуар для воды 4,5 л, 1 кофемолка (1100 г) (правый бункер — с кофемолкой, левый бункер — без кофемолки, декоративный), SteamJet (подогрев чашки паром), Jet Option (подмес горячей воды в кофе), Basic Steam, горячая вода, Basic Clean, светодиодная подсветка, Dynamic Coffee Assist (автоматическая регулировка количества молотого кофе и степени помола), 325х706х590мм, 325Вт, 220В, рекомендованная производительность до 180 чашек в день, горячая вода  минимум 120 чашек, контейнер для кофе правый – 650 г, центральный – 550 г, контейнер для приготовления горячего шоколада или топпинга  1200 г, высота группы 70-175мм</t>
   </si>
   <si>
     <t>00000361114</t>
   </si>
   <si>
     <t>Кофемашина автоматическая WMF 03.1950.1001</t>
   </si>
   <si>
     <t>03.1950.1001</t>
   </si>
   <si>
     <t>Профессиональная автоматическая кофемашина т.м. WMF, модель 5000S+ (тип 03.1950) исп. 1001, Easy Milk, подключение к водопроводу, 1 кофемолка (правый бункер – с кофемолкой, левый бункер – без кофемолки, декоративный), SteamJet (подогрев чашки паром), Jet Option (подмес горячей воды в кофе), горячая вода, Easy Clean, светодиодная подсветка, 325х716х590мм, 350Вт, 220В, рекомендуемая производительность до 250 чашек в день, горячая вода до 160 чашек</t>
   </si>
   <si>
     <t>00000361115</t>
   </si>
@@ -2780,51 +2768,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a15f42f1e9a30eab389f46c3ea8b1c3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8ec5547aa73c630e379b471ae5f8a5c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82672490339bc5faa50c65297b6eb5b5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb4e6c121b2aeb8cbd88840a00bd649.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d249b516480d4c63e7a04ad9d813941.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09cb2d91bd56ee48d7b32f11e19575b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6989972c150e7c2c0669f9ed37d8f3.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c35e5ab2fb9b7daa0e78709c83c9b34.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4295950bfadebbfd12ebb9cf63930e2a.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7138634c31cb79cb105261c432f174f4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d798a938e2b14fc17cd922076929e9a2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716732c887930ce971559645cae6f951.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ced50a5e64ab91ddfdba1c654f3ec4b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1426a48b67ecc3ab7adc3833b1b836ed.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e709612a63a7f14c48edb5ddefb91efe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a633f993fc13083c614811620065da24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8611fc0f806883f150d43114bf154b9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1497929533190eb00434b67d873f8e2a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f7244db439fc3f0b7dc067e99535ef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc770b20cb41a4e72b3306e449a6efa.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f6ecf912dce11b72e3167e0a28b357.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79f088375a3dcfe9599ba16807af5963.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942cc21f8955f087d36ec27c200fb513.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59088b92991cdb7be028e3cb8ef31784.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4afddc4d9da13a65b168fc5b09bdb5.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/923fa35efc60405e733f3278e63727ca.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b839a5a9ca4477d819d57f0ef08d1b17.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195401403d5a238ad26930f36b8e478e.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b71c972f93b5f175a6f49115389b563.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a8c5f0a3640a78435e3b202c670cba.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38eb6689b64c528f14ee851b7d61099a.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/464cbb67581f2bcc91be554445249f05.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb2d84a8a03905f5b496a937e03aa84.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f53022535d8c3f0c48a544b6ca88438.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8c83db5d7542354cd410f20377bfc3.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4728318e9d635ef0f0fe2e8d74522f.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43b63f53c8f4b18da2f1e96ed93ca4cf.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902e0203dc619bc1911b779d1dc6354a.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b54b434db25ae844db5f21c48629e3.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c5ec54a1474d23be75a8d3a0483853.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fbec9b45ef518b06fa99f01d2224a5.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c5b2da08778cf9e7232a3d66782ae5.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d546af9a98f647a8e6d5923b5bd59757.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ffcb36ce2ae2cc064bebf3f45d05c5.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4536f787972318c9897bced9a1b5029.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c312b52371e36d0fee376ecfd263fa2.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d889ebc82b5e6c02e9930dca4df9477.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7cb9bf0ade4019899cebc856d50b7d.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9251f3d779b5620c8e1afdf2794c48a0.JPG"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589e5a6eea67a4120d36f18035142ff6.JPG"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdec96cc029b2dba291902ad0db891d6.JPG"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c89f961f30ce087d5491e77819b9ee.JPG"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79bcf80c62a82ccd1fd48c957b32d2c.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a74bac5edc9d1572c0a9d33efb0ffc9c.JPG"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41224ab8623037ed9ebe2e0886fdba43.JPG"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24cbbe3765d1f4486d846c7adadbfc3f.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a10080553f47aed6ccf84d24cfdbb0.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ca476317cb4faee2ef807883a8e81f.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e656746afc33a7dda77bb68a34e7369.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e70ee6f9162ba3f8e947fecee0a44a8a.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b113cb82289e8cad4fd37f64c830c0.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b385f29d35b0cb0963b986807a4a7fa.JPG"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510dcec015a49f814506a94fb3ec2106.JPG"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e242d36413d13595f0fb9c8985cd7c3c.JPG"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723696adc609c0348d460722c80d4744.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7e7c1a7595bef64f4e7ca6968d9649.JPG"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582374c8d09f828b1fe67e4c254619e2.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be4006115af2c1b3e8278078288000.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2fbf98c7614fb81edc1b99591ccd7a.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b2e86b0a4f4af7963a40bc80826a91.JPG"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/283ff35dc07518f1bafaa055799c6023.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887a22f4c42d3bc78cb9e2208da04098.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d5a5862427f84327994c41b578559a.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62e2b0f5195b32f3911e4a5218fc4b5.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4f121afbdf21c9d01cec3d9433294f.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39e0682209883a7fe7f71ad46333cdf.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d69a8e8409f27cfc8c3def18390a04.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e4e03ee76d3b5a3f9738ffeef6cdbde.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba9b0453f1a7873f45b6b2ee88a9ebf.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72bd5207b14d53b01bf5c1cf35d39da6.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08b5c9d1d50882ff9941db3970f296dc.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9656b02a48a4d32a6875ebc459c6204.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c18579eced109b2921201131faad4b7.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fe3432b31cb53d3bc2a897fbdd87d4.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4e5194539b9516bcdea99d9796d672.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a762a195456d49abbb4f9195e99e468f.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0f922e6cc11490cf6dfde6257fbad5.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996c1094d1a4ff2e8f8df4e0e40b3a99.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cfa536c6269917ca4caa73b90d85ac7.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da38fcb64eff268d1ed8cfce707f924.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1bebac94db384feb577d249e092569.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33979322c9b5e1718580027a2fc868ce.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35925794363eccd78b61c871b1d236a9.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ce5a2f1c098f4155777884fe241570.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68fbb5ca23bcc93dd6073c4de62732b5.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7618c80bd1f2ee560cb82f5f062d7e69.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8e35de627538850f19b3fd56ae133f1.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a89188a9b52d5a8e8b4ff968bfb6fd.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee34081421ff186c41a0c01ac3cbf2a.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0655c5ee5928571f1d264db421b0b1dd.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eec9c16c21022f8efa21b1a58e365d84.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b1f825dadc4f265c612b8a300ed10f.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db9a87dce9a683c47835ef693368e1f.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662ff5e688e043a40b9b57e52eee1086.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c712dd97be8641f531acc2d8ae1f1b.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817f4787d1ffa9cc60e5e9ee2d0df90.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3df0a75fbffeb683c72064c7f041f0.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612771fa1553e56b6591cf17b54e7a9b.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501fd3b73c930b0d4178a50a599db14c.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c246140a191553a8feb0e0ff3c7f72.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b34b95b1ad36b0975d9aa260deb71cf.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6cdd0e12f5239e87d0c40174da4ad0.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb11faa24cbf22a5d1a5a0b84d216ff.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1393b8ff813355a6122e85e67e6a17f.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75924cea9d6716d2e2a5e3fe8f3b727c.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480b9efe2d1daaba86f1eb141879d0b2.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ea2aa409692a2bd756854ec95f427b.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e2ecb541b314497d1f22328ba8a964d.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4189ac7de698c636d55c660ff30390b3.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003bb3a7b83866d132848b7630e41ed2.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc5a5a96c7d688f120b96091a63923e.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e630a7773c96d0ef1d5b15ebab5c71.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a308398ba2069873403805e5b225d8.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0eac3ee612ba5f2c194b0c6d840c524.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b51bb30708313ecc820d3146fb5026c.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4da62b47275006bff1ff9d99a0509d95.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97c1ff28d501d5041cf038a79f806ee1.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8acf78561fa5d957c3670d3648aaf88.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/339b2c855521e9addab7df734eddc59d.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3aa80548d5e47a36ad6f3c3cfa2fba1.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caad4bf2cf56ea30cab02b61399df3f.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3860f3be787a49d619e6a96728c31a9.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467b1ca0ad163e2c03cf8bde925fbb26.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521628af8e52c1ce910085c94dfe0e55.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dec3f08aef13933c2af1e9383d5d7a9.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e96b340f931098827e3925a797f82e4.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bfec7398b0891dea40e854ffd67dc7.JPG"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc30d4635782098d0501dc773bc3b6e.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4192322e870435ff820eaec1154a6fd0.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc318bb264cb8ad1d2f9af5daf839b2.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267ba2d7f48fe5984094e7fe4bd21ece.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcaa0a5249ddc23a19f675f34ffd8f10.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea9e40806987ef8699af00a4c975287.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cebe5bb7e6823741831ac21070a9448d.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3851265351fb99d2b3c4f8cacbc0edcd.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c569e4161beeb5813590f35b6358e0.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1874e9ce2969007fcc24788d8c974631.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19778108ca13fcba8815638b6d419684.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2c6c8ee8fa66972236859446d3ea49.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a9c8ac9489e83b604b37bfe0f62bf18.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52f27ce87ca2699780f9622c0590208b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a15f42f1e9a30eab389f46c3ea8b1c3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8ec5547aa73c630e379b471ae5f8a5c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82672490339bc5faa50c65297b6eb5b5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb4e6c121b2aeb8cbd88840a00bd649.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d249b516480d4c63e7a04ad9d813941.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09cb2d91bd56ee48d7b32f11e19575b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6989972c150e7c2c0669f9ed37d8f3.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c35e5ab2fb9b7daa0e78709c83c9b34.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4295950bfadebbfd12ebb9cf63930e2a.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7138634c31cb79cb105261c432f174f4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d798a938e2b14fc17cd922076929e9a2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716732c887930ce971559645cae6f951.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ced50a5e64ab91ddfdba1c654f3ec4b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1426a48b67ecc3ab7adc3833b1b836ed.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e709612a63a7f14c48edb5ddefb91efe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a633f993fc13083c614811620065da24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8611fc0f806883f150d43114bf154b9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1497929533190eb00434b67d873f8e2a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f7244db439fc3f0b7dc067e99535ef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc770b20cb41a4e72b3306e449a6efa.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f6ecf912dce11b72e3167e0a28b357.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79f088375a3dcfe9599ba16807af5963.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942cc21f8955f087d36ec27c200fb513.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59088b92991cdb7be028e3cb8ef31784.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4afddc4d9da13a65b168fc5b09bdb5.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/923fa35efc60405e733f3278e63727ca.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b839a5a9ca4477d819d57f0ef08d1b17.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195401403d5a238ad26930f36b8e478e.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b71c972f93b5f175a6f49115389b563.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a8c5f0a3640a78435e3b202c670cba.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38eb6689b64c528f14ee851b7d61099a.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/464cbb67581f2bcc91be554445249f05.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb2d84a8a03905f5b496a937e03aa84.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f53022535d8c3f0c48a544b6ca88438.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8c83db5d7542354cd410f20377bfc3.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4728318e9d635ef0f0fe2e8d74522f.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43b63f53c8f4b18da2f1e96ed93ca4cf.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902e0203dc619bc1911b779d1dc6354a.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b54b434db25ae844db5f21c48629e3.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c5ec54a1474d23be75a8d3a0483853.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fbec9b45ef518b06fa99f01d2224a5.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c5b2da08778cf9e7232a3d66782ae5.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d546af9a98f647a8e6d5923b5bd59757.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ffcb36ce2ae2cc064bebf3f45d05c5.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4536f787972318c9897bced9a1b5029.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c312b52371e36d0fee376ecfd263fa2.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d889ebc82b5e6c02e9930dca4df9477.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7cb9bf0ade4019899cebc856d50b7d.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9251f3d779b5620c8e1afdf2794c48a0.JPG"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589e5a6eea67a4120d36f18035142ff6.JPG"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdec96cc029b2dba291902ad0db891d6.JPG"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c89f961f30ce087d5491e77819b9ee.JPG"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79bcf80c62a82ccd1fd48c957b32d2c.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a74bac5edc9d1572c0a9d33efb0ffc9c.JPG"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41224ab8623037ed9ebe2e0886fdba43.JPG"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24cbbe3765d1f4486d846c7adadbfc3f.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a10080553f47aed6ccf84d24cfdbb0.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ca476317cb4faee2ef807883a8e81f.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e656746afc33a7dda77bb68a34e7369.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e70ee6f9162ba3f8e947fecee0a44a8a.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b113cb82289e8cad4fd37f64c830c0.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b385f29d35b0cb0963b986807a4a7fa.JPG"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510dcec015a49f814506a94fb3ec2106.JPG"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e242d36413d13595f0fb9c8985cd7c3c.JPG"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723696adc609c0348d460722c80d4744.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7e7c1a7595bef64f4e7ca6968d9649.JPG"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582374c8d09f828b1fe67e4c254619e2.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be4006115af2c1b3e8278078288000.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2fbf98c7614fb81edc1b99591ccd7a.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b2e86b0a4f4af7963a40bc80826a91.JPG"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887a22f4c42d3bc78cb9e2208da04098.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d5a5862427f84327994c41b578559a.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62e2b0f5195b32f3911e4a5218fc4b5.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4f121afbdf21c9d01cec3d9433294f.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39e0682209883a7fe7f71ad46333cdf.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d69a8e8409f27cfc8c3def18390a04.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e4e03ee76d3b5a3f9738ffeef6cdbde.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba9b0453f1a7873f45b6b2ee88a9ebf.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72bd5207b14d53b01bf5c1cf35d39da6.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08b5c9d1d50882ff9941db3970f296dc.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9656b02a48a4d32a6875ebc459c6204.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c18579eced109b2921201131faad4b7.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fe3432b31cb53d3bc2a897fbdd87d4.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4e5194539b9516bcdea99d9796d672.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a762a195456d49abbb4f9195e99e468f.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0f922e6cc11490cf6dfde6257fbad5.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996c1094d1a4ff2e8f8df4e0e40b3a99.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cfa536c6269917ca4caa73b90d85ac7.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da38fcb64eff268d1ed8cfce707f924.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1bebac94db384feb577d249e092569.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33979322c9b5e1718580027a2fc868ce.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35925794363eccd78b61c871b1d236a9.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ce5a2f1c098f4155777884fe241570.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68fbb5ca23bcc93dd6073c4de62732b5.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7618c80bd1f2ee560cb82f5f062d7e69.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8e35de627538850f19b3fd56ae133f1.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a89188a9b52d5a8e8b4ff968bfb6fd.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee34081421ff186c41a0c01ac3cbf2a.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0655c5ee5928571f1d264db421b0b1dd.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eec9c16c21022f8efa21b1a58e365d84.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b1f825dadc4f265c612b8a300ed10f.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db9a87dce9a683c47835ef693368e1f.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662ff5e688e043a40b9b57e52eee1086.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c712dd97be8641f531acc2d8ae1f1b.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817f4787d1ffa9cc60e5e9ee2d0df90.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3df0a75fbffeb683c72064c7f041f0.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612771fa1553e56b6591cf17b54e7a9b.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501fd3b73c930b0d4178a50a599db14c.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c246140a191553a8feb0e0ff3c7f72.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b34b95b1ad36b0975d9aa260deb71cf.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6cdd0e12f5239e87d0c40174da4ad0.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb11faa24cbf22a5d1a5a0b84d216ff.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1393b8ff813355a6122e85e67e6a17f.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75924cea9d6716d2e2a5e3fe8f3b727c.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480b9efe2d1daaba86f1eb141879d0b2.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ea2aa409692a2bd756854ec95f427b.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e2ecb541b314497d1f22328ba8a964d.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4189ac7de698c636d55c660ff30390b3.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003bb3a7b83866d132848b7630e41ed2.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc5a5a96c7d688f120b96091a63923e.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e630a7773c96d0ef1d5b15ebab5c71.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a308398ba2069873403805e5b225d8.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0eac3ee612ba5f2c194b0c6d840c524.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b51bb30708313ecc820d3146fb5026c.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4da62b47275006bff1ff9d99a0509d95.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97c1ff28d501d5041cf038a79f806ee1.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8acf78561fa5d957c3670d3648aaf88.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/339b2c855521e9addab7df734eddc59d.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3aa80548d5e47a36ad6f3c3cfa2fba1.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caad4bf2cf56ea30cab02b61399df3f.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3860f3be787a49d619e6a96728c31a9.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467b1ca0ad163e2c03cf8bde925fbb26.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521628af8e52c1ce910085c94dfe0e55.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dec3f08aef13933c2af1e9383d5d7a9.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e96b340f931098827e3925a797f82e4.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bfec7398b0891dea40e854ffd67dc7.JPG"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc30d4635782098d0501dc773bc3b6e.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4192322e870435ff820eaec1154a6fd0.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc318bb264cb8ad1d2f9af5daf839b2.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267ba2d7f48fe5984094e7fe4bd21ece.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcaa0a5249ddc23a19f675f34ffd8f10.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea9e40806987ef8699af00a4c975287.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cebe5bb7e6823741831ac21070a9448d.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3851265351fb99d2b3c4f8cacbc0edcd.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c569e4161beeb5813590f35b6358e0.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1874e9ce2969007fcc24788d8c974631.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19778108ca13fcba8815638b6d419684.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2c6c8ee8fa66972236859446d3ea49.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a9c8ac9489e83b604b37bfe0f62bf18.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52f27ce87ca2699780f9622c0590208b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4892,51 +4880,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>100</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="495300" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="image_101" descr="image_101"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -5282,471 +5270,471 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>113</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="image_114" descr="image_114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="image_115" descr="image_115"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>115</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="409575" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="86" name="image_116" descr="image_116"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>116</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="409575" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="image_117" descr="image_117"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="990600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="image_118" descr="image_118"/>
+        <xdr:cNvPr id="88" name="image_119" descr="image_119"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="990600" cy="762000"/>
+    <xdr:ext cx="1276350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="89" name="image_120" descr="image_120"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1276350" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="image_121" descr="image_121"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>121</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1085850" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="image_122" descr="image_122"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>122</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1085850" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="image_123" descr="image_123"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1266825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="image_124" descr="image_124"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>124</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1266825" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="image_125" descr="image_125"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>125</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="95" name="image_126" descr="image_126"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="1038225" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="96" name="image_127" descr="image_127"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>127</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="97" name="image_128" descr="image_128"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>128</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="98" name="image_129" descr="image_129"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -5792,81 +5780,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>131</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="101" name="image_132" descr="image_132"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="102" name="image_133" descr="image_133"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -5882,141 +5870,141 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>134</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="image_135" descr="image_135"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="514350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="image_136" descr="image_136"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>136</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="image_137" descr="image_137"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>137</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="image_138" descr="image_138"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -6032,171 +6020,171 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>139</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="image_140" descr="image_140"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="110" name="image_141" descr="image_141"/>
+        <xdr:cNvPr id="110" name="image_143" descr="image_143"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>143</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="111" name="image_144" descr="image_144"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>144</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:ext cx="581025" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="112" name="image_145" descr="image_145"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>145</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="581025" cy="762000"/>
+    <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="113" name="image_146" descr="image_146"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -6212,51 +6200,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>147</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="115" name="image_148" descr="image_148"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -6272,171 +6260,171 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>149</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="117" name="image_150" descr="image_150"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>150</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="118" name="image_151" descr="image_151"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>151</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="119" name="image_152" descr="image_152"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>152</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="120" name="image_153" descr="image_153"/>
+        <xdr:cNvPr id="120" name="image_155" descr="image_155"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>155</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="image_156" descr="image_156"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -6449,57 +6437,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="image_157" descr="image_157"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>157</xdr:row>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="123" name="image_158" descr="image_158"/>
+        <xdr:cNvPr id="123" name="image_160" descr="image_160"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>160</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
@@ -6542,111 +6530,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>162</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="126" name="image_163" descr="image_163"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>163</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="457200" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="127" name="image_164" descr="image_164"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>164</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="128" name="image_165" descr="image_165"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -6659,84 +6647,84 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="image_166" descr="image_166"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>166</xdr:row>
+      <xdr:row>167</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="390525" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="image_167" descr="image_167"/>
+        <xdr:cNvPr id="130" name="image_168" descr="image_168"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>168</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="390525" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="131" name="image_169" descr="image_169"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -6752,111 +6740,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>170</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="428625" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="133" name="image_171" descr="image_171"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>171</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="428625" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="134" name="image_172" descr="image_172"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>172</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="135" name="image_173" descr="image_173"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -6872,291 +6860,291 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>174</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1038225" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="image_175" descr="image_175"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>175</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="138" name="image_176" descr="image_176"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>176</xdr:row>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="image_177" descr="image_177"/>
+        <xdr:cNvPr id="139" name="image_178" descr="image_178"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>178</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="140" name="image_179" descr="image_179"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>179</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="400050" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="141" name="image_180" descr="image_180"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>180</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="400050" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="142" name="image_181" descr="image_181"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>181</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="809625" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="143" name="image_182" descr="image_182"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>182</xdr:row>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="144" name="image_183" descr="image_183"/>
+        <xdr:cNvPr id="144" name="image_184" descr="image_184"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>184</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="145" name="image_185" descr="image_185"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -7172,291 +7160,291 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>186</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="147" name="image_187" descr="image_187"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>187</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="428625" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="148" name="image_188" descr="image_188"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>188</xdr:row>
+      <xdr:row>189</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="428625" cy="762000"/>
+    <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="image_189" descr="image_189"/>
+        <xdr:cNvPr id="149" name="image_190" descr="image_190"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>190</xdr:row>
+      <xdr:row>191</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:ext cx="714375" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="image_191" descr="image_191"/>
+        <xdr:cNvPr id="150" name="image_192" descr="image_192"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>192</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="151" name="image_193" descr="image_193"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>193</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="image_194" descr="image_194"/>
+        <xdr:cNvPr id="152" name="image_195" descr="image_195"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>195</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="153" name="image_196" descr="image_196"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="154" name="image_197" descr="image_197"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>197</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="155" name="image_198" descr="image_198"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -7472,210 +7460,180 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>199</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="157" name="image_200" descr="image_200"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>200</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="933450" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="158" name="image_201" descr="image_201"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>201</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="933450" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="159" name="image_202" descr="image_202"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>202</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="533400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="160" name="image_203" descr="image_203"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>203</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="533400" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="161" name="image_204" descr="image_204"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7942,54 +7900,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P205"/>
+  <dimension ref="A1:P204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P205"/>
+      <selection activeCell="A9" sqref="A9:P204"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -8648,51 +8606,51 @@
       <c r="G21" s="10" t="s">
         <v>79</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I21" s="6">
         <v>44.2</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>80</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>82</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O21" s="6">
-        <v>458350.46</v>
+        <v>467517.02</v>
       </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="6" t="s">
         <v>83</v>
       </c>
       <c r="B22" s="6">
         <v>0</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>23</v>
       </c>
@@ -8786,51 +8744,51 @@
       <c r="G24" s="10" t="s">
         <v>73</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I24" s="6">
         <v>51.5</v>
       </c>
       <c r="J24" s="10" t="s">
         <v>93</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>75</v>
       </c>
       <c r="L24" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>94</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O24" s="6">
-        <v>499200</v>
+        <v>509184</v>
       </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="6" t="s">
         <v>95</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>23</v>
       </c>
@@ -9073,91 +9031,89 @@
       <c r="J30" s="10" t="s">
         <v>119</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L30" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>120</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O30" s="6">
         <v>357008.12</v>
       </c>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B31" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C31" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>122</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="6">
         <v>50</v>
       </c>
       <c r="J31" s="10" t="s">
         <v>123</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="L31" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>125</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O31" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O31" s="6"/>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
         <v>126</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>127</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="6" t="s">
@@ -9392,51 +9348,51 @@
       <c r="G37" s="10" t="s">
         <v>150</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I37" s="6">
         <v>0</v>
       </c>
       <c r="J37" s="10" t="s">
         <v>151</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>152</v>
       </c>
       <c r="L37" s="10" t="s">
         <v>153</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>154</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O37" s="6">
-        <v>1850.69</v>
+        <v>1887.71</v>
       </c>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="65">
       <c r="A38" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>156</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>23</v>
       </c>
@@ -9561,71 +9517,73 @@
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
         <v>167</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>168</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I41" s="6">
         <v>36</v>
       </c>
       <c r="J41" s="10" t="s">
         <v>169</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>98</v>
       </c>
       <c r="L41" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M41" s="6" t="s">
         <v>170</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O41" s="6"/>
+      <c r="O41" s="6">
+        <v>284899.92</v>
+      </c>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" s="6" t="s">
         <v>171</v>
       </c>
       <c r="B42" s="6">
         <v>0</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>172</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>173</v>
       </c>
       <c r="H42" s="6" t="s">
@@ -9766,51 +9724,51 @@
       <c r="G45" s="10" t="s">
         <v>188</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I45" s="6">
         <v>23</v>
       </c>
       <c r="J45" s="10" t="s">
         <v>189</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>190</v>
       </c>
       <c r="L45" s="10" t="s">
         <v>191</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>192</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O45" s="6">
-        <v>84601.55</v>
+        <v>86328.53</v>
       </c>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
         <v>193</v>
       </c>
       <c r="B46" s="6">
         <v>0</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>194</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>23</v>
       </c>
@@ -10090,51 +10048,51 @@
       <c r="G52" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I52" s="6">
         <v>58.2</v>
       </c>
       <c r="J52" s="10" t="s">
         <v>219</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L52" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M52" s="6" t="s">
         <v>220</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O52" s="6">
-        <v>357084</v>
+        <v>459108</v>
       </c>
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" s="6" t="s">
         <v>221</v>
       </c>
       <c r="B53" s="6">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6">
         <v>0</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>222</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>23</v>
       </c>
@@ -10473,90 +10431,90 @@
       <c r="J60" s="10" t="s">
         <v>251</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>252</v>
       </c>
       <c r="L60" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>253</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O60" s="6">
         <v>20627.99</v>
       </c>
       <c r="P60" s="6"/>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" s="6" t="s">
         <v>254</v>
       </c>
       <c r="B61" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="C61" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>255</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G61" s="10" t="s">
         <v>173</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>256</v>
       </c>
       <c r="I61" s="6">
         <v>53</v>
       </c>
       <c r="J61" s="10" t="s">
         <v>257</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>175</v>
       </c>
       <c r="L61" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>258</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O61" s="6">
-        <v>229811.66</v>
+        <v>232109.85</v>
       </c>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
         <v>259</v>
       </c>
       <c r="B62" s="6">
         <v>0</v>
       </c>
       <c r="C62" s="6">
         <v>0</v>
       </c>
       <c r="D62" s="6">
         <v>0</v>
       </c>
       <c r="E62" s="6" t="s">
         <v>260</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G62" s="10" t="s">
         <v>79</v>
       </c>
@@ -10585,118 +10543,120 @@
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
         <v>263</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
         <v>264</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I63" s="6">
         <v>23</v>
       </c>
       <c r="J63" s="10" t="s">
         <v>265</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>98</v>
       </c>
       <c r="L63" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M63" s="6" t="s">
         <v>266</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O63" s="6"/>
+      <c r="O63" s="6">
+        <v>181499.99</v>
+      </c>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="65">
       <c r="A64" s="6" t="s">
         <v>267</v>
       </c>
       <c r="B64" s="6">
         <v>0</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6">
         <v>0</v>
       </c>
       <c r="E64" s="6" t="s">
         <v>268</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>187</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>188</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I64" s="6">
         <v>30</v>
       </c>
       <c r="J64" s="10" t="s">
         <v>269</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>190</v>
       </c>
       <c r="L64" s="10" t="s">
         <v>191</v>
       </c>
       <c r="M64" s="6" t="s">
         <v>270</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O64" s="6">
-        <v>90152.61</v>
+        <v>86793.91</v>
       </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="65">
       <c r="A65" s="6" t="s">
         <v>271</v>
       </c>
       <c r="B65" s="6">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>272</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>23</v>
       </c>
@@ -10932,51 +10892,51 @@
       <c r="G70" s="10" t="s">
         <v>79</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I70" s="6">
         <v>6.2</v>
       </c>
       <c r="J70" s="10" t="s">
         <v>294</v>
       </c>
       <c r="K70" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L70" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M70" s="6" t="s">
         <v>295</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O70" s="6">
-        <v>79194.96</v>
+        <v>80778.67</v>
       </c>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
         <v>296</v>
       </c>
       <c r="B71" s="6">
         <v>0</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
       <c r="E71" s="6" t="s">
         <v>297</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G71" s="10" t="s">
         <v>79</v>
       </c>
@@ -11217,234 +11177,234 @@
         <v>0</v>
       </c>
       <c r="J76" s="10" t="s">
         <v>320</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L76" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M76" s="6" t="s">
         <v>321</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O76" s="6"/>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
         <v>322</v>
       </c>
       <c r="B77" s="6">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C77" s="6">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
       <c r="E77" s="6" t="s">
         <v>323</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>293</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>79</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>256</v>
       </c>
       <c r="I77" s="6">
         <v>5.31</v>
       </c>
       <c r="J77" s="10" t="s">
         <v>324</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L77" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M77" s="6" t="s">
         <v>325</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O77" s="6">
-        <v>57919.26</v>
+        <v>58498.34</v>
       </c>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
         <v>326</v>
       </c>
       <c r="B78" s="6">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C78" s="6">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>327</v>
       </c>
       <c r="F78" s="9" t="s">
         <v>293</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>79</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>256</v>
       </c>
       <c r="I78" s="6">
-        <v>5.6</v>
+        <v>5.59</v>
       </c>
       <c r="J78" s="10" t="s">
         <v>328</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L78" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M78" s="6" t="s">
         <v>329</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O78" s="6">
-        <v>82653.48</v>
+        <v>83479.86</v>
       </c>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
         <v>330</v>
       </c>
       <c r="B79" s="6">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6">
         <v>0</v>
       </c>
       <c r="E79" s="6" t="s">
         <v>331</v>
       </c>
       <c r="F79" s="9" t="s">
         <v>293</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>79</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I79" s="6">
         <v>4.67</v>
       </c>
       <c r="J79" s="10" t="s">
         <v>332</v>
       </c>
       <c r="K79" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L79" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M79" s="6" t="s">
         <v>333</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O79" s="6">
-        <v>54722.3</v>
+        <v>55817.42</v>
       </c>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="65">
       <c r="A80" s="6" t="s">
         <v>334</v>
       </c>
       <c r="B80" s="6">
         <v>0</v>
       </c>
       <c r="C80" s="6">
         <v>0</v>
       </c>
       <c r="D80" s="6">
         <v>0</v>
       </c>
       <c r="E80" s="6" t="s">
         <v>335</v>
       </c>
       <c r="F80" s="9" t="s">
         <v>293</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>79</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I80" s="6">
         <v>4.8</v>
       </c>
       <c r="J80" s="10" t="s">
         <v>336</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L80" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M80" s="6" t="s">
         <v>337</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O80" s="6">
-        <v>63082.66</v>
+        <v>64344.38</v>
       </c>
       <c r="P80" s="6"/>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
         <v>338</v>
       </c>
       <c r="B81" s="6">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6">
         <v>0</v>
       </c>
       <c r="E81" s="6" t="s">
         <v>339</v>
       </c>
       <c r="F81" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>79</v>
       </c>
@@ -12051,90 +12011,90 @@
         <v>0</v>
       </c>
       <c r="J94" s="10" t="s">
         <v>391</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L94" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M94" s="6" t="s">
         <v>392</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O94" s="6"/>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" s="6" t="s">
         <v>393</v>
       </c>
       <c r="B95" s="6">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C95" s="6">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6" t="s">
         <v>394</v>
       </c>
       <c r="F95" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>173</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>256</v>
       </c>
       <c r="I95" s="6">
         <v>59</v>
       </c>
       <c r="J95" s="10" t="s">
         <v>395</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>175</v>
       </c>
       <c r="L95" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>396</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O95" s="6">
-        <v>245992.5</v>
+        <v>248452.05</v>
       </c>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
         <v>397</v>
       </c>
       <c r="B96" s="6">
         <v>0</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6" t="s">
         <v>398</v>
       </c>
       <c r="F96" s="9" t="s">
         <v>187</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>73</v>
       </c>
@@ -12339,108 +12299,106 @@
         <v>416</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O100" s="6"/>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
         <v>417</v>
       </c>
       <c r="B101" s="6">
         <v>0</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6" t="s">
         <v>418</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="G101" s="10" t="s">
-        <v>73</v>
+        <v>43</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I101" s="6">
-        <v>13.6</v>
+        <v>35</v>
       </c>
       <c r="J101" s="10" t="s">
         <v>419</v>
       </c>
       <c r="K101" s="6" t="s">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="L101" s="10" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="M101" s="6" t="s">
         <v>420</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O101" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O101" s="6"/>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
         <v>421</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6" t="s">
         <v>422</v>
       </c>
       <c r="F102" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="6">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="J102" s="10" t="s">
         <v>423</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L102" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M102" s="6" t="s">
         <v>424</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O102" s="6"/>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
         <v>425</v>
       </c>
       <c r="B103" s="6">
         <v>0</v>
@@ -12479,4734 +12437,4698 @@
         <v>428</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O103" s="6"/>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
         <v>429</v>
       </c>
       <c r="B104" s="6">
         <v>0</v>
       </c>
       <c r="C104" s="6">
         <v>0</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
       <c r="E104" s="6" t="s">
         <v>430</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G104" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="6">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="J104" s="10" t="s">
         <v>431</v>
       </c>
       <c r="K104" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="M104" s="6" t="s">
         <v>432</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O104" s="6"/>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
         <v>433</v>
       </c>
       <c r="B105" s="6">
         <v>0</v>
       </c>
       <c r="C105" s="6">
         <v>0</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
       <c r="E105" s="6" t="s">
         <v>434</v>
       </c>
       <c r="F105" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="6">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="J105" s="10" t="s">
         <v>435</v>
       </c>
       <c r="K105" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L105" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M105" s="6" t="s">
         <v>436</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O105" s="6"/>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
         <v>437</v>
       </c>
       <c r="B106" s="6">
         <v>0</v>
       </c>
       <c r="C106" s="6">
         <v>0</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
       <c r="E106" s="6" t="s">
         <v>438</v>
       </c>
       <c r="F106" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="6">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="J106" s="10" t="s">
         <v>439</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L106" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M106" s="6" t="s">
         <v>440</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O106" s="6"/>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
         <v>441</v>
       </c>
       <c r="B107" s="6">
         <v>0</v>
       </c>
       <c r="C107" s="6">
         <v>0</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
       <c r="E107" s="6" t="s">
         <v>442</v>
       </c>
       <c r="F107" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="6">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="J107" s="10" t="s">
         <v>443</v>
       </c>
       <c r="K107" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L107" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M107" s="6" t="s">
         <v>444</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
         <v>445</v>
       </c>
       <c r="B108" s="6">
         <v>0</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6" t="s">
         <v>446</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>42</v>
+        <v>187</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="6">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="J108" s="10" t="s">
         <v>447</v>
       </c>
       <c r="K108" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L108" s="10" t="s">
-        <v>42</v>
+        <v>400</v>
       </c>
       <c r="M108" s="6" t="s">
         <v>448</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O108" s="6"/>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
         <v>449</v>
       </c>
       <c r="B109" s="6">
         <v>0</v>
       </c>
       <c r="C109" s="6">
         <v>0</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6" t="s">
         <v>450</v>
       </c>
       <c r="F109" s="9" t="s">
         <v>187</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="6">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J109" s="10" t="s">
         <v>451</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L109" s="10" t="s">
         <v>400</v>
       </c>
       <c r="M109" s="6" t="s">
         <v>452</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O109" s="6"/>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
         <v>453</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6" t="s">
         <v>454</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="6">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="J110" s="10" t="s">
         <v>455</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L110" s="10" t="s">
         <v>400</v>
       </c>
       <c r="M110" s="6" t="s">
         <v>456</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O110" s="6"/>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
         <v>457</v>
       </c>
       <c r="B111" s="6">
         <v>0</v>
       </c>
       <c r="C111" s="6">
         <v>0</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6" t="s">
         <v>458</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>42</v>
+        <v>459</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="6">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="J111" s="10" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L111" s="10" t="s">
-        <v>400</v>
+        <v>153</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O111" s="6"/>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B112" s="6">
         <v>0</v>
       </c>
       <c r="C112" s="6">
         <v>0</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
       <c r="E112" s="6" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="6">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="J112" s="10" t="s">
         <v>464</v>
       </c>
       <c r="K112" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L112" s="10" t="s">
-        <v>153</v>
+        <v>465</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O112" s="6"/>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B113" s="6">
         <v>0</v>
       </c>
       <c r="C113" s="6">
         <v>0</v>
       </c>
       <c r="D113" s="6">
         <v>0</v>
       </c>
       <c r="E113" s="6" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="G113" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J113" s="10" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="K113" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L113" s="10" t="s">
-        <v>469</v>
+        <v>153</v>
       </c>
       <c r="M113" s="6" t="s">
         <v>470</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O113" s="6"/>
       <c r="P113" s="6"/>
     </row>
     <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
         <v>471</v>
       </c>
       <c r="B114" s="6">
         <v>0</v>
       </c>
       <c r="C114" s="6">
         <v>0</v>
       </c>
       <c r="D114" s="6">
         <v>0</v>
       </c>
       <c r="E114" s="6" t="s">
         <v>472</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>463</v>
+        <v>36</v>
       </c>
       <c r="G114" s="10" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="H114" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="6">
-        <v>0</v>
+        <v>53.97</v>
       </c>
       <c r="J114" s="10" t="s">
         <v>473</v>
       </c>
       <c r="K114" s="6" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="L114" s="10" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="M114" s="6" t="s">
         <v>474</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O114" s="6"/>
       <c r="P114" s="6"/>
     </row>
     <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
         <v>475</v>
       </c>
       <c r="B115" s="6">
         <v>0</v>
       </c>
       <c r="C115" s="6">
         <v>0</v>
       </c>
       <c r="D115" s="6">
         <v>0</v>
       </c>
       <c r="E115" s="6" t="s">
         <v>476</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G115" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H115" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="6">
-        <v>53.97</v>
+        <v>70</v>
       </c>
       <c r="J115" s="10" t="s">
         <v>477</v>
       </c>
       <c r="K115" s="6" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="L115" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M115" s="6" t="s">
         <v>478</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O115" s="6"/>
       <c r="P115" s="6"/>
     </row>
     <row r="116" spans="1:16" customHeight="1" ht="65">
       <c r="A116" s="6" t="s">
         <v>479</v>
       </c>
       <c r="B116" s="6">
         <v>0</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6" t="s">
         <v>480</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="6">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="J116" s="10" t="s">
         <v>481</v>
       </c>
       <c r="K116" s="6" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="L116" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M116" s="6" t="s">
         <v>482</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O116" s="6"/>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
         <v>483</v>
       </c>
       <c r="B117" s="6">
         <v>0</v>
       </c>
       <c r="C117" s="6">
         <v>0</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6" t="s">
         <v>484</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="6">
-        <v>0</v>
+        <v>8.3</v>
       </c>
       <c r="J117" s="10" t="s">
         <v>485</v>
       </c>
       <c r="K117" s="6" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="L117" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M117" s="6" t="s">
         <v>486</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O117" s="6"/>
       <c r="P117" s="6"/>
     </row>
-    <row r="118" spans="1:16" customHeight="1" ht="65">
+    <row r="118" spans="1:16">
       <c r="A118" s="6" t="s">
         <v>487</v>
       </c>
       <c r="B118" s="6">
         <v>0</v>
       </c>
       <c r="C118" s="6">
         <v>0</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
       <c r="E118" s="6" t="s">
         <v>488</v>
       </c>
       <c r="F118" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="6">
-        <v>8.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="J118" s="10"/>
       <c r="K118" s="6" t="s">
-        <v>133</v>
+        <v>37</v>
       </c>
       <c r="L118" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M118" s="6" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O118" s="6"/>
       <c r="P118" s="6"/>
     </row>
-    <row r="119" spans="1:16">
+    <row r="119" spans="1:16" customHeight="1" ht="65">
       <c r="A119" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B119" s="6">
+        <v>0</v>
+      </c>
+      <c r="C119" s="6">
+        <v>0</v>
+      </c>
+      <c r="D119" s="6">
+        <v>0</v>
+      </c>
+      <c r="E119" s="6">
+        <v>21000801143</v>
+      </c>
+      <c r="F119" s="9" t="s">
+        <v>459</v>
+      </c>
+      <c r="G119" s="10" t="s">
+        <v>150</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I119" s="6">
+        <v>92</v>
+      </c>
+      <c r="J119" s="10" t="s">
         <v>491</v>
       </c>
-      <c r="B119" s="6">
-[...8 lines deleted...]
-      <c r="E119" s="6" t="s">
+      <c r="K119" s="6" t="s">
         <v>492</v>
       </c>
-      <c r="F119" s="9" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="L119" s="10" t="s">
-        <v>38</v>
+        <v>493</v>
       </c>
       <c r="M119" s="6" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O119" s="6"/>
+      <c r="O119" s="6">
+        <v>89901.03</v>
+      </c>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B120" s="6">
         <v>0</v>
       </c>
       <c r="C120" s="6">
         <v>0</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
       <c r="E120" s="6">
-        <v>21000801143</v>
+        <v>161889</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>463</v>
+        <v>49</v>
       </c>
       <c r="G120" s="10" t="s">
-        <v>150</v>
+        <v>23</v>
       </c>
       <c r="H120" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I120" s="6">
-        <v>92</v>
+        <v>60</v>
       </c>
       <c r="J120" s="10" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="K120" s="6" t="s">
-        <v>496</v>
+        <v>239</v>
       </c>
       <c r="L120" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M120" s="6" t="s">
         <v>497</v>
       </c>
-      <c r="M120" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N120" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O120" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O120" s="6"/>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="B121" s="6">
+        <v>0</v>
+      </c>
+      <c r="C121" s="6">
+        <v>0</v>
+      </c>
+      <c r="D121" s="6">
+        <v>0</v>
+      </c>
+      <c r="E121" s="6" t="s">
         <v>499</v>
       </c>
-      <c r="B121" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F121" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G121" s="10" t="s">
-        <v>23</v>
+        <v>500</v>
       </c>
       <c r="H121" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I121" s="6">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="J121" s="10" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="K121" s="6" t="s">
-        <v>239</v>
+        <v>98</v>
       </c>
       <c r="L121" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O121" s="6"/>
+      <c r="O121" s="6">
+        <v>162249.98</v>
+      </c>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="65">
       <c r="A122" s="6" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B122" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C122" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
       <c r="E122" s="6" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G122" s="10" t="s">
-        <v>504</v>
+        <v>173</v>
       </c>
       <c r="H122" s="6" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="I122" s="6">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="J122" s="10" t="s">
         <v>505</v>
       </c>
       <c r="K122" s="6" t="s">
-        <v>98</v>
+        <v>175</v>
       </c>
       <c r="L122" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M122" s="6" t="s">
         <v>506</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O122" s="6"/>
+      <c r="O122" s="6">
+        <v>278486.88</v>
+      </c>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
         <v>507</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
       <c r="E123" s="6" t="s">
         <v>508</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G123" s="10" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="H123" s="6" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
       <c r="I123" s="6">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="J123" s="10" t="s">
         <v>509</v>
       </c>
       <c r="K123" s="6" t="s">
-        <v>175</v>
+        <v>510</v>
       </c>
       <c r="L123" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O123" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O123" s="6"/>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B124" s="6">
         <v>0</v>
       </c>
       <c r="C124" s="6">
         <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
-      <c r="E124" s="6" t="s">
-        <v>512</v>
+      <c r="E124" s="6">
+        <v>167625</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G124" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="6">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="J124" s="10" t="s">
         <v>513</v>
       </c>
       <c r="K124" s="6" t="s">
-        <v>514</v>
+        <v>239</v>
       </c>
       <c r="L124" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O124" s="6"/>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="B125" s="6">
+        <v>0</v>
+      </c>
+      <c r="C125" s="6">
+        <v>0</v>
+      </c>
+      <c r="D125" s="6">
+        <v>0</v>
+      </c>
+      <c r="E125" s="6" t="s">
         <v>516</v>
       </c>
-      <c r="B125" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F125" s="9" t="s">
-        <v>49</v>
+        <v>187</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H125" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="6">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="J125" s="10" t="s">
         <v>517</v>
       </c>
       <c r="K125" s="6" t="s">
-        <v>239</v>
+        <v>26</v>
       </c>
       <c r="L125" s="10" t="s">
-        <v>38</v>
+        <v>400</v>
       </c>
       <c r="M125" s="6" t="s">
         <v>518</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O125" s="6"/>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
         <v>519</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
       <c r="E126" s="6" t="s">
         <v>520</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>187</v>
+        <v>36</v>
       </c>
       <c r="G126" s="10" t="s">
-        <v>23</v>
+        <v>314</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="6">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="J126" s="10" t="s">
         <v>521</v>
       </c>
       <c r="K126" s="6" t="s">
-        <v>26</v>
+        <v>316</v>
       </c>
       <c r="L126" s="10" t="s">
-        <v>400</v>
+        <v>38</v>
       </c>
       <c r="M126" s="6" t="s">
         <v>522</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O126" s="6"/>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
         <v>523</v>
       </c>
       <c r="B127" s="6">
         <v>0</v>
       </c>
       <c r="C127" s="6">
         <v>0</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6" t="s">
         <v>524</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G127" s="10" t="s">
-        <v>314</v>
+        <v>173</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="6">
-        <v>23</v>
+        <v>30.5</v>
       </c>
       <c r="J127" s="10" t="s">
         <v>525</v>
       </c>
       <c r="K127" s="6" t="s">
-        <v>316</v>
+        <v>175</v>
       </c>
       <c r="L127" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M127" s="6" t="s">
         <v>526</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O127" s="6"/>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
         <v>527</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
       <c r="E128" s="6" t="s">
         <v>528</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G128" s="10" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="H128" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="6">
-        <v>30.5</v>
+        <v>7.9</v>
       </c>
       <c r="J128" s="10" t="s">
         <v>529</v>
       </c>
       <c r="K128" s="6" t="s">
-        <v>175</v>
+        <v>133</v>
       </c>
       <c r="L128" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M128" s="6" t="s">
         <v>530</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O128" s="6"/>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
         <v>531</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6" t="s">
         <v>532</v>
       </c>
       <c r="F129" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="6">
-        <v>7.9</v>
+        <v>0</v>
       </c>
       <c r="J129" s="10" t="s">
         <v>533</v>
       </c>
       <c r="K129" s="6" t="s">
-        <v>133</v>
+        <v>534</v>
       </c>
       <c r="L129" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O129" s="6"/>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
       <c r="E130" s="6" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F130" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I130" s="6">
         <v>0</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="K130" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L130" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M130" s="6" t="s">
         <v>539</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O130" s="6"/>
       <c r="P130" s="6"/>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="65">
       <c r="A131" s="6" t="s">
         <v>540</v>
       </c>
       <c r="B131" s="6">
         <v>0</v>
       </c>
       <c r="C131" s="6">
         <v>0</v>
       </c>
       <c r="D131" s="6">
         <v>0</v>
       </c>
       <c r="E131" s="6" t="s">
         <v>541</v>
       </c>
       <c r="F131" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="6">
         <v>0</v>
       </c>
       <c r="J131" s="10" t="s">
         <v>542</v>
       </c>
       <c r="K131" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L131" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M131" s="6" t="s">
         <v>543</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O131" s="6"/>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16" customHeight="1" ht="65">
       <c r="A132" s="6" t="s">
         <v>544</v>
       </c>
       <c r="B132" s="6">
         <v>0</v>
       </c>
       <c r="C132" s="6">
         <v>0</v>
       </c>
       <c r="D132" s="6">
         <v>0</v>
       </c>
       <c r="E132" s="6" t="s">
         <v>545</v>
       </c>
       <c r="F132" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H132" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I132" s="6">
         <v>0</v>
       </c>
       <c r="J132" s="10" t="s">
-        <v>546</v>
+        <v>533</v>
       </c>
       <c r="K132" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L132" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M132" s="6" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O132" s="6"/>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="B133" s="6">
+        <v>0</v>
+      </c>
+      <c r="C133" s="6">
+        <v>0</v>
+      </c>
+      <c r="D133" s="6">
+        <v>0</v>
+      </c>
+      <c r="E133" s="6" t="s">
         <v>548</v>
-      </c>
-[...10 lines deleted...]
-        <v>549</v>
       </c>
       <c r="F133" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H133" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="6">
         <v>0</v>
       </c>
       <c r="J133" s="10" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="K133" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L133" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M133" s="6" t="s">
         <v>550</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O133" s="6"/>
       <c r="P133" s="6"/>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="65">
       <c r="A134" s="6" t="s">
         <v>551</v>
       </c>
       <c r="B134" s="6">
         <v>0</v>
       </c>
       <c r="C134" s="6">
         <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
       <c r="E134" s="6" t="s">
         <v>552</v>
       </c>
       <c r="F134" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="6">
         <v>0</v>
       </c>
       <c r="J134" s="10" t="s">
         <v>553</v>
       </c>
       <c r="K134" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L134" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M134" s="6" t="s">
         <v>554</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O134" s="6"/>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
         <v>555</v>
       </c>
       <c r="B135" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C135" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
       <c r="E135" s="6" t="s">
         <v>556</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H135" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I135" s="6">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="J135" s="10" t="s">
         <v>557</v>
       </c>
       <c r="K135" s="6" t="s">
-        <v>538</v>
+        <v>26</v>
       </c>
       <c r="L135" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M135" s="6" t="s">
         <v>558</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O135" s="6"/>
+      <c r="O135" s="6">
+        <v>405350.4</v>
+      </c>
       <c r="P135" s="6"/>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
         <v>559</v>
       </c>
       <c r="B136" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C136" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D136" s="6">
         <v>0</v>
       </c>
       <c r="E136" s="6" t="s">
         <v>560</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>49</v>
+        <v>187</v>
       </c>
       <c r="G136" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I136" s="6">
-        <v>63</v>
+        <v>12.5</v>
       </c>
       <c r="J136" s="10" t="s">
         <v>561</v>
       </c>
       <c r="K136" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="L136" s="10" t="s">
-        <v>38</v>
+        <v>400</v>
       </c>
       <c r="M136" s="6" t="s">
         <v>562</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O136" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O136" s="6"/>
       <c r="P136" s="6"/>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
         <v>563</v>
       </c>
       <c r="B137" s="6">
         <v>0</v>
       </c>
       <c r="C137" s="6">
         <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6" t="s">
         <v>564</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>187</v>
+        <v>36</v>
       </c>
       <c r="G137" s="10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="H137" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="6">
-        <v>12.5</v>
+        <v>0</v>
       </c>
       <c r="J137" s="10" t="s">
         <v>565</v>
       </c>
       <c r="K137" s="6" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="L137" s="10" t="s">
-        <v>400</v>
+        <v>38</v>
       </c>
       <c r="M137" s="6" t="s">
         <v>566</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O137" s="6"/>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
         <v>567</v>
       </c>
       <c r="B138" s="6">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <v>0</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6" t="s">
         <v>568</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G138" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="6">
-        <v>0</v>
+        <v>16.4</v>
       </c>
       <c r="J138" s="10" t="s">
         <v>569</v>
       </c>
       <c r="K138" s="6" t="s">
-        <v>81</v>
+        <v>510</v>
       </c>
       <c r="L138" s="10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="M138" s="6" t="s">
         <v>570</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O138" s="6"/>
       <c r="P138" s="6"/>
     </row>
     <row r="139" spans="1:16" customHeight="1" ht="65">
       <c r="A139" s="6" t="s">
         <v>571</v>
       </c>
       <c r="B139" s="6">
         <v>0</v>
       </c>
       <c r="C139" s="6">
         <v>0</v>
       </c>
       <c r="D139" s="6">
         <v>0</v>
       </c>
       <c r="E139" s="6" t="s">
         <v>572</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G139" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="6">
-        <v>16.4</v>
+        <v>65</v>
       </c>
       <c r="J139" s="10" t="s">
         <v>573</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>514</v>
+        <v>26</v>
       </c>
       <c r="L139" s="10" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="M139" s="6" t="s">
         <v>574</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O139" s="6"/>
       <c r="P139" s="6"/>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="65">
       <c r="A140" s="6" t="s">
         <v>575</v>
       </c>
       <c r="B140" s="6">
         <v>0</v>
       </c>
       <c r="C140" s="6">
         <v>0</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6" t="s">
         <v>576</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H140" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I140" s="6">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="J140" s="10" t="s">
         <v>577</v>
       </c>
       <c r="K140" s="6" t="s">
-        <v>26</v>
+        <v>534</v>
       </c>
       <c r="L140" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M140" s="6" t="s">
         <v>578</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O140" s="6"/>
       <c r="P140" s="6"/>
     </row>
-    <row r="141" spans="1:16" customHeight="1" ht="65">
+    <row r="141" spans="1:16">
       <c r="A141" s="6" t="s">
         <v>579</v>
       </c>
       <c r="B141" s="6">
         <v>0</v>
       </c>
       <c r="C141" s="6">
         <v>0</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
       <c r="E141" s="6" t="s">
         <v>580</v>
       </c>
       <c r="F141" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H141" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I141" s="6">
         <v>0</v>
       </c>
       <c r="J141" s="10" t="s">
         <v>581</v>
       </c>
       <c r="K141" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L141" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M141" s="6" t="s">
         <v>582</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O141" s="6"/>
       <c r="P141" s="6"/>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" s="6" t="s">
         <v>583</v>
       </c>
       <c r="B142" s="6">
         <v>0</v>
       </c>
       <c r="C142" s="6">
         <v>0</v>
       </c>
       <c r="D142" s="6">
         <v>0</v>
       </c>
       <c r="E142" s="6" t="s">
         <v>584</v>
       </c>
       <c r="F142" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G142" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="6">
         <v>0</v>
       </c>
       <c r="J142" s="10" t="s">
         <v>585</v>
       </c>
       <c r="K142" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L142" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M142" s="6" t="s">
         <v>586</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O142" s="6"/>
       <c r="P142" s="6"/>
     </row>
-    <row r="143" spans="1:16">
+    <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
         <v>587</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
         <v>588</v>
       </c>
       <c r="F143" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="6">
         <v>0</v>
       </c>
       <c r="J143" s="10" t="s">
         <v>589</v>
       </c>
       <c r="K143" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L143" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M143" s="6" t="s">
         <v>590</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O143" s="6"/>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16" customHeight="1" ht="65">
       <c r="A144" s="6" t="s">
         <v>591</v>
       </c>
       <c r="B144" s="6">
         <v>0</v>
       </c>
       <c r="C144" s="6">
         <v>0</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
       <c r="E144" s="6" t="s">
         <v>592</v>
       </c>
       <c r="F144" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="6">
         <v>0</v>
       </c>
       <c r="J144" s="10" t="s">
         <v>593</v>
       </c>
       <c r="K144" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L144" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M144" s="6" t="s">
         <v>594</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O144" s="6"/>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
         <v>595</v>
       </c>
       <c r="B145" s="6">
         <v>0</v>
       </c>
       <c r="C145" s="6">
         <v>0</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
         <v>596</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="6">
-        <v>0</v>
+        <v>10.2</v>
       </c>
       <c r="J145" s="10" t="s">
         <v>597</v>
       </c>
       <c r="K145" s="6" t="s">
-        <v>538</v>
+        <v>124</v>
       </c>
       <c r="L145" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M145" s="6" t="s">
         <v>598</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O145" s="6"/>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
         <v>599</v>
       </c>
       <c r="B146" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C146" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
         <v>600</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="6">
-        <v>10.2</v>
+        <v>0</v>
       </c>
       <c r="J146" s="10" t="s">
         <v>601</v>
       </c>
       <c r="K146" s="6" t="s">
-        <v>124</v>
+        <v>534</v>
       </c>
       <c r="L146" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M146" s="6" t="s">
         <v>602</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O146" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O146" s="6"/>
       <c r="P146" s="6"/>
     </row>
     <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
         <v>603</v>
       </c>
       <c r="B147" s="6">
         <v>0</v>
       </c>
       <c r="C147" s="6">
         <v>0</v>
       </c>
       <c r="D147" s="6">
         <v>0</v>
       </c>
       <c r="E147" s="6" t="s">
         <v>604</v>
       </c>
       <c r="F147" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G147" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H147" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="6">
         <v>0</v>
       </c>
       <c r="J147" s="10" t="s">
         <v>605</v>
       </c>
       <c r="K147" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L147" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M147" s="6" t="s">
         <v>606</v>
       </c>
       <c r="N147" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O147" s="6"/>
       <c r="P147" s="6"/>
     </row>
     <row r="148" spans="1:16" customHeight="1" ht="65">
       <c r="A148" s="6" t="s">
         <v>607</v>
       </c>
       <c r="B148" s="6">
         <v>0</v>
       </c>
       <c r="C148" s="6">
         <v>0</v>
       </c>
       <c r="D148" s="6">
         <v>0</v>
       </c>
       <c r="E148" s="6" t="s">
         <v>608</v>
       </c>
       <c r="F148" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="6">
         <v>0</v>
       </c>
       <c r="J148" s="10" t="s">
         <v>609</v>
       </c>
       <c r="K148" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L148" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M148" s="6" t="s">
         <v>610</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O148" s="6"/>
       <c r="P148" s="6"/>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
         <v>611</v>
       </c>
       <c r="B149" s="6">
         <v>0</v>
       </c>
       <c r="C149" s="6">
         <v>0</v>
       </c>
       <c r="D149" s="6">
         <v>0</v>
       </c>
       <c r="E149" s="6" t="s">
         <v>612</v>
       </c>
       <c r="F149" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="6">
         <v>0</v>
       </c>
       <c r="J149" s="10" t="s">
-        <v>613</v>
+        <v>585</v>
       </c>
       <c r="K149" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L149" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M149" s="6" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O149" s="6"/>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
+        <v>614</v>
+      </c>
+      <c r="B150" s="6">
+        <v>0</v>
+      </c>
+      <c r="C150" s="6">
+        <v>0</v>
+      </c>
+      <c r="D150" s="6">
+        <v>0</v>
+      </c>
+      <c r="E150" s="6" t="s">
         <v>615</v>
-      </c>
-[...10 lines deleted...]
-        <v>616</v>
       </c>
       <c r="F150" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G150" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I150" s="6">
         <v>0</v>
       </c>
       <c r="J150" s="10" t="s">
-        <v>589</v>
+        <v>616</v>
       </c>
       <c r="K150" s="6" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="L150" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M150" s="6" t="s">
         <v>617</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O150" s="6"/>
       <c r="P150" s="6"/>
     </row>
     <row r="151" spans="1:16" customHeight="1" ht="65">
       <c r="A151" s="6" t="s">
         <v>618</v>
       </c>
       <c r="B151" s="6">
         <v>0</v>
       </c>
       <c r="C151" s="6">
         <v>0</v>
       </c>
       <c r="D151" s="6">
         <v>0</v>
       </c>
       <c r="E151" s="6" t="s">
         <v>619</v>
       </c>
       <c r="F151" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G151" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H151" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I151" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J151" s="10" t="s">
         <v>620</v>
       </c>
       <c r="K151" s="6" t="s">
-        <v>538</v>
+        <v>98</v>
       </c>
       <c r="L151" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M151" s="6" t="s">
         <v>621</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O151" s="6"/>
+      <c r="O151" s="6">
+        <v>83599.98</v>
+      </c>
       <c r="P151" s="6"/>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="65">
       <c r="A152" s="6" t="s">
         <v>622</v>
       </c>
       <c r="B152" s="6">
         <v>0</v>
       </c>
       <c r="C152" s="6">
         <v>0</v>
       </c>
       <c r="D152" s="6">
         <v>0</v>
       </c>
       <c r="E152" s="6" t="s">
         <v>623</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="G152" s="10" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I152" s="6">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J152" s="10" t="s">
         <v>624</v>
       </c>
       <c r="K152" s="6" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="L152" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M152" s="6" t="s">
         <v>625</v>
       </c>
       <c r="N152" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O152" s="6"/>
       <c r="P152" s="6"/>
     </row>
-    <row r="153" spans="1:16" customHeight="1" ht="65">
+    <row r="153" spans="1:16">
       <c r="A153" s="6" t="s">
         <v>626</v>
       </c>
       <c r="B153" s="6">
         <v>0</v>
       </c>
       <c r="C153" s="6">
         <v>0</v>
       </c>
       <c r="D153" s="6">
         <v>0</v>
       </c>
       <c r="E153" s="6" t="s">
         <v>627</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>88</v>
+        <v>628</v>
       </c>
       <c r="G153" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H153" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="J153" s="10"/>
       <c r="K153" s="6" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="L153" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M153" s="6" t="s">
         <v>629</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O153" s="6"/>
       <c r="P153" s="6"/>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" s="6" t="s">
         <v>630</v>
       </c>
       <c r="B154" s="6">
         <v>0</v>
       </c>
       <c r="C154" s="6">
         <v>0</v>
       </c>
       <c r="D154" s="6">
         <v>0</v>
       </c>
       <c r="E154" s="6" t="s">
         <v>631</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>632</v>
+        <v>36</v>
       </c>
       <c r="G154" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I154" s="6">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="J154" s="10"/>
       <c r="K154" s="6" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="L154" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M154" s="6" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O154" s="6"/>
       <c r="P154" s="6"/>
     </row>
-    <row r="155" spans="1:16">
+    <row r="155" spans="1:16" customHeight="1" ht="65">
       <c r="A155" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="B155" s="6">
+        <v>0</v>
+      </c>
+      <c r="C155" s="6">
+        <v>0</v>
+      </c>
+      <c r="D155" s="6">
+        <v>0</v>
+      </c>
+      <c r="E155" s="6" t="s">
         <v>634</v>
       </c>
-      <c r="B155" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F155" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G155" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H155" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="6">
+        <v>10.58</v>
+      </c>
+      <c r="J155" s="10" t="s">
+        <v>635</v>
+      </c>
+      <c r="K155" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L155" s="10" t="s">
         <v>22</v>
-      </c>
-[...5 lines deleted...]
-        <v>38</v>
       </c>
       <c r="M155" s="6" t="s">
         <v>636</v>
       </c>
       <c r="N155" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O155" s="6"/>
       <c r="P155" s="6"/>
     </row>
     <row r="156" spans="1:16" customHeight="1" ht="65">
       <c r="A156" s="6" t="s">
         <v>637</v>
       </c>
       <c r="B156" s="6">
         <v>0</v>
       </c>
       <c r="C156" s="6">
         <v>0</v>
       </c>
       <c r="D156" s="6">
         <v>0</v>
       </c>
       <c r="E156" s="6" t="s">
         <v>638</v>
       </c>
       <c r="F156" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G156" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H156" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I156" s="6">
-        <v>10.58</v>
+        <v>12</v>
       </c>
       <c r="J156" s="10" t="s">
         <v>639</v>
       </c>
       <c r="K156" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L156" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M156" s="6" t="s">
         <v>640</v>
       </c>
       <c r="N156" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O156" s="6"/>
       <c r="P156" s="6"/>
     </row>
     <row r="157" spans="1:16" customHeight="1" ht="65">
       <c r="A157" s="6" t="s">
         <v>641</v>
       </c>
       <c r="B157" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C157" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D157" s="6">
         <v>0</v>
       </c>
       <c r="E157" s="6" t="s">
         <v>642</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>22</v>
+        <v>643</v>
       </c>
       <c r="G157" s="10" t="s">
-        <v>23</v>
+        <v>150</v>
       </c>
       <c r="H157" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J157" s="10" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="K157" s="6" t="s">
-        <v>32</v>
+        <v>152</v>
       </c>
       <c r="L157" s="10" t="s">
-        <v>22</v>
+        <v>153</v>
       </c>
       <c r="M157" s="6" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N157" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O157" s="6"/>
+      <c r="O157" s="6">
+        <v>489.6</v>
+      </c>
       <c r="P157" s="6"/>
     </row>
-    <row r="158" spans="1:16" customHeight="1" ht="65">
+    <row r="158" spans="1:16">
       <c r="A158" s="6" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B158" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C158" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D158" s="6">
         <v>0</v>
       </c>
       <c r="E158" s="6" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>647</v>
+        <v>49</v>
       </c>
       <c r="G158" s="10" t="s">
-        <v>150</v>
+        <v>173</v>
       </c>
       <c r="H158" s="6" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="I158" s="6">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="J158" s="10" t="s">
         <v>648</v>
       </c>
       <c r="K158" s="6" t="s">
-        <v>152</v>
+        <v>175</v>
       </c>
       <c r="L158" s="10" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="M158" s="6" t="s">
         <v>649</v>
       </c>
       <c r="N158" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O158" s="6">
-        <v>489.6</v>
+        <v>263690.39</v>
       </c>
       <c r="P158" s="6"/>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" s="6" t="s">
         <v>650</v>
       </c>
       <c r="B159" s="6">
         <v>0</v>
       </c>
       <c r="C159" s="6">
         <v>0</v>
       </c>
       <c r="D159" s="6">
         <v>0</v>
       </c>
       <c r="E159" s="6" t="s">
         <v>651</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G159" s="10" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="H159" s="6" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
       <c r="I159" s="6">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="J159" s="10"/>
       <c r="K159" s="6" t="s">
-        <v>175</v>
+        <v>37</v>
       </c>
       <c r="L159" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M159" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="N159" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" s="6"/>
+      <c r="P159" s="6"/>
+    </row>
+    <row r="160" spans="1:16" customHeight="1" ht="65">
+      <c r="A160" s="6" t="s">
         <v>653</v>
       </c>
-      <c r="N159" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A160" s="6" t="s">
+      <c r="B160" s="6">
+        <v>0</v>
+      </c>
+      <c r="C160" s="6">
+        <v>0</v>
+      </c>
+      <c r="D160" s="6">
+        <v>0</v>
+      </c>
+      <c r="E160" s="6" t="s">
         <v>654</v>
-      </c>
-[...10 lines deleted...]
-        <v>655</v>
       </c>
       <c r="F160" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G160" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H160" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I160" s="6">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="J160" s="10"/>
+        <v>17.5</v>
+      </c>
+      <c r="J160" s="10" t="s">
+        <v>655</v>
+      </c>
       <c r="K160" s="6" t="s">
-        <v>37</v>
+        <v>510</v>
       </c>
       <c r="L160" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M160" s="6" t="s">
         <v>656</v>
       </c>
       <c r="N160" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O160" s="6"/>
       <c r="P160" s="6"/>
     </row>
     <row r="161" spans="1:16" customHeight="1" ht="65">
       <c r="A161" s="6" t="s">
         <v>657</v>
       </c>
       <c r="B161" s="6">
         <v>0</v>
       </c>
       <c r="C161" s="6">
         <v>0</v>
       </c>
       <c r="D161" s="6">
         <v>0</v>
       </c>
       <c r="E161" s="6" t="s">
         <v>658</v>
       </c>
       <c r="F161" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G161" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H161" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="6">
-        <v>17.5</v>
+        <v>10</v>
       </c>
       <c r="J161" s="10" t="s">
         <v>659</v>
       </c>
       <c r="K161" s="6" t="s">
-        <v>514</v>
+        <v>133</v>
       </c>
       <c r="L161" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M161" s="6" t="s">
         <v>660</v>
       </c>
       <c r="N161" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O161" s="6"/>
       <c r="P161" s="6"/>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="65">
       <c r="A162" s="6" t="s">
         <v>661</v>
       </c>
       <c r="B162" s="6">
         <v>0</v>
       </c>
       <c r="C162" s="6">
         <v>0</v>
       </c>
       <c r="D162" s="6">
         <v>0</v>
       </c>
       <c r="E162" s="6" t="s">
         <v>662</v>
       </c>
       <c r="F162" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G162" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H162" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="6">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="J162" s="10" t="s">
         <v>663</v>
       </c>
       <c r="K162" s="6" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="L162" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M162" s="6" t="s">
         <v>664</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O162" s="6"/>
       <c r="P162" s="6"/>
     </row>
     <row r="163" spans="1:16" customHeight="1" ht="65">
       <c r="A163" s="6" t="s">
         <v>665</v>
       </c>
       <c r="B163" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C163" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D163" s="6">
         <v>0</v>
       </c>
       <c r="E163" s="6" t="s">
         <v>666</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G163" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H163" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I163" s="6">
-        <v>62</v>
+        <v>49.5</v>
       </c>
       <c r="J163" s="10" t="s">
         <v>667</v>
       </c>
       <c r="K163" s="6" t="s">
-        <v>124</v>
+        <v>75</v>
       </c>
       <c r="L163" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M163" s="6" t="s">
         <v>668</v>
       </c>
       <c r="N163" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O163" s="6"/>
+      <c r="O163" s="6">
+        <v>308121.6</v>
+      </c>
       <c r="P163" s="6"/>
     </row>
     <row r="164" spans="1:16" customHeight="1" ht="65">
       <c r="A164" s="6" t="s">
         <v>669</v>
       </c>
       <c r="B164" s="6">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="C164" s="6">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="D164" s="6">
         <v>0</v>
       </c>
       <c r="E164" s="6" t="s">
         <v>670</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="G164" s="10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="H164" s="6" t="s">
-        <v>58</v>
+        <v>256</v>
       </c>
       <c r="I164" s="6">
-        <v>49.5</v>
+        <v>0</v>
       </c>
       <c r="J164" s="10" t="s">
         <v>671</v>
       </c>
       <c r="K164" s="6" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="L164" s="10" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="M164" s="6" t="s">
         <v>672</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O164" s="6">
-        <v>302080</v>
+        <v>14294.59</v>
       </c>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
         <v>673</v>
       </c>
       <c r="B165" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C165" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D165" s="6">
         <v>0</v>
       </c>
       <c r="E165" s="6" t="s">
         <v>674</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="G165" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H165" s="6" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
       <c r="I165" s="6">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="J165" s="10" t="s">
         <v>675</v>
       </c>
       <c r="K165" s="6" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="L165" s="10" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="M165" s="6" t="s">
         <v>676</v>
       </c>
       <c r="N165" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O165" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O165" s="6"/>
       <c r="P165" s="6"/>
     </row>
     <row r="166" spans="1:16" customHeight="1" ht="65">
       <c r="A166" s="6" t="s">
         <v>677</v>
       </c>
       <c r="B166" s="6">
         <v>0</v>
       </c>
       <c r="C166" s="6">
         <v>0</v>
       </c>
       <c r="D166" s="6">
         <v>0</v>
       </c>
       <c r="E166" s="6" t="s">
         <v>678</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="6">
-        <v>70</v>
+        <v>22.8</v>
       </c>
       <c r="J166" s="10" t="s">
         <v>679</v>
       </c>
       <c r="K166" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L166" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M166" s="6" t="s">
         <v>680</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O166" s="6"/>
       <c r="P166" s="6"/>
     </row>
-    <row r="167" spans="1:16" customHeight="1" ht="65">
+    <row r="167" spans="1:16">
       <c r="A167" s="6" t="s">
         <v>681</v>
       </c>
       <c r="B167" s="6">
         <v>0</v>
       </c>
       <c r="C167" s="6">
         <v>0</v>
       </c>
       <c r="D167" s="6">
         <v>0</v>
       </c>
       <c r="E167" s="6" t="s">
         <v>682</v>
       </c>
       <c r="F167" s="9" t="s">
-        <v>22</v>
+        <v>628</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H167" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I167" s="6">
-        <v>22.8</v>
-[...1 lines deleted...]
-      <c r="J167" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="J167" s="10"/>
+      <c r="K167" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L167" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M167" s="6" t="s">
         <v>683</v>
-      </c>
-[...7 lines deleted...]
-        <v>684</v>
       </c>
       <c r="N167" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O167" s="6"/>
       <c r="P167" s="6"/>
     </row>
-    <row r="168" spans="1:16">
+    <row r="168" spans="1:16" customHeight="1" ht="65">
       <c r="A168" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="B168" s="6">
+        <v>0</v>
+      </c>
+      <c r="C168" s="6">
+        <v>0</v>
+      </c>
+      <c r="D168" s="6">
+        <v>0</v>
+      </c>
+      <c r="E168" s="6" t="s">
         <v>685</v>
       </c>
-      <c r="B168" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F168" s="9" t="s">
-        <v>632</v>
+        <v>36</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H168" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I168" s="6">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="J168" s="10"/>
+        <v>49</v>
+      </c>
+      <c r="J168" s="10" t="s">
+        <v>686</v>
+      </c>
       <c r="K168" s="6" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="L168" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M168" s="6" t="s">
         <v>687</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O168" s="6"/>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
         <v>688</v>
       </c>
       <c r="B169" s="6">
         <v>0</v>
       </c>
       <c r="C169" s="6">
         <v>0</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
       <c r="E169" s="6" t="s">
         <v>689</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H169" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I169" s="6">
-        <v>49</v>
+        <v>5.6</v>
       </c>
       <c r="J169" s="10" t="s">
         <v>690</v>
       </c>
       <c r="K169" s="6" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="L169" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M169" s="6" t="s">
         <v>691</v>
       </c>
       <c r="N169" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O169" s="6"/>
       <c r="P169" s="6"/>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="65">
       <c r="A170" s="6" t="s">
         <v>692</v>
       </c>
       <c r="B170" s="6">
         <v>0</v>
       </c>
       <c r="C170" s="6">
         <v>0</v>
       </c>
       <c r="D170" s="6">
         <v>0</v>
       </c>
       <c r="E170" s="6" t="s">
         <v>693</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H170" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I170" s="6">
-        <v>5.6</v>
+        <v>23</v>
       </c>
       <c r="J170" s="10" t="s">
         <v>694</v>
       </c>
       <c r="K170" s="6" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="L170" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M170" s="6" t="s">
         <v>695</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O170" s="6"/>
+      <c r="O170" s="6">
+        <v>244749.99</v>
+      </c>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
         <v>696</v>
       </c>
       <c r="B171" s="6">
         <v>0</v>
       </c>
       <c r="C171" s="6">
         <v>0</v>
       </c>
       <c r="D171" s="6">
         <v>0</v>
       </c>
       <c r="E171" s="6" t="s">
         <v>697</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="G171" s="10" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="6">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="J171" s="10" t="s">
         <v>698</v>
       </c>
       <c r="K171" s="6" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="L171" s="10" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="M171" s="6" t="s">
         <v>699</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O171" s="6"/>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
         <v>700</v>
       </c>
       <c r="B172" s="6">
         <v>0</v>
       </c>
       <c r="C172" s="6">
         <v>0</v>
       </c>
       <c r="D172" s="6">
         <v>0</v>
       </c>
       <c r="E172" s="6" t="s">
         <v>701</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="G172" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="6">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J172" s="10" t="s">
         <v>702</v>
       </c>
       <c r="K172" s="6" t="s">
-        <v>81</v>
+        <v>133</v>
       </c>
       <c r="L172" s="10" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="M172" s="6" t="s">
         <v>703</v>
       </c>
       <c r="N172" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O172" s="6"/>
       <c r="P172" s="6"/>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="65">
       <c r="A173" s="6" t="s">
         <v>704</v>
       </c>
       <c r="B173" s="6">
         <v>0</v>
       </c>
       <c r="C173" s="6">
         <v>0</v>
       </c>
       <c r="D173" s="6">
         <v>0</v>
       </c>
       <c r="E173" s="6" t="s">
         <v>705</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I173" s="6">
-        <v>10</v>
+        <v>9.5</v>
       </c>
       <c r="J173" s="10" t="s">
         <v>706</v>
       </c>
       <c r="K173" s="6" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="L173" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M173" s="6" t="s">
         <v>707</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O173" s="6"/>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
         <v>708</v>
       </c>
       <c r="B174" s="6">
         <v>0</v>
       </c>
       <c r="C174" s="6">
         <v>0</v>
       </c>
       <c r="D174" s="6">
         <v>0</v>
       </c>
       <c r="E174" s="6" t="s">
         <v>709</v>
       </c>
       <c r="F174" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H174" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I174" s="6">
-        <v>9.5</v>
+        <v>79</v>
       </c>
       <c r="J174" s="10" t="s">
         <v>710</v>
       </c>
       <c r="K174" s="6" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="L174" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M174" s="6" t="s">
         <v>711</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O174" s="6"/>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
         <v>712</v>
       </c>
       <c r="B175" s="6">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <v>0</v>
       </c>
       <c r="D175" s="6">
         <v>0</v>
       </c>
       <c r="E175" s="6" t="s">
         <v>713</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G175" s="10" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="H175" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I175" s="6">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="J175" s="10" t="s">
         <v>714</v>
       </c>
       <c r="K175" s="6" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="L175" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M175" s="6" t="s">
         <v>715</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O175" s="6"/>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
         <v>716</v>
       </c>
       <c r="B176" s="6">
         <v>0</v>
       </c>
       <c r="C176" s="6">
         <v>0</v>
       </c>
       <c r="D176" s="6">
         <v>0</v>
       </c>
       <c r="E176" s="6" t="s">
         <v>717</v>
       </c>
       <c r="F176" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G176" s="10" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="H176" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I176" s="6">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J176" s="10" t="s">
         <v>718</v>
       </c>
       <c r="K176" s="6" t="s">
-        <v>175</v>
+        <v>124</v>
       </c>
       <c r="L176" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M176" s="6" t="s">
         <v>719</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O176" s="6"/>
       <c r="P176" s="6"/>
     </row>
-    <row r="177" spans="1:16" customHeight="1" ht="65">
+    <row r="177" spans="1:16">
       <c r="A177" s="6" t="s">
         <v>720</v>
       </c>
       <c r="B177" s="6">
         <v>0</v>
       </c>
       <c r="C177" s="6">
         <v>0</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
       <c r="E177" s="6" t="s">
         <v>721</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G177" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H177" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I177" s="6">
-        <v>50</v>
+        <v>47.5</v>
       </c>
       <c r="J177" s="10" t="s">
         <v>722</v>
       </c>
       <c r="K177" s="6" t="s">
-        <v>124</v>
+        <v>75</v>
       </c>
       <c r="L177" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M177" s="6" t="s">
         <v>723</v>
       </c>
       <c r="N177" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O177" s="6"/>
       <c r="P177" s="6"/>
     </row>
-    <row r="178" spans="1:16">
+    <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
         <v>724</v>
       </c>
       <c r="B178" s="6">
         <v>0</v>
       </c>
       <c r="C178" s="6">
         <v>0</v>
       </c>
       <c r="D178" s="6">
         <v>0</v>
       </c>
       <c r="E178" s="6" t="s">
         <v>725</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G178" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H178" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I178" s="6">
-        <v>47.5</v>
+        <v>92</v>
       </c>
       <c r="J178" s="10" t="s">
         <v>726</v>
       </c>
       <c r="K178" s="6" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L178" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M178" s="6" t="s">
         <v>727</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O178" s="6"/>
       <c r="P178" s="6"/>
     </row>
     <row r="179" spans="1:16" customHeight="1" ht="65">
       <c r="A179" s="6" t="s">
         <v>728</v>
       </c>
       <c r="B179" s="6">
         <v>0</v>
       </c>
       <c r="C179" s="6">
         <v>0</v>
       </c>
       <c r="D179" s="6">
         <v>0</v>
       </c>
       <c r="E179" s="6" t="s">
         <v>729</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>49</v>
+        <v>730</v>
       </c>
       <c r="G179" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H179" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I179" s="6">
-        <v>92</v>
+        <v>0.48</v>
       </c>
       <c r="J179" s="10" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="K179" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="L179" s="10" t="s">
-        <v>38</v>
+        <v>732</v>
       </c>
       <c r="M179" s="6" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="N179" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O179" s="6"/>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B180" s="6">
         <v>0</v>
       </c>
       <c r="C180" s="6">
         <v>0</v>
       </c>
       <c r="D180" s="6">
         <v>0</v>
       </c>
       <c r="E180" s="6" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>734</v>
+        <v>36</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>73</v>
+        <v>314</v>
       </c>
       <c r="H180" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I180" s="6">
-        <v>0.48</v>
+        <v>38</v>
       </c>
       <c r="J180" s="10" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="K180" s="6" t="s">
-        <v>75</v>
+        <v>316</v>
       </c>
       <c r="L180" s="10" t="s">
-        <v>736</v>
+        <v>38</v>
       </c>
       <c r="M180" s="6" t="s">
         <v>737</v>
       </c>
       <c r="N180" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O180" s="6"/>
       <c r="P180" s="6"/>
     </row>
     <row r="181" spans="1:16" customHeight="1" ht="65">
       <c r="A181" s="6" t="s">
         <v>738</v>
       </c>
       <c r="B181" s="6">
         <v>0</v>
       </c>
       <c r="C181" s="6">
         <v>0</v>
       </c>
       <c r="D181" s="6">
         <v>0</v>
       </c>
       <c r="E181" s="6" t="s">
         <v>739</v>
       </c>
       <c r="F181" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>314</v>
+        <v>73</v>
       </c>
       <c r="H181" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I181" s="6">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="J181" s="10" t="s">
         <v>740</v>
       </c>
       <c r="K181" s="6" t="s">
-        <v>316</v>
+        <v>510</v>
       </c>
       <c r="L181" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M181" s="6" t="s">
         <v>741</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O181" s="6"/>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
         <v>742</v>
       </c>
       <c r="B182" s="6">
         <v>0</v>
       </c>
       <c r="C182" s="6">
         <v>0</v>
       </c>
       <c r="D182" s="6">
         <v>0</v>
       </c>
       <c r="E182" s="6" t="s">
         <v>743</v>
       </c>
       <c r="F182" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G182" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H182" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I182" s="6">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="J182" s="10" t="s">
         <v>744</v>
       </c>
       <c r="K182" s="6" t="s">
-        <v>514</v>
+        <v>98</v>
       </c>
       <c r="L182" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M182" s="6" t="s">
         <v>745</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O182" s="6"/>
+      <c r="O182" s="6">
+        <v>107249.97</v>
+      </c>
       <c r="P182" s="6"/>
     </row>
-    <row r="183" spans="1:16" customHeight="1" ht="65">
+    <row r="183" spans="1:16">
       <c r="A183" s="6" t="s">
         <v>746</v>
       </c>
       <c r="B183" s="6">
         <v>0</v>
       </c>
       <c r="C183" s="6">
         <v>0</v>
       </c>
       <c r="D183" s="6">
         <v>0</v>
       </c>
       <c r="E183" s="6" t="s">
         <v>747</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H183" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I183" s="6">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="J183" s="10"/>
       <c r="K183" s="6" t="s">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="L183" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M183" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="N183" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" s="6">
+        <v>483078.96</v>
+      </c>
+      <c r="P183" s="6"/>
+    </row>
+    <row r="184" spans="1:16" customHeight="1" ht="65">
+      <c r="A184" s="6" t="s">
         <v>749</v>
       </c>
-      <c r="N183" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A184" s="6" t="s">
+      <c r="B184" s="6">
+        <v>0</v>
+      </c>
+      <c r="C184" s="6">
+        <v>0</v>
+      </c>
+      <c r="D184" s="6">
+        <v>0</v>
+      </c>
+      <c r="E184" s="6" t="s">
         <v>750</v>
-      </c>
-[...10 lines deleted...]
-        <v>751</v>
       </c>
       <c r="F184" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G184" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H184" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I184" s="6">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="J184" s="10"/>
+        <v>70</v>
+      </c>
+      <c r="J184" s="10" t="s">
+        <v>751</v>
+      </c>
       <c r="K184" s="6" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="L184" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M184" s="6" t="s">
         <v>752</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O184" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O184" s="6"/>
       <c r="P184" s="6"/>
     </row>
     <row r="185" spans="1:16" customHeight="1" ht="65">
       <c r="A185" s="6" t="s">
         <v>753</v>
       </c>
       <c r="B185" s="6">
         <v>0</v>
       </c>
       <c r="C185" s="6">
         <v>0</v>
       </c>
       <c r="D185" s="6">
         <v>0</v>
       </c>
       <c r="E185" s="6" t="s">
         <v>754</v>
       </c>
       <c r="F185" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G185" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H185" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I185" s="6">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="J185" s="10" t="s">
         <v>755</v>
       </c>
       <c r="K185" s="6" t="s">
-        <v>26</v>
+        <v>124</v>
       </c>
       <c r="L185" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M185" s="6" t="s">
         <v>756</v>
       </c>
       <c r="N185" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O185" s="6"/>
       <c r="P185" s="6"/>
     </row>
     <row r="186" spans="1:16" customHeight="1" ht="65">
       <c r="A186" s="6" t="s">
         <v>757</v>
       </c>
       <c r="B186" s="6">
         <v>0</v>
       </c>
       <c r="C186" s="6">
         <v>0</v>
       </c>
       <c r="D186" s="6">
         <v>0</v>
       </c>
       <c r="E186" s="6" t="s">
         <v>758</v>
       </c>
       <c r="F186" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G186" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H186" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I186" s="6">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="J186" s="10" t="s">
         <v>759</v>
       </c>
       <c r="K186" s="6" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="L186" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M186" s="6" t="s">
         <v>760</v>
       </c>
       <c r="N186" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O186" s="6"/>
       <c r="P186" s="6"/>
     </row>
     <row r="187" spans="1:16" customHeight="1" ht="65">
       <c r="A187" s="6" t="s">
         <v>761</v>
       </c>
       <c r="B187" s="6">
         <v>0</v>
       </c>
       <c r="C187" s="6">
         <v>0</v>
       </c>
       <c r="D187" s="6">
         <v>0</v>
       </c>
       <c r="E187" s="6" t="s">
         <v>762</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G187" s="10" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="H187" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I187" s="6">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="J187" s="10" t="s">
         <v>763</v>
       </c>
       <c r="K187" s="6" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="L187" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M187" s="6" t="s">
         <v>764</v>
       </c>
       <c r="N187" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O187" s="6"/>
       <c r="P187" s="6"/>
     </row>
     <row r="188" spans="1:16" customHeight="1" ht="65">
       <c r="A188" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B188" s="6">
         <v>0</v>
       </c>
       <c r="C188" s="6">
         <v>0</v>
       </c>
       <c r="D188" s="6">
         <v>0</v>
       </c>
       <c r="E188" s="6" t="s">
         <v>766</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="G188" s="10" t="s">
         <v>79</v>
       </c>
       <c r="H188" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I188" s="6">
         <v>0</v>
       </c>
       <c r="J188" s="10" t="s">
         <v>767</v>
       </c>
       <c r="K188" s="6" t="s">
         <v>81</v>
       </c>
       <c r="L188" s="10" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="M188" s="6" t="s">
         <v>768</v>
       </c>
       <c r="N188" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O188" s="6"/>
       <c r="P188" s="6"/>
     </row>
-    <row r="189" spans="1:16" customHeight="1" ht="65">
+    <row r="189" spans="1:16">
       <c r="A189" s="6" t="s">
         <v>769</v>
       </c>
       <c r="B189" s="6">
         <v>0</v>
       </c>
       <c r="C189" s="6">
         <v>0</v>
       </c>
       <c r="D189" s="6">
         <v>0</v>
       </c>
       <c r="E189" s="6" t="s">
         <v>770</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="G189" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H189" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I189" s="6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J189" s="10" t="s">
+        <v>31.5</v>
+      </c>
+      <c r="J189" s="10"/>
+      <c r="K189" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L189" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M189" s="6" t="s">
         <v>771</v>
-      </c>
-[...7 lines deleted...]
-        <v>772</v>
       </c>
       <c r="N189" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O189" s="6"/>
       <c r="P189" s="6"/>
     </row>
-    <row r="190" spans="1:16">
+    <row r="190" spans="1:16" customHeight="1" ht="65">
       <c r="A190" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="B190" s="6">
+        <v>3</v>
+      </c>
+      <c r="C190" s="6">
+        <v>3</v>
+      </c>
+      <c r="D190" s="6">
+        <v>0</v>
+      </c>
+      <c r="E190" s="6" t="s">
         <v>773</v>
-      </c>
-[...10 lines deleted...]
-        <v>774</v>
       </c>
       <c r="F190" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G190" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H190" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I190" s="6">
-        <v>31.5</v>
-[...1 lines deleted...]
-      <c r="J190" s="10"/>
+        <v>71</v>
+      </c>
+      <c r="J190" s="10" t="s">
+        <v>774</v>
+      </c>
       <c r="K190" s="6" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="L190" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M190" s="6" t="s">
         <v>775</v>
       </c>
       <c r="N190" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O190" s="6"/>
+      <c r="O190" s="6">
+        <v>1237902.12</v>
+      </c>
       <c r="P190" s="6"/>
     </row>
-    <row r="191" spans="1:16" customHeight="1" ht="65">
+    <row r="191" spans="1:16">
       <c r="A191" s="6" t="s">
         <v>776</v>
       </c>
       <c r="B191" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C191" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D191" s="6">
         <v>0</v>
       </c>
       <c r="E191" s="6" t="s">
         <v>777</v>
       </c>
       <c r="F191" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G191" s="10" t="s">
-        <v>23</v>
+        <v>173</v>
       </c>
       <c r="H191" s="6" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="I191" s="6">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="J191" s="10" t="s">
         <v>778</v>
       </c>
       <c r="K191" s="6" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="L191" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M191" s="6" t="s">
         <v>779</v>
       </c>
       <c r="N191" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O191" s="6">
-        <v>1237902.12</v>
+        <v>221288.44</v>
       </c>
       <c r="P191" s="6"/>
     </row>
-    <row r="192" spans="1:16">
+    <row r="192" spans="1:16" customHeight="1" ht="65">
       <c r="A192" s="6" t="s">
         <v>780</v>
       </c>
       <c r="B192" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C192" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D192" s="6">
         <v>0</v>
       </c>
       <c r="E192" s="6" t="s">
         <v>781</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G192" s="10" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="H192" s="6" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
       <c r="I192" s="6">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="J192" s="10" t="s">
         <v>782</v>
       </c>
       <c r="K192" s="6" t="s">
-        <v>175</v>
+        <v>81</v>
       </c>
       <c r="L192" s="10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="M192" s="6" t="s">
         <v>783</v>
       </c>
       <c r="N192" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O192" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O192" s="6"/>
       <c r="P192" s="6"/>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="65">
       <c r="A193" s="6" t="s">
         <v>784</v>
       </c>
       <c r="B193" s="6">
         <v>0</v>
       </c>
       <c r="C193" s="6">
         <v>0</v>
       </c>
       <c r="D193" s="6">
         <v>0</v>
       </c>
       <c r="E193" s="6" t="s">
         <v>785</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>42</v>
+        <v>187</v>
       </c>
       <c r="G193" s="10" t="s">
-        <v>73</v>
+        <v>188</v>
       </c>
       <c r="H193" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I193" s="6">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="J193" s="10" t="s">
         <v>786</v>
       </c>
       <c r="K193" s="6" t="s">
-        <v>81</v>
+        <v>190</v>
       </c>
       <c r="L193" s="10" t="s">
-        <v>42</v>
+        <v>191</v>
       </c>
       <c r="M193" s="6" t="s">
         <v>787</v>
       </c>
       <c r="N193" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O193" s="6"/>
+      <c r="O193" s="6">
+        <v>58639.15</v>
+      </c>
       <c r="P193" s="6"/>
     </row>
-    <row r="194" spans="1:16" customHeight="1" ht="65">
+    <row r="194" spans="1:16">
       <c r="A194" s="6" t="s">
         <v>788</v>
       </c>
       <c r="B194" s="6">
         <v>0</v>
       </c>
       <c r="C194" s="6">
         <v>0</v>
       </c>
       <c r="D194" s="6">
         <v>0</v>
       </c>
       <c r="E194" s="6" t="s">
         <v>789</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>187</v>
+        <v>36</v>
       </c>
       <c r="G194" s="10" t="s">
-        <v>188</v>
+        <v>23</v>
       </c>
       <c r="H194" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I194" s="6">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="J194" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="J194" s="10"/>
+      <c r="K194" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L194" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M194" s="6" t="s">
         <v>790</v>
       </c>
-      <c r="K194" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M194" s="6" t="s">
+      <c r="N194" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" s="6"/>
+      <c r="P194" s="6"/>
+    </row>
+    <row r="195" spans="1:16" customHeight="1" ht="65">
+      <c r="A195" s="6" t="s">
         <v>791</v>
       </c>
-      <c r="N194" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A195" s="6" t="s">
+      <c r="B195" s="6">
+        <v>0</v>
+      </c>
+      <c r="C195" s="6">
+        <v>0</v>
+      </c>
+      <c r="D195" s="6">
+        <v>0</v>
+      </c>
+      <c r="E195" s="6" t="s">
         <v>792</v>
-      </c>
-[...10 lines deleted...]
-        <v>793</v>
       </c>
       <c r="F195" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G195" s="10" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H195" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I195" s="6">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="J195" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="J195" s="10" t="s">
+        <v>793</v>
+      </c>
       <c r="K195" s="6" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="L195" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M195" s="6" t="s">
         <v>794</v>
       </c>
       <c r="N195" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O195" s="6"/>
+      <c r="O195" s="6">
+        <v>584346.1</v>
+      </c>
       <c r="P195" s="6"/>
     </row>
     <row r="196" spans="1:16" customHeight="1" ht="65">
       <c r="A196" s="6" t="s">
         <v>795</v>
       </c>
       <c r="B196" s="6">
         <v>0</v>
       </c>
       <c r="C196" s="6">
         <v>0</v>
       </c>
       <c r="D196" s="6">
         <v>0</v>
       </c>
       <c r="E196" s="6" t="s">
         <v>796</v>
       </c>
       <c r="F196" s="9" t="s">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="G196" s="10" t="s">
-        <v>43</v>
+        <v>188</v>
       </c>
       <c r="H196" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I196" s="6">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="J196" s="10" t="s">
         <v>797</v>
       </c>
       <c r="K196" s="6" t="s">
-        <v>45</v>
+        <v>190</v>
       </c>
       <c r="L196" s="10" t="s">
-        <v>38</v>
+        <v>191</v>
       </c>
       <c r="M196" s="6" t="s">
         <v>798</v>
       </c>
       <c r="N196" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O196" s="6"/>
+      <c r="O196" s="6">
+        <v>115879.42</v>
+      </c>
       <c r="P196" s="6"/>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="65">
       <c r="A197" s="6" t="s">
         <v>799</v>
       </c>
       <c r="B197" s="6">
         <v>0</v>
       </c>
       <c r="C197" s="6">
         <v>0</v>
       </c>
       <c r="D197" s="6">
         <v>0</v>
       </c>
       <c r="E197" s="6" t="s">
         <v>800</v>
       </c>
       <c r="F197" s="9" t="s">
-        <v>187</v>
+        <v>88</v>
       </c>
       <c r="G197" s="10" t="s">
-        <v>188</v>
+        <v>79</v>
       </c>
       <c r="H197" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I197" s="6">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="J197" s="10" t="s">
         <v>801</v>
       </c>
       <c r="K197" s="6" t="s">
-        <v>190</v>
+        <v>81</v>
       </c>
       <c r="L197" s="10" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="M197" s="6" t="s">
         <v>802</v>
       </c>
       <c r="N197" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O197" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O197" s="6"/>
       <c r="P197" s="6"/>
     </row>
     <row r="198" spans="1:16" customHeight="1" ht="65">
       <c r="A198" s="6" t="s">
         <v>803</v>
       </c>
       <c r="B198" s="6">
         <v>0</v>
       </c>
       <c r="C198" s="6">
         <v>0</v>
       </c>
       <c r="D198" s="6">
         <v>0</v>
       </c>
       <c r="E198" s="6" t="s">
         <v>804</v>
       </c>
       <c r="F198" s="9" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="G198" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H198" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I198" s="6">
-        <v>0</v>
+        <v>13.4</v>
       </c>
       <c r="J198" s="10" t="s">
         <v>805</v>
       </c>
       <c r="K198" s="6" t="s">
-        <v>81</v>
+        <v>133</v>
       </c>
       <c r="L198" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M198" s="6" t="s">
         <v>806</v>
       </c>
       <c r="N198" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O198" s="6"/>
       <c r="P198" s="6"/>
     </row>
     <row r="199" spans="1:16" customHeight="1" ht="65">
       <c r="A199" s="6" t="s">
         <v>807</v>
       </c>
       <c r="B199" s="6">
         <v>0</v>
       </c>
       <c r="C199" s="6">
         <v>0</v>
       </c>
       <c r="D199" s="6">
         <v>0</v>
       </c>
       <c r="E199" s="6" t="s">
         <v>808</v>
       </c>
       <c r="F199" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G199" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H199" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I199" s="6">
-        <v>13.4</v>
+        <v>75</v>
       </c>
       <c r="J199" s="10" t="s">
         <v>809</v>
       </c>
       <c r="K199" s="6" t="s">
-        <v>133</v>
+        <v>26</v>
       </c>
       <c r="L199" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M199" s="6" t="s">
         <v>810</v>
       </c>
       <c r="N199" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O199" s="6"/>
       <c r="P199" s="6"/>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="65">
       <c r="A200" s="6" t="s">
         <v>811</v>
       </c>
       <c r="B200" s="6">
         <v>0</v>
       </c>
       <c r="C200" s="6">
         <v>0</v>
       </c>
       <c r="D200" s="6">
         <v>0</v>
       </c>
       <c r="E200" s="6" t="s">
         <v>812</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G200" s="10" t="s">
-        <v>23</v>
+        <v>314</v>
       </c>
       <c r="H200" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I200" s="6">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="J200" s="10" t="s">
         <v>813</v>
       </c>
       <c r="K200" s="6" t="s">
-        <v>26</v>
+        <v>316</v>
       </c>
       <c r="L200" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M200" s="6" t="s">
         <v>814</v>
       </c>
       <c r="N200" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O200" s="6"/>
       <c r="P200" s="6"/>
     </row>
     <row r="201" spans="1:16" customHeight="1" ht="65">
       <c r="A201" s="6" t="s">
         <v>815</v>
       </c>
       <c r="B201" s="6">
         <v>0</v>
       </c>
       <c r="C201" s="6">
         <v>0</v>
       </c>
       <c r="D201" s="6">
         <v>0</v>
       </c>
       <c r="E201" s="6" t="s">
         <v>816</v>
       </c>
       <c r="F201" s="9" t="s">
-        <v>36</v>
+        <v>149</v>
       </c>
       <c r="G201" s="10" t="s">
-        <v>314</v>
+        <v>73</v>
       </c>
       <c r="H201" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I201" s="6">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="J201" s="10" t="s">
         <v>817</v>
       </c>
       <c r="K201" s="6" t="s">
-        <v>316</v>
+        <v>818</v>
       </c>
       <c r="L201" s="10" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="M201" s="6" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="N201" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O201" s="6"/>
       <c r="P201" s="6"/>
     </row>
     <row r="202" spans="1:16" customHeight="1" ht="65">
       <c r="A202" s="6" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B202" s="6">
         <v>0</v>
       </c>
       <c r="C202" s="6">
         <v>0</v>
       </c>
       <c r="D202" s="6">
         <v>0</v>
       </c>
       <c r="E202" s="6" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>149</v>
+        <v>36</v>
       </c>
       <c r="G202" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H202" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I202" s="6">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="J202" s="10" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="K202" s="6" t="s">
-        <v>822</v>
+        <v>98</v>
       </c>
       <c r="L202" s="10" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="M202" s="6" t="s">
         <v>823</v>
       </c>
       <c r="N202" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O202" s="6"/>
+      <c r="O202" s="6">
+        <v>226600.07</v>
+      </c>
       <c r="P202" s="6"/>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="65">
       <c r="A203" s="6" t="s">
         <v>824</v>
       </c>
       <c r="B203" s="6">
         <v>0</v>
       </c>
       <c r="C203" s="6">
         <v>0</v>
       </c>
       <c r="D203" s="6">
         <v>0</v>
       </c>
       <c r="E203" s="6" t="s">
         <v>825</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>36</v>
+        <v>826</v>
       </c>
       <c r="G203" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H203" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I203" s="6">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="J203" s="10" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="K203" s="6" t="s">
-        <v>98</v>
+        <v>818</v>
       </c>
       <c r="L203" s="10" t="s">
-        <v>38</v>
+        <v>153</v>
       </c>
       <c r="M203" s="6" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="N203" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O203" s="6"/>
       <c r="P203" s="6"/>
     </row>
     <row r="204" spans="1:16" customHeight="1" ht="65">
       <c r="A204" s="6" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B204" s="6">
         <v>0</v>
       </c>
       <c r="C204" s="6">
         <v>0</v>
       </c>
       <c r="D204" s="6">
         <v>0</v>
       </c>
       <c r="E204" s="6" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>830</v>
+        <v>36</v>
       </c>
       <c r="G204" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H204" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I204" s="6">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="J204" s="10" t="s">
         <v>831</v>
       </c>
       <c r="K204" s="6" t="s">
-        <v>822</v>
+        <v>26</v>
       </c>
       <c r="L204" s="10" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="M204" s="6" t="s">
         <v>832</v>
       </c>
       <c r="N204" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O204" s="6"/>
       <c r="P204" s="6"/>
-    </row>
-[...44 lines deleted...]
-      <c r="P205" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>