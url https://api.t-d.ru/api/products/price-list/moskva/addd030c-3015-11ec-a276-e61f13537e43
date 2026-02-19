--- v1 (2025-12-21)
+++ v2 (2026-02-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="833">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="817">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>21.12.2025 08:14:50</t>
+    <t>19.02.2026 07:21:44</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -230,157 +230,114 @@
   <si>
     <t>ЦБ-00013218</t>
   </si>
   <si>
     <t>Кофемашина профессиональная Sanremo Café Racer 2 гр., чер-бел</t>
   </si>
   <si>
     <t>Café Racer 2 гр., чер-бел</t>
   </si>
   <si>
     <t>ЦБ-00013222</t>
   </si>
   <si>
     <t>Холодильник для молока WMF 03.9190.0003</t>
   </si>
   <si>
     <t>03.9190.0003</t>
   </si>
   <si>
     <t>Холодильник для молока для автоматических кофемашин WMF, модель 03.9190.0003, объем 3,5л, с замком, 228х344х469мм, 80Вт, 220В, 2-5С, замок (съемный). Охладитель для молока компании WMF подойдёт для суперавтоматических кофемашин, имеет компактные размеры, и элегантный дизайн совмещённую с хорошей вместимостью.</t>
   </si>
   <si>
     <t>00000369748</t>
   </si>
   <si>
-    <t>Кофемашина автоматическая EKSI BTB-301-2DR MDB</t>
-[...2 lines deleted...]
-    <t>BTB-301-2DR MDB</t>
+    <t>Кофемашина автоматическая Bravilor Bonamat B10 HW (b/b)</t>
+  </si>
+  <si>
+    <t>B10 HW (b/b)</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>Кофемашина т.м. Bravilor Bonamat мод. B10 HW (зав.корзины), 989x570x840мм, 380В, 8380Вт, модель с 1 заваривательной системой, 2 контейнерами по10л. и 2 заварными корзинами (чашами), подключение к водопроводу, время заваривания 10л/10мин, производительность кофе 60 л/час (480чашек), горячая вода 20л/час, вместимость 20л кофе, 3,3 литра горячей воды. Состоит из: 8.620.525.120 - база с поворотным краном сверху, 8.050.070.12001 - колонна центральная B10 HW, 8.420.101.720 - контейнер VHG 10 - 2шт, 8.620.801.120 - заварные корзины - 2шт.</t>
+  </si>
+  <si>
+    <t>Bravilor Bonamat</t>
+  </si>
+  <si>
+    <t>00000393037</t>
+  </si>
+  <si>
+    <t>Кофемашина автоматическая BIANCHI Desia M</t>
+  </si>
+  <si>
+    <t>Desia M</t>
+  </si>
+  <si>
+    <t>ЦБ-00017469</t>
+  </si>
+  <si>
+    <t>Кофеварка Bravilor Bonamat B5 HW L/R (container righ</t>
+  </si>
+  <si>
+    <t>B5 HW L/R (container righ</t>
+  </si>
+  <si>
+    <t>Кофеварки</t>
+  </si>
+  <si>
+    <t>Кофеварка B5 HW L/R (контейнер справа, зав. корзины), 546х570х799мм, 380В, 5265Вт, производительность кофе 30л/ч (240чашек), производительность горячей воды 20л/ч, вместимость кофе 5л, вместимость горячей воды 3л, время заваривания 10мин/5л, подключение к водопроводу. Модель оснащена цифровым дисплеем, системой кофеварения, 1 5л емкостью для кофе с подогревом, индикаторами заполнения, готовности кофе и удаления накипи и поддоном для капель и отдельным краном подачи горячей воды. Корпус выполнен из нержавеющей стали.</t>
+  </si>
+  <si>
+    <t>00000392935</t>
+  </si>
+  <si>
+    <t>Кофемашина автоматическая Saeco AULIKA EVO TOP HSC 230SCH</t>
+  </si>
+  <si>
+    <t>AULIKA EVO TOP HSC 230SCH</t>
+  </si>
+  <si>
+    <t>Кофемашина т.м. Saeco, модель OCS SAE AULIKA EVO TOP HSC 230 SCH, 334x452x574 мм, 1400Вт, 220В, производит-ть 100 чашек</t>
+  </si>
+  <si>
+    <t>Saeco</t>
+  </si>
+  <si>
+    <t>00000417243</t>
+  </si>
+  <si>
+    <t>Кофемашина автоматическая Jetinno JL15 Viva BT-MW</t>
+  </si>
+  <si>
+    <t>JL15 Viva BT-MW</t>
   </si>
   <si>
     <t>КИТАЙ</t>
-  </si>
-[...98 lines deleted...]
-    <t>JL15 Viva BT-MW</t>
   </si>
   <si>
     <t>Jetinno</t>
   </si>
   <si>
     <t>ЦБ-00016029</t>
   </si>
   <si>
     <t>Eureka Кофемолка модель ZENITH 65 E (ZT65E) (черный матовый)</t>
   </si>
   <si>
     <t>ZENITH 65 E (matt black)</t>
   </si>
   <si>
     <t>Кофемолка т.м. Eureka, модель ZENITH 65 E (ZT65E) (черный матовый), 232х264х593мм, 510Вт, 220В, 1310 об./мин., бункер для зерна на 1,4кг кофе</t>
   </si>
   <si>
     <t>Eureka</t>
   </si>
   <si>
     <t>00000347255</t>
   </si>
   <si>
     <t>Кофеварка Bravilor Bonamat B20 HW</t>
   </si>
@@ -1246,50 +1203,53 @@
   </si>
   <si>
     <t>00000392596</t>
   </si>
   <si>
     <t>Кофемашина профессиональная Fiamma Caravel 2 TC RESTYLE</t>
   </si>
   <si>
     <t>Caravel 2 TC RESTYLE</t>
   </si>
   <si>
     <t>Работает как от водопровода так и от бутылки. 
 665x563x530мм, 3700Вт, 220В, 59 кг, цвет черный. Традиционная однобойлерная система. Настройки объёма порции горячей воды/напитка, а также автоматич.программа очистки кофейных групп. Объём бойлера 11л. Вращающаяся трубка пара - 2шт. 1 кран подачи воды. Электронная панель управления. Функция предсмачивания. Контроль температуры - прессостат. Помпа: ротационная. Легкий доступ для сервисного обслуживания. Подогрев чашки. Высота стакана 140 мм. Тип используемого кофе: молотый. Подключение к водопроводу: есть.  .</t>
   </si>
   <si>
     <t>00000388289</t>
   </si>
   <si>
     <t>Подогреватель для посуды EKSI Cup Warmer 2S (2 полки)</t>
   </si>
   <si>
     <t>Cup Warmer 2S (2 полки)</t>
   </si>
   <si>
     <t>Подогреватель чашек т.м. EKSI серии Cup Warmer, мод. Cup Warmer 2S (2 полки), 320х320х540мм, 140Вт, 220В, 2 уровня, независимая регулировка температуры каждой полки</t>
+  </si>
+  <si>
+    <t>EKSI</t>
   </si>
   <si>
     <t>Подогреватели для посуды и молока</t>
   </si>
   <si>
     <t>00000304887</t>
   </si>
   <si>
     <t>Кофемашина автоматическая LaCimbali S15 CS10 Milk PS</t>
   </si>
   <si>
     <t>S15 CS10 Milk PS</t>
   </si>
   <si>
     <t>Габариты: 350х605х715 мм. Тип кофемашины: суперавтоматическая. Тип управления: сенсорноею Количество групп 1. Тип групп(ы) регулируемая. Высота групп(ы) 70, 140 мм. Тип кофе зерновой. Примерная производительность 150 чашек/сутки. Количество бойлеров 1. Объём бойлера для воды и пара 2 л. Встроенная кофемолка. Количество кофемолок 2. Производительность 2 г/с. Количество бункеров для зернового кофе 2. Вместимость бункера для зернового кофе 0,65 кг. Бункер для ингредиентов. Вместимость бункера для ингредиентов 1,5 кг. Дисплей сенсорный (7 дюймов). Milk Precision System. Smart Boiler. AWS. Подключение к водопроводу. Капучинатор. Цвет: нержавеющая сталь, чёрный. Напряжение 220 В. Мощность 2,7, 3,1 Вт. Вес (без упаковки) 49 кг. Вес (с упаковкой) 59 кг.
 Суперавтоматическая кофемашина LA CIMBALI S15 CS10 Milk PS (2 кофемолки) предназначена для приготовления кофе эспрессо, капучино, латте, горячего шоколада, а также для розлива горячей воды в чашки для приготовления чая и других напитков. Оснащена одной группой, краном для подачи горячей воды и паровым краном из нержавеющей стали. Имеет две кофемолки. Корпус изготовлен из нержавеющей стали с пластиковыми вставками. Рекомендуется для применения в кофейнях, кафе, ресторанах и на других предприятиях общественного питания и торговли. Также возможно использование в офисах, торговых точках и других учреждениях с самообслуживанием. Благодаря компактным размерам и стильному дизайну, модель легко впишется в любой интерьер, даже при ограниченном пространстве.
 Особенности: Электронное управление. Сенсорная панель управления. 96 программируемых напитков. Система "Milk Precision System" (MilkPS) - молочная помпа, позволяющая: настраивать последовательный пролив ингредиентов для приготовления слоистых напитков, взбивать молоко, не подогревая его, установить охладитель молока под прилавком. Дозатор горячей воды. Автоматическая система мойки. 7 - дюймовый сенсорный цветной дисплей. Запатентованная технология бойлера "Smart Boiler", повышающая производительность пара и горячей воды примерно на 30%. 2 кофемолки с высокопроизводительными жерновами, покрытыми титановым напылением. 2 бункера для зернового кофе. 1 ёмкость для растворимых ингредиентов. Смеситель растворимых ингредиентов. Встроенная система растворимого горячего шоколада. Паровой кран. USB-порт для обновления программного обеспечения, загрузки рецептов, добавления индивидуальных изображений для напитков, фильмов и заставок. Двунаправленный Wi-Fi.
 Рекомендуемая производительность – 150 чашек/сутки.</t>
   </si>
   <si>
     <t>00000380784</t>
   </si>
   <si>
     <t>Кофемолка LaCimbali Elective</t>
   </si>
@@ -2082,69 +2042,50 @@
   <si>
     <t>Gaggia Кофемашина автоматическая модель Velasсa Black</t>
   </si>
   <si>
     <t>Velasсa Black</t>
   </si>
   <si>
     <t>Кофемашина автоматическая т.м. Gaggia, модель Velasсa Black, 250х440х340мм, 1850Вт, 220В, объем резервуара для воды: 1,5л, объем контейнера для кофе 300 гр., ручное приготовление капучино, регулировка количества кофе на одну чашку 7-10,5 гр., Материал корпуса: пластик ABC</t>
   </si>
   <si>
     <t>00000349336</t>
   </si>
   <si>
     <t>Кофемашина профессиональная Casadio Undici A/3 ТС</t>
   </si>
   <si>
     <t>Undici A/3 ТС</t>
   </si>
   <si>
     <t>Кофемашина т.м. Casadio серии Undici, мод. Casadio Undici A/3 (авт., 3 выс.гр., черная), 922х597х570мм, 5800-6800Вт, 380В, 3 высокие группы, черная. Кофемашина является полностью автоматической, оборудована 3-мя группами. Отличается компактностью, элегантностью и простотой в использовании. Материал изготовления кофемашины – сталь и алюминий. Машина оснащена системой термосифона, обеспечивающей высокую производительность и гарантирующей приготовление превосходного кофе. Новая механическая панель управления выполнена из металла и идеально сочетается с машиной. Благодаря светодиодным индикаторам, панель управления отличается точностью и простотой в управлении.</t>
   </si>
   <si>
     <t>00000346190</t>
   </si>
   <si>
-    <t>Кофемашина автоматическая EKSI BTB-301-1D MDB</t>
-[...17 lines deleted...]
-  <si>
     <t>Термос Bravilor Bonamat 7.171.330.101</t>
   </si>
   <si>
     <t>7.171.330.101</t>
   </si>
   <si>
     <t>Термос т.м. Bravilor Bonamat серии Airpot Furento, артикул 7.171.330.101, нерж. сталь, колба стекло, объем 2,2 литра</t>
   </si>
   <si>
     <t>00000427322</t>
   </si>
   <si>
     <t>Кофемашина профессиональная LaCimbali M26 SE DT2</t>
   </si>
   <si>
     <t>M26 SE DT2</t>
   </si>
   <si>
     <t>Кофемашина т.м. LaCimbali серии M26, мод. M26 SE DT2 (авт., 2 гр.), 2 группы, автоматическая, 1 кран подачи горячей воды 2 крана подачи пара, объем бойлера 10 л, 220 и 380В, 4200-4900Вт, 794x528x548мм, проста в использовании, управлении и обслуживании. Выполнена в эргономичном и элегантном дизайне. 
 Кофемашина т.м. LaCimbali серии M26, мод. M26 SE DT2 (авт., 2 гр.) -эргономичная и универсальная,изготавливается из АБС-пластика и стали и имеет надежную систему нагрева La Cimbali, что гарантирует превосходное качество напитка. Машина следит за расходом энергии и оборудована экономайзером, который поддерживает температуру бойлера, индикатор режима энергосбережения, снижая расход электроэнергии во время простоя. Модель оснащена панелью управления с подсветкой кнопок, рабочим дисплеем с актуальной информацией, свет в рабочей зоне освещает кофейные группы. Длинная трубка пара, система нагрева La Cimbali.</t>
   </si>
   <si>
     <t>00000369460</t>
   </si>
   <si>
@@ -2260,69 +2201,50 @@
   </si>
   <si>
     <t>Caravel I TC RESTYLE</t>
   </si>
   <si>
     <t>Кофемашина т.м. fiamma серии Caravel, мод. Caravel 1 TC RESTYLE, 475x563x530мм, 1950Вт, 220В, 45 кг.
 Традиционная однобойлерная система. Настройки объёма порции горячей воды/напитка, а также автоматич.программа очистки кофейных групп. Объём бойлера 5л. Вращающаяся трубка пара - 1шт. 1 кран подачи воды. Электронная панель управления. Функция предсмачивания. Контроль температуры - прессостат. Помпа: ротационная.
 Легкий доступ для сервисного обслуживания. Подогрев чашки. Высота стакана 140 мм. Тип используемого кофе: молотый.  Подключение к водопроводу: есть.  
 Доп.опции (в комплект не входит): кнопка пара 360°, трубки пара Cool touch, светодиодная подсветка рабочей зоны. Также доступен выбор цвета корпуса (белый, серый, черный, красный) и заказ корпуса полностью из нержавеющей стали.</t>
   </si>
   <si>
     <t>00000388290</t>
   </si>
   <si>
     <t>Кофемашина профессиональная Casadio Undici A/2 ТС белая</t>
   </si>
   <si>
     <t>Undici A/2 ТС белая</t>
   </si>
   <si>
     <t>Кофемашина т.м. Casadio серии Undici, мод. Casadio Undici A/2 (автомат., 2 высокие группы, белая), 712х528х570мм, объем бойлера 10,5л, 220В, 3300Вт
 Работает как от водопровода так и от бутылки.</t>
   </si>
   <si>
     <t>00000346191</t>
-  </si>
-[...17 lines deleted...]
-    <t>00000577751</t>
   </si>
   <si>
     <t>Кофемашина профессиональная LaCimbali M200 DT/3 GT1</t>
   </si>
   <si>
     <t>M200 DT/3 GT1</t>
   </si>
   <si>
     <t>Кофемашина т.м. LaCimbali мод. M200 DT/3 GT1  (авт., 3 гр., кнопочный дисплей, высокая группа можно изменять высоту от 8 до 22 см,) можно заваривать кофе альтернативным способом, габариты 1087 x 649 x 516 мм, мощность 6700 - 8000Вт, напряжение 220/380В</t>
   </si>
   <si>
     <t>00000413245</t>
   </si>
   <si>
     <t>Отбойник для кофе EKSI CKB1660</t>
   </si>
   <si>
     <t>CKB1660</t>
   </si>
   <si>
     <t>Отбойник для кофе</t>
   </si>
   <si>
     <t>Лоток для отработанного кофе CKB1660 (нок-бокс). Материал: нержавеющая сталь. Толщина стенок - 0,86мм. Размеры: длина 176мм, ширина 162мм, глубина 150мм.</t>
   </si>
@@ -2768,51 +2690,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a15f42f1e9a30eab389f46c3ea8b1c3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8ec5547aa73c630e379b471ae5f8a5c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82672490339bc5faa50c65297b6eb5b5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb4e6c121b2aeb8cbd88840a00bd649.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d249b516480d4c63e7a04ad9d813941.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09cb2d91bd56ee48d7b32f11e19575b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6989972c150e7c2c0669f9ed37d8f3.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c35e5ab2fb9b7daa0e78709c83c9b34.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4295950bfadebbfd12ebb9cf63930e2a.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7138634c31cb79cb105261c432f174f4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d798a938e2b14fc17cd922076929e9a2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716732c887930ce971559645cae6f951.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ced50a5e64ab91ddfdba1c654f3ec4b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1426a48b67ecc3ab7adc3833b1b836ed.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e709612a63a7f14c48edb5ddefb91efe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a633f993fc13083c614811620065da24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8611fc0f806883f150d43114bf154b9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1497929533190eb00434b67d873f8e2a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f7244db439fc3f0b7dc067e99535ef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc770b20cb41a4e72b3306e449a6efa.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f6ecf912dce11b72e3167e0a28b357.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79f088375a3dcfe9599ba16807af5963.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942cc21f8955f087d36ec27c200fb513.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59088b92991cdb7be028e3cb8ef31784.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4afddc4d9da13a65b168fc5b09bdb5.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/923fa35efc60405e733f3278e63727ca.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b839a5a9ca4477d819d57f0ef08d1b17.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195401403d5a238ad26930f36b8e478e.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b71c972f93b5f175a6f49115389b563.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a8c5f0a3640a78435e3b202c670cba.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38eb6689b64c528f14ee851b7d61099a.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/464cbb67581f2bcc91be554445249f05.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb2d84a8a03905f5b496a937e03aa84.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f53022535d8c3f0c48a544b6ca88438.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8c83db5d7542354cd410f20377bfc3.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4728318e9d635ef0f0fe2e8d74522f.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43b63f53c8f4b18da2f1e96ed93ca4cf.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902e0203dc619bc1911b779d1dc6354a.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b54b434db25ae844db5f21c48629e3.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c5ec54a1474d23be75a8d3a0483853.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fbec9b45ef518b06fa99f01d2224a5.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c5b2da08778cf9e7232a3d66782ae5.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d546af9a98f647a8e6d5923b5bd59757.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ffcb36ce2ae2cc064bebf3f45d05c5.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4536f787972318c9897bced9a1b5029.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c312b52371e36d0fee376ecfd263fa2.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d889ebc82b5e6c02e9930dca4df9477.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7cb9bf0ade4019899cebc856d50b7d.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9251f3d779b5620c8e1afdf2794c48a0.JPG"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589e5a6eea67a4120d36f18035142ff6.JPG"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdec96cc029b2dba291902ad0db891d6.JPG"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c89f961f30ce087d5491e77819b9ee.JPG"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79bcf80c62a82ccd1fd48c957b32d2c.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a74bac5edc9d1572c0a9d33efb0ffc9c.JPG"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41224ab8623037ed9ebe2e0886fdba43.JPG"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24cbbe3765d1f4486d846c7adadbfc3f.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a10080553f47aed6ccf84d24cfdbb0.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ca476317cb4faee2ef807883a8e81f.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e656746afc33a7dda77bb68a34e7369.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e70ee6f9162ba3f8e947fecee0a44a8a.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b113cb82289e8cad4fd37f64c830c0.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b385f29d35b0cb0963b986807a4a7fa.JPG"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510dcec015a49f814506a94fb3ec2106.JPG"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e242d36413d13595f0fb9c8985cd7c3c.JPG"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723696adc609c0348d460722c80d4744.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7e7c1a7595bef64f4e7ca6968d9649.JPG"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582374c8d09f828b1fe67e4c254619e2.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be4006115af2c1b3e8278078288000.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2fbf98c7614fb81edc1b99591ccd7a.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b2e86b0a4f4af7963a40bc80826a91.JPG"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887a22f4c42d3bc78cb9e2208da04098.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d5a5862427f84327994c41b578559a.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62e2b0f5195b32f3911e4a5218fc4b5.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4f121afbdf21c9d01cec3d9433294f.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39e0682209883a7fe7f71ad46333cdf.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d69a8e8409f27cfc8c3def18390a04.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e4e03ee76d3b5a3f9738ffeef6cdbde.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba9b0453f1a7873f45b6b2ee88a9ebf.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72bd5207b14d53b01bf5c1cf35d39da6.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08b5c9d1d50882ff9941db3970f296dc.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9656b02a48a4d32a6875ebc459c6204.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c18579eced109b2921201131faad4b7.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fe3432b31cb53d3bc2a897fbdd87d4.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4e5194539b9516bcdea99d9796d672.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a762a195456d49abbb4f9195e99e468f.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0f922e6cc11490cf6dfde6257fbad5.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996c1094d1a4ff2e8f8df4e0e40b3a99.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cfa536c6269917ca4caa73b90d85ac7.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da38fcb64eff268d1ed8cfce707f924.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1bebac94db384feb577d249e092569.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33979322c9b5e1718580027a2fc868ce.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35925794363eccd78b61c871b1d236a9.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ce5a2f1c098f4155777884fe241570.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68fbb5ca23bcc93dd6073c4de62732b5.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7618c80bd1f2ee560cb82f5f062d7e69.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8e35de627538850f19b3fd56ae133f1.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a89188a9b52d5a8e8b4ff968bfb6fd.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee34081421ff186c41a0c01ac3cbf2a.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0655c5ee5928571f1d264db421b0b1dd.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eec9c16c21022f8efa21b1a58e365d84.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b1f825dadc4f265c612b8a300ed10f.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db9a87dce9a683c47835ef693368e1f.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662ff5e688e043a40b9b57e52eee1086.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c712dd97be8641f531acc2d8ae1f1b.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817f4787d1ffa9cc60e5e9ee2d0df90.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3df0a75fbffeb683c72064c7f041f0.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612771fa1553e56b6591cf17b54e7a9b.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501fd3b73c930b0d4178a50a599db14c.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c246140a191553a8feb0e0ff3c7f72.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b34b95b1ad36b0975d9aa260deb71cf.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6cdd0e12f5239e87d0c40174da4ad0.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb11faa24cbf22a5d1a5a0b84d216ff.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1393b8ff813355a6122e85e67e6a17f.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75924cea9d6716d2e2a5e3fe8f3b727c.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480b9efe2d1daaba86f1eb141879d0b2.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ea2aa409692a2bd756854ec95f427b.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e2ecb541b314497d1f22328ba8a964d.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4189ac7de698c636d55c660ff30390b3.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003bb3a7b83866d132848b7630e41ed2.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc5a5a96c7d688f120b96091a63923e.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e630a7773c96d0ef1d5b15ebab5c71.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a308398ba2069873403805e5b225d8.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0eac3ee612ba5f2c194b0c6d840c524.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b51bb30708313ecc820d3146fb5026c.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4da62b47275006bff1ff9d99a0509d95.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97c1ff28d501d5041cf038a79f806ee1.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8acf78561fa5d957c3670d3648aaf88.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/339b2c855521e9addab7df734eddc59d.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3aa80548d5e47a36ad6f3c3cfa2fba1.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caad4bf2cf56ea30cab02b61399df3f.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3860f3be787a49d619e6a96728c31a9.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467b1ca0ad163e2c03cf8bde925fbb26.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521628af8e52c1ce910085c94dfe0e55.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dec3f08aef13933c2af1e9383d5d7a9.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e96b340f931098827e3925a797f82e4.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bfec7398b0891dea40e854ffd67dc7.JPG"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc30d4635782098d0501dc773bc3b6e.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4192322e870435ff820eaec1154a6fd0.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc318bb264cb8ad1d2f9af5daf839b2.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267ba2d7f48fe5984094e7fe4bd21ece.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcaa0a5249ddc23a19f675f34ffd8f10.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea9e40806987ef8699af00a4c975287.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cebe5bb7e6823741831ac21070a9448d.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3851265351fb99d2b3c4f8cacbc0edcd.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c569e4161beeb5813590f35b6358e0.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1874e9ce2969007fcc24788d8c974631.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19778108ca13fcba8815638b6d419684.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2c6c8ee8fa66972236859446d3ea49.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a9c8ac9489e83b604b37bfe0f62bf18.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52f27ce87ca2699780f9622c0590208b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a15f42f1e9a30eab389f46c3ea8b1c3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8ec5547aa73c630e379b471ae5f8a5c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82672490339bc5faa50c65297b6eb5b5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb4e6c121b2aeb8cbd88840a00bd649.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d249b516480d4c63e7a04ad9d813941.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09cb2d91bd56ee48d7b32f11e19575b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6989972c150e7c2c0669f9ed37d8f3.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c35e5ab2fb9b7daa0e78709c83c9b34.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7138634c31cb79cb105261c432f174f4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d798a938e2b14fc17cd922076929e9a2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716732c887930ce971559645cae6f951.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ced50a5e64ab91ddfdba1c654f3ec4b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1426a48b67ecc3ab7adc3833b1b836ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e709612a63a7f14c48edb5ddefb91efe.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a633f993fc13083c614811620065da24.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8611fc0f806883f150d43114bf154b9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1497929533190eb00434b67d873f8e2a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f7244db439fc3f0b7dc067e99535ef.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc770b20cb41a4e72b3306e449a6efa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2f6ecf912dce11b72e3167e0a28b357.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79f088375a3dcfe9599ba16807af5963.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942cc21f8955f087d36ec27c200fb513.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59088b92991cdb7be028e3cb8ef31784.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4afddc4d9da13a65b168fc5b09bdb5.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/923fa35efc60405e733f3278e63727ca.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b839a5a9ca4477d819d57f0ef08d1b17.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195401403d5a238ad26930f36b8e478e.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b71c972f93b5f175a6f49115389b563.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a8c5f0a3640a78435e3b202c670cba.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38eb6689b64c528f14ee851b7d61099a.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/464cbb67581f2bcc91be554445249f05.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb2d84a8a03905f5b496a937e03aa84.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f53022535d8c3f0c48a544b6ca88438.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8c83db5d7542354cd410f20377bfc3.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4728318e9d635ef0f0fe2e8d74522f.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43b63f53c8f4b18da2f1e96ed93ca4cf.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902e0203dc619bc1911b779d1dc6354a.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b54b434db25ae844db5f21c48629e3.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c5ec54a1474d23be75a8d3a0483853.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fbec9b45ef518b06fa99f01d2224a5.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c5b2da08778cf9e7232a3d66782ae5.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d546af9a98f647a8e6d5923b5bd59757.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ffcb36ce2ae2cc064bebf3f45d05c5.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4536f787972318c9897bced9a1b5029.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c312b52371e36d0fee376ecfd263fa2.JPG"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d889ebc82b5e6c02e9930dca4df9477.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7cb9bf0ade4019899cebc856d50b7d.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9251f3d779b5620c8e1afdf2794c48a0.JPG"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589e5a6eea67a4120d36f18035142ff6.JPG"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdec96cc029b2dba291902ad0db891d6.JPG"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c89f961f30ce087d5491e77819b9ee.JPG"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79bcf80c62a82ccd1fd48c957b32d2c.JPG"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a74bac5edc9d1572c0a9d33efb0ffc9c.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41224ab8623037ed9ebe2e0886fdba43.JPG"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24cbbe3765d1f4486d846c7adadbfc3f.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a10080553f47aed6ccf84d24cfdbb0.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ca476317cb4faee2ef807883a8e81f.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e656746afc33a7dda77bb68a34e7369.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e70ee6f9162ba3f8e947fecee0a44a8a.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b113cb82289e8cad4fd37f64c830c0.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b385f29d35b0cb0963b986807a4a7fa.JPG"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510dcec015a49f814506a94fb3ec2106.JPG"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e242d36413d13595f0fb9c8985cd7c3c.JPG"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723696adc609c0348d460722c80d4744.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7e7c1a7595bef64f4e7ca6968d9649.JPG"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582374c8d09f828b1fe67e4c254619e2.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85be4006115af2c1b3e8278078288000.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2fbf98c7614fb81edc1b99591ccd7a.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b2e86b0a4f4af7963a40bc80826a91.JPG"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887a22f4c42d3bc78cb9e2208da04098.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d5a5862427f84327994c41b578559a.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62e2b0f5195b32f3911e4a5218fc4b5.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4f121afbdf21c9d01cec3d9433294f.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39e0682209883a7fe7f71ad46333cdf.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d69a8e8409f27cfc8c3def18390a04.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e4e03ee76d3b5a3f9738ffeef6cdbde.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba9b0453f1a7873f45b6b2ee88a9ebf.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72bd5207b14d53b01bf5c1cf35d39da6.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08b5c9d1d50882ff9941db3970f296dc.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9656b02a48a4d32a6875ebc459c6204.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c18579eced109b2921201131faad4b7.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fe3432b31cb53d3bc2a897fbdd87d4.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4e5194539b9516bcdea99d9796d672.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a762a195456d49abbb4f9195e99e468f.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0f922e6cc11490cf6dfde6257fbad5.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996c1094d1a4ff2e8f8df4e0e40b3a99.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cfa536c6269917ca4caa73b90d85ac7.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da38fcb64eff268d1ed8cfce707f924.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1bebac94db384feb577d249e092569.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33979322c9b5e1718580027a2fc868ce.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35925794363eccd78b61c871b1d236a9.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ce5a2f1c098f4155777884fe241570.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68fbb5ca23bcc93dd6073c4de62732b5.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7618c80bd1f2ee560cb82f5f062d7e69.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8e35de627538850f19b3fd56ae133f1.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a89188a9b52d5a8e8b4ff968bfb6fd.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee34081421ff186c41a0c01ac3cbf2a.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0655c5ee5928571f1d264db421b0b1dd.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eec9c16c21022f8efa21b1a58e365d84.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b1f825dadc4f265c612b8a300ed10f.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db9a87dce9a683c47835ef693368e1f.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662ff5e688e043a40b9b57e52eee1086.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c712dd97be8641f531acc2d8ae1f1b.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817f4787d1ffa9cc60e5e9ee2d0df90.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3df0a75fbffeb683c72064c7f041f0.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107422bb48e76a166e22168c0acaddff.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8cc24ac7a911f56099f78081693e0.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612771fa1553e56b6591cf17b54e7a9b.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501fd3b73c930b0d4178a50a599db14c.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c246140a191553a8feb0e0ff3c7f72.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b34b95b1ad36b0975d9aa260deb71cf.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6cdd0e12f5239e87d0c40174da4ad0.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb11faa24cbf22a5d1a5a0b84d216ff.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1393b8ff813355a6122e85e67e6a17f.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75924cea9d6716d2e2a5e3fe8f3b727c.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ea2aa409692a2bd756854ec95f427b.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e2ecb541b314497d1f22328ba8a964d.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4189ac7de698c636d55c660ff30390b3.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003bb3a7b83866d132848b7630e41ed2.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc5a5a96c7d688f120b96091a63923e.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e630a7773c96d0ef1d5b15ebab5c71.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a308398ba2069873403805e5b225d8.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0eac3ee612ba5f2c194b0c6d840c524.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b51bb30708313ecc820d3146fb5026c.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4da62b47275006bff1ff9d99a0509d95.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97c1ff28d501d5041cf038a79f806ee1.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8acf78561fa5d957c3670d3648aaf88.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/339b2c855521e9addab7df734eddc59d.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3aa80548d5e47a36ad6f3c3cfa2fba1.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caad4bf2cf56ea30cab02b61399df3f.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3860f3be787a49d619e6a96728c31a9.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467b1ca0ad163e2c03cf8bde925fbb26.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521628af8e52c1ce910085c94dfe0e55.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dec3f08aef13933c2af1e9383d5d7a9.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e96b340f931098827e3925a797f82e4.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bfec7398b0891dea40e854ffd67dc7.JPG"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc30d4635782098d0501dc773bc3b6e.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4192322e870435ff820eaec1154a6fd0.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc318bb264cb8ad1d2f9af5daf839b2.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267ba2d7f48fe5984094e7fe4bd21ece.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcaa0a5249ddc23a19f675f34ffd8f10.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea9e40806987ef8699af00a4c975287.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cebe5bb7e6823741831ac21070a9448d.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3851265351fb99d2b3c4f8cacbc0edcd.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c569e4161beeb5813590f35b6358e0.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1874e9ce2969007fcc24788d8c974631.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19778108ca13fcba8815638b6d419684.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2c6c8ee8fa66972236859446d3ea49.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a9c8ac9489e83b604b37bfe0f62bf18.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52f27ce87ca2699780f9622c0590208b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2957,3684 +2879,3684 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="image_19" descr="image_19"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="image_21" descr="image_21"/>
+        <xdr:cNvPr id="7" name="image_20" descr="image_20"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="image_23" descr="image_23"/>
+        <xdr:cNvPr id="8" name="image_22" descr="image_22"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="image_24" descr="image_24"/>
+        <xdr:cNvPr id="9" name="image_25" descr="image_25"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="image_27" descr="image_27"/>
+        <xdr:cNvPr id="10" name="image_26" descr="image_26"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="image_28" descr="image_28"/>
+        <xdr:cNvPr id="11" name="image_29" descr="image_29"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="image_31" descr="image_31"/>
+        <xdr:cNvPr id="12" name="image_30" descr="image_30"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="image_32" descr="image_32"/>
+        <xdr:cNvPr id="13" name="image_31" descr="image_31"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="image_33" descr="image_33"/>
+        <xdr:cNvPr id="14" name="image_32" descr="image_32"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="390525" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="image_34" descr="image_34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="390525" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="image_36" descr="image_36"/>
+        <xdr:cNvPr id="16" name="image_35" descr="image_35"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="image_37" descr="image_37"/>
+        <xdr:cNvPr id="17" name="image_36" descr="image_36"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="image_38" descr="image_38"/>
+        <xdr:cNvPr id="18" name="image_39" descr="image_39"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="image_41" descr="image_41"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="485775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="image_43" descr="image_43"/>
+        <xdr:cNvPr id="20" name="image_42" descr="image_42"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="485775" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="image_44" descr="image_44"/>
+        <xdr:cNvPr id="21" name="image_43" descr="image_43"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="image_45" descr="image_45"/>
+        <xdr:cNvPr id="22" name="image_44" descr="image_44"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="image_46" descr="image_46"/>
+        <xdr:cNvPr id="23" name="image_45" descr="image_45"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="image_47" descr="image_47"/>
+        <xdr:cNvPr id="24" name="image_46" descr="image_46"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="409575" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="image_48" descr="image_48"/>
+        <xdr:cNvPr id="25" name="image_47" descr="image_47"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="409575" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="image_49" descr="image_49"/>
+        <xdr:cNvPr id="26" name="image_48" descr="image_48"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="image_50" descr="image_50"/>
+        <xdr:cNvPr id="27" name="image_49" descr="image_49"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="image_51" descr="image_51"/>
+        <xdr:cNvPr id="28" name="image_53" descr="image_53"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="image_55" descr="image_55"/>
+        <xdr:cNvPr id="29" name="image_54" descr="image_54"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="image_56" descr="image_56"/>
+        <xdr:cNvPr id="30" name="image_55" descr="image_55"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="image_57" descr="image_57"/>
+        <xdr:cNvPr id="31" name="image_56" descr="image_56"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="image_58" descr="image_58"/>
+        <xdr:cNvPr id="32" name="image_57" descr="image_57"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="523875" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="image_59" descr="image_59"/>
+        <xdr:cNvPr id="33" name="image_58" descr="image_58"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>59</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="523875" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="image_60" descr="image_60"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="image_62" descr="image_62"/>
+        <xdr:cNvPr id="35" name="image_61" descr="image_61"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="image_63" descr="image_63"/>
+        <xdr:cNvPr id="36" name="image_62" descr="image_62"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="image_64" descr="image_64"/>
+        <xdr:cNvPr id="37" name="image_63" descr="image_63"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="828675" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="image_65" descr="image_65"/>
+        <xdr:cNvPr id="38" name="image_64" descr="image_64"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="828675" cy="762000"/>
+    <xdr:ext cx="619125" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="image_66" descr="image_66"/>
+        <xdr:cNvPr id="39" name="image_65" descr="image_65"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="619125" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="image_67" descr="image_67"/>
+        <xdr:cNvPr id="40" name="image_66" descr="image_66"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="image_68" descr="image_68"/>
+        <xdr:cNvPr id="41" name="image_67" descr="image_67"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="485775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="image_69" descr="image_69"/>
+        <xdr:cNvPr id="42" name="image_68" descr="image_68"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="485775" cy="762000"/>
+    <xdr:ext cx="695325" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="image_70" descr="image_70"/>
+        <xdr:cNvPr id="43" name="image_69" descr="image_69"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="695325" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="image_71" descr="image_71"/>
+        <xdr:cNvPr id="44" name="image_70" descr="image_70"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:ext cx="466725" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="image_72" descr="image_72"/>
+        <xdr:cNvPr id="45" name="image_71" descr="image_71"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="466725" cy="762000"/>
+    <xdr:ext cx="647700" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="image_73" descr="image_73"/>
+        <xdr:cNvPr id="46" name="image_72" descr="image_72"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="647700" cy="762000"/>
+    <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="image_74" descr="image_74"/>
+        <xdr:cNvPr id="47" name="image_73" descr="image_73"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:ext cx="647700" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="image_75" descr="image_75"/>
+        <xdr:cNvPr id="48" name="image_74" descr="image_74"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="647700" cy="762000"/>
+    <xdr:ext cx="495300" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="image_76" descr="image_76"/>
+        <xdr:cNvPr id="49" name="image_75" descr="image_75"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="495300" cy="762000"/>
+    <xdr:ext cx="514350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="image_77" descr="image_77"/>
+        <xdr:cNvPr id="50" name="image_76" descr="image_76"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:ext cx="523875" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="image_78" descr="image_78"/>
+        <xdr:cNvPr id="51" name="image_77" descr="image_77"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="523875" cy="762000"/>
+    <xdr:ext cx="457200" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="image_79" descr="image_79"/>
+        <xdr:cNvPr id="52" name="image_78" descr="image_78"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="image_80" descr="image_80"/>
+        <xdr:cNvPr id="53" name="image_79" descr="image_79"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="image_81" descr="image_81"/>
+        <xdr:cNvPr id="54" name="image_80" descr="image_80"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="image_82" descr="image_82"/>
+        <xdr:cNvPr id="55" name="image_81" descr="image_81"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>82</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="image_83" descr="image_83"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="971550" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="image_85" descr="image_85"/>
+        <xdr:cNvPr id="57" name="image_84" descr="image_84"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="971550" cy="762000"/>
+    <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="image_86" descr="image_86"/>
+        <xdr:cNvPr id="58" name="image_85" descr="image_85"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="image_87" descr="image_87"/>
+        <xdr:cNvPr id="59" name="image_86" descr="image_86"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="image_88" descr="image_88"/>
+        <xdr:cNvPr id="60" name="image_87" descr="image_87"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="542925" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="image_89" descr="image_89"/>
+        <xdr:cNvPr id="61" name="image_88" descr="image_88"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="542925" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="image_90" descr="image_90"/>
+        <xdr:cNvPr id="62" name="image_89" descr="image_89"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="542925" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="image_91" descr="image_91"/>
+        <xdr:cNvPr id="63" name="image_90" descr="image_90"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="542925" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="image_92" descr="image_92"/>
+        <xdr:cNvPr id="64" name="image_91" descr="image_91"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="542925" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="image_93" descr="image_93"/>
+        <xdr:cNvPr id="65" name="image_92" descr="image_92"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="542925" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="image_94" descr="image_94"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="image_96" descr="image_96"/>
+        <xdr:cNvPr id="67" name="image_95" descr="image_95"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="image_97" descr="image_97"/>
+        <xdr:cNvPr id="68" name="image_96" descr="image_96"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="542925" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="image_98" descr="image_98"/>
+        <xdr:cNvPr id="69" name="image_97" descr="image_97"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>98</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="542925" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="image_99" descr="image_99"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="image_101" descr="image_101"/>
+        <xdr:cNvPr id="71" name="image_100" descr="image_100"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="image_102" descr="image_102"/>
+        <xdr:cNvPr id="72" name="image_101" descr="image_101"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="image_103" descr="image_103"/>
+        <xdr:cNvPr id="73" name="image_102" descr="image_102"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>103</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="74" name="image_104" descr="image_104"/>
+        <xdr:cNvPr id="74" name="image_103" descr="image_103"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="image_105" descr="image_105"/>
+        <xdr:cNvPr id="75" name="image_104" descr="image_104"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="image_106" descr="image_106"/>
+        <xdr:cNvPr id="76" name="image_105" descr="image_105"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="image_107" descr="image_107"/>
+        <xdr:cNvPr id="77" name="image_106" descr="image_106"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="image_108" descr="image_108"/>
+        <xdr:cNvPr id="78" name="image_107" descr="image_107"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>107</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="image_109" descr="image_109"/>
+        <xdr:cNvPr id="79" name="image_108" descr="image_108"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="image_110" descr="image_110"/>
+        <xdr:cNvPr id="80" name="image_109" descr="image_109"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>110</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="image_111" descr="image_111"/>
+        <xdr:cNvPr id="81" name="image_110" descr="image_110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="image_112" descr="image_112"/>
+        <xdr:cNvPr id="82" name="image_111" descr="image_111"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="image_113" descr="image_113"/>
+        <xdr:cNvPr id="83" name="image_112" descr="image_112"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="84" name="image_114" descr="image_114"/>
+        <xdr:cNvPr id="84" name="image_113" descr="image_113"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="409575" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="image_115" descr="image_115"/>
+        <xdr:cNvPr id="85" name="image_114" descr="image_114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="409575" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="86" name="image_116" descr="image_116"/>
+        <xdr:cNvPr id="86" name="image_115" descr="image_115"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>116</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="990600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="image_117" descr="image_117"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="990600" cy="762000"/>
+    <xdr:ext cx="1276350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="image_119" descr="image_119"/>
+        <xdr:cNvPr id="88" name="image_118" descr="image_118"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1276350" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="image_120" descr="image_120"/>
+        <xdr:cNvPr id="89" name="image_119" descr="image_119"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>120</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1085850" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="image_121" descr="image_121"/>
+        <xdr:cNvPr id="90" name="image_120" descr="image_120"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>121</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1085850" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="image_122" descr="image_122"/>
+        <xdr:cNvPr id="91" name="image_121" descr="image_121"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1266825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="92" name="image_123" descr="image_123"/>
+        <xdr:cNvPr id="92" name="image_122" descr="image_122"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>123</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1266825" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="image_124" descr="image_124"/>
+        <xdr:cNvPr id="93" name="image_123" descr="image_123"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>124</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="94" name="image_125" descr="image_125"/>
+        <xdr:cNvPr id="94" name="image_124" descr="image_124"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>125</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="1038225" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="95" name="image_126" descr="image_126"/>
+        <xdr:cNvPr id="95" name="image_125" descr="image_125"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="96" name="image_127" descr="image_127"/>
+        <xdr:cNvPr id="96" name="image_126" descr="image_126"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="97" name="image_128" descr="image_128"/>
+        <xdr:cNvPr id="97" name="image_127" descr="image_127"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>128</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="98" name="image_129" descr="image_129"/>
+        <xdr:cNvPr id="98" name="image_128" descr="image_128"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="99" name="image_130" descr="image_130"/>
+        <xdr:cNvPr id="99" name="image_129" descr="image_129"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>130</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="100" name="image_131" descr="image_131"/>
+        <xdr:cNvPr id="100" name="image_130" descr="image_130"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="101" name="image_132" descr="image_132"/>
+        <xdr:cNvPr id="101" name="image_131" descr="image_131"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="102" name="image_133" descr="image_133"/>
+        <xdr:cNvPr id="102" name="image_132" descr="image_132"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="103" name="image_134" descr="image_134"/>
+        <xdr:cNvPr id="103" name="image_133" descr="image_133"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="514350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="104" name="image_135" descr="image_135"/>
+        <xdr:cNvPr id="104" name="image_134" descr="image_134"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="105" name="image_136" descr="image_136"/>
+        <xdr:cNvPr id="105" name="image_135" descr="image_135"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>136</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="106" name="image_137" descr="image_137"/>
+        <xdr:cNvPr id="106" name="image_136" descr="image_136"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="107" name="image_138" descr="image_138"/>
+        <xdr:cNvPr id="107" name="image_137" descr="image_137"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="108" name="image_139" descr="image_139"/>
+        <xdr:cNvPr id="108" name="image_138" descr="image_138"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="109" name="image_140" descr="image_140"/>
+        <xdr:cNvPr id="109" name="image_141" descr="image_141"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="110" name="image_143" descr="image_143"/>
+        <xdr:cNvPr id="110" name="image_142" descr="image_142"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:ext cx="581025" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="111" name="image_144" descr="image_144"/>
+        <xdr:cNvPr id="111" name="image_143" descr="image_143"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="581025" cy="762000"/>
+    <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="112" name="image_145" descr="image_145"/>
+        <xdr:cNvPr id="112" name="image_144" descr="image_144"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>145</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="113" name="image_146" descr="image_146"/>
+        <xdr:cNvPr id="113" name="image_145" descr="image_145"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>146</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="114" name="image_147" descr="image_147"/>
+        <xdr:cNvPr id="114" name="image_146" descr="image_146"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>147</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="115" name="image_148" descr="image_148"/>
+        <xdr:cNvPr id="115" name="image_147" descr="image_147"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>148</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:ext cx="381000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="116" name="image_149" descr="image_149"/>
+        <xdr:cNvPr id="116" name="image_148" descr="image_148"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>149</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="117" name="image_150" descr="image_150"/>
+        <xdr:cNvPr id="117" name="image_149" descr="image_149"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>150</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="118" name="image_151" descr="image_151"/>
+        <xdr:cNvPr id="118" name="image_150" descr="image_150"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>151</xdr:row>
+      <xdr:row>152</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="119" name="image_152" descr="image_152"/>
+        <xdr:cNvPr id="119" name="image_153" descr="image_153"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>154</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="120" name="image_155" descr="image_155"/>
+        <xdr:cNvPr id="120" name="image_154" descr="image_154"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>155</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="image_156" descr="image_156"/>
+        <xdr:cNvPr id="121" name="image_155" descr="image_155"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>156</xdr:row>
+      <xdr:row>157</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="122" name="image_157" descr="image_157"/>
+        <xdr:cNvPr id="122" name="image_158" descr="image_158"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>159</xdr:row>
+      <xdr:row>158</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="123" name="image_160" descr="image_160"/>
+        <xdr:cNvPr id="123" name="image_159" descr="image_159"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="124" name="image_161" descr="image_161"/>
+        <xdr:cNvPr id="124" name="image_160" descr="image_160"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>161</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="457200" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="125" name="image_162" descr="image_162"/>
+        <xdr:cNvPr id="125" name="image_161" descr="image_161"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>162</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="126" name="image_163" descr="image_163"/>
+        <xdr:cNvPr id="126" name="image_162" descr="image_162"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>163</xdr:row>
+      <xdr:row>162</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="image_164" descr="image_164"/>
+        <xdr:cNvPr id="127" name="image_163" descr="image_163"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>164</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="390525" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="128" name="image_165" descr="image_165"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -6647,993 +6569,933 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="image_166" descr="image_166"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>167</xdr:row>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="390525" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="image_168" descr="image_168"/>
+        <xdr:cNvPr id="130" name="image_167" descr="image_167"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>168</xdr:row>
+      <xdr:row>167</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="428625" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="image_169" descr="image_169"/>
+        <xdr:cNvPr id="131" name="image_168" descr="image_168"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>169</xdr:row>
+      <xdr:row>168</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="image_170" descr="image_170"/>
+        <xdr:cNvPr id="132" name="image_169" descr="image_169"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>170</xdr:row>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="428625" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="image_171" descr="image_171"/>
+        <xdr:cNvPr id="133" name="image_170" descr="image_170"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>171</xdr:row>
+      <xdr:row>170</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="image_172" descr="image_172"/>
+        <xdr:cNvPr id="134" name="image_171" descr="image_171"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>172</xdr:row>
+      <xdr:row>171</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1038225" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="image_173" descr="image_173"/>
+        <xdr:cNvPr id="135" name="image_172" descr="image_172"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>173</xdr:row>
+      <xdr:row>172</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="image_174" descr="image_174"/>
+        <xdr:cNvPr id="136" name="image_173" descr="image_173"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>174</xdr:row>
+      <xdr:row>173</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="137" name="image_175" descr="image_175"/>
+        <xdr:cNvPr id="137" name="image_174" descr="image_174"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>175</xdr:row>
+      <xdr:row>174</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="138" name="image_176" descr="image_176"/>
+        <xdr:cNvPr id="138" name="image_175" descr="image_175"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>177</xdr:row>
+      <xdr:row>175</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="400050" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="image_178" descr="image_178"/>
+        <xdr:cNvPr id="139" name="image_176" descr="image_176"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>178</xdr:row>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="140" name="image_179" descr="image_179"/>
+        <xdr:cNvPr id="140" name="image_177" descr="image_177"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>179</xdr:row>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="400050" cy="762000"/>
+    <xdr:ext cx="809625" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="141" name="image_180" descr="image_180"/>
+        <xdr:cNvPr id="141" name="image_178" descr="image_178"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>180</xdr:row>
+      <xdr:row>179</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="142" name="image_181" descr="image_181"/>
+        <xdr:cNvPr id="142" name="image_180" descr="image_180"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>181</xdr:row>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="143" name="image_182" descr="image_182"/>
+        <xdr:cNvPr id="143" name="image_181" descr="image_181"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>183</xdr:row>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="144" name="image_184" descr="image_184"/>
+        <xdr:cNvPr id="144" name="image_182" descr="image_182"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>184</xdr:row>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="image_185" descr="image_185"/>
+        <xdr:cNvPr id="145" name="image_183" descr="image_183"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>185</xdr:row>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="428625" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="146" name="image_186" descr="image_186"/>
+        <xdr:cNvPr id="146" name="image_184" descr="image_184"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>186</xdr:row>
+      <xdr:row>185</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="image_187" descr="image_187"/>
+        <xdr:cNvPr id="147" name="image_186" descr="image_186"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>187</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="428625" cy="762000"/>
+    <xdr:ext cx="714375" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="148" name="image_188" descr="image_188"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>189</xdr:row>
+      <xdr:row>188</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="image_190" descr="image_190"/>
+        <xdr:cNvPr id="149" name="image_189" descr="image_189"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>190</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="image_192" descr="image_192"/>
+        <xdr:cNvPr id="150" name="image_191" descr="image_191"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>191</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="image_193" descr="image_193"/>
+        <xdr:cNvPr id="151" name="image_192" descr="image_192"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="image_195" descr="image_195"/>
+        <xdr:cNvPr id="152" name="image_193" descr="image_193"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="image_196" descr="image_196"/>
+        <xdr:cNvPr id="153" name="image_194" descr="image_194"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>196</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="image_197" descr="image_197"/>
+        <xdr:cNvPr id="154" name="image_195" descr="image_195"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>197</xdr:row>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="image_198" descr="image_198"/>
+        <xdr:cNvPr id="155" name="image_196" descr="image_196"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>198</xdr:row>
+      <xdr:row>196</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="933450" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="image_199" descr="image_199"/>
+        <xdr:cNvPr id="156" name="image_197" descr="image_197"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>199</xdr:row>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="image_200" descr="image_200"/>
+        <xdr:cNvPr id="157" name="image_198" descr="image_198"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>200</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="933450" cy="762000"/>
+    <xdr:ext cx="533400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="image_201" descr="image_201"/>
+        <xdr:cNvPr id="158" name="image_199" descr="image_199"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>201</xdr:row>
+      <xdr:row>199</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="image_202" descr="image_202"/>
+        <xdr:cNvPr id="159" name="image_200" descr="image_200"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7900,54 +7762,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P204"/>
+  <dimension ref="A1:P200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P204"/>
+      <selection activeCell="A9" sqref="A9:P200"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -8374,4086 +8236,4084 @@
         <v>49</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="10"/>
       <c r="K16" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L16" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>60</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O16" s="6">
-        <v>610111.71</v>
+        <v>620274.33</v>
       </c>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="6" t="s">
         <v>61</v>
       </c>
       <c r="B17" s="6">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I17" s="6">
         <v>0</v>
       </c>
       <c r="J17" s="10"/>
       <c r="K17" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L17" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>63</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O17" s="6">
-        <v>610111.71</v>
+        <v>620280.25</v>
       </c>
       <c r="P17" s="6"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="6" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="6">
         <v>0</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I18" s="6">
         <v>97</v>
       </c>
       <c r="J18" s="10"/>
       <c r="K18" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L18" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>66</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O18" s="6">
-        <v>1075347</v>
+        <v>1127341.8</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="B19" s="6">
         <v>0</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G19" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="6">
         <v>11</v>
       </c>
       <c r="J19" s="10" t="s">
         <v>69</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L19" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>70</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
     </row>
-    <row r="20" spans="1:16">
+    <row r="20" spans="1:16" customHeight="1" ht="65">
       <c r="A20" s="6" t="s">
         <v>71</v>
       </c>
       <c r="B20" s="6">
         <v>0</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6">
         <v>0</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>73</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I20" s="6">
-        <v>49.5</v>
+        <v>44.2</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>74</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>75</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>76</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O20" s="6"/>
+      <c r="O20" s="6">
+        <v>467517.02</v>
+      </c>
       <c r="P20" s="6"/>
     </row>
-    <row r="21" spans="1:16" customHeight="1" ht="65">
+    <row r="21" spans="1:16">
       <c r="A21" s="6" t="s">
         <v>77</v>
       </c>
       <c r="B21" s="6">
         <v>0</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>78</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G21" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I21" s="6">
-        <v>44.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="J21" s="10"/>
       <c r="K21" s="6" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M21" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="N21" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O21" s="6"/>
+      <c r="P21" s="6"/>
+    </row>
+    <row r="22" spans="1:16" customHeight="1" ht="65">
+      <c r="A22" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="F22" s="9" t="s">
         <v>82</v>
       </c>
-      <c r="N21" s="6" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="G22" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="6">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="J22" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="J22" s="10" t="s">
+        <v>83</v>
+      </c>
       <c r="K22" s="6" t="s">
-        <v>37</v>
+        <v>75</v>
       </c>
       <c r="L22" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
     </row>
-    <row r="23" spans="1:16" customHeight="1" ht="65">
+    <row r="23" spans="1:16">
       <c r="A23" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" s="6">
+        <v>0</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0</v>
+      </c>
+      <c r="D23" s="6">
+        <v>0</v>
+      </c>
+      <c r="E23" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="B23" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F23" s="9" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="G23" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="6">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="J23" s="10" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="L23" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
     </row>
-    <row r="24" spans="1:16" customHeight="1" ht="65">
+    <row r="24" spans="1:16">
       <c r="A24" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0</v>
+      </c>
+      <c r="D24" s="6">
+        <v>0</v>
+      </c>
+      <c r="E24" s="6" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G24" s="10" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I24" s="6">
-        <v>51.5</v>
-[...1 lines deleted...]
-      <c r="J24" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="J24" s="10"/>
+      <c r="K24" s="6" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="L24" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>94</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O24" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O24" s="6"/>
       <c r="P24" s="6"/>
     </row>
-    <row r="25" spans="1:16">
+    <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
         <v>95</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="6">
-        <v>22</v>
+        <v>11.8</v>
       </c>
       <c r="J25" s="10" t="s">
         <v>97</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>98</v>
       </c>
       <c r="L25" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>99</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O25" s="6"/>
       <c r="P25" s="6"/>
     </row>
-    <row r="26" spans="1:16">
+    <row r="26" spans="1:16" customHeight="1" ht="65">
       <c r="A26" s="6" t="s">
         <v>100</v>
       </c>
       <c r="B26" s="6">
         <v>0</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6">
         <v>0</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="G26" s="10" t="s">
         <v>73</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="6">
         <v>0</v>
       </c>
-      <c r="J26" s="10"/>
+      <c r="J26" s="10" t="s">
+        <v>102</v>
+      </c>
       <c r="K26" s="6" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="L26" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>103</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
     </row>
-    <row r="27" spans="1:16" customHeight="1" ht="65">
+    <row r="27" spans="1:16">
       <c r="A27" s="6" t="s">
         <v>104</v>
       </c>
       <c r="B27" s="6">
         <v>0</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6">
         <v>0</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G27" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I27" s="6">
-        <v>11.8</v>
+        <v>58.2</v>
       </c>
       <c r="J27" s="10" t="s">
         <v>106</v>
       </c>
       <c r="K27" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L27" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="L27" s="10" t="s">
-[...2 lines deleted...]
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O27" s="6">
+        <v>317404.62</v>
+      </c>
+      <c r="P27" s="6"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="N27" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A28" s="6" t="s">
+      <c r="B28" s="6">
+        <v>0</v>
+      </c>
+      <c r="C28" s="6">
+        <v>0</v>
+      </c>
+      <c r="D28" s="6">
+        <v>0</v>
+      </c>
+      <c r="E28" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="B28" s="6">
-[...8 lines deleted...]
-      <c r="E28" s="6" t="s">
+      <c r="F28" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G28" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I28" s="6">
+        <v>58.2</v>
+      </c>
+      <c r="J28" s="10" t="s">
         <v>110</v>
       </c>
-      <c r="F28" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K28" s="6" t="s">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="L28" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M28" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="N28" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O28" s="6">
+        <v>362900.07</v>
+      </c>
+      <c r="P28" s="6"/>
+    </row>
+    <row r="29" spans="1:16" customHeight="1" ht="65">
+      <c r="A29" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="N28" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A29" s="6" t="s">
+      <c r="B29" s="6">
+        <v>0</v>
+      </c>
+      <c r="C29" s="6">
+        <v>0</v>
+      </c>
+      <c r="D29" s="6">
+        <v>0</v>
+      </c>
+      <c r="E29" s="6" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I29" s="6">
-        <v>58.2</v>
+        <v>50</v>
       </c>
       <c r="J29" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="K29" s="6" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="L29" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>116</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O29" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O29" s="6"/>
       <c r="P29" s="6"/>
     </row>
-    <row r="30" spans="1:16">
+    <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>118</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I30" s="6">
-        <v>58.2</v>
+        <v>8.78</v>
       </c>
       <c r="J30" s="10" t="s">
         <v>119</v>
       </c>
       <c r="K30" s="6" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="L30" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>120</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O30" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O30" s="6"/>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B31" s="6">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>122</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="6">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="J31" s="10" t="s">
         <v>123</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="L31" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>125</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O31" s="6"/>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
         <v>126</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>127</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="6">
-        <v>8.78</v>
+        <v>75</v>
       </c>
       <c r="J32" s="10" t="s">
         <v>128</v>
       </c>
       <c r="K32" s="6" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="L32" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>129</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O32" s="6"/>
       <c r="P32" s="6"/>
     </row>
-    <row r="33" spans="1:16" customHeight="1" ht="65">
+    <row r="33" spans="1:16">
       <c r="A33" s="6" t="s">
         <v>130</v>
       </c>
       <c r="B33" s="6">
         <v>0</v>
       </c>
       <c r="C33" s="6">
         <v>0</v>
       </c>
       <c r="D33" s="6">
         <v>0</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>131</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I33" s="6">
-        <v>8</v>
+        <v>58.2</v>
       </c>
       <c r="J33" s="10" t="s">
         <v>132</v>
       </c>
       <c r="K33" s="6" t="s">
-        <v>133</v>
+        <v>59</v>
       </c>
       <c r="L33" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O33" s="6"/>
+      <c r="O33" s="6">
+        <v>317404.62</v>
+      </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="B34" s="6">
+        <v>0</v>
+      </c>
+      <c r="C34" s="6">
+        <v>0</v>
+      </c>
+      <c r="D34" s="6">
+        <v>0</v>
+      </c>
+      <c r="E34" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="B34" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F34" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="6">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="J34" s="10" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M34" s="6" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O34" s="6"/>
       <c r="P34" s="6"/>
     </row>
-    <row r="35" spans="1:16">
+    <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="B35" s="6">
+        <v>0</v>
+      </c>
+      <c r="C35" s="6">
+        <v>0</v>
+      </c>
+      <c r="D35" s="6">
+        <v>0</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="B35" s="6">
-[...8 lines deleted...]
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="9" t="s">
         <v>140</v>
       </c>
-      <c r="F35" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="10" t="s">
-        <v>23</v>
+        <v>141</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I35" s="6">
-        <v>58.2</v>
+        <v>0</v>
       </c>
       <c r="J35" s="10" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>59</v>
+        <v>143</v>
       </c>
       <c r="L35" s="10" t="s">
-        <v>38</v>
+        <v>144</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O35" s="6">
-        <v>312246.51</v>
+        <v>1887.71</v>
       </c>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B36" s="6">
         <v>0</v>
       </c>
       <c r="C36" s="6">
         <v>0</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="6">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="J36" s="10" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M36" s="6" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O36" s="6"/>
       <c r="P36" s="6"/>
     </row>
-    <row r="37" spans="1:16" customHeight="1" ht="65">
+    <row r="37" spans="1:16">
       <c r="A37" s="6" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>149</v>
+        <v>49</v>
       </c>
       <c r="G37" s="10" t="s">
-        <v>150</v>
+        <v>23</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I37" s="6">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="J37" s="10" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K37" s="6" t="s">
-        <v>152</v>
+        <v>59</v>
       </c>
       <c r="L37" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M37" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="M37" s="6" t="s">
+      <c r="N37" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O37" s="6">
+        <v>533183.04</v>
+      </c>
+      <c r="P37" s="6"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="N37" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A38" s="6" t="s">
+      <c r="B38" s="6">
+        <v>0</v>
+      </c>
+      <c r="C38" s="6">
+        <v>0</v>
+      </c>
+      <c r="D38" s="6">
+        <v>0</v>
+      </c>
+      <c r="E38" s="6" t="s">
         <v>155</v>
-      </c>
-[...10 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I38" s="6">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="J38" s="10" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K38" s="6" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="L38" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M38" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="N38" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O38" s="6">
+        <v>1127341.8</v>
+      </c>
+      <c r="P38" s="6"/>
+    </row>
+    <row r="39" spans="1:16" customHeight="1" ht="65">
+      <c r="A39" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="N38" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A39" s="6" t="s">
+      <c r="B39" s="6">
+        <v>0</v>
+      </c>
+      <c r="C39" s="6">
+        <v>0</v>
+      </c>
+      <c r="D39" s="6">
+        <v>0</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="B39" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F39" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I39" s="6">
-        <v>75</v>
+        <v>36</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="L39" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O39" s="6">
-        <v>524438.46</v>
+        <v>299145.08</v>
       </c>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="B40" s="6">
+        <v>0</v>
+      </c>
+      <c r="C40" s="6">
+        <v>0</v>
+      </c>
+      <c r="D40" s="6">
+        <v>0</v>
+      </c>
+      <c r="E40" s="6" t="s">
         <v>163</v>
-      </c>
-[...10 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G40" s="10" t="s">
-        <v>23</v>
+        <v>164</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I40" s="6">
-        <v>97</v>
+        <v>52.5</v>
       </c>
       <c r="J40" s="10" t="s">
         <v>165</v>
       </c>
       <c r="K40" s="6" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
       <c r="L40" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O40" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O40" s="6"/>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="G41" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I41" s="6">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="J41" s="10" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="K41" s="6" t="s">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="L41" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M41" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O41" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O41" s="6"/>
       <c r="P41" s="6"/>
     </row>
-    <row r="42" spans="1:16">
+    <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B42" s="6">
         <v>0</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
       <c r="E42" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="G42" s="10" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="6">
-        <v>52.5</v>
+        <v>5</v>
       </c>
       <c r="J42" s="10" t="s">
         <v>174</v>
       </c>
       <c r="K42" s="6" t="s">
-        <v>175</v>
+        <v>75</v>
       </c>
       <c r="L42" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M42" s="6" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O42" s="6"/>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="6">
+        <v>0</v>
+      </c>
+      <c r="C43" s="6">
+        <v>0</v>
+      </c>
+      <c r="D43" s="6">
+        <v>0</v>
+      </c>
+      <c r="E43" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="B43" s="6">
-[...8 lines deleted...]
-      <c r="E43" s="6" t="s">
+      <c r="F43" s="9" t="s">
         <v>178</v>
       </c>
-      <c r="F43" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" s="10" t="s">
-        <v>79</v>
+        <v>179</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I43" s="6">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="J43" s="10" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>81</v>
+        <v>181</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>38</v>
+        <v>182</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O43" s="6"/>
+      <c r="O43" s="6">
+        <v>86328.53</v>
+      </c>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="65">
       <c r="A44" s="6" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="G44" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="6">
-        <v>5</v>
+        <v>4.94</v>
       </c>
       <c r="J44" s="10" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="K44" s="6" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="L44" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M44" s="6" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O44" s="6"/>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B45" s="6">
         <v>0</v>
       </c>
       <c r="C45" s="6">
         <v>0</v>
       </c>
       <c r="D45" s="6">
         <v>0</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>187</v>
+        <v>22</v>
       </c>
       <c r="G45" s="10" t="s">
-        <v>188</v>
+        <v>23</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I45" s="6">
-        <v>23</v>
+        <v>7.45</v>
       </c>
       <c r="J45" s="10" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="K45" s="6" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="L45" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M45" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="M45" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N45" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O45" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O45" s="6"/>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B46" s="6">
+        <v>0</v>
+      </c>
+      <c r="C46" s="6">
+        <v>0</v>
+      </c>
+      <c r="D46" s="6">
+        <v>0</v>
+      </c>
+      <c r="E46" s="6" t="s">
         <v>193</v>
-      </c>
-[...10 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="6">
-        <v>4.94</v>
+        <v>7.3</v>
       </c>
       <c r="J46" s="10" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M46" s="6" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O46" s="6"/>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" s="6">
+        <v>0</v>
+      </c>
+      <c r="C47" s="6">
+        <v>0</v>
+      </c>
+      <c r="D47" s="6">
+        <v>0</v>
+      </c>
+      <c r="E47" s="6" t="s">
         <v>197</v>
-      </c>
-[...10 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F47" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="6">
-        <v>7.45</v>
+        <v>9</v>
       </c>
       <c r="J47" s="10" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O47" s="6"/>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B48" s="6">
+        <v>0</v>
+      </c>
+      <c r="C48" s="6">
+        <v>0</v>
+      </c>
+      <c r="D48" s="6">
+        <v>0</v>
+      </c>
+      <c r="E48" s="6" t="s">
         <v>201</v>
       </c>
-      <c r="B48" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F48" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G48" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="6">
-        <v>7.3</v>
+        <v>0</v>
       </c>
       <c r="J48" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="L48" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M48" s="6" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>204</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="B49" s="6">
+        <v>0</v>
+      </c>
+      <c r="C49" s="6">
+        <v>0</v>
+      </c>
+      <c r="D49" s="6">
+        <v>0</v>
+      </c>
+      <c r="E49" s="6" t="s">
         <v>205</v>
       </c>
-      <c r="B49" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F49" s="9" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="6">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="J49" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="K49" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L49" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M49" s="6" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O49" s="6"/>
       <c r="P49" s="6"/>
     </row>
-    <row r="50" spans="1:16" customHeight="1" ht="65">
+    <row r="50" spans="1:16">
       <c r="A50" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="B50" s="6">
+        <v>0</v>
+      </c>
+      <c r="C50" s="6">
+        <v>0</v>
+      </c>
+      <c r="D50" s="6">
+        <v>0</v>
+      </c>
+      <c r="E50" s="6" t="s">
         <v>209</v>
       </c>
-      <c r="B50" s="6">
-[...8 lines deleted...]
-      <c r="E50" s="6" t="s">
+      <c r="F50" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I50" s="6">
+        <v>58.2</v>
+      </c>
+      <c r="J50" s="10" t="s">
         <v>210</v>
       </c>
-      <c r="F50" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K50" s="6" t="s">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="L50" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M50" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="N50" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O50" s="6">
+        <v>468290.16</v>
+      </c>
+      <c r="P50" s="6"/>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" s="6" t="s">
         <v>212</v>
       </c>
-      <c r="N50" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A51" s="6" t="s">
+      <c r="B51" s="6">
+        <v>0</v>
+      </c>
+      <c r="C51" s="6">
+        <v>0</v>
+      </c>
+      <c r="D51" s="6">
+        <v>0</v>
+      </c>
+      <c r="E51" s="6" t="s">
         <v>213</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G51" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I51" s="6">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="J51" s="10" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="L51" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O51" s="6"/>
+      <c r="O51" s="6">
+        <v>300624.48</v>
+      </c>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="B52" s="6">
+        <v>0</v>
+      </c>
+      <c r="C52" s="6">
+        <v>0</v>
+      </c>
+      <c r="D52" s="6">
+        <v>0</v>
+      </c>
+      <c r="E52" s="6" t="s">
         <v>217</v>
-      </c>
-[...10 lines deleted...]
-        <v>218</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G52" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I52" s="6">
-        <v>58.2</v>
+        <v>45</v>
       </c>
       <c r="J52" s="10" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L52" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M52" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="N52" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O52" s="6">
+        <v>338793.39</v>
+      </c>
+      <c r="P52" s="6"/>
+    </row>
+    <row r="53" spans="1:16" customHeight="1" ht="65">
+      <c r="A53" s="6" t="s">
         <v>220</v>
       </c>
-      <c r="N52" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A53" s="6" t="s">
+      <c r="B53" s="6">
+        <v>0</v>
+      </c>
+      <c r="C53" s="6">
+        <v>0</v>
+      </c>
+      <c r="D53" s="6">
+        <v>0</v>
+      </c>
+      <c r="E53" s="6" t="s">
         <v>221</v>
-      </c>
-[...10 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I53" s="6">
-        <v>45</v>
+        <v>37.5</v>
       </c>
       <c r="J53" s="10" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="K53" s="6" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
       <c r="L53" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M53" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="N53" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O53" s="6"/>
+      <c r="P53" s="6"/>
+    </row>
+    <row r="54" spans="1:16" customHeight="1" ht="65">
+      <c r="A54" s="6" t="s">
         <v>224</v>
       </c>
-      <c r="N53" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A54" s="6" t="s">
+      <c r="B54" s="6">
+        <v>0</v>
+      </c>
+      <c r="C54" s="6">
+        <v>0</v>
+      </c>
+      <c r="D54" s="6">
+        <v>0</v>
+      </c>
+      <c r="E54" s="6" t="s">
         <v>225</v>
       </c>
-      <c r="B54" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F54" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I54" s="6">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="J54" s="10" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="K54" s="6" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="L54" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M54" s="6" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O54" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O54" s="6"/>
       <c r="P54" s="6"/>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="65">
       <c r="A55" s="6" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B55" s="6">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
         <v>0</v>
       </c>
-      <c r="E55" s="6" t="s">
-        <v>230</v>
+      <c r="E55" s="6">
+        <v>167514</v>
       </c>
       <c r="F55" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G55" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="6">
-        <v>37.5</v>
+        <v>32.5</v>
       </c>
       <c r="J55" s="10" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>124</v>
+        <v>230</v>
       </c>
       <c r="L55" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O55" s="6"/>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="65">
       <c r="A56" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="B56" s="6">
+        <v>0</v>
+      </c>
+      <c r="C56" s="6">
+        <v>0</v>
+      </c>
+      <c r="D56" s="6">
+        <v>0</v>
+      </c>
+      <c r="E56" s="6" t="s">
         <v>233</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="6">
-        <v>8</v>
+        <v>0.189</v>
       </c>
       <c r="J56" s="10" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="K56" s="6" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="L56" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M56" s="6" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O56" s="6"/>
       <c r="P56" s="6"/>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="65">
       <c r="A57" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="B57" s="6">
+        <v>0</v>
+      </c>
+      <c r="C57" s="6">
+        <v>0</v>
+      </c>
+      <c r="D57" s="6">
+        <v>0</v>
+      </c>
+      <c r="E57" s="6" t="s">
         <v>237</v>
       </c>
-      <c r="B57" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F57" s="9" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="G57" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="6">
-        <v>32.5</v>
+        <v>0</v>
       </c>
       <c r="J57" s="10" t="s">
         <v>238</v>
       </c>
       <c r="K57" s="6" t="s">
-        <v>239</v>
+        <v>75</v>
       </c>
       <c r="L57" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M57" s="6" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O57" s="6"/>
       <c r="P57" s="6"/>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="65">
       <c r="A58" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" s="6">
+        <v>0</v>
+      </c>
+      <c r="C58" s="6">
+        <v>0</v>
+      </c>
+      <c r="D58" s="6">
+        <v>0</v>
+      </c>
+      <c r="E58" s="6" t="s">
         <v>241</v>
       </c>
-      <c r="B58" s="6">
-[...8 lines deleted...]
-      <c r="E58" s="6" t="s">
+      <c r="F58" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G58" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I58" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="J58" s="10" t="s">
         <v>242</v>
       </c>
-      <c r="F58" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J58" s="10" t="s">
+      <c r="K58" s="6" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="L58" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>244</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O58" s="6"/>
+      <c r="O58" s="6">
+        <v>20956.5</v>
+      </c>
       <c r="P58" s="6"/>
     </row>
-    <row r="59" spans="1:16" customHeight="1" ht="65">
+    <row r="59" spans="1:16">
       <c r="A59" s="6" t="s">
         <v>245</v>
       </c>
       <c r="B59" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C59" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D59" s="6">
         <v>0</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>246</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="G59" s="10" t="s">
-        <v>79</v>
+        <v>164</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>24</v>
+        <v>247</v>
       </c>
       <c r="I59" s="6">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="J59" s="10" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>81</v>
+        <v>166</v>
       </c>
       <c r="L59" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O59" s="6"/>
+      <c r="O59" s="6">
+        <v>240268.13</v>
+      </c>
       <c r="P59" s="6"/>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="65">
       <c r="A60" s="6" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B60" s="6">
         <v>0</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6">
         <v>0</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>73</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I60" s="6">
-        <v>4.5</v>
+        <v>0</v>
       </c>
       <c r="J60" s="10" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K60" s="6" t="s">
-        <v>252</v>
+        <v>75</v>
       </c>
       <c r="L60" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>253</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O60" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O60" s="6"/>
       <c r="P60" s="6"/>
     </row>
-    <row r="61" spans="1:16">
+    <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
         <v>254</v>
       </c>
       <c r="B61" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C61" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>255</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G61" s="10" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="H61" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I61" s="6">
+        <v>23</v>
+      </c>
+      <c r="J61" s="10" t="s">
         <v>256</v>
       </c>
-      <c r="I61" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="K61" s="6" t="s">
-        <v>175</v>
+        <v>88</v>
       </c>
       <c r="L61" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M61" s="6" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O61" s="6">
-        <v>232109.85</v>
+        <v>190575</v>
       </c>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="B62" s="6">
+        <v>0</v>
+      </c>
+      <c r="C62" s="6">
+        <v>0</v>
+      </c>
+      <c r="D62" s="6">
+        <v>0</v>
+      </c>
+      <c r="E62" s="6" t="s">
         <v>259</v>
       </c>
-      <c r="B62" s="6">
-[...8 lines deleted...]
-      <c r="E62" s="6" t="s">
+      <c r="F62" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="G62" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I62" s="6">
+        <v>30</v>
+      </c>
+      <c r="J62" s="10" t="s">
         <v>260</v>
       </c>
-      <c r="F62" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J62" s="10" t="s">
+      <c r="K62" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="L62" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="M62" s="6" t="s">
         <v>261</v>
       </c>
-      <c r="K62" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N62" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O62" s="6"/>
+      <c r="O62" s="6">
+        <v>86793.91</v>
+      </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="B63" s="6">
+        <v>0</v>
+      </c>
+      <c r="C63" s="6">
+        <v>0</v>
+      </c>
+      <c r="D63" s="6">
+        <v>0</v>
+      </c>
+      <c r="E63" s="6" t="s">
         <v>263</v>
       </c>
-      <c r="B63" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F63" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I63" s="6">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="J63" s="10" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="L63" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O63" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O63" s="6"/>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="65">
       <c r="A64" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="B64" s="6">
+        <v>0</v>
+      </c>
+      <c r="C64" s="6">
+        <v>0</v>
+      </c>
+      <c r="D64" s="6">
+        <v>0</v>
+      </c>
+      <c r="E64" s="6" t="s">
         <v>267</v>
       </c>
-      <c r="B64" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F64" s="9" t="s">
-        <v>187</v>
+        <v>49</v>
       </c>
       <c r="G64" s="10" t="s">
-        <v>188</v>
+        <v>92</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>58</v>
       </c>
       <c r="I64" s="6">
-        <v>30</v>
+        <v>12.7</v>
       </c>
       <c r="J64" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="L64" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M64" s="6" t="s">
         <v>269</v>
       </c>
-      <c r="K64" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N64" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O64" s="6">
-        <v>86793.91</v>
+        <v>40854.6</v>
       </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="65">
       <c r="A65" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="B65" s="6">
+        <v>0</v>
+      </c>
+      <c r="C65" s="6">
+        <v>0</v>
+      </c>
+      <c r="D65" s="6">
+        <v>0</v>
+      </c>
+      <c r="E65" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="B65" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F65" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="6">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="J65" s="10" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M65" s="6" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O65" s="6"/>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="65">
       <c r="A66" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="B66" s="6">
+        <v>0</v>
+      </c>
+      <c r="C66" s="6">
+        <v>0</v>
+      </c>
+      <c r="D66" s="6">
+        <v>0</v>
+      </c>
+      <c r="E66" s="6" t="s">
         <v>275</v>
       </c>
-      <c r="B66" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F66" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>73</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I66" s="6">
-        <v>12.7</v>
+        <v>30</v>
       </c>
       <c r="J66" s="10" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="K66" s="6" t="s">
-        <v>252</v>
+        <v>75</v>
       </c>
       <c r="L66" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M66" s="6" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O66" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O66" s="6"/>
       <c r="P66" s="6"/>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="B67" s="6">
+        <v>0</v>
+      </c>
+      <c r="C67" s="6">
+        <v>0</v>
+      </c>
+      <c r="D67" s="6">
+        <v>0</v>
+      </c>
+      <c r="E67" s="6" t="s">
         <v>279</v>
-      </c>
-[...10 lines deleted...]
-        <v>280</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G67" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="6">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="J67" s="10" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="K67" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="L67" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O67" s="6"/>
       <c r="P67" s="6"/>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="65">
       <c r="A68" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="B68" s="6">
+        <v>0</v>
+      </c>
+      <c r="C68" s="6">
+        <v>0</v>
+      </c>
+      <c r="D68" s="6">
+        <v>0</v>
+      </c>
+      <c r="E68" s="6" t="s">
         <v>283</v>
       </c>
-      <c r="B68" s="6">
-[...8 lines deleted...]
-      <c r="E68" s="6" t="s">
+      <c r="F68" s="9" t="s">
         <v>284</v>
       </c>
-      <c r="F68" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G68" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I68" s="6">
-        <v>30</v>
+        <v>6.2</v>
       </c>
       <c r="J68" s="10" t="s">
         <v>285</v>
       </c>
       <c r="K68" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L68" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M68" s="6" t="s">
         <v>286</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O68" s="6"/>
+      <c r="O68" s="6">
+        <v>80778.67</v>
+      </c>
       <c r="P68" s="6"/>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="65">
       <c r="A69" s="6" t="s">
         <v>287</v>
       </c>
       <c r="B69" s="6">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6">
         <v>0</v>
       </c>
       <c r="E69" s="6" t="s">
         <v>288</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G69" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="6">
         <v>0</v>
       </c>
       <c r="J69" s="10" t="s">
         <v>289</v>
       </c>
       <c r="K69" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L69" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M69" s="6" t="s">
         <v>290</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O69" s="6"/>
       <c r="P69" s="6"/>
     </row>
     <row r="70" spans="1:16" customHeight="1" ht="65">
       <c r="A70" s="6" t="s">
         <v>291</v>
       </c>
       <c r="B70" s="6">
         <v>0</v>
       </c>
       <c r="C70" s="6">
         <v>0</v>
       </c>
       <c r="D70" s="6">
         <v>0</v>
       </c>
       <c r="E70" s="6" t="s">
         <v>292</v>
       </c>
       <c r="F70" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G70" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I70" s="6">
+        <v>0</v>
+      </c>
+      <c r="J70" s="10" t="s">
         <v>293</v>
       </c>
-      <c r="G70" s="10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K70" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L70" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M70" s="6" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O70" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O70" s="6"/>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="B71" s="6">
+        <v>0</v>
+      </c>
+      <c r="C71" s="6">
+        <v>0</v>
+      </c>
+      <c r="D71" s="6">
+        <v>0</v>
+      </c>
+      <c r="E71" s="6" t="s">
         <v>296</v>
       </c>
-      <c r="B71" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F71" s="9" t="s">
-        <v>36</v>
+        <v>284</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="6">
-        <v>0</v>
+        <v>6.52</v>
       </c>
       <c r="J71" s="10" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="K71" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L71" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M71" s="6" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O71" s="6"/>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="65">
       <c r="A72" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="B72" s="6">
+        <v>0</v>
+      </c>
+      <c r="C72" s="6">
+        <v>0</v>
+      </c>
+      <c r="D72" s="6">
+        <v>0</v>
+      </c>
+      <c r="E72" s="6" t="s">
         <v>300</v>
-      </c>
-[...10 lines deleted...]
-        <v>301</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G72" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="6">
         <v>0</v>
       </c>
       <c r="J72" s="10" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="K72" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L72" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O72" s="6"/>
       <c r="P72" s="6"/>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="65">
       <c r="A73" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B73" s="6">
+        <v>0</v>
+      </c>
+      <c r="C73" s="6">
+        <v>0</v>
+      </c>
+      <c r="D73" s="6">
+        <v>0</v>
+      </c>
+      <c r="E73" s="6" t="s">
         <v>304</v>
       </c>
-      <c r="B73" s="6">
-[...8 lines deleted...]
-      <c r="E73" s="6" t="s">
+      <c r="F73" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G73" s="10" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="H73" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="6">
-        <v>6.52</v>
+        <v>0</v>
       </c>
       <c r="J73" s="10" t="s">
         <v>306</v>
       </c>
       <c r="K73" s="6" t="s">
-        <v>81</v>
+        <v>307</v>
       </c>
       <c r="L73" s="10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="M73" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O73" s="6"/>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B74" s="6">
         <v>0</v>
       </c>
       <c r="C74" s="6">
         <v>0</v>
       </c>
       <c r="D74" s="6">
         <v>0</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G74" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="6">
         <v>0</v>
       </c>
       <c r="J74" s="10" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="K74" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L74" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M74" s="6" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B75" s="6">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="C75" s="6">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>42</v>
+        <v>284</v>
       </c>
       <c r="G75" s="10" t="s">
-        <v>314</v>
+        <v>73</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>24</v>
+        <v>247</v>
       </c>
       <c r="I75" s="6">
-        <v>0</v>
+        <v>5.31</v>
       </c>
       <c r="J75" s="10" t="s">
         <v>315</v>
       </c>
       <c r="K75" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="L75" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M75" s="6" t="s">
         <v>316</v>
       </c>
-      <c r="L75" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N75" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O75" s="6"/>
+      <c r="O75" s="6">
+        <v>49989.86</v>
+      </c>
       <c r="P75" s="6"/>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="B76" s="6">
+        <v>9</v>
+      </c>
+      <c r="C76" s="6">
+        <v>9</v>
+      </c>
+      <c r="D76" s="6">
+        <v>0</v>
+      </c>
+      <c r="E76" s="6" t="s">
         <v>318</v>
       </c>
-      <c r="B76" s="6">
-[...8 lines deleted...]
-      <c r="E76" s="6" t="s">
+      <c r="F76" s="9" t="s">
+        <v>284</v>
+      </c>
+      <c r="G76" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="I76" s="6">
+        <v>5.59</v>
+      </c>
+      <c r="J76" s="10" t="s">
         <v>319</v>
       </c>
-      <c r="F76" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K76" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L76" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O76" s="6"/>
+      <c r="O76" s="6">
+        <v>73845.66</v>
+      </c>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="B77" s="6">
+        <v>0</v>
+      </c>
+      <c r="C77" s="6">
+        <v>0</v>
+      </c>
+      <c r="D77" s="6">
+        <v>0</v>
+      </c>
+      <c r="E77" s="6" t="s">
         <v>322</v>
       </c>
-      <c r="B77" s="6">
-[...8 lines deleted...]
-      <c r="E77" s="6" t="s">
+      <c r="F77" s="9" t="s">
+        <v>284</v>
+      </c>
+      <c r="G77" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H77" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I77" s="6">
+        <v>4.67</v>
+      </c>
+      <c r="J77" s="10" t="s">
         <v>323</v>
       </c>
-      <c r="F77" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K77" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L77" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O77" s="6">
-        <v>58498.34</v>
+        <v>55817.42</v>
       </c>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="B78" s="6">
+        <v>0</v>
+      </c>
+      <c r="C78" s="6">
+        <v>0</v>
+      </c>
+      <c r="D78" s="6">
+        <v>0</v>
+      </c>
+      <c r="E78" s="6" t="s">
         <v>326</v>
       </c>
-      <c r="B78" s="6">
-[...8 lines deleted...]
-      <c r="E78" s="6" t="s">
+      <c r="F78" s="9" t="s">
+        <v>284</v>
+      </c>
+      <c r="G78" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I78" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="J78" s="10" t="s">
         <v>327</v>
       </c>
-      <c r="F78" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K78" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L78" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M78" s="6" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O78" s="6">
-        <v>83479.86</v>
+        <v>64344.38</v>
       </c>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="B79" s="6">
+        <v>0</v>
+      </c>
+      <c r="C79" s="6">
+        <v>0</v>
+      </c>
+      <c r="D79" s="6">
+        <v>0</v>
+      </c>
+      <c r="E79" s="6" t="s">
         <v>330</v>
       </c>
-      <c r="B79" s="6">
-[...8 lines deleted...]
-      <c r="E79" s="6" t="s">
+      <c r="F79" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G79" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I79" s="6">
+        <v>0</v>
+      </c>
+      <c r="J79" s="10" t="s">
         <v>331</v>
       </c>
-      <c r="F79" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K79" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L79" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O79" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O79" s="6"/>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="65">
       <c r="A80" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="B80" s="6">
+        <v>0</v>
+      </c>
+      <c r="C80" s="6">
+        <v>0</v>
+      </c>
+      <c r="D80" s="6">
+        <v>0</v>
+      </c>
+      <c r="E80" s="6" t="s">
         <v>334</v>
       </c>
-      <c r="B80" s="6">
-[...8 lines deleted...]
-      <c r="E80" s="6" t="s">
+      <c r="F80" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G80" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I80" s="6">
+        <v>0</v>
+      </c>
+      <c r="J80" s="10" t="s">
         <v>335</v>
       </c>
-      <c r="F80" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K80" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L80" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M80" s="6" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O80" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O80" s="6"/>
       <c r="P80" s="6"/>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="B81" s="6">
+        <v>0</v>
+      </c>
+      <c r="C81" s="6">
+        <v>0</v>
+      </c>
+      <c r="D81" s="6">
+        <v>0</v>
+      </c>
+      <c r="E81" s="6" t="s">
         <v>338</v>
-      </c>
-[...10 lines deleted...]
-        <v>339</v>
       </c>
       <c r="F81" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G81" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="6">
         <v>0</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="K81" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L81" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O81" s="6"/>
       <c r="P81" s="6"/>
     </row>
-    <row r="82" spans="1:16" customHeight="1" ht="65">
+    <row r="82" spans="1:16">
       <c r="A82" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="B82" s="6">
+        <v>0</v>
+      </c>
+      <c r="C82" s="6">
+        <v>0</v>
+      </c>
+      <c r="D82" s="6">
+        <v>0</v>
+      </c>
+      <c r="E82" s="6" t="s">
         <v>342</v>
-      </c>
-[...10 lines deleted...]
-        <v>343</v>
       </c>
       <c r="F82" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G82" s="10" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="6">
         <v>0</v>
       </c>
-      <c r="J82" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J82" s="10"/>
       <c r="K82" s="6" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="L82" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O82" s="6"/>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="B83" s="6">
         <v>0</v>
       </c>
       <c r="C83" s="6">
         <v>0</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="6" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G83" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="6">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J83" s="10" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="K83" s="6" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="L83" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M83" s="6" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O83" s="6"/>
       <c r="P83" s="6"/>
     </row>
-    <row r="84" spans="1:16">
+    <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B84" s="6">
         <v>0</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="6" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G84" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J84" s="10"/>
+        <v>63</v>
+      </c>
+      <c r="J84" s="10" t="s">
+        <v>350</v>
+      </c>
       <c r="K84" s="6" t="s">
-        <v>102</v>
+        <v>26</v>
       </c>
       <c r="L84" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M84" s="6" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O84" s="6"/>
       <c r="P84" s="6"/>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="65">
       <c r="A85" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="B85" s="6">
+        <v>0</v>
+      </c>
+      <c r="C85" s="6">
+        <v>0</v>
+      </c>
+      <c r="D85" s="6">
+        <v>0</v>
+      </c>
+      <c r="E85" s="6" t="s">
         <v>353</v>
       </c>
-      <c r="B85" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F85" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G85" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="6">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J85" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="K85" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="L85" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M85" s="6" t="s">
         <v>355</v>
-      </c>
-[...7 lines deleted...]
-        <v>356</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O85" s="6"/>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="B86" s="6">
+        <v>0</v>
+      </c>
+      <c r="C86" s="6">
+        <v>0</v>
+      </c>
+      <c r="D86" s="6">
+        <v>0</v>
+      </c>
+      <c r="E86" s="6" t="s">
         <v>357</v>
       </c>
-      <c r="B86" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F86" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G86" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="6">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="J86" s="10" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="K86" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="L86" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M86" s="6" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O86" s="6"/>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="B87" s="6">
+        <v>0</v>
+      </c>
+      <c r="C87" s="6">
+        <v>0</v>
+      </c>
+      <c r="D87" s="6">
+        <v>0</v>
+      </c>
+      <c r="E87" s="6" t="s">
         <v>361</v>
-      </c>
-[...10 lines deleted...]
-        <v>362</v>
       </c>
       <c r="F87" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G87" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="6">
         <v>0</v>
       </c>
       <c r="J87" s="10" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="K87" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L87" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O87" s="6"/>
       <c r="P87" s="6"/>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="B88" s="6">
+        <v>0</v>
+      </c>
+      <c r="C88" s="6">
+        <v>0</v>
+      </c>
+      <c r="D88" s="6">
+        <v>0</v>
+      </c>
+      <c r="E88" s="6" t="s">
         <v>365</v>
-      </c>
-[...10 lines deleted...]
-        <v>366</v>
       </c>
       <c r="F88" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G88" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="6">
         <v>0</v>
       </c>
       <c r="J88" s="10" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="K88" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L88" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M88" s="6" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O88" s="6"/>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="B89" s="6">
+        <v>0</v>
+      </c>
+      <c r="C89" s="6">
+        <v>0</v>
+      </c>
+      <c r="D89" s="6">
+        <v>0</v>
+      </c>
+      <c r="E89" s="6" t="s">
         <v>369</v>
-      </c>
-[...10 lines deleted...]
-        <v>370</v>
       </c>
       <c r="F89" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="6">
         <v>0</v>
       </c>
       <c r="J89" s="10" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="K89" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L89" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O89" s="6"/>
       <c r="P89" s="6"/>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="65">
       <c r="A90" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="B90" s="6">
+        <v>0</v>
+      </c>
+      <c r="C90" s="6">
+        <v>0</v>
+      </c>
+      <c r="D90" s="6">
+        <v>0</v>
+      </c>
+      <c r="E90" s="6" t="s">
         <v>373</v>
-      </c>
-[...10 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F90" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G90" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="6">
         <v>0</v>
       </c>
       <c r="J90" s="10" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="K90" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L90" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M90" s="6" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O90" s="6"/>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="B91" s="6">
+        <v>0</v>
+      </c>
+      <c r="C91" s="6">
+        <v>0</v>
+      </c>
+      <c r="D91" s="6">
+        <v>0</v>
+      </c>
+      <c r="E91" s="6" t="s">
         <v>377</v>
-      </c>
-[...10 lines deleted...]
-        <v>378</v>
       </c>
       <c r="F91" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="6">
         <v>0</v>
       </c>
       <c r="J91" s="10" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="K91" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L91" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O91" s="6"/>
       <c r="P91" s="6"/>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="65">
       <c r="A92" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="B92" s="6">
+        <v>0</v>
+      </c>
+      <c r="C92" s="6">
+        <v>0</v>
+      </c>
+      <c r="D92" s="6">
+        <v>0</v>
+      </c>
+      <c r="E92" s="6" t="s">
         <v>381</v>
-      </c>
-[...10 lines deleted...]
-        <v>382</v>
       </c>
       <c r="F92" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="6">
         <v>0</v>
       </c>
       <c r="J92" s="10" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="K92" s="6" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="L92" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M92" s="6" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O92" s="6"/>
       <c r="P92" s="6"/>
     </row>
-    <row r="93" spans="1:16" customHeight="1" ht="65">
+    <row r="93" spans="1:16">
       <c r="A93" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="B93" s="6">
+        <v>13</v>
+      </c>
+      <c r="C93" s="6">
+        <v>13</v>
+      </c>
+      <c r="D93" s="6">
+        <v>0</v>
+      </c>
+      <c r="E93" s="6" t="s">
         <v>385</v>
       </c>
-      <c r="B93" s="6">
-[...8 lines deleted...]
-      <c r="E93" s="6" t="s">
+      <c r="F93" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G93" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="I93" s="6">
+        <v>59</v>
+      </c>
+      <c r="J93" s="10" t="s">
         <v>386</v>
       </c>
-      <c r="F93" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K93" s="6" t="s">
-        <v>81</v>
+        <v>166</v>
       </c>
       <c r="L93" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M93" s="6" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O93" s="6"/>
+      <c r="O93" s="6">
+        <v>257186.38</v>
+      </c>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="B94" s="6">
+        <v>0</v>
+      </c>
+      <c r="C94" s="6">
+        <v>0</v>
+      </c>
+      <c r="D94" s="6">
+        <v>0</v>
+      </c>
+      <c r="E94" s="6" t="s">
         <v>389</v>
       </c>
-      <c r="B94" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F94" s="9" t="s">
-        <v>36</v>
+        <v>178</v>
       </c>
       <c r="G94" s="10" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="6">
-        <v>0</v>
+        <v>10.62</v>
       </c>
       <c r="J94" s="10" t="s">
+        <v>390</v>
+      </c>
+      <c r="K94" s="6" t="s">
         <v>391</v>
       </c>
-      <c r="K94" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L94" s="10" t="s">
-        <v>38</v>
+        <v>392</v>
       </c>
       <c r="M94" s="6" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O94" s="6"/>
       <c r="P94" s="6"/>
     </row>
-    <row r="95" spans="1:16">
+    <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B95" s="6">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="C95" s="6">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F95" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G95" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I95" s="6">
         <v>49</v>
       </c>
-      <c r="G95" s="10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J95" s="10" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K95" s="6" t="s">
-        <v>175</v>
+        <v>26</v>
       </c>
       <c r="L95" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M95" s="6" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O95" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O95" s="6"/>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B96" s="6">
         <v>0</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>187</v>
+        <v>22</v>
       </c>
       <c r="G96" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I96" s="6">
-        <v>10.62</v>
+        <v>19</v>
       </c>
       <c r="J96" s="10" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K96" s="6" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L96" s="10" t="s">
-        <v>400</v>
+        <v>22</v>
       </c>
       <c r="M96" s="6" t="s">
         <v>401</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O96" s="6"/>
       <c r="P96" s="6"/>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="65">
       <c r="A97" s="6" t="s">
         <v>402</v>
       </c>
       <c r="B97" s="6">
         <v>0</v>
       </c>
       <c r="C97" s="6">
         <v>0</v>
       </c>
       <c r="D97" s="6">
         <v>0</v>
       </c>
       <c r="E97" s="6" t="s">
         <v>403</v>
       </c>
       <c r="F97" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G97" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="6">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="J97" s="10" t="s">
         <v>404</v>
       </c>
       <c r="K97" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="L97" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M97" s="6" t="s">
         <v>405</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O97" s="6"/>
       <c r="P97" s="6"/>
     </row>
-    <row r="98" spans="1:16" customHeight="1" ht="65">
+    <row r="98" spans="1:16">
       <c r="A98" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B98" s="6">
         <v>0</v>
       </c>
       <c r="C98" s="6">
         <v>0</v>
       </c>
       <c r="D98" s="6">
         <v>0</v>
       </c>
       <c r="E98" s="6" t="s">
         <v>407</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="6">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="J98" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="J98" s="10"/>
+      <c r="K98" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L98" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M98" s="6" t="s">
         <v>408</v>
-      </c>
-[...7 lines deleted...]
-        <v>409</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O98" s="6"/>
       <c r="P98" s="6"/>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="65">
       <c r="A99" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="B99" s="6">
+        <v>0</v>
+      </c>
+      <c r="C99" s="6">
+        <v>0</v>
+      </c>
+      <c r="D99" s="6">
+        <v>0</v>
+      </c>
+      <c r="E99" s="6" t="s">
         <v>410</v>
-      </c>
-[...10 lines deleted...]
-        <v>411</v>
       </c>
       <c r="F99" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G99" s="10" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="6">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="J99" s="10" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="K99" s="6" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="L99" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O99" s="6"/>
       <c r="P99" s="6"/>
     </row>
-    <row r="100" spans="1:16">
+    <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="B100" s="6">
+        <v>0</v>
+      </c>
+      <c r="C100" s="6">
+        <v>0</v>
+      </c>
+      <c r="D100" s="6">
+        <v>0</v>
+      </c>
+      <c r="E100" s="6" t="s">
         <v>414</v>
-      </c>
-[...10 lines deleted...]
-        <v>415</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G100" s="10" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="6">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="J100" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="J100" s="10" t="s">
+        <v>415</v>
+      </c>
       <c r="K100" s="6" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="L100" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M100" s="6" t="s">
         <v>416</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O100" s="6"/>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
         <v>417</v>
       </c>
       <c r="B101" s="6">
         <v>0</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6" t="s">
         <v>418</v>
       </c>
       <c r="F101" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="6">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="J101" s="10" t="s">
         <v>419</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L101" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M101" s="6" t="s">
         <v>420</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O101" s="6"/>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
         <v>421</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6" t="s">
         <v>422</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="6">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="J102" s="10" t="s">
         <v>423</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L102" s="10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="M102" s="6" t="s">
         <v>424</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O102" s="6"/>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
         <v>425</v>
       </c>
       <c r="B103" s="6">
         <v>0</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
       <c r="E103" s="6" t="s">
         <v>426</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="6">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="J103" s="10" t="s">
         <v>427</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L103" s="10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="M103" s="6" t="s">
         <v>428</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O103" s="6"/>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
         <v>429</v>
       </c>
       <c r="B104" s="6">
         <v>0</v>
       </c>
       <c r="C104" s="6">
         <v>0</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
       <c r="E104" s="6" t="s">
         <v>430</v>
@@ -12492,4643 +12352,4453 @@
       <c r="A105" s="6" t="s">
         <v>433</v>
       </c>
       <c r="B105" s="6">
         <v>0</v>
       </c>
       <c r="C105" s="6">
         <v>0</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
       <c r="E105" s="6" t="s">
         <v>434</v>
       </c>
       <c r="F105" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="6">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="J105" s="10" t="s">
         <v>435</v>
       </c>
       <c r="K105" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L105" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M105" s="6" t="s">
         <v>436</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O105" s="6"/>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
         <v>437</v>
       </c>
       <c r="B106" s="6">
         <v>0</v>
       </c>
       <c r="C106" s="6">
         <v>0</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
       <c r="E106" s="6" t="s">
         <v>438</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>42</v>
+        <v>178</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="6">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J106" s="10" t="s">
         <v>439</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L106" s="10" t="s">
-        <v>42</v>
+        <v>392</v>
       </c>
       <c r="M106" s="6" t="s">
         <v>440</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O106" s="6"/>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
         <v>441</v>
       </c>
       <c r="B107" s="6">
         <v>0</v>
       </c>
       <c r="C107" s="6">
         <v>0</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
       <c r="E107" s="6" t="s">
         <v>442</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>42</v>
+        <v>178</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="6">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="J107" s="10" t="s">
         <v>443</v>
       </c>
       <c r="K107" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L107" s="10" t="s">
-        <v>42</v>
+        <v>392</v>
       </c>
       <c r="M107" s="6" t="s">
         <v>444</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
         <v>445</v>
       </c>
       <c r="B108" s="6">
         <v>0</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6" t="s">
         <v>446</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="6">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="J108" s="10" t="s">
         <v>447</v>
       </c>
       <c r="K108" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L108" s="10" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="M108" s="6" t="s">
         <v>448</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O108" s="6"/>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
         <v>449</v>
       </c>
       <c r="B109" s="6">
         <v>0</v>
       </c>
       <c r="C109" s="6">
         <v>0</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6" t="s">
         <v>450</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>187</v>
+        <v>451</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="6">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L109" s="10" t="s">
-        <v>400</v>
+        <v>144</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O109" s="6"/>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>42</v>
+        <v>451</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="6">
-        <v>32</v>
+        <v>5</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L110" s="10" t="s">
-        <v>400</v>
+        <v>457</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O110" s="6"/>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B111" s="6">
         <v>0</v>
       </c>
       <c r="C111" s="6">
         <v>0</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="6">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="J111" s="10" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L111" s="10" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O111" s="6"/>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B112" s="6">
         <v>0</v>
       </c>
       <c r="C112" s="6">
         <v>0</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
       <c r="E112" s="6" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>459</v>
+        <v>36</v>
       </c>
       <c r="G112" s="10" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="6">
-        <v>5</v>
+        <v>53.97</v>
       </c>
       <c r="J112" s="10" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="K112" s="6" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="L112" s="10" t="s">
-        <v>465</v>
+        <v>38</v>
       </c>
       <c r="M112" s="6" t="s">
         <v>466</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O112" s="6"/>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
         <v>467</v>
       </c>
       <c r="B113" s="6">
         <v>0</v>
       </c>
       <c r="C113" s="6">
         <v>0</v>
       </c>
       <c r="D113" s="6">
         <v>0</v>
       </c>
       <c r="E113" s="6" t="s">
         <v>468</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>459</v>
+        <v>49</v>
       </c>
       <c r="G113" s="10" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="6">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="J113" s="10" t="s">
         <v>469</v>
       </c>
       <c r="K113" s="6" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="L113" s="10" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="M113" s="6" t="s">
         <v>470</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O113" s="6"/>
       <c r="P113" s="6"/>
     </row>
     <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
         <v>471</v>
       </c>
       <c r="B114" s="6">
         <v>0</v>
       </c>
       <c r="C114" s="6">
         <v>0</v>
       </c>
       <c r="D114" s="6">
         <v>0</v>
       </c>
       <c r="E114" s="6" t="s">
         <v>472</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G114" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H114" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="6">
-        <v>53.97</v>
+        <v>0</v>
       </c>
       <c r="J114" s="10" t="s">
         <v>473</v>
       </c>
       <c r="K114" s="6" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="L114" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M114" s="6" t="s">
         <v>474</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O114" s="6"/>
       <c r="P114" s="6"/>
     </row>
     <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
         <v>475</v>
       </c>
       <c r="B115" s="6">
         <v>0</v>
       </c>
       <c r="C115" s="6">
         <v>0</v>
       </c>
       <c r="D115" s="6">
         <v>0</v>
       </c>
       <c r="E115" s="6" t="s">
         <v>476</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H115" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="6">
-        <v>70</v>
+        <v>8.3</v>
       </c>
       <c r="J115" s="10" t="s">
         <v>477</v>
       </c>
       <c r="K115" s="6" t="s">
-        <v>26</v>
+        <v>124</v>
       </c>
       <c r="L115" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M115" s="6" t="s">
         <v>478</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O115" s="6"/>
       <c r="P115" s="6"/>
     </row>
-    <row r="116" spans="1:16" customHeight="1" ht="65">
+    <row r="116" spans="1:16">
       <c r="A116" s="6" t="s">
         <v>479</v>
       </c>
       <c r="B116" s="6">
         <v>0</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6" t="s">
         <v>480</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J116" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="J116" s="10"/>
+      <c r="K116" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L116" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M116" s="6" t="s">
         <v>481</v>
-      </c>
-[...7 lines deleted...]
-        <v>482</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O116" s="6"/>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="B117" s="6">
+        <v>0</v>
+      </c>
+      <c r="C117" s="6">
+        <v>0</v>
+      </c>
+      <c r="D117" s="6">
+        <v>0</v>
+      </c>
+      <c r="E117" s="6">
+        <v>21000801143</v>
+      </c>
+      <c r="F117" s="9" t="s">
+        <v>451</v>
+      </c>
+      <c r="G117" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="H117" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I117" s="6">
+        <v>92</v>
+      </c>
+      <c r="J117" s="10" t="s">
         <v>483</v>
       </c>
-      <c r="B117" s="6">
-[...8 lines deleted...]
-      <c r="E117" s="6" t="s">
+      <c r="K117" s="6" t="s">
         <v>484</v>
       </c>
-      <c r="F117" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J117" s="10" t="s">
+      <c r="L117" s="10" t="s">
         <v>485</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="M117" s="6" t="s">
         <v>486</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O117" s="6"/>
+      <c r="O117" s="6">
+        <v>91399.37</v>
+      </c>
       <c r="P117" s="6"/>
     </row>
-    <row r="118" spans="1:16">
+    <row r="118" spans="1:16" customHeight="1" ht="65">
       <c r="A118" s="6" t="s">
         <v>487</v>
       </c>
       <c r="B118" s="6">
         <v>0</v>
       </c>
       <c r="C118" s="6">
         <v>0</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
-      <c r="E118" s="6" t="s">
-        <v>488</v>
+      <c r="E118" s="6">
+        <v>161889</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="6">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="J118" s="10"/>
+        <v>60</v>
+      </c>
+      <c r="J118" s="10" t="s">
+        <v>488</v>
+      </c>
       <c r="K118" s="6" t="s">
-        <v>37</v>
+        <v>230</v>
       </c>
       <c r="L118" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M118" s="6" t="s">
         <v>489</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O118" s="6"/>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="65">
       <c r="A119" s="6" t="s">
         <v>490</v>
       </c>
       <c r="B119" s="6">
         <v>0</v>
       </c>
       <c r="C119" s="6">
         <v>0</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
-      <c r="E119" s="6">
-        <v>21000801143</v>
+      <c r="E119" s="6" t="s">
+        <v>491</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>459</v>
+        <v>36</v>
       </c>
       <c r="G119" s="10" t="s">
-        <v>150</v>
+        <v>492</v>
       </c>
       <c r="H119" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I119" s="6">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="J119" s="10" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="K119" s="6" t="s">
-        <v>492</v>
+        <v>88</v>
       </c>
       <c r="L119" s="10" t="s">
-        <v>493</v>
+        <v>38</v>
       </c>
       <c r="M119" s="6" t="s">
         <v>494</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O119" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O119" s="6"/>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
         <v>495</v>
       </c>
       <c r="B120" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C120" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
-      <c r="E120" s="6">
-        <v>161889</v>
+      <c r="E120" s="6" t="s">
+        <v>496</v>
       </c>
       <c r="F120" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G120" s="10" t="s">
-        <v>23</v>
+        <v>164</v>
       </c>
       <c r="H120" s="6" t="s">
-        <v>24</v>
+        <v>247</v>
       </c>
       <c r="I120" s="6">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J120" s="10" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="K120" s="6" t="s">
-        <v>239</v>
+        <v>166</v>
       </c>
       <c r="L120" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M120" s="6" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O120" s="6"/>
+      <c r="O120" s="6">
+        <v>288276.82</v>
+      </c>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B121" s="6">
         <v>0</v>
       </c>
       <c r="C121" s="6">
         <v>0</v>
       </c>
       <c r="D121" s="6">
         <v>0</v>
       </c>
       <c r="E121" s="6" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F121" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G121" s="10" t="s">
-        <v>500</v>
+        <v>92</v>
       </c>
       <c r="H121" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I121" s="6">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J121" s="10" t="s">
         <v>501</v>
       </c>
       <c r="K121" s="6" t="s">
-        <v>98</v>
+        <v>502</v>
       </c>
       <c r="L121" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O121" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O121" s="6"/>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="65">
       <c r="A122" s="6" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B122" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C122" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
-      <c r="E122" s="6" t="s">
-        <v>504</v>
+      <c r="E122" s="6">
+        <v>167625</v>
       </c>
       <c r="F122" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G122" s="10" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="H122" s="6" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
       <c r="I122" s="6">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J122" s="10" t="s">
         <v>505</v>
       </c>
       <c r="K122" s="6" t="s">
-        <v>175</v>
+        <v>230</v>
       </c>
       <c r="L122" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M122" s="6" t="s">
         <v>506</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O122" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O122" s="6"/>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
         <v>507</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
       <c r="E123" s="6" t="s">
         <v>508</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>36</v>
+        <v>178</v>
       </c>
       <c r="G123" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I123" s="6">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="J123" s="10" t="s">
         <v>509</v>
       </c>
       <c r="K123" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L123" s="10" t="s">
+        <v>392</v>
+      </c>
+      <c r="M123" s="6" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>511</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O123" s="6"/>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="B124" s="6">
+        <v>0</v>
+      </c>
+      <c r="C124" s="6">
+        <v>0</v>
+      </c>
+      <c r="D124" s="6">
+        <v>0</v>
+      </c>
+      <c r="E124" s="6" t="s">
         <v>512</v>
       </c>
-      <c r="B124" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F124" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G124" s="10" t="s">
-        <v>23</v>
+        <v>305</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="6">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="J124" s="10" t="s">
         <v>513</v>
       </c>
       <c r="K124" s="6" t="s">
-        <v>239</v>
+        <v>307</v>
       </c>
       <c r="L124" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M124" s="6" t="s">
         <v>514</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O124" s="6"/>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
         <v>515</v>
       </c>
       <c r="B125" s="6">
         <v>0</v>
       </c>
       <c r="C125" s="6">
         <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6" t="s">
         <v>516</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>187</v>
+        <v>49</v>
       </c>
       <c r="G125" s="10" t="s">
-        <v>23</v>
+        <v>164</v>
       </c>
       <c r="H125" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="6">
-        <v>0</v>
+        <v>30.5</v>
       </c>
       <c r="J125" s="10" t="s">
         <v>517</v>
       </c>
       <c r="K125" s="6" t="s">
-        <v>26</v>
+        <v>166</v>
       </c>
       <c r="L125" s="10" t="s">
-        <v>400</v>
+        <v>38</v>
       </c>
       <c r="M125" s="6" t="s">
         <v>518</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O125" s="6"/>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
         <v>519</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
       <c r="E126" s="6" t="s">
         <v>520</v>
       </c>
       <c r="F126" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G126" s="10" t="s">
-        <v>314</v>
+        <v>23</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="6">
-        <v>23</v>
+        <v>7.9</v>
       </c>
       <c r="J126" s="10" t="s">
         <v>521</v>
       </c>
       <c r="K126" s="6" t="s">
-        <v>316</v>
+        <v>124</v>
       </c>
       <c r="L126" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M126" s="6" t="s">
         <v>522</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O126" s="6"/>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
         <v>523</v>
       </c>
       <c r="B127" s="6">
         <v>0</v>
       </c>
       <c r="C127" s="6">
         <v>0</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6" t="s">
         <v>524</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G127" s="10" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="6">
-        <v>30.5</v>
+        <v>0</v>
       </c>
       <c r="J127" s="10" t="s">
         <v>525</v>
       </c>
       <c r="K127" s="6" t="s">
-        <v>175</v>
+        <v>526</v>
       </c>
       <c r="L127" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O127" s="6"/>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
       <c r="E128" s="6" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F128" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H128" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="6">
-        <v>7.9</v>
+        <v>0</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="K128" s="6" t="s">
-        <v>133</v>
+        <v>526</v>
       </c>
       <c r="L128" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O128" s="6"/>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F129" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="6">
         <v>0</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="K129" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L129" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M129" s="6" t="s">
         <v>535</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O129" s="6"/>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
         <v>536</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
       <c r="E130" s="6" t="s">
         <v>537</v>
       </c>
       <c r="F130" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I130" s="6">
         <v>0</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>538</v>
+        <v>525</v>
       </c>
       <c r="K130" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L130" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M130" s="6" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O130" s="6"/>
       <c r="P130" s="6"/>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="65">
       <c r="A131" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="B131" s="6">
+        <v>0</v>
+      </c>
+      <c r="C131" s="6">
+        <v>0</v>
+      </c>
+      <c r="D131" s="6">
+        <v>0</v>
+      </c>
+      <c r="E131" s="6" t="s">
         <v>540</v>
-      </c>
-[...10 lines deleted...]
-        <v>541</v>
       </c>
       <c r="F131" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="6">
         <v>0</v>
       </c>
       <c r="J131" s="10" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="K131" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L131" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M131" s="6" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O131" s="6"/>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16" customHeight="1" ht="65">
       <c r="A132" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="B132" s="6">
+        <v>0</v>
+      </c>
+      <c r="C132" s="6">
+        <v>0</v>
+      </c>
+      <c r="D132" s="6">
+        <v>0</v>
+      </c>
+      <c r="E132" s="6" t="s">
         <v>544</v>
-      </c>
-[...10 lines deleted...]
-        <v>545</v>
       </c>
       <c r="F132" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H132" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I132" s="6">
         <v>0</v>
       </c>
       <c r="J132" s="10" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="K132" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L132" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M132" s="6" t="s">
         <v>546</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O132" s="6"/>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
         <v>547</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
       <c r="E133" s="6" t="s">
         <v>548</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H133" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="6">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="J133" s="10" t="s">
         <v>549</v>
       </c>
       <c r="K133" s="6" t="s">
-        <v>534</v>
+        <v>26</v>
       </c>
       <c r="L133" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M133" s="6" t="s">
         <v>550</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O133" s="6"/>
       <c r="P133" s="6"/>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="65">
       <c r="A134" s="6" t="s">
         <v>551</v>
       </c>
       <c r="B134" s="6">
         <v>0</v>
       </c>
       <c r="C134" s="6">
         <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
       <c r="E134" s="6" t="s">
         <v>552</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>36</v>
+        <v>178</v>
       </c>
       <c r="G134" s="10" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="6">
-        <v>0</v>
+        <v>12.5</v>
       </c>
       <c r="J134" s="10" t="s">
         <v>553</v>
       </c>
       <c r="K134" s="6" t="s">
-        <v>534</v>
+        <v>391</v>
       </c>
       <c r="L134" s="10" t="s">
-        <v>38</v>
+        <v>392</v>
       </c>
       <c r="M134" s="6" t="s">
         <v>554</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O134" s="6"/>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
         <v>555</v>
       </c>
       <c r="B135" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C135" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
       <c r="E135" s="6" t="s">
         <v>556</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G135" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H135" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I135" s="6">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="J135" s="10" t="s">
         <v>557</v>
       </c>
       <c r="K135" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="L135" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M135" s="6" t="s">
         <v>558</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O135" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O135" s="6"/>
       <c r="P135" s="6"/>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
         <v>559</v>
       </c>
       <c r="B136" s="6">
         <v>0</v>
       </c>
       <c r="C136" s="6">
         <v>0</v>
       </c>
       <c r="D136" s="6">
         <v>0</v>
       </c>
       <c r="E136" s="6" t="s">
         <v>560</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>187</v>
+        <v>42</v>
       </c>
       <c r="G136" s="10" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I136" s="6">
-        <v>12.5</v>
+        <v>16.4</v>
       </c>
       <c r="J136" s="10" t="s">
         <v>561</v>
       </c>
       <c r="K136" s="6" t="s">
-        <v>75</v>
+        <v>502</v>
       </c>
       <c r="L136" s="10" t="s">
-        <v>400</v>
+        <v>42</v>
       </c>
       <c r="M136" s="6" t="s">
         <v>562</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O136" s="6"/>
       <c r="P136" s="6"/>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
         <v>563</v>
       </c>
       <c r="B137" s="6">
         <v>0</v>
       </c>
       <c r="C137" s="6">
         <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6" t="s">
         <v>564</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G137" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H137" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="6">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="J137" s="10" t="s">
         <v>565</v>
       </c>
       <c r="K137" s="6" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="L137" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M137" s="6" t="s">
         <v>566</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O137" s="6"/>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
         <v>567</v>
       </c>
       <c r="B138" s="6">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <v>0</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6" t="s">
         <v>568</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="G138" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="6">
-        <v>16.4</v>
+        <v>0</v>
       </c>
       <c r="J138" s="10" t="s">
         <v>569</v>
       </c>
       <c r="K138" s="6" t="s">
-        <v>510</v>
+        <v>526</v>
       </c>
       <c r="L138" s="10" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="M138" s="6" t="s">
         <v>570</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O138" s="6"/>
       <c r="P138" s="6"/>
     </row>
-    <row r="139" spans="1:16" customHeight="1" ht="65">
+    <row r="139" spans="1:16">
       <c r="A139" s="6" t="s">
         <v>571</v>
       </c>
       <c r="B139" s="6">
         <v>0</v>
       </c>
       <c r="C139" s="6">
         <v>0</v>
       </c>
       <c r="D139" s="6">
         <v>0</v>
       </c>
       <c r="E139" s="6" t="s">
         <v>572</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G139" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="6">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="J139" s="10" t="s">
         <v>573</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>26</v>
+        <v>526</v>
       </c>
       <c r="L139" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M139" s="6" t="s">
         <v>574</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O139" s="6"/>
       <c r="P139" s="6"/>
     </row>
-    <row r="140" spans="1:16" customHeight="1" ht="65">
+    <row r="140" spans="1:16">
       <c r="A140" s="6" t="s">
         <v>575</v>
       </c>
       <c r="B140" s="6">
         <v>0</v>
       </c>
       <c r="C140" s="6">
         <v>0</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6" t="s">
         <v>576</v>
       </c>
       <c r="F140" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H140" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I140" s="6">
         <v>0</v>
       </c>
       <c r="J140" s="10" t="s">
         <v>577</v>
       </c>
       <c r="K140" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L140" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M140" s="6" t="s">
         <v>578</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O140" s="6"/>
       <c r="P140" s="6"/>
     </row>
-    <row r="141" spans="1:16">
+    <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
         <v>579</v>
       </c>
       <c r="B141" s="6">
         <v>0</v>
       </c>
       <c r="C141" s="6">
         <v>0</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
       <c r="E141" s="6" t="s">
         <v>580</v>
       </c>
       <c r="F141" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H141" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I141" s="6">
         <v>0</v>
       </c>
       <c r="J141" s="10" t="s">
         <v>581</v>
       </c>
       <c r="K141" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L141" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M141" s="6" t="s">
         <v>582</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O141" s="6"/>
       <c r="P141" s="6"/>
     </row>
-    <row r="142" spans="1:16">
+    <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
         <v>583</v>
       </c>
       <c r="B142" s="6">
         <v>0</v>
       </c>
       <c r="C142" s="6">
         <v>0</v>
       </c>
       <c r="D142" s="6">
         <v>0</v>
       </c>
       <c r="E142" s="6" t="s">
         <v>584</v>
       </c>
       <c r="F142" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G142" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="6">
         <v>0</v>
       </c>
       <c r="J142" s="10" t="s">
         <v>585</v>
       </c>
       <c r="K142" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L142" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M142" s="6" t="s">
         <v>586</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O142" s="6"/>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
         <v>587</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
         <v>588</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="6">
-        <v>0</v>
+        <v>10.2</v>
       </c>
       <c r="J143" s="10" t="s">
         <v>589</v>
       </c>
       <c r="K143" s="6" t="s">
-        <v>534</v>
+        <v>115</v>
       </c>
       <c r="L143" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M143" s="6" t="s">
         <v>590</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O143" s="6"/>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16" customHeight="1" ht="65">
       <c r="A144" s="6" t="s">
         <v>591</v>
       </c>
       <c r="B144" s="6">
         <v>0</v>
       </c>
       <c r="C144" s="6">
         <v>0</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
       <c r="E144" s="6" t="s">
         <v>592</v>
       </c>
       <c r="F144" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="6">
         <v>0</v>
       </c>
       <c r="J144" s="10" t="s">
         <v>593</v>
       </c>
       <c r="K144" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L144" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M144" s="6" t="s">
         <v>594</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O144" s="6"/>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
         <v>595</v>
       </c>
       <c r="B145" s="6">
         <v>0</v>
       </c>
       <c r="C145" s="6">
         <v>0</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
         <v>596</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="6">
-        <v>10.2</v>
+        <v>0</v>
       </c>
       <c r="J145" s="10" t="s">
         <v>597</v>
       </c>
       <c r="K145" s="6" t="s">
-        <v>124</v>
+        <v>526</v>
       </c>
       <c r="L145" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M145" s="6" t="s">
         <v>598</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O145" s="6"/>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
         <v>599</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
         <v>600</v>
       </c>
       <c r="F146" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="6">
         <v>0</v>
       </c>
       <c r="J146" s="10" t="s">
         <v>601</v>
       </c>
       <c r="K146" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L146" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M146" s="6" t="s">
         <v>602</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O146" s="6"/>
       <c r="P146" s="6"/>
     </row>
     <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
         <v>603</v>
       </c>
       <c r="B147" s="6">
         <v>0</v>
       </c>
       <c r="C147" s="6">
         <v>0</v>
       </c>
       <c r="D147" s="6">
         <v>0</v>
       </c>
       <c r="E147" s="6" t="s">
         <v>604</v>
       </c>
       <c r="F147" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G147" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H147" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="6">
         <v>0</v>
       </c>
       <c r="J147" s="10" t="s">
-        <v>605</v>
+        <v>577</v>
       </c>
       <c r="K147" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L147" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M147" s="6" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="N147" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O147" s="6"/>
       <c r="P147" s="6"/>
     </row>
     <row r="148" spans="1:16" customHeight="1" ht="65">
       <c r="A148" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="B148" s="6">
+        <v>0</v>
+      </c>
+      <c r="C148" s="6">
+        <v>0</v>
+      </c>
+      <c r="D148" s="6">
+        <v>0</v>
+      </c>
+      <c r="E148" s="6" t="s">
         <v>607</v>
-      </c>
-[...10 lines deleted...]
-        <v>608</v>
       </c>
       <c r="F148" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="6">
         <v>0</v>
       </c>
       <c r="J148" s="10" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="K148" s="6" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="L148" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M148" s="6" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O148" s="6"/>
       <c r="P148" s="6"/>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="B149" s="6">
+        <v>0</v>
+      </c>
+      <c r="C149" s="6">
+        <v>0</v>
+      </c>
+      <c r="D149" s="6">
+        <v>0</v>
+      </c>
+      <c r="E149" s="6" t="s">
         <v>611</v>
-      </c>
-[...10 lines deleted...]
-        <v>612</v>
       </c>
       <c r="F149" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H149" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I149" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J149" s="10" t="s">
-        <v>585</v>
+        <v>612</v>
       </c>
       <c r="K149" s="6" t="s">
-        <v>534</v>
+        <v>88</v>
       </c>
       <c r="L149" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M149" s="6" t="s">
         <v>613</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O149" s="6"/>
+      <c r="O149" s="6">
+        <v>87780.01</v>
+      </c>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
         <v>614</v>
       </c>
       <c r="B150" s="6">
         <v>0</v>
       </c>
       <c r="C150" s="6">
         <v>0</v>
       </c>
       <c r="D150" s="6">
         <v>0</v>
       </c>
       <c r="E150" s="6" t="s">
         <v>615</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="G150" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I150" s="6">
         <v>0</v>
       </c>
       <c r="J150" s="10" t="s">
         <v>616</v>
       </c>
       <c r="K150" s="6" t="s">
-        <v>534</v>
+        <v>75</v>
       </c>
       <c r="L150" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M150" s="6" t="s">
         <v>617</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O150" s="6"/>
       <c r="P150" s="6"/>
     </row>
-    <row r="151" spans="1:16" customHeight="1" ht="65">
+    <row r="151" spans="1:16">
       <c r="A151" s="6" t="s">
         <v>618</v>
       </c>
       <c r="B151" s="6">
         <v>0</v>
       </c>
       <c r="C151" s="6">
         <v>0</v>
       </c>
       <c r="D151" s="6">
         <v>0</v>
       </c>
       <c r="E151" s="6" t="s">
         <v>619</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>36</v>
+        <v>620</v>
       </c>
       <c r="G151" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H151" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I151" s="6">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="J151" s="10"/>
       <c r="K151" s="6" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
       <c r="L151" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M151" s="6" t="s">
         <v>621</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O151" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O151" s="6"/>
       <c r="P151" s="6"/>
     </row>
-    <row r="152" spans="1:16" customHeight="1" ht="65">
+    <row r="152" spans="1:16">
       <c r="A152" s="6" t="s">
         <v>622</v>
       </c>
       <c r="B152" s="6">
         <v>0</v>
       </c>
       <c r="C152" s="6">
         <v>0</v>
       </c>
       <c r="D152" s="6">
         <v>0</v>
       </c>
       <c r="E152" s="6" t="s">
         <v>623</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="G152" s="10" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I152" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="J152" s="10"/>
       <c r="K152" s="6" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="L152" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M152" s="6" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="N152" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O152" s="6"/>
       <c r="P152" s="6"/>
     </row>
-    <row r="153" spans="1:16">
+    <row r="153" spans="1:16" customHeight="1" ht="65">
       <c r="A153" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="B153" s="6">
+        <v>0</v>
+      </c>
+      <c r="C153" s="6">
+        <v>0</v>
+      </c>
+      <c r="D153" s="6">
+        <v>0</v>
+      </c>
+      <c r="E153" s="6" t="s">
         <v>626</v>
       </c>
-      <c r="B153" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F153" s="9" t="s">
-        <v>628</v>
+        <v>22</v>
       </c>
       <c r="G153" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H153" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="6">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="J153" s="10"/>
+        <v>10.58</v>
+      </c>
+      <c r="J153" s="10" t="s">
+        <v>627</v>
+      </c>
       <c r="K153" s="6" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="L153" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M153" s="6" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O153" s="6"/>
       <c r="P153" s="6"/>
     </row>
-    <row r="154" spans="1:16">
+    <row r="154" spans="1:16" customHeight="1" ht="65">
       <c r="A154" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="B154" s="6">
+        <v>0</v>
+      </c>
+      <c r="C154" s="6">
+        <v>0</v>
+      </c>
+      <c r="D154" s="6">
+        <v>0</v>
+      </c>
+      <c r="E154" s="6" t="s">
         <v>630</v>
       </c>
-      <c r="B154" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F154" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G154" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I154" s="6">
+        <v>12</v>
+      </c>
+      <c r="J154" s="10" t="s">
+        <v>631</v>
+      </c>
+      <c r="K154" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L154" s="10" t="s">
         <v>22</v>
-      </c>
-[...5 lines deleted...]
-        <v>38</v>
       </c>
       <c r="M154" s="6" t="s">
         <v>632</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O154" s="6"/>
       <c r="P154" s="6"/>
     </row>
     <row r="155" spans="1:16" customHeight="1" ht="65">
       <c r="A155" s="6" t="s">
         <v>633</v>
       </c>
       <c r="B155" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C155" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D155" s="6">
         <v>0</v>
       </c>
       <c r="E155" s="6" t="s">
         <v>634</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>22</v>
+        <v>635</v>
       </c>
       <c r="G155" s="10" t="s">
-        <v>23</v>
+        <v>141</v>
       </c>
       <c r="H155" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="6">
-        <v>10.58</v>
+        <v>0</v>
       </c>
       <c r="J155" s="10" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="K155" s="6" t="s">
-        <v>32</v>
+        <v>143</v>
       </c>
       <c r="L155" s="10" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="M155" s="6" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="N155" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O155" s="6"/>
+      <c r="O155" s="6">
+        <v>489.6</v>
+      </c>
       <c r="P155" s="6"/>
     </row>
-    <row r="156" spans="1:16" customHeight="1" ht="65">
+    <row r="156" spans="1:16">
       <c r="A156" s="6" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B156" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C156" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D156" s="6">
         <v>0</v>
       </c>
       <c r="E156" s="6" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G156" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="H156" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="I156" s="6">
+        <v>53</v>
+      </c>
+      <c r="J156" s="10" t="s">
+        <v>640</v>
+      </c>
+      <c r="K156" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="L156" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M156" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="N156" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" s="6">
+        <v>272960.06</v>
+      </c>
+      <c r="P156" s="6"/>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="B157" s="6">
+        <v>0</v>
+      </c>
+      <c r="C157" s="6">
+        <v>0</v>
+      </c>
+      <c r="D157" s="6">
+        <v>0</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="F157" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G157" s="10" t="s">
         <v>23</v>
-      </c>
-[...44 lines deleted...]
-        <v>150</v>
       </c>
       <c r="H157" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J157" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="J157" s="10"/>
+      <c r="K157" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L157" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M157" s="6" t="s">
         <v>644</v>
       </c>
-      <c r="K157" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M157" s="6" t="s">
+      <c r="N157" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O157" s="6"/>
+      <c r="P157" s="6"/>
+    </row>
+    <row r="158" spans="1:16" customHeight="1" ht="65">
+      <c r="A158" s="6" t="s">
         <v>645</v>
       </c>
-      <c r="N157" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A158" s="6" t="s">
+      <c r="B158" s="6">
+        <v>0</v>
+      </c>
+      <c r="C158" s="6">
+        <v>0</v>
+      </c>
+      <c r="D158" s="6">
+        <v>0</v>
+      </c>
+      <c r="E158" s="6" t="s">
         <v>646</v>
       </c>
-      <c r="B158" s="6">
-[...8 lines deleted...]
-      <c r="E158" s="6" t="s">
+      <c r="F158" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G158" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="H158" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I158" s="6">
+        <v>17.5</v>
+      </c>
+      <c r="J158" s="10" t="s">
         <v>647</v>
       </c>
-      <c r="F158" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K158" s="6" t="s">
-        <v>175</v>
+        <v>502</v>
       </c>
       <c r="L158" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M158" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="N158" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O158" s="6"/>
+      <c r="P158" s="6"/>
+    </row>
+    <row r="159" spans="1:16" customHeight="1" ht="65">
+      <c r="A159" s="6" t="s">
         <v>649</v>
       </c>
-      <c r="N158" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A159" s="6" t="s">
+      <c r="B159" s="6">
+        <v>0</v>
+      </c>
+      <c r="C159" s="6">
+        <v>0</v>
+      </c>
+      <c r="D159" s="6">
+        <v>0</v>
+      </c>
+      <c r="E159" s="6" t="s">
         <v>650</v>
-      </c>
-[...10 lines deleted...]
-        <v>651</v>
       </c>
       <c r="F159" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G159" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H159" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I159" s="6">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="J159" s="10"/>
+        <v>10</v>
+      </c>
+      <c r="J159" s="10" t="s">
+        <v>651</v>
+      </c>
       <c r="K159" s="6" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
       <c r="L159" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M159" s="6" t="s">
         <v>652</v>
       </c>
       <c r="N159" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O159" s="6"/>
       <c r="P159" s="6"/>
     </row>
     <row r="160" spans="1:16" customHeight="1" ht="65">
       <c r="A160" s="6" t="s">
         <v>653</v>
       </c>
       <c r="B160" s="6">
         <v>0</v>
       </c>
       <c r="C160" s="6">
         <v>0</v>
       </c>
       <c r="D160" s="6">
         <v>0</v>
       </c>
       <c r="E160" s="6" t="s">
         <v>654</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G160" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H160" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I160" s="6">
-        <v>17.5</v>
+        <v>62</v>
       </c>
       <c r="J160" s="10" t="s">
         <v>655</v>
       </c>
       <c r="K160" s="6" t="s">
-        <v>510</v>
+        <v>115</v>
       </c>
       <c r="L160" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M160" s="6" t="s">
         <v>656</v>
       </c>
       <c r="N160" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O160" s="6"/>
       <c r="P160" s="6"/>
     </row>
     <row r="161" spans="1:16" customHeight="1" ht="65">
       <c r="A161" s="6" t="s">
         <v>657</v>
       </c>
       <c r="B161" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C161" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D161" s="6">
         <v>0</v>
       </c>
       <c r="E161" s="6" t="s">
         <v>658</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="G161" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H161" s="6" t="s">
-        <v>24</v>
+        <v>247</v>
       </c>
       <c r="I161" s="6">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J161" s="10" t="s">
         <v>659</v>
       </c>
       <c r="K161" s="6" t="s">
-        <v>133</v>
+        <v>75</v>
       </c>
       <c r="L161" s="10" t="s">
-        <v>38</v>
+        <v>144</v>
       </c>
       <c r="M161" s="6" t="s">
         <v>660</v>
       </c>
       <c r="N161" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O161" s="6"/>
+      <c r="O161" s="6">
+        <v>10170.92</v>
+      </c>
       <c r="P161" s="6"/>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="65">
       <c r="A162" s="6" t="s">
         <v>661</v>
       </c>
       <c r="B162" s="6">
         <v>0</v>
       </c>
       <c r="C162" s="6">
         <v>0</v>
       </c>
       <c r="D162" s="6">
         <v>0</v>
       </c>
       <c r="E162" s="6" t="s">
         <v>662</v>
       </c>
       <c r="F162" s="9" t="s">
         <v>49</v>
       </c>
       <c r="G162" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H162" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="6">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="J162" s="10" t="s">
         <v>663</v>
       </c>
       <c r="K162" s="6" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="L162" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M162" s="6" t="s">
         <v>664</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O162" s="6"/>
       <c r="P162" s="6"/>
     </row>
     <row r="163" spans="1:16" customHeight="1" ht="65">
       <c r="A163" s="6" t="s">
         <v>665</v>
       </c>
       <c r="B163" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C163" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D163" s="6">
         <v>0</v>
       </c>
       <c r="E163" s="6" t="s">
         <v>666</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G163" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H163" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I163" s="6">
-        <v>49.5</v>
+        <v>22.8</v>
       </c>
       <c r="J163" s="10" t="s">
         <v>667</v>
       </c>
       <c r="K163" s="6" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="L163" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M163" s="6" t="s">
         <v>668</v>
       </c>
       <c r="N163" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O163" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O163" s="6"/>
       <c r="P163" s="6"/>
     </row>
-    <row r="164" spans="1:16" customHeight="1" ht="65">
+    <row r="164" spans="1:16">
       <c r="A164" s="6" t="s">
         <v>669</v>
       </c>
       <c r="B164" s="6">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="C164" s="6">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="D164" s="6">
         <v>0</v>
       </c>
       <c r="E164" s="6" t="s">
         <v>670</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>88</v>
+        <v>620</v>
       </c>
       <c r="G164" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H164" s="6" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
       <c r="I164" s="6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J164" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="J164" s="10"/>
+      <c r="K164" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L164" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M164" s="6" t="s">
         <v>671</v>
       </c>
-      <c r="K164" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N164" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O164" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O164" s="6"/>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="B165" s="6">
+        <v>0</v>
+      </c>
+      <c r="C165" s="6">
+        <v>0</v>
+      </c>
+      <c r="D165" s="6">
+        <v>0</v>
+      </c>
+      <c r="E165" s="6" t="s">
         <v>673</v>
       </c>
-      <c r="B165" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F165" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G165" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H165" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I165" s="6">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="J165" s="10" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="K165" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L165" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M165" s="6" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="N165" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O165" s="6"/>
       <c r="P165" s="6"/>
     </row>
     <row r="166" spans="1:16" customHeight="1" ht="65">
       <c r="A166" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="B166" s="6">
+        <v>0</v>
+      </c>
+      <c r="C166" s="6">
+        <v>0</v>
+      </c>
+      <c r="D166" s="6">
+        <v>0</v>
+      </c>
+      <c r="E166" s="6" t="s">
         <v>677</v>
-      </c>
-[...10 lines deleted...]
-        <v>678</v>
       </c>
       <c r="F166" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="6">
-        <v>22.8</v>
+        <v>5.6</v>
       </c>
       <c r="J166" s="10" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="K166" s="6" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="L166" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M166" s="6" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O166" s="6"/>
       <c r="P166" s="6"/>
     </row>
-    <row r="167" spans="1:16">
+    <row r="167" spans="1:16" customHeight="1" ht="65">
       <c r="A167" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="B167" s="6">
+        <v>0</v>
+      </c>
+      <c r="C167" s="6">
+        <v>0</v>
+      </c>
+      <c r="D167" s="6">
+        <v>0</v>
+      </c>
+      <c r="E167" s="6" t="s">
         <v>681</v>
       </c>
-      <c r="B167" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F167" s="9" t="s">
-        <v>628</v>
+        <v>36</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H167" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I167" s="6">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="J167" s="10"/>
+        <v>23</v>
+      </c>
+      <c r="J167" s="10" t="s">
+        <v>682</v>
+      </c>
       <c r="K167" s="6" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="L167" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M167" s="6" t="s">
         <v>683</v>
       </c>
       <c r="N167" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O167" s="6"/>
       <c r="P167" s="6"/>
     </row>
     <row r="168" spans="1:16" customHeight="1" ht="65">
       <c r="A168" s="6" t="s">
         <v>684</v>
       </c>
       <c r="B168" s="6">
         <v>0</v>
       </c>
       <c r="C168" s="6">
         <v>0</v>
       </c>
       <c r="D168" s="6">
         <v>0</v>
       </c>
       <c r="E168" s="6" t="s">
         <v>685</v>
       </c>
       <c r="F168" s="9" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="G168" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H168" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I168" s="6">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="J168" s="10" t="s">
         <v>686</v>
       </c>
       <c r="K168" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="L168" s="10" t="s">
-        <v>38</v>
+        <v>144</v>
       </c>
       <c r="M168" s="6" t="s">
         <v>687</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O168" s="6"/>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
         <v>688</v>
       </c>
       <c r="B169" s="6">
         <v>0</v>
       </c>
       <c r="C169" s="6">
         <v>0</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
       <c r="E169" s="6" t="s">
         <v>689</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H169" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I169" s="6">
-        <v>5.6</v>
+        <v>10</v>
       </c>
       <c r="J169" s="10" t="s">
         <v>690</v>
       </c>
       <c r="K169" s="6" t="s">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="L169" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M169" s="6" t="s">
         <v>691</v>
       </c>
       <c r="N169" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O169" s="6"/>
       <c r="P169" s="6"/>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="65">
       <c r="A170" s="6" t="s">
         <v>692</v>
       </c>
       <c r="B170" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C170" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D170" s="6">
         <v>0</v>
       </c>
       <c r="E170" s="6" t="s">
         <v>693</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H170" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I170" s="6">
-        <v>23</v>
+        <v>9.5</v>
       </c>
       <c r="J170" s="10" t="s">
         <v>694</v>
       </c>
       <c r="K170" s="6" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="L170" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M170" s="6" t="s">
         <v>695</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O170" s="6">
-        <v>244749.99</v>
+        <v>114183.16</v>
       </c>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
         <v>696</v>
       </c>
       <c r="B171" s="6">
         <v>0</v>
       </c>
       <c r="C171" s="6">
         <v>0</v>
       </c>
       <c r="D171" s="6">
         <v>0</v>
       </c>
       <c r="E171" s="6" t="s">
         <v>697</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="G171" s="10" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="6">
-        <v>8</v>
+        <v>79</v>
       </c>
       <c r="J171" s="10" t="s">
         <v>698</v>
       </c>
       <c r="K171" s="6" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="L171" s="10" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="M171" s="6" t="s">
         <v>699</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O171" s="6"/>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
         <v>700</v>
       </c>
       <c r="B172" s="6">
         <v>0</v>
       </c>
       <c r="C172" s="6">
         <v>0</v>
       </c>
       <c r="D172" s="6">
         <v>0</v>
       </c>
       <c r="E172" s="6" t="s">
         <v>701</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G172" s="10" t="s">
-        <v>23</v>
+        <v>164</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="6">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="J172" s="10" t="s">
         <v>702</v>
       </c>
       <c r="K172" s="6" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="L172" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M172" s="6" t="s">
         <v>703</v>
       </c>
       <c r="N172" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O172" s="6"/>
       <c r="P172" s="6"/>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="65">
       <c r="A173" s="6" t="s">
         <v>704</v>
       </c>
       <c r="B173" s="6">
         <v>0</v>
       </c>
       <c r="C173" s="6">
         <v>0</v>
       </c>
       <c r="D173" s="6">
         <v>0</v>
       </c>
       <c r="E173" s="6" t="s">
         <v>705</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I173" s="6">
-        <v>9.5</v>
+        <v>50</v>
       </c>
       <c r="J173" s="10" t="s">
         <v>706</v>
       </c>
       <c r="K173" s="6" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="L173" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M173" s="6" t="s">
         <v>707</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O173" s="6"/>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
         <v>708</v>
       </c>
       <c r="B174" s="6">
         <v>0</v>
       </c>
       <c r="C174" s="6">
         <v>0</v>
       </c>
       <c r="D174" s="6">
         <v>0</v>
       </c>
       <c r="E174" s="6" t="s">
         <v>709</v>
       </c>
       <c r="F174" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H174" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I174" s="6">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="J174" s="10" t="s">
         <v>710</v>
       </c>
       <c r="K174" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L174" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M174" s="6" t="s">
         <v>711</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O174" s="6"/>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
         <v>712</v>
       </c>
       <c r="B175" s="6">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <v>0</v>
       </c>
       <c r="D175" s="6">
         <v>0</v>
       </c>
       <c r="E175" s="6" t="s">
         <v>713</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>49</v>
+        <v>714</v>
       </c>
       <c r="G175" s="10" t="s">
-        <v>173</v>
+        <v>92</v>
       </c>
       <c r="H175" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I175" s="6">
-        <v>45</v>
+        <v>0.48</v>
       </c>
       <c r="J175" s="10" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="K175" s="6" t="s">
-        <v>175</v>
+        <v>391</v>
       </c>
       <c r="L175" s="10" t="s">
-        <v>38</v>
+        <v>716</v>
       </c>
       <c r="M175" s="6" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O175" s="6"/>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B176" s="6">
         <v>0</v>
       </c>
       <c r="C176" s="6">
         <v>0</v>
       </c>
       <c r="D176" s="6">
         <v>0</v>
       </c>
       <c r="E176" s="6" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G176" s="10" t="s">
-        <v>23</v>
+        <v>305</v>
       </c>
       <c r="H176" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I176" s="6">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="J176" s="10" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="K176" s="6" t="s">
-        <v>124</v>
+        <v>307</v>
       </c>
       <c r="L176" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M176" s="6" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O176" s="6"/>
       <c r="P176" s="6"/>
     </row>
-    <row r="177" spans="1:16">
+    <row r="177" spans="1:16" customHeight="1" ht="65">
       <c r="A177" s="6" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B177" s="6">
         <v>0</v>
       </c>
       <c r="C177" s="6">
         <v>0</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
       <c r="E177" s="6" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="F177" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G177" s="10" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="H177" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I177" s="6">
-        <v>47.5</v>
+        <v>17</v>
       </c>
       <c r="J177" s="10" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="K177" s="6" t="s">
-        <v>75</v>
+        <v>502</v>
       </c>
       <c r="L177" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M177" s="6" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="N177" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O177" s="6"/>
       <c r="P177" s="6"/>
     </row>
     <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="B178" s="6">
         <v>0</v>
       </c>
       <c r="C178" s="6">
         <v>0</v>
       </c>
       <c r="D178" s="6">
         <v>0</v>
       </c>
       <c r="E178" s="6" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H178" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I178" s="6">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="J178" s="10" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="K178" s="6" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="L178" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M178" s="6" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O178" s="6"/>
+      <c r="O178" s="6">
+        <v>112611.98</v>
+      </c>
       <c r="P178" s="6"/>
     </row>
-    <row r="179" spans="1:16" customHeight="1" ht="65">
+    <row r="179" spans="1:16">
       <c r="A179" s="6" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B179" s="6">
         <v>0</v>
       </c>
       <c r="C179" s="6">
         <v>0</v>
       </c>
       <c r="D179" s="6">
         <v>0</v>
       </c>
       <c r="E179" s="6" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>730</v>
+        <v>49</v>
       </c>
       <c r="G179" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H179" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I179" s="6">
-        <v>0.48</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="J179" s="10"/>
       <c r="K179" s="6" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="L179" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M179" s="6" t="s">
         <v>732</v>
       </c>
-      <c r="M179" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N179" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O179" s="6"/>
+      <c r="O179" s="6">
+        <v>491114.52</v>
+      </c>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="B180" s="6">
+        <v>0</v>
+      </c>
+      <c r="C180" s="6">
+        <v>0</v>
+      </c>
+      <c r="D180" s="6">
+        <v>0</v>
+      </c>
+      <c r="E180" s="6" t="s">
         <v>734</v>
       </c>
-      <c r="B180" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F180" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>314</v>
+        <v>23</v>
       </c>
       <c r="H180" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I180" s="6">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="J180" s="10" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="K180" s="6" t="s">
-        <v>316</v>
+        <v>26</v>
       </c>
       <c r="L180" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M180" s="6" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="N180" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O180" s="6"/>
       <c r="P180" s="6"/>
     </row>
     <row r="181" spans="1:16" customHeight="1" ht="65">
       <c r="A181" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="B181" s="6">
+        <v>0</v>
+      </c>
+      <c r="C181" s="6">
+        <v>0</v>
+      </c>
+      <c r="D181" s="6">
+        <v>0</v>
+      </c>
+      <c r="E181" s="6" t="s">
         <v>738</v>
       </c>
-      <c r="B181" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F181" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H181" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I181" s="6">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="J181" s="10" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="K181" s="6" t="s">
-        <v>510</v>
+        <v>115</v>
       </c>
       <c r="L181" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M181" s="6" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O181" s="6"/>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
+        <v>741</v>
+      </c>
+      <c r="B182" s="6">
+        <v>0</v>
+      </c>
+      <c r="C182" s="6">
+        <v>0</v>
+      </c>
+      <c r="D182" s="6">
+        <v>0</v>
+      </c>
+      <c r="E182" s="6" t="s">
         <v>742</v>
       </c>
-      <c r="B182" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F182" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H182" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I182" s="6">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="J182" s="10" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="K182" s="6" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="L182" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M182" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="N182" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" s="6"/>
+      <c r="P182" s="6"/>
+    </row>
+    <row r="183" spans="1:16" customHeight="1" ht="65">
+      <c r="A183" s="6" t="s">
         <v>745</v>
       </c>
-      <c r="N182" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A183" s="6" t="s">
+      <c r="B183" s="6">
+        <v>0</v>
+      </c>
+      <c r="C183" s="6">
+        <v>0</v>
+      </c>
+      <c r="D183" s="6">
+        <v>0</v>
+      </c>
+      <c r="E183" s="6" t="s">
         <v>746</v>
       </c>
-      <c r="B183" s="6">
-[...8 lines deleted...]
-      <c r="E183" s="6" t="s">
+      <c r="F183" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G183" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H183" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I183" s="6">
+        <v>0</v>
+      </c>
+      <c r="J183" s="10" t="s">
         <v>747</v>
       </c>
-      <c r="F183" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J183" s="10"/>
       <c r="K183" s="6" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="L183" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M183" s="6" t="s">
         <v>748</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O183" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O183" s="6"/>
       <c r="P183" s="6"/>
     </row>
     <row r="184" spans="1:16" customHeight="1" ht="65">
       <c r="A184" s="6" t="s">
         <v>749</v>
       </c>
       <c r="B184" s="6">
         <v>0</v>
       </c>
       <c r="C184" s="6">
         <v>0</v>
       </c>
       <c r="D184" s="6">
         <v>0</v>
       </c>
       <c r="E184" s="6" t="s">
         <v>750</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="G184" s="10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="H184" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I184" s="6">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="J184" s="10" t="s">
         <v>751</v>
       </c>
       <c r="K184" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="L184" s="10" t="s">
-        <v>38</v>
+        <v>144</v>
       </c>
       <c r="M184" s="6" t="s">
         <v>752</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O184" s="6"/>
       <c r="P184" s="6"/>
     </row>
-    <row r="185" spans="1:16" customHeight="1" ht="65">
+    <row r="185" spans="1:16">
       <c r="A185" s="6" t="s">
         <v>753</v>
       </c>
       <c r="B185" s="6">
         <v>0</v>
       </c>
       <c r="C185" s="6">
         <v>0</v>
       </c>
       <c r="D185" s="6">
         <v>0</v>
       </c>
       <c r="E185" s="6" t="s">
         <v>754</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G185" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H185" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I185" s="6">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>31.5</v>
+      </c>
+      <c r="J185" s="10"/>
       <c r="K185" s="6" t="s">
-        <v>124</v>
+        <v>37</v>
       </c>
       <c r="L185" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M185" s="6" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="N185" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O185" s="6"/>
       <c r="P185" s="6"/>
     </row>
     <row r="186" spans="1:16" customHeight="1" ht="65">
       <c r="A186" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="B186" s="6">
+        <v>3</v>
+      </c>
+      <c r="C186" s="6">
+        <v>3</v>
+      </c>
+      <c r="D186" s="6">
+        <v>0</v>
+      </c>
+      <c r="E186" s="6" t="s">
         <v>757</v>
       </c>
-      <c r="B186" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F186" s="9" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="G186" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H186" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I186" s="6">
-        <v>90</v>
+        <v>71</v>
       </c>
       <c r="J186" s="10" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="K186" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L186" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M186" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="N186" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" s="6">
+        <v>1237902.12</v>
+      </c>
+      <c r="P186" s="6"/>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" s="6" t="s">
         <v>760</v>
       </c>
-      <c r="N186" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A187" s="6" t="s">
+      <c r="B187" s="6">
+        <v>0</v>
+      </c>
+      <c r="C187" s="6">
+        <v>0</v>
+      </c>
+      <c r="D187" s="6">
+        <v>0</v>
+      </c>
+      <c r="E187" s="6" t="s">
         <v>761</v>
-      </c>
-[...10 lines deleted...]
-        <v>762</v>
       </c>
       <c r="F187" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G187" s="10" t="s">
-        <v>79</v>
+        <v>164</v>
       </c>
       <c r="H187" s="6" t="s">
-        <v>24</v>
+        <v>247</v>
       </c>
       <c r="I187" s="6">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="J187" s="10" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="K187" s="6" t="s">
-        <v>81</v>
+        <v>166</v>
       </c>
       <c r="L187" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M187" s="6" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="N187" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O187" s="6"/>
+      <c r="O187" s="6">
+        <v>229066.71</v>
+      </c>
       <c r="P187" s="6"/>
     </row>
     <row r="188" spans="1:16" customHeight="1" ht="65">
       <c r="A188" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="B188" s="6">
+        <v>0</v>
+      </c>
+      <c r="C188" s="6">
+        <v>0</v>
+      </c>
+      <c r="D188" s="6">
+        <v>0</v>
+      </c>
+      <c r="E188" s="6" t="s">
         <v>765</v>
       </c>
-      <c r="B188" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F188" s="9" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
       <c r="G188" s="10" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="H188" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I188" s="6">
         <v>0</v>
       </c>
       <c r="J188" s="10" t="s">
+        <v>766</v>
+      </c>
+      <c r="K188" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="L188" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M188" s="6" t="s">
         <v>767</v>
-      </c>
-[...7 lines deleted...]
-        <v>768</v>
       </c>
       <c r="N188" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O188" s="6"/>
       <c r="P188" s="6"/>
     </row>
-    <row r="189" spans="1:16">
+    <row r="189" spans="1:16" customHeight="1" ht="65">
       <c r="A189" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="B189" s="6">
+        <v>0</v>
+      </c>
+      <c r="C189" s="6">
+        <v>0</v>
+      </c>
+      <c r="D189" s="6">
+        <v>0</v>
+      </c>
+      <c r="E189" s="6" t="s">
         <v>769</v>
       </c>
-      <c r="B189" s="6">
-[...8 lines deleted...]
-      <c r="E189" s="6" t="s">
+      <c r="F189" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="G189" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="H189" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I189" s="6">
+        <v>16</v>
+      </c>
+      <c r="J189" s="10" t="s">
         <v>770</v>
       </c>
-      <c r="F189" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J189" s="10"/>
       <c r="K189" s="6" t="s">
-        <v>37</v>
+        <v>181</v>
       </c>
       <c r="L189" s="10" t="s">
-        <v>38</v>
+        <v>182</v>
       </c>
       <c r="M189" s="6" t="s">
         <v>771</v>
       </c>
       <c r="N189" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O189" s="6"/>
+      <c r="O189" s="6">
+        <v>58639.15</v>
+      </c>
       <c r="P189" s="6"/>
     </row>
-    <row r="190" spans="1:16" customHeight="1" ht="65">
+    <row r="190" spans="1:16">
       <c r="A190" s="6" t="s">
         <v>772</v>
       </c>
       <c r="B190" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C190" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D190" s="6">
         <v>0</v>
       </c>
       <c r="E190" s="6" t="s">
         <v>773</v>
       </c>
       <c r="F190" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G190" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H190" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I190" s="6">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="J190" s="10"/>
       <c r="K190" s="6" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="L190" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M190" s="6" t="s">
+        <v>774</v>
+      </c>
+      <c r="N190" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" s="6"/>
+      <c r="P190" s="6"/>
+    </row>
+    <row r="191" spans="1:16" customHeight="1" ht="65">
+      <c r="A191" s="6" t="s">
         <v>775</v>
       </c>
-      <c r="N190" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A191" s="6" t="s">
+      <c r="B191" s="6">
+        <v>0</v>
+      </c>
+      <c r="C191" s="6">
+        <v>0</v>
+      </c>
+      <c r="D191" s="6">
+        <v>0</v>
+      </c>
+      <c r="E191" s="6" t="s">
         <v>776</v>
-      </c>
-[...10 lines deleted...]
-        <v>777</v>
       </c>
       <c r="F191" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G191" s="10" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="H191" s="6" t="s">
-        <v>256</v>
+        <v>58</v>
       </c>
       <c r="I191" s="6">
+        <v>33</v>
+      </c>
+      <c r="J191" s="10" t="s">
+        <v>777</v>
+      </c>
+      <c r="K191" s="6" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="L191" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M191" s="6" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="N191" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O191" s="6">
-        <v>221288.44</v>
+        <v>584346.1</v>
       </c>
       <c r="P191" s="6"/>
     </row>
     <row r="192" spans="1:16" customHeight="1" ht="65">
       <c r="A192" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="B192" s="6">
+        <v>0</v>
+      </c>
+      <c r="C192" s="6">
+        <v>0</v>
+      </c>
+      <c r="D192" s="6">
+        <v>0</v>
+      </c>
+      <c r="E192" s="6" t="s">
         <v>780</v>
       </c>
-      <c r="B192" s="6">
-[...8 lines deleted...]
-      <c r="E192" s="6" t="s">
+      <c r="F192" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="G192" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="H192" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I192" s="6">
+        <v>45</v>
+      </c>
+      <c r="J192" s="10" t="s">
         <v>781</v>
       </c>
-      <c r="F192" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J192" s="10" t="s">
+      <c r="K192" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="L192" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="M192" s="6" t="s">
         <v>782</v>
       </c>
-      <c r="K192" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N192" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O192" s="6"/>
+      <c r="O192" s="6">
+        <v>115879.42</v>
+      </c>
       <c r="P192" s="6"/>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="65">
       <c r="A193" s="6" t="s">
+        <v>783</v>
+      </c>
+      <c r="B193" s="6">
+        <v>0</v>
+      </c>
+      <c r="C193" s="6">
+        <v>0</v>
+      </c>
+      <c r="D193" s="6">
+        <v>0</v>
+      </c>
+      <c r="E193" s="6" t="s">
         <v>784</v>
       </c>
-      <c r="B193" s="6">
-[...8 lines deleted...]
-      <c r="E193" s="6" t="s">
+      <c r="F193" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G193" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H193" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I193" s="6">
+        <v>0</v>
+      </c>
+      <c r="J193" s="10" t="s">
         <v>785</v>
       </c>
-      <c r="F193" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J193" s="10" t="s">
+      <c r="K193" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="L193" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M193" s="6" t="s">
         <v>786</v>
       </c>
-      <c r="K193" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M193" s="6" t="s">
+      <c r="N193" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" s="6"/>
+      <c r="P193" s="6"/>
+    </row>
+    <row r="194" spans="1:16" customHeight="1" ht="65">
+      <c r="A194" s="6" t="s">
         <v>787</v>
       </c>
-      <c r="N193" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A194" s="6" t="s">
+      <c r="B194" s="6">
+        <v>0</v>
+      </c>
+      <c r="C194" s="6">
+        <v>0</v>
+      </c>
+      <c r="D194" s="6">
+        <v>0</v>
+      </c>
+      <c r="E194" s="6" t="s">
         <v>788</v>
-      </c>
-[...10 lines deleted...]
-        <v>789</v>
       </c>
       <c r="F194" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G194" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H194" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I194" s="6">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="J194" s="10"/>
+        <v>13.4</v>
+      </c>
+      <c r="J194" s="10" t="s">
+        <v>789</v>
+      </c>
       <c r="K194" s="6" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
       <c r="L194" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M194" s="6" t="s">
         <v>790</v>
       </c>
       <c r="N194" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O194" s="6"/>
       <c r="P194" s="6"/>
     </row>
     <row r="195" spans="1:16" customHeight="1" ht="65">
       <c r="A195" s="6" t="s">
         <v>791</v>
       </c>
       <c r="B195" s="6">
         <v>0</v>
       </c>
       <c r="C195" s="6">
         <v>0</v>
       </c>
       <c r="D195" s="6">
         <v>0</v>
       </c>
       <c r="E195" s="6" t="s">
         <v>792</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G195" s="10" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="H195" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I195" s="6">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="J195" s="10" t="s">
         <v>793</v>
       </c>
       <c r="K195" s="6" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="L195" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M195" s="6" t="s">
         <v>794</v>
       </c>
       <c r="N195" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O195" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O195" s="6"/>
       <c r="P195" s="6"/>
     </row>
     <row r="196" spans="1:16" customHeight="1" ht="65">
       <c r="A196" s="6" t="s">
         <v>795</v>
       </c>
       <c r="B196" s="6">
         <v>0</v>
       </c>
       <c r="C196" s="6">
         <v>0</v>
       </c>
       <c r="D196" s="6">
         <v>0</v>
       </c>
       <c r="E196" s="6" t="s">
         <v>796</v>
       </c>
       <c r="F196" s="9" t="s">
-        <v>187</v>
+        <v>36</v>
       </c>
       <c r="G196" s="10" t="s">
-        <v>188</v>
+        <v>305</v>
       </c>
       <c r="H196" s="6" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="I196" s="6">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="J196" s="10" t="s">
         <v>797</v>
       </c>
       <c r="K196" s="6" t="s">
-        <v>190</v>
+        <v>307</v>
       </c>
       <c r="L196" s="10" t="s">
-        <v>191</v>
+        <v>38</v>
       </c>
       <c r="M196" s="6" t="s">
         <v>798</v>
       </c>
       <c r="N196" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O196" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O196" s="6"/>
       <c r="P196" s="6"/>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="65">
       <c r="A197" s="6" t="s">
         <v>799</v>
       </c>
       <c r="B197" s="6">
         <v>0</v>
       </c>
       <c r="C197" s="6">
         <v>0</v>
       </c>
       <c r="D197" s="6">
         <v>0</v>
       </c>
       <c r="E197" s="6" t="s">
         <v>800</v>
       </c>
       <c r="F197" s="9" t="s">
-        <v>88</v>
+        <v>140</v>
       </c>
       <c r="G197" s="10" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="H197" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I197" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J197" s="10" t="s">
         <v>801</v>
       </c>
       <c r="K197" s="6" t="s">
-        <v>81</v>
+        <v>802</v>
       </c>
       <c r="L197" s="10" t="s">
-        <v>38</v>
+        <v>144</v>
       </c>
       <c r="M197" s="6" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="N197" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O197" s="6"/>
       <c r="P197" s="6"/>
     </row>
     <row r="198" spans="1:16" customHeight="1" ht="65">
       <c r="A198" s="6" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B198" s="6">
         <v>0</v>
       </c>
       <c r="C198" s="6">
         <v>0</v>
       </c>
       <c r="D198" s="6">
         <v>0</v>
       </c>
       <c r="E198" s="6" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="F198" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G198" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H198" s="6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="I198" s="6">
-        <v>13.4</v>
+        <v>23</v>
       </c>
       <c r="J198" s="10" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="K198" s="6" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
       <c r="L198" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M198" s="6" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="N198" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O198" s="6"/>
+      <c r="O198" s="6">
+        <v>237930</v>
+      </c>
       <c r="P198" s="6"/>
     </row>
     <row r="199" spans="1:16" customHeight="1" ht="65">
       <c r="A199" s="6" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B199" s="6">
         <v>0</v>
       </c>
       <c r="C199" s="6">
         <v>0</v>
       </c>
       <c r="D199" s="6">
         <v>0</v>
       </c>
       <c r="E199" s="6" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F199" s="9" t="s">
-        <v>49</v>
+        <v>810</v>
       </c>
       <c r="G199" s="10" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="H199" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I199" s="6">
-        <v>75</v>
+        <v>15</v>
       </c>
       <c r="J199" s="10" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="K199" s="6" t="s">
-        <v>26</v>
+        <v>802</v>
       </c>
       <c r="L199" s="10" t="s">
-        <v>38</v>
+        <v>144</v>
       </c>
       <c r="M199" s="6" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="N199" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O199" s="6"/>
       <c r="P199" s="6"/>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="65">
       <c r="A200" s="6" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B200" s="6">
         <v>0</v>
       </c>
       <c r="C200" s="6">
         <v>0</v>
       </c>
       <c r="D200" s="6">
         <v>0</v>
       </c>
       <c r="E200" s="6" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="F200" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G200" s="10" t="s">
-        <v>314</v>
+        <v>23</v>
       </c>
       <c r="H200" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I200" s="6">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="J200" s="10" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="K200" s="6" t="s">
-        <v>316</v>
+        <v>26</v>
       </c>
       <c r="L200" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M200" s="6" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="N200" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O200" s="6"/>
       <c r="P200" s="6"/>
-    </row>
-[...184 lines deleted...]
-      <c r="P204" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>