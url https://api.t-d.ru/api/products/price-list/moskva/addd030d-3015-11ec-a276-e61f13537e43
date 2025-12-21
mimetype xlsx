--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -15,62 +15,62 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="624">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>04.11.2025 17:15:58</t>
+    <t>21.12.2025 08:14:53</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -128,148 +128,148 @@
   <si>
     <t>шт.</t>
   </si>
   <si>
     <t>Гладильный каландр Tolon TFI 6032/3200</t>
   </si>
   <si>
     <t>TFI 6032/3200</t>
   </si>
   <si>
     <t>Гладильные каландры</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>Электрический нагрев. Базовая комплектация возвратного типа, диаметр вала 600 мм, ширина рабочей поверхности 3200 мм, скорость 3,5-12 м/мин, производительность 180-200 кг/ч, мощность нагрева 69 кВт, мощность двигателя вала 0,75 кВт, напряжение 380В/3ф. Габариты: 4152x1351x1598 мм. Масса нетто/брутто: 2010/2220 кг.</t>
   </si>
   <si>
     <t>Катки гладильные</t>
   </si>
   <si>
     <t>00000413243</t>
   </si>
   <si>
-    <t>Бокс для хранения жетонов Alliance СК098</t>
-[...2 lines deleted...]
-    <t>CK098</t>
+    <t>Гладильный пресс Pony СP/U (опц.1,9,10,16,18)</t>
+  </si>
+  <si>
+    <t>СP/U (опц.1,9,10,16,18)</t>
+  </si>
+  <si>
+    <t>Гладильные прессы</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>Pony</t>
+  </si>
+  <si>
+    <t>Прессы гладильные</t>
+  </si>
+  <si>
+    <t>ЦБ-00093054</t>
+  </si>
+  <si>
+    <t>Гладильный пресс Pony SMART паровой нагрев</t>
+  </si>
+  <si>
+    <t>SMART паровой нагрев</t>
+  </si>
+  <si>
+    <t>ЦБ-00093033</t>
+  </si>
+  <si>
+    <t>Гладильный каландр GMP G 26-35 хром</t>
+  </si>
+  <si>
+    <t>G 26.35 хром</t>
+  </si>
+  <si>
+    <t>Гладильный каландр для белья с остаточной влажностью 50%: рабочая длина 2580 мм. Вал, Д=325мм. Комплектация: электрический нагрев, корпус из окрашенной стали, напряжение 380В/3фазы + нейтраль, хромированный вал, гладильные ленты из Meta-Aramid 400g/m2. Подача белья на возврат. Электронный контроль температуры. Охлаждающая система "cool-down". Устройство безопасности пальцев оператора. Алюминиевый стол для подачи белья с удобным встроенным лотком. Система вытяжки пара. Ножная педаль с двойным импульсом. Переменная скорость глажения - 1,6-5 м/мин, производительность - 75 кг/час. Габариты: 3140x580x1150 мм. Мощность: 35,20 кВт.</t>
+  </si>
+  <si>
+    <t>GMP</t>
+  </si>
+  <si>
+    <t>00000140294</t>
+  </si>
+  <si>
+    <t>Гладильный каток GMP GMP 160.30.VAR</t>
+  </si>
+  <si>
+    <t>GMP 160.30.VAR</t>
+  </si>
+  <si>
+    <t>Гладильные катки</t>
+  </si>
+  <si>
+    <t>Гладильный каток для белья с остаточной влажностью 25%: рабочая длина - 1600 мм. Хромированная мульда, Д=300 мм. Комплектация: электрический нагрев, корпус из окрашенной стали, напряжение 380В/3фазы + нейтраль, покрытие вала из металлической ваты и термостойкого полотна Meta-Aramid 400g/m2. Электронный контроль температуры с 2 датчиками и общая защита от перегрева (автоматическое отключение нагрева). Две скорости глажения. Электромеханическое управление. Алюминиевый стол для подачи белья с удобным встроенным лотком. Ножная педаль с двойным импульсом. Система вытяжки пара (опция, вместе с переменной скоростью глажения). Скорость глажения: 1-5 м/мин, производительность - 50 кг/час. Габариты: 1890x552x1073 мм. Мощность: 11,93 кВт. Вес: 221 кг.</t>
+  </si>
+  <si>
+    <t>00000287170</t>
+  </si>
+  <si>
+    <t>Стиральная машина Whirlpool AWG 914 S/D1</t>
+  </si>
+  <si>
+    <t>AWG 914 S/D1</t>
   </si>
   <si>
     <t>Стиральные машины</t>
-  </si>
-[...70 lines deleted...]
-    <t>AWG 914 S/D1</t>
   </si>
   <si>
     <t>СЛОВАКИЯ</t>
   </si>
   <si>
     <t>З</t>
   </si>
   <si>
     <t>Габариты 595x630х850 мм, напряжение 220 В, мощность 1,85 кВт, вес нетто 71 кг, вес брутто 72 кг.
 Материал окрашенная сталь, объем барабана 62 л, загрузка 9 кг, 14 программ стирки.
 Контейнер для порошков - 3 отсека, скорость отжима 1400 об/мин.</t>
   </si>
   <si>
     <t>Whirlpool</t>
   </si>
   <si>
+    <t>Машины стиральные</t>
+  </si>
+  <si>
     <t>00000460043</t>
   </si>
   <si>
+    <t>Гладильный пресс Pony LAV-R1/V (опц.2,4,6,8,9)</t>
+  </si>
+  <si>
+    <t>LAV-R1/V (опц.2,4,6,8,9)</t>
+  </si>
+  <si>
+    <t>ЦБ-00093060</t>
+  </si>
+  <si>
     <t>Гладильный каток GMP E2 160.30</t>
   </si>
   <si>
     <t>E2 160.30</t>
   </si>
   <si>
     <t>С</t>
   </si>
   <si>
     <t>Гладильный каток для белья с остаточной влажностью 15-20%: рабочая длина 1600 мм. Диаметр вала 300 мм. Хромированная мульда (прижимная часть). Облегченный внешний корпус из ударопрочного пластика. Покрытие вала из металлической ваты и термостойкого полотна Meta-Aramid 400гр/м2. Электрический нагрев.  Электронный контроль температуры с двумя датчиками GEMINI температура контролируется на левой и правой стороне вала и при использовании только одной половины вала, нагрев на другой половине останавливается). Запатентованная система легкого снятия вала для обслуживания. Интуитивно понятный интерфейс управления SHARP. Встроенная система обучения для персонала. Информация о неисправностях и рекомендациии по их устранению выводятся на дисплей. Алюминиевый стол для подачи белья с удобным встроенным лотком. Оснащен системой вытяжки пара 90м3/ч (встроенный вентилятор). Ножная педаль с двойным импульсом. Напряжение 400 (3ф). Переменная скорость глажения 1-5 м/мин. Возможность установки "режима сна" при долгом простое, что позволяет экономить электроэнергию. Производительность 50 кг/ч. Мощность нагрева 11,4 кВт, мощность мотора 1,1 кВт. Габариты: 2170x592x1100 мм.</t>
   </si>
   <si>
     <t>00000435100</t>
   </si>
   <si>
     <t>Тележка для белья Conf plastic 201N/20</t>
   </si>
   <si>
     <t>201N/20</t>
   </si>
   <si>
     <t>Тележки для белья</t>
   </si>
   <si>
     <t>Тележка для белья 201N/20. Колеса диаметром 125 мм. Масса - 23 кг. Объем - 480л. Габариты: 1160x665x850 мм</t>
@@ -289,206 +289,197 @@
   <si>
     <t>ЦБ-00076555</t>
   </si>
   <si>
     <t>Гладильный каток GMP G 18.35 хром, пар</t>
   </si>
   <si>
     <t>G 18.35 хром, пар</t>
   </si>
   <si>
     <t>ЦБ-00092287</t>
   </si>
   <si>
     <t>Гладильный стол Pony OMEGA PRO</t>
   </si>
   <si>
     <t>OMEGA PRO</t>
   </si>
   <si>
     <t>Гладильные столы</t>
   </si>
   <si>
     <t>PONY S.p.A. Cтол гладильный серии OMEGA PRO 1500х450х900 мм (1300x520x1650мм), 675 Вт, 220В. Раскладной гладильный стол предназначен для прачечных и химчисток с небольшой площадью помещения. Нагреваемая поверхность и вакуумный прижим упрощают работу оператора и гарантируют высокое качество обработки. Складной гладильный стол для оснащения мини-прачечных, химчисток, ателье. Это полупрофессиональная модель гладильного оборудования рекомендована для использования совместно с парогенератором модели PONY BABY PLUS. Имеются дополнительные рабочие зоны — зона для установки утюга и парогенератора. Электрический обогрев рабочей зоны регулируется термостатом. Нагреваемая поверхность помогает удалить из одежды и белья лишнюю влагу. Ножная педаль управления мощностью вентилятора позволяет контролировать работу, не отрываясь от процесса глажения. Вакуумный прижим белья помогает гладить капризные скользящие ткани, делать на изделиях стрелки и складки.</t>
   </si>
   <si>
-    <t>Pony</t>
-[...1 lines deleted...]
-  <si>
     <t>Столы гладильные</t>
   </si>
   <si>
     <t>00000424768</t>
   </si>
   <si>
     <t>Контейнер для белья Picchi P01.000208</t>
   </si>
   <si>
     <t>P01.000208</t>
   </si>
   <si>
     <t>Контейнеры для белья</t>
   </si>
   <si>
     <t>Контейнер B1007 для транспортировки сухого чистого белья. Выполнен из оцинкованного металла. Бесшумные, эластичные прорезиненные колеса диаметром 100 мм. 2 фиксированных и 2 поворотных колеса. Размер отверстия решетки 150x350 мм. Вместимость - 400 кг. Масса - 27 кг. Габариты: 700x800x1600 мм</t>
   </si>
   <si>
     <t>Picchi</t>
   </si>
   <si>
     <t>ЦБ-00006408</t>
   </si>
   <si>
     <t>Гладильный каток GMP E2 140.25</t>
   </si>
   <si>
     <t>E2 140.25</t>
   </si>
   <si>
     <t>Гладильный каток для белья с остаточной влажностью 20-25%. Длина/диаметр вала 1400/250 мм. Хромированная мульда (прижимная часть). Облегченный внешний корпус из ударопрочного пластика. Покрытие вала из металлической ваты и термостойкого полотна Meta-Aramid 400 гр/м2. Электрический нагрев. Электронный контроль температуры с двумя датчиками GEMINI температура контролируется на левой и правой стороне вала и при использовании только одной половины вала, нагрев на другой половине останавливается). Запатентованная система легкого снятия вала для обслуживания. Интуитивно понятный интерфейс управления SHARP. Встроенная система обучения для персонала. Информация о неисправностях и рекомендациии по их устранению выводятся на дисплей. Алюминиевый стол для подачи белья с удобным встроенным лотком. Ножная педаль с двойным импульсом. Регулируемая скорость глажения 1-5 м/мин. Возможность включения "режима сна" при долгом простое, что позволяет экономить электроэнергию. Производительность 35 кг/ч. Габариты: 1920х492х1050 мм. Мощность нагрева 7,5 кВт, мощность мотора 0,18 кВт. Напряжение 380 В. Вес нетто 151 кг.</t>
   </si>
   <si>
     <t>00000402706</t>
   </si>
   <si>
+    <t>Парогенератор Pony GE-65 GOLIATH COMBI (1,2)</t>
+  </si>
+  <si>
+    <t>GE-65 GOLIATH COMBI (1,2)</t>
+  </si>
+  <si>
+    <t>Парогенераторы</t>
+  </si>
+  <si>
+    <t>ЦБ-00093055</t>
+  </si>
+  <si>
     <t>Гладильный пресс Pony BP/UL</t>
   </si>
   <si>
     <t>BP/UL</t>
   </si>
   <si>
-    <t>Гладильные прессы</t>
-[...1 lines deleted...]
-  <si>
     <t>Пресс гладильный BP/UL стандартной формы, регулир. давление между нижней и верхней плитой, встроенный вакуумный вентилятор, педальное закрывание верхней плиты с рамой безопасности, гладильная плита 1190х360/220мм, таймер, треб. подключ. к внеш. источнику пара и сжатого воздуха, 1400х1150х1400мм, 2150Вт, 380В</t>
-  </si>
-[...1 lines deleted...]
-    <t>Прессы гладильные</t>
   </si>
   <si>
     <t>00000095529</t>
   </si>
   <si>
     <t>Стиральная машина Whirlpool AWH 912 S/PRO</t>
   </si>
   <si>
     <t>AWH 912 S/PRO</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Габариты 595x640х850 мм, напряжение 220 В, мощность 1,7 кВт, вес нетто 84 кг, вес брутто 87 кг.
 Материал окрашенная сталь, объем барабана 58 л, загрузка 8 кг, 10 программ стирки.
 Контейнер для порошков - 3 отсека, скорость отжима 1200 об/мин.</t>
   </si>
   <si>
     <t>00000460062</t>
   </si>
   <si>
     <t>Сушильная машина Tolon TRD 23 пар</t>
   </si>
   <si>
     <t>TRD 23 пар</t>
   </si>
   <si>
     <t>ЦБ-00076554</t>
   </si>
   <si>
     <t>Пароманекен Pony MG (пароген. 9л)</t>
   </si>
   <si>
     <t>MG (пароген. 9л)</t>
   </si>
   <si>
     <t>Пароманекены</t>
   </si>
   <si>
     <t>Манекен гладильный т.м. PONY, серии MG, вентилятор, бойлер на 9л, упавление циклом с помощью педали, автоматическая регулировка цикла, регулировка потока воздуха, 1480x830x1800мм, 13600Вт, 380В</t>
   </si>
   <si>
     <t>Пароманекены универсальные</t>
   </si>
   <si>
     <t>00000274455</t>
   </si>
   <si>
-    <t>Бокс для хранения жетонов Alliance CK043</t>
-[...10 lines deleted...]
-  <si>
     <t>Гладильный каток GMP GMP 140.30 VAR</t>
   </si>
   <si>
     <t>GMP 140.30 VAR</t>
   </si>
   <si>
     <t>ЦБ-00078726</t>
   </si>
   <si>
     <t>Гладильный каток GMP E2 140.25 TENAX</t>
   </si>
   <si>
     <t>E2 140.25 TENAX</t>
   </si>
   <si>
     <t>ЦБ-00078728</t>
   </si>
   <si>
     <t>Гладильный каток GMP E2 140.30 TENAX</t>
   </si>
   <si>
     <t>E2 140.30 TENAX</t>
   </si>
   <si>
     <t>ЦБ-00078729</t>
   </si>
   <si>
-    <t>Шкаф сушильный КМК завод ШСО-2000\4</t>
+    <t>Шкаф сушильный КМК ШСО-2000\4</t>
   </si>
   <si>
     <t>ШСО-2000\4</t>
   </si>
   <si>
     <t>Шкафы сушильные</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Шкаф сушильный модель ШСО-2000\4, 1805х800х510мм, 2053Вт, 220В/50 Гц</t>
   </si>
   <si>
-    <t>КМК завод</t>
+    <t>КМК</t>
   </si>
   <si>
     <t>00000222156</t>
   </si>
   <si>
     <t>Стиральная машина Tolon TWE 28</t>
   </si>
   <si>
     <t>TWE 28</t>
   </si>
   <si>
     <t>Электрический нагрев. Большой диаметр двери с углом открывания в 180°. Возможность выбора жидкого и порошкового моющего средства. 5 отсеков для моющих средств. Барабан, передняя и верхняя панели из нержавеющей стали. Свободно-программируемый контроллер с современным 7-дюймовым цветным дисплеем, 16 предустановленных программ и возможность создания до 99 собственных программ. USB-соединение. Инструкция на дисплее. Большой 3-дюймовый дренажный клапан. Датчик вибрации. 2 входа для воды. Загрузка 28 кг. Предусмотрен 3-й клапан воды. Производительность 42 кг/ч. Барабан: диаметр - 700 мм, глубина - 720 мм, объем - 277л, скорость стирки/отжима - 37/961 об/мин, G-фактор - 360. Диаметр двери 455 мм. Мощность нагрева 24 кВт. Мощность двигателя 4 кВт. Напряжение 380В/3ф. Габариты: 975х1360х1565 мм. Масса нетто/брутто 800/825 кг</t>
   </si>
   <si>
     <t>00000413238</t>
   </si>
   <si>
     <t>Гладильный стол Pony SILVER-SV maxi</t>
   </si>
   <si>
     <t>SILVER-SV maxi</t>
   </si>
   <si>
     <t>Cтол гладильный серии SILVER, модель SILVER-SV maxi, утюг электропаровой с защитой для рук, поворотная подставка для утюга. Освещение, рельсы и подвес для утюга, держатель для вешалок. Мощность: 3,6 кВт. Требуется подключение к внешнему источнику пара (вход пара 1/2", линия возврата конденсата 1/2", раб. давление пара 3-4 бар, расход пара 3-5 кг/ч). Требуется подключение к внешнему источнику сжатого воздуха 1/4", раб. давление 6-7 бар. Габаритные размеры: 2000х600х1650мм</t>
   </si>
@@ -565,50 +556,68 @@
     <t>ЦБ-00018431</t>
   </si>
   <si>
     <t>Сушильная машина Fagor Professional SR-14 M E</t>
   </si>
   <si>
     <t>SR-14 M E</t>
   </si>
   <si>
     <t>Габаритные размеры: 785x989х1694мм, загрузка 12 кг (1:18), 14 кг (1:20), производительность 30 кг/ч, диаметр двери 574мм, электронагрев, общая мощность 18,97кВт, мощность нагрева 18кВт, 380В. Простой процессор управления (M) с контролем времени и температуры. Внешний стальной корпус с серым покрытием ((обшивочная пластина), нержавеющая сталь, легко моется. Барабан из нержавеющей стали. Осево-радиальный поток воздуха, что приводит к повышению эффективности сушки. Барабан со штампованной перфорацией для бережной обработки тканей. Фильтр для ворса внизу, более эргономичный, увеличенный и улучшенный поток воздуха. Автоматическое обратное вращение барабана. Преобразователь частоты для более плавной работы. Эргономичная дверь с большим отверстием и возможностью двойного остекления. Система против складок. Сигнал окончания цикла. Кнопка аварийной остановки и защитный микромагнит для остановки работы.</t>
   </si>
   <si>
     <t>00000395451</t>
   </si>
   <si>
     <t>Стиральная машина Fagor Professional LA-14 TP2 E</t>
   </si>
   <si>
     <t>LA-14 TP2 E</t>
   </si>
   <si>
     <t>Габаритные размеры: 788х869х1307мм, эл. мощность10500Вт, напряжение 380/3ф, загрузка 13 кг (фактор загрузки: 1/10), система подогрева: электронагреватель, тип микропроцессора: программируемый микропроцессор Touch Plus Control: 29 стандартных программ стирки и возможность создания неограниченного количества программ (USB) со всеми характеристиками: температура, время, скорость. 4 контейнера для порошков (предварительная стирка, основная стирка, отбеливающие средства, кондиционер) и 8 сигналов для подключения жидких моющих средств. Объем барабана: 130 л. Диаметр/глубина барабана: 620/430 мм. Диаметр дверцы: 373 мм. Скорость стирки: 50 об/мин. Скорость отжима: 1150 об/мин. G-фактор: 450. Изготовлена из окрашенной стали. Блокировка двери. Двигатель с частотным преобразователем.</t>
   </si>
   <si>
     <t>00000350617</t>
+  </si>
+  <si>
+    <t>Гладильный стол Pony SD extra large 2,4,6,7,11</t>
+  </si>
+  <si>
+    <t>SD extra large 2,4,6,7,11</t>
+  </si>
+  <si>
+    <t>ЦБ-00092963</t>
+  </si>
+  <si>
+    <t>Гладильный стол Pony RECORD maxi (3,4,11,13,18,20)</t>
+  </si>
+  <si>
+    <t>RECORD maxi (3,4,11,13,18,20)</t>
+  </si>
+  <si>
+    <t>ЦБ-00092960</t>
   </si>
   <si>
     <t>Сушильная машина Whirlpool AWZ8HPS</t>
   </si>
   <si>
     <t>AWZ8HPS</t>
   </si>
   <si>
     <t>ПОЛЬША</t>
   </si>
   <si>
     <t>Габариты 595х649х849 мм, напряжение 220 В, мощность 0,9 кВт, вес нетто 44 кг, вес брутто 46,5 кг.
 Материал нержавеющая сталь, объем барабана 120 л, загрузка 8 кг, 15 программ сушки.</t>
   </si>
   <si>
     <t>00000371072</t>
   </si>
   <si>
     <t>Стиральная машина Tolon TWE 10</t>
   </si>
   <si>
     <t>TWE 10</t>
   </si>
   <si>
     <t>Электрический нагрев. Большой диаметр двери с углом открывания в 180°. Возможность выбора жидкого и порошкового моющего средства. 5 отсеков для моющих средств. Барабан, передняя и верхняя панели из нержавеющей стали. Свободно-программируемый контроллер с современным 7-дюймовым цветным дисплеем, 16 предустановленных программ и возможность создания до 99 собственных программ. USB-соединение. Инструкция на дисплее. Большой 3-дюймовый дренажный клапан. Датчик вибрации. 2 входа для воды. Предусмотрен 3-й клапан для воды. Загрузка 10 кг. Производительность 15 кг/ч. Барабан: диаметр - 630 мм, глубина - 330 мм, объем - 103л, скорость стирки/отжима - 43/1012 об/мин, G-фактор - 360. Диаметр двери 455 мм. Мощность нагрева 9 кВт. Мощность двигателя 1,5 кВт. Напряжение 380В/3ф. Габариты: 880х976х1500 мм. Масса нетто/брутто 438/460 кг.
@@ -769,50 +778,53 @@
   <si>
     <t>00000402669</t>
   </si>
   <si>
     <t>Гладильный каток GMP GMP 200.30.VAR</t>
   </si>
   <si>
     <t>GMP 200.30.VAR</t>
   </si>
   <si>
     <t>Гладильный каток для белья с остаточной влажностью 25%: рабочая длина - 2000 мм. Хромированная мульда, Д=300 мм. Комплектация: электрический нагрев, корпус из окрашенной стали, напряжение 380В/3фазы + нейтраль, покрытие вала из металлической ваты и термостойкого полотна Meta-Aramid 400g/m2. Электронный контроль температуры с 2 датчиками и общая защита от перегрева (автоматическое отключение нагрева). Две скорости глажения. Электромеханическое управление. Алюминиевый стол для подачи белья с удобным встроенным лотком. Ножная педаль с двойным импульсом. Система вытяжки пара (опция, вместе с переменной скоростью глажения). Скорость глажения: 1-5 м/мин, производительность - 60 кг/час. Габариты: 1890x552x1073 мм. Мощность: 15,71 кВт.</t>
   </si>
   <si>
     <t>00000287171</t>
   </si>
   <si>
     <t>Стиральная машина Fagor Professional LAP-08 TP2 EV</t>
   </si>
   <si>
     <t>LAP-08 TP2 EV</t>
   </si>
   <si>
     <t>Машина стиральная т.м. FAGOR серии LAP, мод. LAP-08 TP2 EV, 680x698х1040мм. 7000Вт, 400/230В, 3ф+N/1ф+N, 50/60Гц, загрузка 8кг (1:10), система подогрева: электронагреватель, тип микропроцессора: микропроцессор Touch Control TP2: 29 стандартных программ стирки и возможность создания неограниченного количества программ (USB) со всеми характеристиками: температура, время, скорость. 4 контейнера для порошков (предварительная стирка, основная стирка, отбеливающие средства, кондиционер) и 8 сигналов для подключения жидких моющих средств.  Объем барабана: 80 л. Диаметр/глубина барабана: 532/360 мм. Диаметр дверцы: 373 мм. Скорость стирки: 50 об/мин. Скорость отжима: 1250 об/мин. G-фактор: 450. Изготовлена из окрашенной стали. Предохранительный клапан двери.  Двигатель с частотным преобразователем. Слив: клапан.</t>
   </si>
   <si>
+    <t>Машины стиральные с загрузкой до 10 кг</t>
+  </si>
+  <si>
     <t>00000348975</t>
   </si>
   <si>
     <t>Машина для упаковки белья Artmecc IPBS099 CL</t>
   </si>
   <si>
     <t>IPBS099 CL</t>
   </si>
   <si>
     <t>Машины для упаковки белья</t>
   </si>
   <si>
     <t>Машина упаковочная для химчисток и прачечных серии EVOLUTION мод.EVOLUTION IPBS099CL/I для фасонного белья. Пневматическая упаковочная машина на колёсиках с верхней и нижней спайкой, корпус машины выполнен из окрашенной стали. Давление воздуха - 6 атмосфер. . 810х300х2000мм,  0,332 кВт, 220В.</t>
   </si>
   <si>
     <t>Artmecc</t>
   </si>
   <si>
     <t>00000098637</t>
   </si>
   <si>
     <t>Гладильный каток GMP GMP 100.20, 220В</t>
   </si>
   <si>
     <t>GMP 100.20, 220В</t>
@@ -866,53 +878,50 @@
     <t>Машина стиральная т.м. FAGOR серии LBS, мод. LBS-70 TP2 E, 2060х1098х1580мм. Загрузка: 70 кг. Система подогрева: электронагреватель, тип микропроцессора: программируемый микропроцессор TP2: 29 стандартных программ стирки и возможность создания новых программ (USB). Графический дисплей для отображения этапов процесса стирки и информационный экран на стороне разгрузки белья. 8 сигналов для подключения жидкой химии. 
 В барьерных стиральных машинах с боковой загрузкой проходного типа загрузка грязного белья производится с одной стороны, а выгрузка чистого белья с другой стороны для предотвращения контакта между грязной и чистой зонами. Объем барабана: 694л. Диаметр/глубина барабана: 800/1380 мм. Скорость стирки: 45 об/мин. Скорость отжима: 290 об/мин. G-фактор: 375. Изготовлена из окрашенной стали. Не требуется анкерное крепление к полу. Устройство безопасной блокировки двери. Двигатель с частотным преобразователем. Максимальная мощность: 52,5 кВт. Подключение: 380В.</t>
   </si>
   <si>
     <t>00000349613</t>
   </si>
   <si>
     <t>Машина для упаковки белья Artmecc ML</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Машина упаковочная серии EVOLUTION мод. EVOLUTION ML, 810х300х500мм, 166Вт, 230В
 Машина упаковочная для химчисток и прачечных серии EVOLUTION мод. EVOLUTION ML. для упаковки фасонного белья. Настенный ручной упаковщик с возможностью крепления на стену. 
 Корпус машины выполнен из окрашенной стали</t>
   </si>
   <si>
     <t>00000098421</t>
   </si>
   <si>
     <t>Парогенератор Pony GE-50</t>
   </si>
   <si>
     <t>GE-50</t>
-  </si>
-[...1 lines deleted...]
-    <t>Парогенераторы</t>
   </si>
   <si>
     <t>Парогенератор GE-50, автоматический, электрический, произв-ть 33-49 кг пара/час, давление 5 бар, бойлер 25л, водянная помпа, система контроля, аварийная блокировка, паровой трубопровод, 640х640х700 мм, 24600-36600 Вт, 380В</t>
   </si>
   <si>
     <t>00000095479</t>
   </si>
   <si>
     <t>Парогенератор Pony GE-25</t>
   </si>
   <si>
     <t>GE-25</t>
   </si>
   <si>
     <t>Парогенератор GE-25, автоматический, электрический, произв-ть 13-25 кг пара/час, давление 6 бар, бойлер 20л, водянная помпа, система контроля, аварийная блокировка, паровой трубопровод, 650х410х700 мм, 10600-18600 Вт, 380В</t>
   </si>
   <si>
     <t>00000095480</t>
   </si>
   <si>
     <t>Парогенератор Pony GE-50 бак (опц.1)</t>
   </si>
   <si>
     <t>GE-50 бак (опц.1)</t>
   </si>
@@ -987,117 +996,174 @@
     <t>00000350618</t>
   </si>
   <si>
     <t>Гладильный каток GMP E2 120.25</t>
   </si>
   <si>
     <t>E2 120.25</t>
   </si>
   <si>
     <t>Гладильный каток для белья с остаточной влажностью 15-20%. Длина/диаметр вала 1200/250 мм. Хромированная мульда (прижимная часть). Облегченный внешний корпус из ударопрочного пластика. Покрытие вала из металлической ваты и термостойкого полотна Meta-Aramid 400 гр/м2. Электрический нагрев. Электронный контроль температуры с двумя датчиками GEMINI температура контролируется на левой и правой стороне вала и при использовании только одной половины вала, нагрев на другой половине останавливается. Запатентованная система легкого снятия вала для обслуживания. Интуитивно понятный интерфейс управления SHARP. Встроенная система обучения для персонала. Информация о неисправностях и рекомендациии по их устранению выводятся на дисплей. Алюминиевый стол для подачи белья с удобным встроенным лотком. Ножная педаль с двойным импульсом. Переменная скорость глажения 1-5 м/мин. Возможность включения "режима сна" при долгом простое, что позволяет экономить электроэнергию. Производительность 30 кг/ч. Габариты: 1720х492х1050 мм. Мощность нагрева 6,9 кВт, мощность мотора 0,18 кВт. Напряжение 380 В. Вес нетто 110 кг.</t>
   </si>
   <si>
     <t>00000402656</t>
   </si>
   <si>
     <t>Стиральная машина Fagor Professional LAP-10 TP2 EP</t>
   </si>
   <si>
     <t>LAP-10 TP2 EP</t>
   </si>
   <si>
     <t>Габаритные размеры: 680x742х1040мм, эл. мощность 7000Вт, напряжение 400/230В, 3ф+N/1ф+N, 50/60Гц, загрузка 10кг (1:10), 11кг (1:9) система подогрева: электронагреватель, тип микропроцессора: программируемый микропроцессор второго поколения Touch Plus 2: 29 стандартных программ стирки и возможность создания неограниченного количества программ (USB) со всеми характеристиками: температура, время, скорость. 4 контейнера для порошков (предварительная стирка, основная стирка, отбеливающие средства, кондиционер) и 8 сигналов для подключения жидких моющих средств.  Объем барабана: 100 л. Диаметр/глубина барабана: 532/425 мм. Диаметр дверцы: 373 мм. Скорость стирки: 50 об/мин. Скорость отжима: 1250 об/мин. G-фактор: 450. Корпус: окрашенная сталь. Барабан и лопасти выполнены из нержавеющей стали. Слив: Насос. Предохранительный клапан двери. Двигатель с частотным преобразователем. Мощность двигателя: 0,75 кВт. Мощность эл.нагрева: 6 кВт. Не требует анкеровки к полу. Вес (нетто): 155 кг.  Может перекоммутироваться на 220В. 
 Подходит для установки в колонну с сушильной машиной SRP-10 (сушильная машина должна иметь исполнение "в колонну").</t>
   </si>
   <si>
-    <t>Машины стиральные с загрузкой до 10 кг</t>
-[...1 lines deleted...]
-  <si>
     <t>00000348970</t>
   </si>
   <si>
     <t>Сушильная машина Fagor Professional SRP-10 M E (в колонну)</t>
   </si>
   <si>
     <t>SRP-10 M E (в колонну)</t>
   </si>
   <si>
     <t>Габаритные размеры: 680x775х1056мм, 7120Вт, 380В, загрузка 10 кг, диаметр/глубина барабана: 590/720 мм, объем барабана 200 л, для установки в колонну со стиральной машиной LAP-10</t>
   </si>
   <si>
     <t>00000349949</t>
   </si>
   <si>
     <t>Гладильный каток Tolon TFI 6032LF</t>
   </si>
   <si>
     <t>TFI 6032LF</t>
   </si>
   <si>
     <t>ЦБ-00076548</t>
   </si>
   <si>
+    <t>Машина химической чистки Mac Dry MD3103/80,1,3,9,10,12,18C</t>
+  </si>
+  <si>
+    <t>MD3103/80,1,3,9,10,12,18C</t>
+  </si>
+  <si>
+    <t>Машины химической чистки</t>
+  </si>
+  <si>
+    <t>FIRBIMATIC S.P.A. т.м. MAC DRY Машина д/химчистки (3 бака) сер. MD3103 (опц:80,1,3,9,10,12,18,С) эл.
+загрузка 10кг, объем барабана 200л, баки 1,2,3 соответственно 75, 75, 120л. 
+15,5кВт, 380В
+Вес (пустая) 1110кг, ШхГхВ: (1450+154)х(1380+60)х2045 мм
+80-один экологический фильтр, один обесцвечивающий фильтр
+СЕ1-система аварийной блокировки дверцы люка по нормам СЕ
+СЕ2-аварийный поддон
+0-термостатический клапан Danfoss
+манометры холодильной группы
+шумопоглощающий кожух компрессора холодильника
+1-электронный (сенсорный) контроль сушки
+3-автоматический дозатор
+С-воздушный компрессор
+smart-интеллектуальный микропроцессор
+9-очистка задней стенки барабана
+10- система просушивания дистиллятора
+12-автоматическое удаление шлама из дистиллятора при помощи насоса
+18-охлаждение растворителя фреоном
+11-система автоматического ополаскивания стенок дистиллятора
+33-инвертор частоты для регулирования скорости главного двигателя
+Набор инструментов и креплений
+Деревянная упаковка</t>
+  </si>
+  <si>
+    <t>Mac Dry</t>
+  </si>
+  <si>
+    <t>00000436001</t>
+  </si>
+  <si>
     <t>Гладильный каток GMP E2 160.30 TENAX</t>
   </si>
   <si>
     <t>E2 160.30 TENAX</t>
   </si>
   <si>
     <t>Гладильный каток для белья с остаточной влажностью 25%. Длина/диаметр вала1600/300 мм. Хромированная мульда (прижимная часть). Облегченный внешний корпус из ударопрочного пластика. Внутренняя обшивка вала из покрытия TENAX, не деформируется на протяжении всего срока службы катка, обеспечивает максимально эффективную вытяжку пара. Внешнее покрытие вала из термостойкого полотна Meta-Aramid 400 гр/м2.  Электрический нагрев. Электронный контроль температуры с двумя датчиками GEMINI температура контролируется на левой и правой стороне вала и при использовании только одной половины вала, нагрев на другой половине останавливается). Запатентованная система легкого снятия вала для обслуживания. Интуитивно понятный интерфейс управления SHARP. Встроенная система обучения для персонала. Информация о неисправностях и рекомендациии по их устранению выводятся на дисплей. Алюминиевый стол для подачи белья с удобным встроенным лотком. Оснащен системой вытяжки пара 90м3/ч (встроенный вентилятор). Ножная педаль с двойным импульсом.Регулируемая скорость глажения 1-5 м/мин. Возможность установки "режима сна" при долгом простое, что позволяет экономить электроэнергию. Производительность 50 кг/ч. Габариты: 2170х592х1100 мм. Мощность нагрева 11,4 кВт, мощность мотора 1,1 кВт. Напряжение 380 В. Вес нетто 231 кг.</t>
   </si>
   <si>
     <t>00000402701</t>
   </si>
   <si>
+    <t>Пароманекен Pony EAGLE 2.0 LAB пар (опц.4)</t>
+  </si>
+  <si>
+    <t>EAGLE 2.0 LAB пар (опц.4)</t>
+  </si>
+  <si>
+    <t>Пароманекены для рубашек</t>
+  </si>
+  <si>
+    <t>ЦБ-00093030</t>
+  </si>
+  <si>
     <t>Контейнер для белья Picchi P01.000207</t>
   </si>
   <si>
     <t>P01.000207</t>
   </si>
   <si>
     <t>Контейнер B1013 для транспортировки сухого грязного и чистого белья. Выполнен из оцинкованного металла. Верхняя часть двери откидывается на 180°. Бесшумные, эластичные прорезиненные колеса диаметром 100 мм. Вместимость - 400 кг. Масса - 32 кг. Габариты: 700x800x1630 мм</t>
   </si>
   <si>
     <t>ЦБ-00006411</t>
   </si>
   <si>
-    <t>Машина химической чистки Mac Dry MD3123(30E,СЕ2,1,3,18,С)</t>
-[...14 lines deleted...]
-    <t>00000104103</t>
+    <t>Машина химической чистки Mac Dry MD3153(80,CE2,1,3,18,С)</t>
+  </si>
+  <si>
+    <t>MD3153(80,CE2,1,3,18,С)</t>
+  </si>
+  <si>
+    <t>Машины сухой химической чистки с 3-мя баками серии  MD3153 A (80E, CE2, 1, 3, 18, С) 15кг,16кВт, 1650х1460х2005.
+80	Машина в комплектации с: один экологический фильтр, один обесцвечивающий фильтр
+СЕ1	система аварийной блокировки дверцы люка по нормам СЕ
+СЕ2	аварийный поддон
+0	термостатический клапан Danfoss
+	манометры холодильной группы
+	шумопоглощающий кожух компрессора холодильника
+1	электронный (сенсорный) контроль сушки
+3	автоматический дозатор
+С	воздушный компрессор
+smart	интеллектуальный микропроцессор
+18	охлаждение растворителя фреоном
+11	система автоматического ополаскивания стенок дистиллятора
+33	инвертор частоты для регулирования скорости главного двигателя
+	Набор инструментов и креплений
+	Деревянная упаковка</t>
+  </si>
+  <si>
+    <t>00000104106</t>
   </si>
   <si>
     <t>Машина химической чистки Mac Dry MD3183 (80,CE2,1,3,18С)</t>
   </si>
   <si>
     <t>MD3183 (80,CE2,1,3,18С)</t>
   </si>
   <si>
     <t>Машины сухой химической чистки т.м. MAC DRY с 3-мя баками серии  MD3183 A (80E, CE2, 1, 3, 18, С) 18кг,19,2кВт, 1954x1650x2210 мм</t>
   </si>
   <si>
     <t>00000104108</t>
   </si>
   <si>
     <t>Стиральная машина Whirlpool AWG 1114SD</t>
   </si>
   <si>
     <t>AWG 1114SD</t>
   </si>
   <si>
     <t>Габариты 595x630х850 мм, напряжение 220 В, мощность 1,85 кВт, вес нетто 75,9 кг, вес брутто 77,4 кг.
 Материал нержавеющая сталь, объем барабана 71 л, загрузка 11 кг, 14 программ стирки.
 Контейнер для порошков - 3 отсека, скорость отжима 1400 об/мин.</t>
   </si>
   <si>
@@ -1150,53 +1216,50 @@
     <t>00000426651</t>
   </si>
   <si>
     <t>Сушильная машина Tolon TRD 16 пар</t>
   </si>
   <si>
     <t>TRD 16 пар</t>
   </si>
   <si>
     <t>ЦБ-00076553</t>
   </si>
   <si>
     <t>Гладильный каток GMP G 32.35 хром, эл.</t>
   </si>
   <si>
     <t>G 32.35 хром, эл.</t>
   </si>
   <si>
     <t>ЦБ-00092301</t>
   </si>
   <si>
     <t>Пароманекен Pony KITE электрический</t>
   </si>
   <si>
     <t>KITE электрический</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пароманекены для рубашек</t>
   </si>
   <si>
     <t>ЦБ-00017858</t>
   </si>
   <si>
     <t>Стиральная машина Fagor Professional LAP-10 TP2 EV</t>
   </si>
   <si>
     <t>LAP-10 TP2 EV</t>
   </si>
   <si>
     <t>Габаритные размеры: 680x742х1040мм. эл. мощность 7000Вт, напряжение 400/230В, 3ф+N/1ф+N, 50/60Гц, загрузка 10кг (1:10), система подогрева: электронагреватель, тип микропроцессора: микропроцессор Touch Control TP2: 29 стандартных программ стирки и возможность создания неограниченного количества программ (USB) со всеми характеристиками: температура, время, скорость. 4 контейнера для порошков (предварительная стирка, основная стирка, отбеливающие средства, кондиционер) и 8 сигналов для подключения жидких моющих средств.  Объем барабана: 100 л. Диаметр/глубина барабана: 532/425 мм. Диаметр дверцы: 373 мм. Скорость стирки: 50 об/мин. Скорость отжима: 1250 об/мин. G-фактор: 450. Изготовлена из окрашенной стали. Предохранительный клапан двери.  Двигатель с частотным преобразователем. Слив: клапан.
 Подходит для установки в колонну с сушильной машиной SRP-10 (сушильная машина должна иметь исполнение "в колонну").</t>
   </si>
   <si>
     <t>00000348976</t>
   </si>
   <si>
     <t>Тележка для белья ЦКТ ТП-10П</t>
   </si>
   <si>
     <t>ТП-10П</t>
   </si>
   <si>
     <t>Тележка ТП-10П, 710х500х800мм, 120л. Выполнена из нержавеющей стали. Имеет легкосъёмный пластиковый короб.</t>
@@ -1324,51 +1387,51 @@
     <t>ЦБ-00004501</t>
   </si>
   <si>
     <t>Пятновыводный стол Pony JOLLY комп/парог</t>
   </si>
   <si>
     <t>JOLLY комп/парог</t>
   </si>
   <si>
     <t>Стол пятновыводной JOLLY (компрессор, пароген.), холодный, 2 пятновыводных пистолета, 2 емкости для химии, рабочая поверхность 750х270/160мм и рукавная форма из нержавеющей стали 400х100/65мм, автоматический вакуумный отсос, встроенная вакуумная установка с принадлежностями (педаль, выключатель и т.д.). Электрический парогенератор (5л/3,3кВт/5бар), помпа, паровоздушный пистолет, вход воды 12мм, слив 3/8". Встроенный компрессор: мощность 2,25 кВт, c ресивером, отвод воздуха 100 мм. 1500х780х910мм, 7300Вт, 380В
 Парогенератор (включает паровоздушный пистолет).</t>
   </si>
   <si>
     <t>00000253550</t>
   </si>
   <si>
     <t>Вешало передвижное</t>
   </si>
   <si>
     <t>Вешало В-2</t>
   </si>
   <si>
     <t>Вешало передвижное серии В, мод. В-2, нерж. сталь, установлено на 4 поворотных колеса, диаметром 75 мм, 600х1800х1800 мм</t>
   </si>
   <si>
-    <t>Транспортёры белья</t>
+    <t>Вспомогательное оборудование для прачечной</t>
   </si>
   <si>
     <t>00000306070</t>
   </si>
   <si>
     <t>Тележка для белья ЦКТ ТП 10Д</t>
   </si>
   <si>
     <t>ТП 10Д</t>
   </si>
   <si>
     <t>Тележка ТП-10Д, 635х485х560мм, 100л, нерж. сталь, 4 колеса дмаметром - 75мм. Тележка предназначена для транспортировки влажного белья. Выполнена из нержавеющей стали высокого качества и установлена на 4 поворотных колеса европейского производства диаметром 75 мм.</t>
   </si>
   <si>
     <t>00000143714</t>
   </si>
   <si>
     <t>Тележка для белья ЦКТ ТП 25</t>
   </si>
   <si>
     <t>ТП 25</t>
   </si>
   <si>
     <t>Тележка ТП-25, 850х625х750мм, объем - 300л, загрузочная масса сухого белья - 30кг, максимальная грузоподъемность - 150кг, нерж. сталь. Тележка предназначена для транспортировки влажного белья. Выполнена из нержавеющей стали высокого качества и окантовкой в виде трубки для удобства эксплуатации. Тележка установлена на 4 колеса европейского производства, диаметром 125 мм.</t>
   </si>
@@ -1444,50 +1507,59 @@
   <si>
     <t>Машина для упаковки белья Artmecc MLPS L800</t>
   </si>
   <si>
     <t>MLPS L800</t>
   </si>
   <si>
     <t>Машина упаковочная для химчисток и прачечных серии MLPS мод. MLPS L800. Портативный настольный ручной упаковщик для запайки пакетов. Максимальная длинна горячей струны составляет 800 мм. Кормус машины выполнен из окрашенной стали. 900х100х450мм,  0,04кВт, 230В.</t>
   </si>
   <si>
     <t>00000098608</t>
   </si>
   <si>
     <t>Машина для упаковки белья Artmecc NIB (пневмат.управ.)</t>
   </si>
   <si>
     <t>NIB (пневмат.управ.)</t>
   </si>
   <si>
     <t>Машина упаковочная серии NIB мод. NIB (пневматическое  управление). Стол упаковочный для химчисток и прачечных,  предназначен для упаковки прямого белья, оснащён колёсами. Корпус машины выполнен из окрашенной стали, габаритные размеры 1500х1400х900мм,  максимальный размер упаковки 70х70х50 см. 230В, 332Вт</t>
   </si>
   <si>
     <t>00000098609</t>
   </si>
   <si>
+    <t>Пароманекен Pony KITE паровой (опц.3)</t>
+  </si>
+  <si>
+    <t>KITE паровой (опц.3)</t>
+  </si>
+  <si>
+    <t>ЦБ-00092965</t>
+  </si>
+  <si>
     <t>Сушильная машина Tolon TRD 33 пар</t>
   </si>
   <si>
     <t>TRD 33 пар</t>
   </si>
   <si>
     <t>ЦБ-00076556</t>
   </si>
   <si>
     <t>Гладильный каток Tolon TFI 6032RE</t>
   </si>
   <si>
     <t>TFI 6032RE</t>
   </si>
   <si>
     <t>ЦБ-00076551</t>
   </si>
   <si>
     <t>Машина для упаковки белья Artmecc PML</t>
   </si>
   <si>
     <t>PML</t>
   </si>
   <si>
     <t>Машина упаковочная для химчисток и прачечных серии EVOLUTION мод. EVOLUTION PML. для упаковки фасонного белья. Настенный пневматический упаковщик. Давление воздуха - 6 атмосфер. 810х300х500мм,  0,166 кВт, 230В. Корпус машины выполнен из окрашенной стали</t>
@@ -1498,50 +1570,59 @@
   <si>
     <t>Машина для упаковки белья Artmecc IM095MT</t>
   </si>
   <si>
     <t>IM095MT</t>
   </si>
   <si>
     <t>Машина упаковочная для химчисток и прачечных серии IM мод. IM095MT.Настольный ручной мини упаковщик. для запайки пакетов. Корпус машины выполнен из окрашенной стали. 700х500х500мм,  0,166кВт, 230В.</t>
   </si>
   <si>
     <t>00000098593</t>
   </si>
   <si>
     <t>Машина химической чистки Mac Dry MD3102S(30E,1,3,18,С)</t>
   </si>
   <si>
     <t>MD3102S(30E,1,3,18,С)</t>
   </si>
   <si>
     <t>Машины сухой химической чистки с 2-мя баками MAC DRY MD3102S A (30E, 1, 3, 18, С), 10кг, 16кВт, 200 л.</t>
   </si>
   <si>
     <t>00000104092</t>
   </si>
   <si>
+    <t>Гладильный пресс Pony SP/UL (опц.1,5,13,18)</t>
+  </si>
+  <si>
+    <t>SP/UL (опц.1,5,13,18)</t>
+  </si>
+  <si>
+    <t>ЦБ-00093052</t>
+  </si>
+  <si>
     <t>Тележка для белья ЦКТ ТП-50</t>
   </si>
   <si>
     <t>ТП-50</t>
   </si>
   <si>
     <t>Тележка ТП-50, 1295х830х750мм, объем - 490л, загрузочная масса сухого белья - 50кг, максимальная грузоподъемность - 250кг, нерж. сталь</t>
   </si>
   <si>
     <t>00000142160</t>
   </si>
   <si>
     <t>Стиральная машина Tolon TWE 18</t>
   </si>
   <si>
     <t>TWE 18</t>
   </si>
   <si>
     <t>Загрузка 18 кг. Электрический нагрев. Большой диаметр двери с углом открывания в 180°. Возможность выбора жидкого и порошкового моющего средства. 5 отсеков для моющих средств. Барабан, передняя и верхняя панели из нержавеющей стали. Свободно-программируемый контроллер с современным 7-дюймовым цветным дисплеем, 16 предустановленных программ и возможность создания до 99 собственных программ. USB-соединение. Инструкция на дисплее. Большой 3-дюймовый дренажный клапан. Датчик вибрации. 2 входа для воды. Предусмотрен 3-й клапан для воды Загрузка 18 кг. Производительность 27 кг/ч. Барабан: диаметр - 630мм, глубина - 580мм, объем - 181л, скорость стирки/отжима - 43/1012 об/мин, G-фактор - 360. Диаметр двери 455мм, Мощность нагрева 18кВт. Мощность двигателя 3 кВт. Размер 880х1226х1500. Размер в упаковке 930х1300х1550 мм. Масса нетто/брутто 476/504 кг.</t>
   </si>
   <si>
     <t>00000414182</t>
   </si>
   <si>
     <t>Машина для упаковки белья Artmecc NIB (ручное управ.)</t>
@@ -1720,51 +1801,51 @@
   <si>
     <t>00000402704</t>
   </si>
   <si>
     <t>Гладильный каток GMP G 32.50 хром, пар</t>
   </si>
   <si>
     <t>G 32.50 хром, пар</t>
   </si>
   <si>
     <t>ЦБ-00092329</t>
   </si>
   <si>
     <t>Сушильная машина Fagor Professional SRP-08 M E</t>
   </si>
   <si>
     <t>SRP-08 M E</t>
   </si>
   <si>
     <t>Машина сушильная серии SRP, мод. SRP-08 M E, 680x698х1040мм, 7170Вт, 380В, загрузка: 8 кг, диаметр/глубина барабана: 590/585 мм, объем барабана 160 л, электронное управление - кнопки для установки температуры (низкая, средняя, высокая) и времени (минуты), пухоулавливающий фильтр из нержавеющей стали, материал корпуса - окрашенная сталь,</t>
   </si>
   <si>
     <t>00000349950</t>
   </si>
   <si>
-    <t>Шкаф сушильный КМК завод ШСО-2000 Н</t>
+    <t>Шкаф сушильный КМК ШСО-2000 Н</t>
   </si>
   <si>
     <t>ШСО-2000 Н</t>
   </si>
   <si>
     <t>Шкаф сушильный модель ШСО-2000 Н, 1818х800х515мм, 220В/50 Гц, 2053Вт</t>
   </si>
   <si>
     <t>00000222116</t>
   </si>
   <si>
     <t>Сушильная машина Fagor Professional SR-28 M E</t>
   </si>
   <si>
     <t>SR-28 M E</t>
   </si>
   <si>
     <t>Машина сушильная т.м. FAGOR серии SR, мод. SR-28 M E, 985х1054х1946 мм, 31150Вт, 380В/3ф, серии Concept, загрузкой 25 кг (1:22), система подогрева: электрическая. Производительность 55 кг/час. Таймер цикла сушки. Выбор температуры. Охлаждение в конце цикла. Кнопка старта. Диаметр/глубина барабана 947/780 мм. Объем барабана 550 л. Диаметр дверцы: 802 мм. Корпус и фронтальная панель из окрашенной стали. Барабан из нержавеющей стали. Реверс барабана. Смешанный поток воздуха (осевой и радиальный). Кнопка аварийной остановки. Фильтр улавливания ворса в нижней части. Двигатель с частотным преобразователем обеспечивает плавную работу. Процесор Easy Control (M): управление временем и температурой. Внешняя обшивка из серого листового материала, нержавеющей стали, легко мыть. Барабан с штампованной перфорацией для бережной обработки тканей. Большой пуховой фильтр внизу, улучшенный поток воздуха. Удобная дверь с большим проемом и опцией двойного остекления.</t>
   </si>
   <si>
     <t>00000372040</t>
   </si>
   <si>
     <t>Стиральная машина Fagor Professional LA-28 TP2 E</t>
   </si>
@@ -1776,62 +1857,50 @@
 Профессиональная стиральная машина загрузка 31 кг (фактор загрузки: 1/9), загрузка 28 кг (фактор загрузки: 1/10),  система подогрева: электронагреватель, тип микропроцессора: программируемый микропроцессор второго поколения Touch Plus 2: 29 стандартных программ стирки и возможность создания неограниченного количества программ (USB) со всеми характеристиками: температура, время, скорость. 4 контейнера для порошков (предварительная стирка, основная стирка, отбеливающие средства, кондиционер) и 8 сигналов для подключения жидких моющих средств. Объем барабана: 280 л. Диаметр/глубина барабана: 770/580 мм. Диаметр дверцы: 460 мм. Скорость стирки: 45 об/мин. Скорость отжима: 1024 об/мин. G-фактор: 450. Корпус: окрашенная сталь. Барабан выполнен из нержавеющей стали. Устройство безопасной блокировки двери. Двигатель с частотным преобразователем.  Не требует анкеровки к полу.</t>
   </si>
   <si>
     <t>00000445108</t>
   </si>
   <si>
     <t>Гладильный каландр Tolon TFI 3516</t>
   </si>
   <si>
     <t>TFI 3516</t>
   </si>
   <si>
     <t>Электрический нагрев. Базовая комплектация возвратного типа, диаметр вала 350мм, ширина рабочей поверхности 1640мм, скорость 2-6м/мин, производительность 68кг/ч, мощность нагрева 24кВт. Мощность двигателя вала 0,37 кВт. Размеры: 2554x759x1251 мм. Размеры в упаковке: 2640x900x1391 мм. Масса Нетто/Брутто: 725/765 кг.</t>
   </si>
   <si>
     <t>00000448268</t>
   </si>
   <si>
     <t>Контейнер для белья Picchi P01.000104</t>
   </si>
   <si>
     <t>P01.000104</t>
   </si>
   <si>
     <t>ЦБ-00007384</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000104098</t>
   </si>
   <si>
     <t>Сушильная машина Fagor Professional SR-35 M E</t>
   </si>
   <si>
     <t>SR-35 M E</t>
   </si>
   <si>
     <t>Габаритные размеры: 985х1210х1975мм, 37150Вт, 380В/3ф, серии Concept, загрузкой 33 кг (1:20), система подогрева: электрическая. Производительность 60 кг/час. Таймер цикла сушки. Выбор температуры. Охлаждение в конце цикла. Кнопка старта. Диаметр/глубина барабана 947/936 мм. Объем барабана 660 л. Диаметр дверцы: 802 мм. Корпус и фронтальная панель из окрашенной стали. Барабан из нержавеющей стали. Реверс барабана. Смешанный поток воздуха (осевой и радиальный). Кнопка аварийной остановки. Фильтр улавливания ворса в нижней части. Двигатель с частотным преобразователем обеспечивает плавную работу. Процесор Easy Control (M): управление временем и температурой. Внешняя обшивка из серого листового материала, нержавеющей стали, легко мыть. Барабан с штампованной перфорацией для бережной обработки тканей. Большой пуховой фильтр внизу, улучшенный поток воздуха. Удобная дверь с большим проемом и опцией двойного остекления.</t>
   </si>
   <si>
     <t>00000371725</t>
   </si>
   <si>
     <t>Пятновыводной шкаф Pony KAPPA 1 (4)</t>
   </si>
   <si>
     <t>KAPPA 1 (4)</t>
   </si>
   <si>
     <t>Пятновыводные шкафы</t>
   </si>
   <si>
     <t>Пятновыводная кабина (для предварительного и окончательного пятновыведения).  Изготовлен из нержавеющей стали AISI 304.
 Размеры рабочей поверхности 1000х650мм,  Бак для химикатов объемом 5 л.
@@ -2036,2832 +2105,2682 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6bfaea41ca408e526a3397cad1a474e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ecbc30f617449796c6844d85af797a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed2221f503da0cd38cc2cef7e78f16c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62852ceda0d55724ed36ef52ff59b6fb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cb1d990ed9f2f724c7e5c7b941d031.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8127e4a14f7918aee29469d13e4018.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debeca0869f4fe76e0f44d96c9326e0c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2278f070496a095149ea3c6ca9b3b7e0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7948d491f13e8a16acf08fae53896c72.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/828a4112bcff0bfa301bee04640f777c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35b63c0a06f1dfb484ab856cb15aae0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd3a3d8dc7167254f88310288b706af.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cae86d7dd38a6c222858c3270abe6558.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b2c69fb3de26e2624e442f4c64a4288.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07e92cb5b6d9094d0f5fc1bc84be0c5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c22accc0fde89bfec8e3147155dcee.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018b467b552aad2de4f67a3e263360a7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc5614f0bdaf6dec060c07a988531b4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8efe0119368b19b011d93fc5fde892.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174702e244f97ee09f9a5f1eda654cf9.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766b21ab4d69efcdec577b513f2ab83e.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da9e9936d1f20f0dfb8c4e830fc2c83.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b4682241f6b66868769e8d0a1ba7bc3.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d523bfb02630bc37ad8780101f2e9084.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397f4096b02523a12c8d37a75a05ec85.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7af22335759b3a71ff74032104c5a48.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884eff16cd47c0153ff12c03d336feed.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df6707d8493e03e40669ece31d38a19c.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52bf882d04336e8beb8868169c0812a5.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b32ba799fd5693b0c9dc599c45537a01.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ef0d4fbcf645e621c88ded69225bb1.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf92a00b2f83f0873f9347d32a36a4ee.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62258d744a1d1e6a2e30cd3f268d7fc7.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2c5344f2ea3dd87b6c5ea22e166121.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b7cad9eee3ae689aebd1107bc0c67ff.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c4221541dbd684f78f01b528a9617c.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e23d8cd73ac83033131a6d62070eb36.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ef3b2824c307f8e8173f3e53986d37.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f5969e7158a31ef9c46db64c589599.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7df77e33424fb00ecde75da059e5098.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faf5185947347e86e9d41275d0ad646f.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312d771a4faeb8fc53ae434f0fc90e1b.JPG"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d314559e99c3d4b8662ce11c1f765db.JPG"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ff7536a054dd3ab18b514d3d6626812.JPG"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b3d562f152d8fbdaffcf908de404ad.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3db32ff74e33bf2d97a471fc32158272.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e15cdb1b80d6c01e8870eff8a7104bb3.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b873870ffa18158c08c05e55a6a541.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a65afce886c6c4363576c06158473.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/027999f170bdd3c43b1ac72e6ea96c27.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6b3bd012cfe8959c1f167a426f34dd.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389ede065e33da00230d189c11e84e8e.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9567e2ea2304b1e049d49a73a168f438.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a92f41c7ad7308c1dc12022815dbc82.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a5a332984b73a675a410d4ef8adc888.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae853236e8d988e2def4529e4d8b55ff.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4cf46b09c7ea83bfaebaa15ae165c48.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf17132ebbad7856d72de604f629662.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb844af6e1055f94e0299b4f6f00405.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0a67e258243c23d6b738aaa94a8200.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0323f780ba5e663a14f50b1f40c848.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8101e44a365eb03e949fe6258e50ee4.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc70452e224bc7ae874ce4b587663c8.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155567a7414260a4476b151ac24d9150.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26dbe20afd47e2836718ac5ba439059e.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6270f8331ca1a358d68e640dd4004615.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbbd59b49ab8c16655b39fade5f14e3b.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7db78fd029ff64d87d697cf52dae575.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f81b5a034d8ffdcb88997b739873632.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84352d923d8ca62c7e8589a48de1589.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/940e2dad1056ac02c605f5a8d361cf56.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d2206d4a685404721bad56b974b6ac.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdc554d56dd69c2149a7a166f5f76705.JPEG"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/869576cceb7ed5f5cbb3a40cfa251815.JPG"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87d6faf0177b633e351e2ef652133ae5.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ab11792d4d4f7a8387534f55b7f86b.JPG"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca8b423961f52ef35e9e5cf64c88159.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1205b91b99975f9f821ea34f5b62a6a.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b6de933f5a9d1a47809875414c2185c.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1175352f99178a3cb506e3c2806c484b.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988047780ed17367a2edc3045b82abec.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857582e2d84cb672c918006cd595c7cb.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2954813da0431cfda6703bf884731051.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460d3a50ec12d50e2e835fbe9fc75bab.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934c1568449988571793f4d9c76c0152.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ac3fb3a230735bdb5298c385623241.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6a5af314df7d9db1034d9d581def109.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1f7d95421a044a8bf189766a917495.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0871bc910f23378e512197a4208cedfe.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa5559b1b1fdca4d3d190d428f49dcd.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d3e179b0a2a4504b23a7db1eaa74c4.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c76218e20314b19fab55bd43794a2c.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01220303f6100cb5e8d6d3b607d45b8e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed2221f503da0cd38cc2cef7e78f16c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62852ceda0d55724ed36ef52ff59b6fb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cb1d990ed9f2f724c7e5c7b941d031.JPG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8127e4a14f7918aee29469d13e4018.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debeca0869f4fe76e0f44d96c9326e0c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2278f070496a095149ea3c6ca9b3b7e0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7948d491f13e8a16acf08fae53896c72.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35b63c0a06f1dfb484ab856cb15aae0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd3a3d8dc7167254f88310288b706af.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cae86d7dd38a6c222858c3270abe6558.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b2c69fb3de26e2624e442f4c64a4288.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07e92cb5b6d9094d0f5fc1bc84be0c5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c22accc0fde89bfec8e3147155dcee.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018b467b552aad2de4f67a3e263360a7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc5614f0bdaf6dec060c07a988531b4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8efe0119368b19b011d93fc5fde892.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174702e244f97ee09f9a5f1eda654cf9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766b21ab4d69efcdec577b513f2ab83e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da9e9936d1f20f0dfb8c4e830fc2c83.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b4682241f6b66868769e8d0a1ba7bc3.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d523bfb02630bc37ad8780101f2e9084.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397f4096b02523a12c8d37a75a05ec85.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7af22335759b3a71ff74032104c5a48.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884eff16cd47c0153ff12c03d336feed.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df6707d8493e03e40669ece31d38a19c.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52bf882d04336e8beb8868169c0812a5.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b32ba799fd5693b0c9dc599c45537a01.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ef0d4fbcf645e621c88ded69225bb1.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf92a00b2f83f0873f9347d32a36a4ee.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62258d744a1d1e6a2e30cd3f268d7fc7.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2c5344f2ea3dd87b6c5ea22e166121.JPG"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b7cad9eee3ae689aebd1107bc0c67ff.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c4221541dbd684f78f01b528a9617c.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e23d8cd73ac83033131a6d62070eb36.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ef3b2824c307f8e8173f3e53986d37.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f5969e7158a31ef9c46db64c589599.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7df77e33424fb00ecde75da059e5098.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faf5185947347e86e9d41275d0ad646f.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020a0af3941f8b328950dffda2e9d959.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ff7536a054dd3ab18b514d3d6626812.JPG"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b3d562f152d8fbdaffcf908de404ad.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3db32ff74e33bf2d97a471fc32158272.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e15cdb1b80d6c01e8870eff8a7104bb3.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b873870ffa18158c08c05e55a6a541.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a65afce886c6c4363576c06158473.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/027999f170bdd3c43b1ac72e6ea96c27.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6b3bd012cfe8959c1f167a426f34dd.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389ede065e33da00230d189c11e84e8e.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9567e2ea2304b1e049d49a73a168f438.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a92f41c7ad7308c1dc12022815dbc82.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a5a332984b73a675a410d4ef8adc888.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae853236e8d988e2def4529e4d8b55ff.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4cf46b09c7ea83bfaebaa15ae165c48.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf17132ebbad7856d72de604f629662.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb844af6e1055f94e0299b4f6f00405.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f0a67e258243c23d6b738aaa94a8200.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0323f780ba5e663a14f50b1f40c848.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8101e44a365eb03e949fe6258e50ee4.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc70452e224bc7ae874ce4b587663c8.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155567a7414260a4476b151ac24d9150.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26dbe20afd47e2836718ac5ba439059e.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6270f8331ca1a358d68e640dd4004615.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbbd59b49ab8c16655b39fade5f14e3b.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41179cdf08c61fa4f4805d922682c220.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f81b5a034d8ffdcb88997b739873632.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84352d923d8ca62c7e8589a48de1589.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/940e2dad1056ac02c605f5a8d361cf56.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d2206d4a685404721bad56b974b6ac.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdc554d56dd69c2149a7a166f5f76705.JPEG"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/869576cceb7ed5f5cbb3a40cfa251815.JPG"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87d6faf0177b633e351e2ef652133ae5.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ab11792d4d4f7a8387534f55b7f86b.JPG"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca8b423961f52ef35e9e5cf64c88159.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1205b91b99975f9f821ea34f5b62a6a.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b6de933f5a9d1a47809875414c2185c.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1175352f99178a3cb506e3c2806c484b.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988047780ed17367a2edc3045b82abec.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857582e2d84cb672c918006cd595c7cb.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2954813da0431cfda6703bf884731051.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460d3a50ec12d50e2e835fbe9fc75bab.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ac3fb3a230735bdb5298c385623241.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6a5af314df7d9db1034d9d581def109.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1f7d95421a044a8bf189766a917495.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0871bc910f23378e512197a4208cedfe.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa5559b1b1fdca4d3d190d428f49dcd.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d3e179b0a2a4504b23a7db1eaa74c4.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c76218e20314b19fab55bd43794a2c.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01220303f6100cb5e8d6d3b607d45b8e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1" name="image_12" descr="image_12"/>
+        <xdr:cNvPr id="1" name="image_14" descr="image_14"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>12</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="image_13" descr="image_13"/>
+        <xdr:cNvPr id="2" name="image_15" descr="image_15"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="image_14" descr="image_14"/>
+        <xdr:cNvPr id="3" name="image_16" descr="image_16"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1076325" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="image_15" descr="image_15"/>
+        <xdr:cNvPr id="4" name="image_19" descr="image_19"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="image_16" descr="image_16"/>
+        <xdr:cNvPr id="5" name="image_22" descr="image_22"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1076325" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="image_18" descr="image_18"/>
+        <xdr:cNvPr id="6" name="image_24" descr="image_24"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="666750" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="image_21" descr="image_21"/>
+        <xdr:cNvPr id="7" name="image_27" descr="image_27"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="image_23" descr="image_23"/>
+        <xdr:cNvPr id="8" name="image_33" descr="image_33"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="666750" cy="762000"/>
+    <xdr:ext cx="514350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="image_25" descr="image_25"/>
+        <xdr:cNvPr id="9" name="image_34" descr="image_34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="image_28" descr="image_28"/>
+        <xdr:cNvPr id="10" name="image_35" descr="image_35"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="image_32" descr="image_32"/>
+        <xdr:cNvPr id="11" name="image_37" descr="image_37"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="image_33" descr="image_33"/>
+        <xdr:cNvPr id="12" name="image_39" descr="image_39"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="447675" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="image_34" descr="image_34"/>
+        <xdr:cNvPr id="13" name="image_42" descr="image_42"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="image_36" descr="image_36"/>
+        <xdr:cNvPr id="14" name="image_43" descr="image_43"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="image_38" descr="image_38"/>
+        <xdr:cNvPr id="15" name="image_46" descr="image_46"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="447675" cy="762000"/>
+    <xdr:ext cx="514350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="image_41" descr="image_41"/>
+        <xdr:cNvPr id="16" name="image_47" descr="image_47"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="781050" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="image_42" descr="image_42"/>
+        <xdr:cNvPr id="17" name="image_48" descr="image_48"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="295275" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="image_43" descr="image_43"/>
+        <xdr:cNvPr id="18" name="image_49" descr="image_49"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:ext cx="361950" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="image_44" descr="image_44"/>
+        <xdr:cNvPr id="19" name="image_50" descr="image_50"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:ext cx="600075" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="image_45" descr="image_45"/>
+        <xdr:cNvPr id="20" name="image_51" descr="image_51"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="295275" cy="762000"/>
+    <xdr:ext cx="533400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="image_46" descr="image_46"/>
+        <xdr:cNvPr id="21" name="image_52" descr="image_52"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="361950" cy="762000"/>
+    <xdr:ext cx="619125" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="image_47" descr="image_47"/>
+        <xdr:cNvPr id="22" name="image_53" descr="image_53"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="600075" cy="762000"/>
+    <xdr:ext cx="742950" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="image_48" descr="image_48"/>
+        <xdr:cNvPr id="23" name="image_54" descr="image_54"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="533400" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="image_49" descr="image_49"/>
+        <xdr:cNvPr id="24" name="image_56" descr="image_56"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="619125" cy="762000"/>
+    <xdr:ext cx="438150" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="image_50" descr="image_50"/>
+        <xdr:cNvPr id="25" name="image_57" descr="image_57"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="image_51" descr="image_51"/>
+        <xdr:cNvPr id="26" name="image_58" descr="image_58"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="image_53" descr="image_53"/>
+        <xdr:cNvPr id="27" name="image_59" descr="image_59"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="438150" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="image_54" descr="image_54"/>
+        <xdr:cNvPr id="28" name="image_60" descr="image_60"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="image_55" descr="image_55"/>
+        <xdr:cNvPr id="29" name="image_61" descr="image_61"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1181100" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="image_56" descr="image_56"/>
+        <xdr:cNvPr id="30" name="image_62" descr="image_62"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="676275" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="image_57" descr="image_57"/>
+        <xdr:cNvPr id="31" name="image_63" descr="image_63"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="image_58" descr="image_58"/>
+        <xdr:cNvPr id="32" name="image_66" descr="image_66"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1181100" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="image_59" descr="image_59"/>
+        <xdr:cNvPr id="33" name="image_67" descr="image_67"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="676275" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="image_60" descr="image_60"/>
+        <xdr:cNvPr id="34" name="image_75" descr="image_75"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1238250" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="image_63" descr="image_63"/>
+        <xdr:cNvPr id="35" name="image_76" descr="image_76"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="image_64" descr="image_64"/>
+        <xdr:cNvPr id="36" name="image_77" descr="image_77"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="image_72" descr="image_72"/>
+        <xdr:cNvPr id="37" name="image_78" descr="image_78"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1238250" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="image_73" descr="image_73"/>
+        <xdr:cNvPr id="38" name="image_81" descr="image_81"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="image_74" descr="image_74"/>
+        <xdr:cNvPr id="39" name="image_85" descr="image_85"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="image_75" descr="image_75"/>
+        <xdr:cNvPr id="40" name="image_86" descr="image_86"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="514350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="image_77" descr="image_77"/>
+        <xdr:cNvPr id="41" name="image_88" descr="image_88"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="image_79" descr="image_79"/>
+        <xdr:cNvPr id="42" name="image_94" descr="image_94"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="image_80" descr="image_80"/>
+        <xdr:cNvPr id="43" name="image_95" descr="image_95"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="image_81" descr="image_81"/>
+        <xdr:cNvPr id="44" name="image_96" descr="image_96"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="image_83" descr="image_83"/>
+        <xdr:cNvPr id="45" name="image_97" descr="image_97"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="image_89" descr="image_89"/>
+        <xdr:cNvPr id="46" name="image_98" descr="image_98"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="image_90" descr="image_90"/>
+        <xdr:cNvPr id="47" name="image_100" descr="image_100"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="image_91" descr="image_91"/>
+        <xdr:cNvPr id="48" name="image_101" descr="image_101"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="image_92" descr="image_92"/>
+        <xdr:cNvPr id="49" name="image_102" descr="image_102"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="704850" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="image_93" descr="image_93"/>
+        <xdr:cNvPr id="50" name="image_103" descr="image_103"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="image_95" descr="image_95"/>
+        <xdr:cNvPr id="51" name="image_105" descr="image_105"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="image_96" descr="image_96"/>
+        <xdr:cNvPr id="52" name="image_106" descr="image_106"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="image_97" descr="image_97"/>
+        <xdr:cNvPr id="53" name="image_107" descr="image_107"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>107</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="image_98" descr="image_98"/>
+        <xdr:cNvPr id="54" name="image_108" descr="image_108"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="image_100" descr="image_100"/>
+        <xdr:cNvPr id="55" name="image_109" descr="image_109"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="image_101" descr="image_101"/>
+        <xdr:cNvPr id="56" name="image_110" descr="image_110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="438150" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="image_102" descr="image_102"/>
+        <xdr:cNvPr id="57" name="image_111" descr="image_111"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="image_103" descr="image_103"/>
+        <xdr:cNvPr id="58" name="image_112" descr="image_112"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>103</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="image_104" descr="image_104"/>
+        <xdr:cNvPr id="59" name="image_113" descr="image_113"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="image_105" descr="image_105"/>
+        <xdr:cNvPr id="60" name="image_114" descr="image_114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="438150" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="image_106" descr="image_106"/>
+        <xdr:cNvPr id="61" name="image_115" descr="image_115"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="image_107" descr="image_107"/>
+        <xdr:cNvPr id="62" name="image_119" descr="image_119"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="image_108" descr="image_108"/>
+        <xdr:cNvPr id="63" name="image_120" descr="image_120"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="image_109" descr="image_109"/>
+        <xdr:cNvPr id="64" name="image_121" descr="image_121"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="image_110" descr="image_110"/>
+        <xdr:cNvPr id="65" name="image_123" descr="image_123"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="514350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="image_113" descr="image_113"/>
+        <xdr:cNvPr id="66" name="image_124" descr="image_124"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="image_114" descr="image_114"/>
+        <xdr:cNvPr id="67" name="image_125" descr="image_125"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="542925" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="image_115" descr="image_115"/>
+        <xdr:cNvPr id="68" name="image_126" descr="image_126"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1314450" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="image_116" descr="image_116"/>
+        <xdr:cNvPr id="69" name="image_127" descr="image_127"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>116</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:ext cx="847725" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="image_117" descr="image_117"/>
+        <xdr:cNvPr id="70" name="image_128" descr="image_128"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="image_118" descr="image_118"/>
+        <xdr:cNvPr id="71" name="image_129" descr="image_129"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="914400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="image_119" descr="image_119"/>
+        <xdr:cNvPr id="72" name="image_130" descr="image_130"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1314450" cy="762000"/>
+    <xdr:ext cx="533400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="image_120" descr="image_120"/>
+        <xdr:cNvPr id="73" name="image_133" descr="image_133"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>120</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="847725" cy="762000"/>
+    <xdr:ext cx="742950" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="74" name="image_121" descr="image_121"/>
+        <xdr:cNvPr id="74" name="image_135" descr="image_135"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>121</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="619125" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="image_122" descr="image_122"/>
+        <xdr:cNvPr id="75" name="image_137" descr="image_137"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="image_123" descr="image_123"/>
+        <xdr:cNvPr id="76" name="image_138" descr="image_138"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>125</xdr:row>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="533400" cy="762000"/>
+    <xdr:ext cx="1333500" cy="742950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="image_126" descr="image_126"/>
+        <xdr:cNvPr id="77" name="image_139" descr="image_139"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="image_128" descr="image_128"/>
+        <xdr:cNvPr id="78" name="image_141" descr="image_141"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="619125" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="image_130" descr="image_130"/>
+        <xdr:cNvPr id="79" name="image_142" descr="image_142"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>130</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="image_131" descr="image_131"/>
+        <xdr:cNvPr id="80" name="image_143" descr="image_143"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1333500" cy="742950"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="image_132" descr="image_132"/>
+        <xdr:cNvPr id="81" name="image_147" descr="image_147"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="533400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="image_134" descr="image_134"/>
+        <xdr:cNvPr id="82" name="image_149" descr="image_149"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1200150" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="image_135" descr="image_135"/>
+        <xdr:cNvPr id="83" name="image_150" descr="image_150"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="84" name="image_136" descr="image_136"/>
+        <xdr:cNvPr id="84" name="image_151" descr="image_151"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>139</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:ext cx="1333500" cy="619125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="image_140" descr="image_140"/>
+        <xdr:cNvPr id="85" name="image_152" descr="image_152"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>152</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1333500" cy="619125"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="86" name="image_141" descr="image_141"/>
+        <xdr:cNvPr id="86" name="image_153" descr="image_153"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="533400" cy="762000"/>
+    <xdr:ext cx="1114425" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="87" name="image_143" descr="image_143"/>
+        <xdr:cNvPr id="87" name="image_154" descr="image_154"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1200150" cy="762000"/>
+    <xdr:ext cx="1171575" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="image_144" descr="image_144"/>
+        <xdr:cNvPr id="88" name="image_155" descr="image_155"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
-        <a:stretch>
-[...148 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5128,54 +5047,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P149"/>
+  <dimension ref="A1:P155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P149"/>
+      <selection activeCell="A9" sqref="A9:P155"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -5330,6581 +5249,6869 @@
       <c r="G10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="6">
         <v>172</v>
       </c>
       <c r="J10" s="10" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="6">
-        <v>1008854.58</v>
+        <v>1029032.24</v>
       </c>
       <c r="P10" s="6"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="6">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>0</v>
       </c>
       <c r="D11" s="6">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="6">
         <v>2010</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>34</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O11" s="6">
-        <v>7277731.01</v>
+        <v>7423285.67</v>
       </c>
       <c r="P11" s="6"/>
     </row>
-    <row r="12" spans="1:16" customHeight="1" ht="65">
+    <row r="12" spans="1:16">
       <c r="A12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C12" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D12" s="6">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H12" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I12" s="6">
+        <v>330</v>
+      </c>
+      <c r="J12" s="10"/>
+      <c r="K12" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="I12" s="6">
-[...2 lines deleted...]
-      <c r="J12" s="10" t="s">
+      <c r="L12" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="K12" s="6" t="s">
+      <c r="M12" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="L12" s="10" t="s">
+      <c r="N12" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O12" s="6">
+        <v>1813336.82</v>
+      </c>
+      <c r="P12" s="6"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="M12" s="6" t="s">
+      <c r="B13" s="6">
+        <v>0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="s">
         <v>45</v>
-      </c>
-[...22 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G13" s="10" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="H13" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I13" s="6">
+        <v>200</v>
+      </c>
+      <c r="J13" s="10"/>
+      <c r="K13" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="I13" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="L13" s="10" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M13" s="6" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O13" s="6">
-        <v>1999</v>
+        <v>960734.74</v>
       </c>
       <c r="P13" s="6"/>
     </row>
     <row r="14" spans="1:16" customHeight="1" ht="65">
       <c r="A14" s="6" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B14" s="6">
         <v>0</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G14" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="6">
         <v>615</v>
       </c>
       <c r="J14" s="10" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K14" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M14" s="6" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O14" s="6">
-        <v>2171767.31</v>
+        <v>2215202.24</v>
       </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B15" s="6">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G15" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="6">
         <v>221</v>
       </c>
       <c r="J15" s="10" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="L15" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O15" s="6">
-        <v>807092.15</v>
+        <v>823233.79</v>
       </c>
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B16" s="6">
         <v>0</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="G16" s="10" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I16" s="6">
         <v>71</v>
       </c>
       <c r="J16" s="10" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="K16" s="6" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="L16" s="10" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="M16" s="6" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" s="6">
+        <v>0</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I17" s="6">
+        <v>400</v>
+      </c>
+      <c r="J17" s="10"/>
+      <c r="K17" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L17" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M17" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N17" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O17" s="6">
+        <v>2085129.7</v>
+      </c>
+      <c r="P17" s="6"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="B17" s="6">
-[...8 lines deleted...]
-      <c r="E17" s="6" t="s">
+      <c r="B18" s="6">
+        <v>0</v>
+      </c>
+      <c r="C18" s="6">
+        <v>0</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0</v>
+      </c>
+      <c r="E18" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="F17" s="9" t="s">
-[...5 lines deleted...]
-      <c r="H17" s="6" t="s">
+      <c r="F18" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H18" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="I17" s="6">
+      <c r="I18" s="6">
         <v>231</v>
       </c>
-      <c r="J17" s="10" t="s">
+      <c r="J18" s="10" t="s">
         <v>72</v>
       </c>
-      <c r="K17" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L17" s="10" t="s">
+      <c r="K18" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L18" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="M17" s="6" t="s">
+      <c r="M18" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="N17" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A18" s="6" t="s">
+      <c r="N18" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O18" s="6">
+        <v>879518.38</v>
+      </c>
+      <c r="P18" s="6"/>
+    </row>
+    <row r="19" spans="1:16" customHeight="1" ht="65">
+      <c r="A19" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="B18" s="6">
-[...8 lines deleted...]
-      <c r="E18" s="6" t="s">
+      <c r="B19" s="6">
+        <v>0</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0</v>
+      </c>
+      <c r="D19" s="6">
+        <v>0</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="F18" s="9" t="s">
+      <c r="F19" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="G18" s="10" t="s">
-[...5 lines deleted...]
-      <c r="I18" s="6">
+      <c r="G19" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I19" s="6">
         <v>24.5</v>
       </c>
-      <c r="J18" s="10" t="s">
+      <c r="J19" s="10" t="s">
         <v>77</v>
       </c>
-      <c r="K18" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="L18" s="10" t="s">
+      <c r="L19" s="10" t="s">
         <v>76</v>
       </c>
-      <c r="M18" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="N18" s="6" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="N19" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O19" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O19" s="6"/>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="6" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B20" s="6">
         <v>0</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6">
         <v>0</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G20" s="10" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="6">
-        <v>490</v>
+        <v>230</v>
       </c>
       <c r="J20" s="10"/>
       <c r="K20" s="6" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="L20" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M20" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="N20" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O20" s="6">
+        <v>1551165.08</v>
+      </c>
+      <c r="P20" s="6"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0</v>
+      </c>
+      <c r="C21" s="6">
+        <v>0</v>
+      </c>
+      <c r="D21" s="6">
+        <v>0</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G21" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I21" s="6">
+        <v>490</v>
+      </c>
+      <c r="J21" s="10"/>
+      <c r="K21" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L21" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="M20" s="6" t="s">
+      <c r="M21" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="N20" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A21" s="6" t="s">
+      <c r="N21" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O21" s="6">
+        <v>1789445.59</v>
+      </c>
+      <c r="P21" s="6"/>
+    </row>
+    <row r="22" spans="1:16" customHeight="1" ht="65">
+      <c r="A22" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="B21" s="6">
+      <c r="B22" s="6">
+        <v>0</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F22" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G22" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I22" s="6">
+        <v>24</v>
+      </c>
+      <c r="J22" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L22" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="N22" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O22" s="6">
+        <v>67167.83</v>
+      </c>
+      <c r="P22" s="6"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" s="6">
+        <v>3</v>
+      </c>
+      <c r="C23" s="6">
+        <v>3</v>
+      </c>
+      <c r="D23" s="6">
+        <v>0</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="G23" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I23" s="6">
+        <v>27</v>
+      </c>
+      <c r="J23" s="10" t="s">
+        <v>95</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="L23" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M23" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="N23" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O23" s="6">
+        <v>39453.8</v>
+      </c>
+      <c r="P23" s="6"/>
+    </row>
+    <row r="24" spans="1:16" customHeight="1" ht="65">
+      <c r="A24" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="6">
         <v>1</v>
       </c>
-      <c r="C21" s="6">
+      <c r="C24" s="6">
         <v>1</v>
       </c>
-      <c r="D21" s="6">
-[...11 lines deleted...]
-      <c r="H21" s="6" t="s">
+      <c r="D24" s="6">
+        <v>0</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G24" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H24" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="I21" s="6">
+      <c r="I24" s="6">
+        <v>151</v>
+      </c>
+      <c r="J24" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L24" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M24" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="N24" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O24" s="6">
+        <v>555753.8</v>
+      </c>
+      <c r="P24" s="6"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" s="6">
+        <v>0</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0</v>
+      </c>
+      <c r="D25" s="6">
+        <v>0</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H25" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="J21" s="10" t="s">
-[...128 lines deleted...]
-      <c r="E24" s="6" t="s">
+      <c r="I25" s="6">
+        <v>380</v>
+      </c>
+      <c r="J25" s="10"/>
+      <c r="K25" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L25" s="10" t="s">
         <v>104</v>
       </c>
-      <c r="F24" s="9" t="s">
+      <c r="M25" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="G24" s="10" t="s">
-[...65 lines deleted...]
-      </c>
       <c r="N25" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O25" s="6"/>
+      <c r="O25" s="6">
+        <v>1978227.58</v>
+      </c>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" s="6">
+        <v>0</v>
+      </c>
+      <c r="C26" s="6">
+        <v>0</v>
+      </c>
+      <c r="D26" s="6">
+        <v>0</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="F26" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I26" s="6">
+        <v>230</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L26" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M26" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="N26" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O26" s="6"/>
+      <c r="P26" s="6"/>
+    </row>
+    <row r="27" spans="1:16" customHeight="1" ht="65">
+      <c r="A27" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" s="6">
+        <v>0</v>
+      </c>
+      <c r="C27" s="6">
+        <v>0</v>
+      </c>
+      <c r="D27" s="6">
+        <v>0</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I27" s="6">
+        <v>80</v>
+      </c>
+      <c r="J27" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L27" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="B26" s="6">
-[...8 lines deleted...]
-      <c r="E26" s="6" t="s">
+      <c r="N27" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O27" s="6"/>
+      <c r="P27" s="6"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="F26" s="9" t="s">
+      <c r="B28" s="6">
+        <v>0</v>
+      </c>
+      <c r="C28" s="6">
+        <v>0</v>
+      </c>
+      <c r="D28" s="6">
+        <v>0</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F28" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="G26" s="10" t="s">
+      <c r="G28" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="H26" s="6" t="s">
+      <c r="H28" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="I26" s="6">
+      <c r="I28" s="6">
         <v>210</v>
       </c>
-      <c r="J26" s="10"/>
-      <c r="K26" s="6" t="s">
+      <c r="J28" s="10"/>
+      <c r="K28" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="L26" s="10" t="s">
+      <c r="L28" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="M26" s="6" t="s">
-[...11 lines deleted...]
-      <c r="A27" s="6" t="s">
+      <c r="M28" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="B27" s="6">
-[...82 lines deleted...]
-      </c>
       <c r="N28" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O28" s="6">
-        <v>5143.4</v>
+        <v>1457308.53</v>
       </c>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="6" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>59</v>
+        <v>120</v>
       </c>
       <c r="G29" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I29" s="6">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="J29" s="10"/>
+        <v>135</v>
+      </c>
+      <c r="J29" s="10" t="s">
+        <v>121</v>
+      </c>
       <c r="K29" s="6" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="L29" s="10" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O29" s="6">
-        <v>743811.96</v>
+        <v>723310.69</v>
       </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="6" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G30" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="6">
-        <v>151</v>
+        <v>209</v>
       </c>
       <c r="J30" s="10"/>
       <c r="K30" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="L30" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O30" s="6">
-        <v>687539.43</v>
+        <v>758688.37</v>
       </c>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="6" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B31" s="6">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G31" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="6">
-        <v>219</v>
+        <v>151</v>
       </c>
       <c r="J31" s="10"/>
       <c r="K31" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="L31" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O31" s="6">
-        <v>975036.61</v>
+        <v>701290.87</v>
       </c>
       <c r="P31" s="6"/>
     </row>
-    <row r="32" spans="1:16" customHeight="1" ht="65">
+    <row r="32" spans="1:16">
       <c r="A32" s="6" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B32" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C32" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>138</v>
+        <v>54</v>
       </c>
       <c r="G32" s="10" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="6">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="J32" s="10"/>
       <c r="K32" s="6" t="s">
-        <v>141</v>
+        <v>50</v>
       </c>
       <c r="L32" s="10" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O32" s="6">
-        <v>76783.2</v>
+        <v>994538.06</v>
       </c>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="65">
       <c r="A33" s="6" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="B33" s="6">
         <v>1</v>
       </c>
       <c r="C33" s="6">
         <v>1</v>
       </c>
       <c r="D33" s="6">
         <v>0</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>39</v>
+        <v>135</v>
       </c>
       <c r="G33" s="10" t="s">
-        <v>33</v>
+        <v>136</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="6">
-        <v>800</v>
+        <v>65</v>
       </c>
       <c r="J33" s="10" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="K33" s="6" t="s">
-        <v>26</v>
+        <v>138</v>
       </c>
       <c r="L33" s="10" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O33" s="6">
-        <v>3612588.93</v>
+        <v>78318.86</v>
       </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" s="6">
+        <v>1</v>
+      </c>
+      <c r="C34" s="6">
+        <v>1</v>
+      </c>
+      <c r="D34" s="6">
+        <v>0</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F34" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G34" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I34" s="6">
+        <v>800</v>
+      </c>
+      <c r="J34" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L34" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="N34" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O34" s="6">
+        <v>3684840.35</v>
+      </c>
+      <c r="P34" s="6"/>
+    </row>
+    <row r="35" spans="1:16" customHeight="1" ht="65">
+      <c r="A35" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" s="6">
+        <v>0</v>
+      </c>
+      <c r="C35" s="6">
+        <v>0</v>
+      </c>
+      <c r="D35" s="6">
+        <v>0</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F35" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G35" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I35" s="6">
+        <v>160</v>
+      </c>
+      <c r="J35" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L35" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M35" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="B34" s="6">
-[...8 lines deleted...]
-      <c r="E34" s="6" t="s">
+      <c r="N35" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O35" s="6"/>
+      <c r="P35" s="6"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="F34" s="9" t="s">
-[...8 lines deleted...]
-      <c r="I34" s="6">
+      <c r="B36" s="6">
+        <v>0</v>
+      </c>
+      <c r="C36" s="6">
+        <v>0</v>
+      </c>
+      <c r="D36" s="6">
+        <v>0</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="F36" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I36" s="6">
+        <v>715</v>
+      </c>
+      <c r="J36" s="10"/>
+      <c r="K36" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L36" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M36" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="N36" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O36" s="6">
+        <v>2819376.4</v>
+      </c>
+      <c r="P36" s="6"/>
+    </row>
+    <row r="37" spans="1:16" customHeight="1" ht="65">
+      <c r="A37" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" s="6">
+        <v>9</v>
+      </c>
+      <c r="C37" s="6">
+        <v>9</v>
+      </c>
+      <c r="D37" s="6">
+        <v>0</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="G37" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I37" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="J37" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K37" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L37" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="M37" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="N37" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O37" s="6">
+        <v>44473.94</v>
+      </c>
+      <c r="P37" s="6"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" s="6">
+        <v>0</v>
+      </c>
+      <c r="C38" s="6">
+        <v>0</v>
+      </c>
+      <c r="D38" s="6">
+        <v>0</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G38" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I38" s="6">
+        <v>1200</v>
+      </c>
+      <c r="J38" s="10"/>
+      <c r="K38" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L38" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M38" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="N38" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O38" s="6">
+        <v>3508268.49</v>
+      </c>
+      <c r="P38" s="6"/>
+    </row>
+    <row r="39" spans="1:16" customHeight="1" ht="65">
+      <c r="A39" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" s="6">
+        <v>1</v>
+      </c>
+      <c r="C39" s="6">
+        <v>1</v>
+      </c>
+      <c r="D39" s="6">
+        <v>0</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>160</v>
-      </c>
-[...220 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G39" s="10" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I39" s="6">
-        <v>1825</v>
-[...1 lines deleted...]
-      <c r="J39" s="10"/>
+        <v>344.5</v>
+      </c>
+      <c r="J39" s="10" t="s">
+        <v>161</v>
+      </c>
       <c r="K39" s="6" t="s">
-        <v>26</v>
+        <v>162</v>
       </c>
       <c r="L39" s="10" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O39" s="6">
-        <v>8464163.34</v>
+        <v>1380103.49</v>
       </c>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="6" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="B40" s="6">
         <v>0</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6">
         <v>0</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>172</v>
+        <v>54</v>
       </c>
       <c r="G40" s="10" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I40" s="6">
-        <v>210</v>
+        <v>1825</v>
       </c>
       <c r="J40" s="10"/>
       <c r="K40" s="6" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="L40" s="10" t="s">
-        <v>172</v>
+        <v>35</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O40" s="6"/>
+      <c r="O40" s="6">
+        <v>8633446.43</v>
+      </c>
       <c r="P40" s="6"/>
     </row>
-    <row r="41" spans="1:16" customHeight="1" ht="65">
+    <row r="41" spans="1:16">
       <c r="A41" s="6" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="B41" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C41" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>22</v>
+        <v>169</v>
       </c>
       <c r="G41" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="I41" s="6">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="J41" s="10"/>
       <c r="K41" s="6" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="L41" s="10" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="M41" s="6" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O41" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O41" s="6"/>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B42" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C42" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
       <c r="E42" s="6" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I42" s="6">
-        <v>236</v>
+        <v>180</v>
       </c>
       <c r="J42" s="10" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="K42" s="6" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="L42" s="10" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="M42" s="6" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O42" s="6">
-        <v>1107742.12</v>
+        <v>501666.36</v>
       </c>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="G43" s="10" t="s">
-        <v>184</v>
+        <v>23</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="I43" s="6">
-        <v>44</v>
+        <v>236</v>
       </c>
       <c r="J43" s="10" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>67</v>
+        <v>162</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O43" s="6"/>
+      <c r="O43" s="6">
+        <v>1118819.89</v>
+      </c>
       <c r="P43" s="6"/>
     </row>
-    <row r="44" spans="1:16" customHeight="1" ht="65">
+    <row r="44" spans="1:16">
       <c r="A44" s="6" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>39</v>
+        <v>88</v>
       </c>
       <c r="G44" s="10" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="6">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="J44" s="10"/>
       <c r="K44" s="6" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="L44" s="10" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="M44" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="N44" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O44" s="6">
+        <v>2098357.87</v>
+      </c>
+      <c r="P44" s="6"/>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="B45" s="6">
+        <v>0</v>
+      </c>
+      <c r="C45" s="6">
+        <v>0</v>
+      </c>
+      <c r="D45" s="6">
+        <v>0</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G45" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="6">
         <v>190</v>
       </c>
-      <c r="N44" s="6" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="J45" s="10"/>
       <c r="K45" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L45" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="L45" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M45" s="6" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O45" s="6"/>
+      <c r="O45" s="6">
+        <v>1368193.32</v>
+      </c>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="B46" s="6">
         <v>0</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="G46" s="10" t="s">
-        <v>53</v>
+        <v>187</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I46" s="6">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="J46" s="10" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="K46" s="6" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="L46" s="10" t="s">
-        <v>198</v>
+        <v>27</v>
       </c>
       <c r="M46" s="6" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O46" s="6"/>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="B47" s="6">
         <v>0</v>
       </c>
       <c r="C47" s="6">
         <v>0</v>
       </c>
       <c r="D47" s="6">
         <v>0</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>119</v>
+        <v>59</v>
       </c>
       <c r="G47" s="10" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I47" s="6">
-        <v>180</v>
+        <v>438</v>
       </c>
       <c r="J47" s="10" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="L47" s="10" t="s">
-        <v>198</v>
+        <v>64</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O47" s="6"/>
+      <c r="O47" s="6">
+        <v>1688094.14</v>
+      </c>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="B48" s="6">
         <v>0</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G48" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I48" s="6">
-        <v>130</v>
+        <v>270</v>
       </c>
       <c r="J48" s="10" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="K48" s="6" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L48" s="10" t="s">
-        <v>207</v>
+        <v>122</v>
       </c>
       <c r="M48" s="6" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="B49" s="6">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="G49" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I49" s="6">
-        <v>207</v>
+        <v>120</v>
       </c>
       <c r="J49" s="10" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="K49" s="6" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L49" s="10" t="s">
-        <v>107</v>
+        <v>201</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O49" s="6"/>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="B50" s="6">
         <v>0</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
         <v>0</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="G50" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I50" s="6">
-        <v>279</v>
+        <v>180</v>
       </c>
       <c r="J50" s="10" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="K50" s="6" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L50" s="10" t="s">
-        <v>107</v>
+        <v>201</v>
       </c>
       <c r="M50" s="6" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O50" s="6"/>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="65">
       <c r="A51" s="6" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="B51" s="6">
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6">
         <v>0</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="G51" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I51" s="6">
-        <v>480</v>
+        <v>130</v>
       </c>
       <c r="J51" s="10" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L51" s="10" t="s">
-        <v>107</v>
+        <v>210</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O51" s="6"/>
       <c r="P51" s="6"/>
     </row>
-    <row r="52" spans="1:16">
+    <row r="52" spans="1:16" customHeight="1" ht="65">
       <c r="A52" s="6" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="B52" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C52" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D52" s="6">
         <v>0</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G52" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="I52" s="6">
-        <v>360</v>
+        <v>207</v>
       </c>
       <c r="J52" s="10" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="K52" s="6" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="L52" s="10" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M52" s="6" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O52" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O52" s="6"/>
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="65">
       <c r="A53" s="6" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="B53" s="6">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6">
         <v>0</v>
       </c>
       <c r="E53" s="6" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="G53" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I53" s="6">
-        <v>190</v>
+        <v>279</v>
       </c>
       <c r="J53" s="10" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="K53" s="6" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L53" s="10" t="s">
-        <v>228</v>
+        <v>42</v>
       </c>
       <c r="M53" s="6" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O53" s="6"/>
       <c r="P53" s="6"/>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="65">
       <c r="A54" s="6" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="B54" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C54" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D54" s="6">
         <v>0</v>
       </c>
       <c r="E54" s="6" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G54" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="I54" s="6">
-        <v>187</v>
+        <v>480</v>
       </c>
       <c r="J54" s="10" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="K54" s="6" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="L54" s="10" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="M54" s="6" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O54" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O54" s="6"/>
       <c r="P54" s="6"/>
     </row>
-    <row r="55" spans="1:16" customHeight="1" ht="65">
+    <row r="55" spans="1:16">
       <c r="A55" s="6" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="B55" s="6">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
         <v>0</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="F55" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G55" s="10" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I55" s="6">
-        <v>253</v>
+        <v>360</v>
       </c>
       <c r="J55" s="10" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>55</v>
+        <v>162</v>
       </c>
       <c r="L55" s="10" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O55" s="6">
-        <v>927521.04</v>
+        <v>1467896.25</v>
       </c>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="65">
       <c r="A56" s="6" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="B56" s="6">
         <v>0</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6">
         <v>0</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="G56" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I56" s="6">
-        <v>243</v>
+        <v>190</v>
       </c>
       <c r="J56" s="10" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="K56" s="6" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="L56" s="10" t="s">
-        <v>35</v>
+        <v>231</v>
       </c>
       <c r="M56" s="6" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O56" s="6"/>
       <c r="P56" s="6"/>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="65">
       <c r="A57" s="6" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="B57" s="6">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6">
         <v>0</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I57" s="6">
-        <v>150</v>
+        <v>187</v>
       </c>
       <c r="J57" s="10" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="K57" s="6" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="L57" s="10" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="M57" s="6" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O57" s="6">
-        <v>518946.53</v>
+        <v>515253.44</v>
       </c>
       <c r="P57" s="6"/>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="65">
       <c r="A58" s="6" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="B58" s="6">
         <v>0</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6">
         <v>0</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>248</v>
+        <v>54</v>
       </c>
       <c r="G58" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="6">
-        <v>91</v>
+        <v>253</v>
       </c>
       <c r="J58" s="10" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="K58" s="6" t="s">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="L58" s="10" t="s">
-        <v>248</v>
+        <v>35</v>
       </c>
       <c r="M58" s="6" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O58" s="6">
-        <v>503511.84</v>
+        <v>946070.95</v>
       </c>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="B59" s="6">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6">
         <v>0</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G59" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I59" s="6">
-        <v>74</v>
+        <v>243</v>
       </c>
       <c r="J59" s="10" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="L59" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O59" s="6">
-        <v>362756.94</v>
+        <v>911453.3</v>
       </c>
       <c r="P59" s="6"/>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="65">
       <c r="A60" s="6" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="B60" s="6">
         <v>0</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6">
         <v>0</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>257</v>
+        <v>246</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="G60" s="10" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I60" s="6">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="J60" s="10" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="K60" s="6" t="s">
-        <v>67</v>
+        <v>162</v>
       </c>
       <c r="L60" s="10" t="s">
-        <v>44</v>
+        <v>248</v>
       </c>
       <c r="M60" s="6" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O60" s="6"/>
+      <c r="O60" s="6">
+        <v>587334.33</v>
+      </c>
       <c r="P60" s="6"/>
     </row>
-    <row r="61" spans="1:16">
+    <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="B61" s="6">
         <v>0</v>
       </c>
       <c r="C61" s="6">
         <v>0</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>59</v>
+        <v>252</v>
       </c>
       <c r="G61" s="10" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="6">
-        <v>1850</v>
-[...1 lines deleted...]
-      <c r="J61" s="10"/>
+        <v>91</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>253</v>
+      </c>
       <c r="K61" s="6" t="s">
-        <v>26</v>
+        <v>254</v>
       </c>
       <c r="L61" s="10" t="s">
-        <v>35</v>
+        <v>252</v>
       </c>
       <c r="M61" s="6" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O61" s="6">
-        <v>6881086.08</v>
+        <v>513581.64</v>
       </c>
       <c r="P61" s="6"/>
     </row>
-    <row r="62" spans="1:16">
+    <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="B62" s="6">
         <v>0</v>
       </c>
       <c r="C62" s="6">
         <v>0</v>
       </c>
       <c r="D62" s="6">
         <v>0</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="G62" s="10" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I62" s="6">
-        <v>800</v>
+        <v>74</v>
       </c>
       <c r="J62" s="10" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="K62" s="6" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="L62" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M62" s="6" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O62" s="6">
-        <v>2892505.7</v>
+        <v>366385.2</v>
       </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="G63" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="I63" s="6">
-        <v>1190</v>
+        <v>0</v>
       </c>
       <c r="J63" s="10" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>165</v>
+        <v>63</v>
       </c>
       <c r="L63" s="10" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O63" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O63" s="6"/>
       <c r="P63" s="6"/>
     </row>
-    <row r="64" spans="1:16" customHeight="1" ht="65">
+    <row r="64" spans="1:16">
       <c r="A64" s="6" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="B64" s="6">
         <v>0</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6">
         <v>0</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>248</v>
+        <v>54</v>
       </c>
       <c r="G64" s="10" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="6">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>1850</v>
+      </c>
+      <c r="J64" s="10"/>
       <c r="K64" s="6" t="s">
-        <v>250</v>
+        <v>26</v>
       </c>
       <c r="L64" s="10" t="s">
-        <v>248</v>
+        <v>35</v>
       </c>
       <c r="M64" s="6" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O64" s="6">
-        <v>147841.2</v>
+        <v>7018707.4</v>
       </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="B65" s="6">
+        <v>0</v>
+      </c>
+      <c r="C65" s="6">
+        <v>0</v>
+      </c>
+      <c r="D65" s="6">
+        <v>0</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="F65" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G65" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H65" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I65" s="6">
+        <v>800</v>
+      </c>
+      <c r="J65" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L65" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M65" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="N65" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O65" s="6">
+        <v>2950355.49</v>
+      </c>
+      <c r="P65" s="6"/>
+    </row>
+    <row r="66" spans="1:16" customHeight="1" ht="65">
+      <c r="A66" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="B66" s="6">
+        <v>0</v>
+      </c>
+      <c r="C66" s="6">
+        <v>0</v>
+      </c>
+      <c r="D66" s="6">
+        <v>0</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G66" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I66" s="6">
+        <v>1190</v>
+      </c>
+      <c r="J66" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="L66" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="M66" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="N66" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O66" s="6">
+        <v>7208437.55</v>
+      </c>
+      <c r="P66" s="6"/>
+    </row>
+    <row r="67" spans="1:16" customHeight="1" ht="65">
+      <c r="A67" s="6" t="s">
         <v>275</v>
       </c>
-      <c r="B65" s="6">
-[...8 lines deleted...]
-      <c r="E65" s="6" t="s">
+      <c r="B67" s="6">
+        <v>0</v>
+      </c>
+      <c r="C67" s="6">
+        <v>0</v>
+      </c>
+      <c r="D67" s="6">
+        <v>0</v>
+      </c>
+      <c r="E67" s="6" t="s">
         <v>276</v>
       </c>
-      <c r="F65" s="9" t="s">
+      <c r="F67" s="9" t="s">
+        <v>252</v>
+      </c>
+      <c r="G67" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H67" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I67" s="6">
+        <v>37</v>
+      </c>
+      <c r="J67" s="10" t="s">
         <v>277</v>
       </c>
-      <c r="G65" s="10" t="s">
-[...8 lines deleted...]
-      <c r="J65" s="10" t="s">
+      <c r="K67" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="L67" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="M67" s="6" t="s">
         <v>278</v>
       </c>
-      <c r="K65" s="6" t="s">
-[...99 lines deleted...]
-      </c>
       <c r="N67" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O67" s="6"/>
+      <c r="O67" s="6">
+        <v>150797.4</v>
+      </c>
       <c r="P67" s="6"/>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" s="6" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="B68" s="6">
         <v>0</v>
       </c>
       <c r="C68" s="6">
         <v>0</v>
       </c>
       <c r="D68" s="6">
         <v>0</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>277</v>
+        <v>104</v>
       </c>
       <c r="G68" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I68" s="6">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="J68" s="10" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="K68" s="6" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L68" s="10" t="s">
-        <v>277</v>
+        <v>104</v>
       </c>
       <c r="M68" s="6" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O68" s="6"/>
       <c r="P68" s="6"/>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" s="6" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="B69" s="6">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6">
         <v>0</v>
       </c>
       <c r="E69" s="6" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>277</v>
+        <v>104</v>
       </c>
       <c r="G69" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="I69" s="6">
-        <v>203</v>
+        <v>84</v>
       </c>
       <c r="J69" s="10" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="K69" s="6" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L69" s="10" t="s">
-        <v>277</v>
+        <v>104</v>
       </c>
       <c r="M69" s="6" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O69" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O69" s="6"/>
       <c r="P69" s="6"/>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" s="6" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="B70" s="6">
         <v>0</v>
       </c>
       <c r="C70" s="6">
         <v>0</v>
       </c>
       <c r="D70" s="6">
         <v>0</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>277</v>
+        <v>104</v>
       </c>
       <c r="G70" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I70" s="6">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="J70" s="10" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="K70" s="6" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L70" s="10" t="s">
-        <v>277</v>
+        <v>104</v>
       </c>
       <c r="M70" s="6" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O70" s="6"/>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" s="6" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="B71" s="6">
         <v>0</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>277</v>
+        <v>104</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I71" s="6">
-        <v>195</v>
+        <v>155</v>
       </c>
       <c r="J71" s="10" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="K71" s="6" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L71" s="10" t="s">
-        <v>277</v>
+        <v>104</v>
       </c>
       <c r="M71" s="6" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O71" s="6"/>
       <c r="P71" s="6"/>
     </row>
-    <row r="72" spans="1:16" customHeight="1" ht="65">
+    <row r="72" spans="1:16">
       <c r="A72" s="6" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="B72" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C72" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D72" s="6">
         <v>0</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>39</v>
+        <v>104</v>
       </c>
       <c r="G72" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="6">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="J72" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L72" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M72" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="N72" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O72" s="6">
+        <v>905976.24</v>
+      </c>
+      <c r="P72" s="6"/>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="B73" s="6">
+        <v>0</v>
+      </c>
+      <c r="C73" s="6">
+        <v>0</v>
+      </c>
+      <c r="D73" s="6">
+        <v>0</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="F73" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="G73" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I73" s="6">
+        <v>155</v>
+      </c>
+      <c r="J73" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L73" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M73" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="N73" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O73" s="6"/>
+      <c r="P73" s="6"/>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B74" s="6">
+        <v>0</v>
+      </c>
+      <c r="C74" s="6">
+        <v>0</v>
+      </c>
+      <c r="D74" s="6">
+        <v>0</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="F74" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="G74" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I74" s="6">
+        <v>195</v>
+      </c>
+      <c r="J74" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L74" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="M74" s="6" t="s">
         <v>306</v>
       </c>
-      <c r="K72" s="6" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="N74" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O74" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O74" s="6"/>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="B75" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C75" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I75" s="6">
+        <v>198</v>
+      </c>
+      <c r="J75" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="L75" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="M75" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="N75" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O75" s="6">
+        <v>812196.74</v>
+      </c>
+      <c r="P75" s="6"/>
+    </row>
+    <row r="76" spans="1:16" customHeight="1" ht="65">
+      <c r="A76" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="B76" s="6">
+        <v>0</v>
+      </c>
+      <c r="C76" s="6">
+        <v>0</v>
+      </c>
+      <c r="D76" s="6">
+        <v>0</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="F76" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G76" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H76" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="I75" s="6">
-[...46 lines deleted...]
-      </c>
       <c r="I76" s="6">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="J76" s="10"/>
+        <v>110</v>
+      </c>
+      <c r="J76" s="10" t="s">
+        <v>313</v>
+      </c>
       <c r="K76" s="6" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="L76" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O76" s="6">
-        <v>9236801.52</v>
+        <v>516387.45</v>
       </c>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="B77" s="6">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G77" s="10" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="6">
-        <v>231</v>
+        <v>155</v>
       </c>
       <c r="J77" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="L77" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="M77" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="N77" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O77" s="6">
+        <v>594946.72</v>
+      </c>
+      <c r="P77" s="6"/>
+    </row>
+    <row r="78" spans="1:16" customHeight="1" ht="65">
+      <c r="A78" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="B78" s="6">
+        <v>0</v>
+      </c>
+      <c r="C78" s="6">
+        <v>0</v>
+      </c>
+      <c r="D78" s="6">
+        <v>0</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="F78" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I78" s="6">
+        <v>92.6</v>
+      </c>
+      <c r="J78" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="L78" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M78" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="N78" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O78" s="6">
+        <v>342282.82</v>
+      </c>
+      <c r="P78" s="6"/>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="B79" s="6">
+        <v>0</v>
+      </c>
+      <c r="C79" s="6">
+        <v>0</v>
+      </c>
+      <c r="D79" s="6">
+        <v>0</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="F79" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G79" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I79" s="6">
+        <v>2010</v>
+      </c>
+      <c r="J79" s="10"/>
+      <c r="K79" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L79" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M79" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="N79" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O79" s="6">
+        <v>9421538.05</v>
+      </c>
+      <c r="P79" s="6"/>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" s="6" t="s">
         <v>326</v>
       </c>
-      <c r="K77" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M77" s="6" t="s">
+      <c r="B80" s="6">
+        <v>0</v>
+      </c>
+      <c r="C80" s="6">
+        <v>0</v>
+      </c>
+      <c r="D80" s="6">
+        <v>0</v>
+      </c>
+      <c r="E80" s="6" t="s">
         <v>327</v>
       </c>
-      <c r="N77" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A78" s="6" t="s">
+      <c r="F80" s="9" t="s">
         <v>328</v>
       </c>
-      <c r="B78" s="6">
-[...8 lines deleted...]
-      <c r="E78" s="6" t="s">
+      <c r="G80" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I80" s="6">
+        <v>1110</v>
+      </c>
+      <c r="J80" s="10" t="s">
         <v>329</v>
       </c>
-      <c r="F78" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J78" s="10" t="s">
+      <c r="K80" s="6" t="s">
         <v>330</v>
       </c>
-      <c r="K78" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M78" s="6" t="s">
+      <c r="L80" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="M80" s="6" t="s">
         <v>331</v>
-      </c>
-[...90 lines deleted...]
-        <v>341</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O80" s="6"/>
       <c r="P80" s="6"/>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="B81" s="6">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6">
         <v>0</v>
       </c>
       <c r="E81" s="6" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G81" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I81" s="6">
-        <v>75</v>
+        <v>231</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="K81" s="6" t="s">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="L81" s="10" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O81" s="6"/>
+      <c r="O81" s="6">
+        <v>1074715.41</v>
+      </c>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" s="6" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="B82" s="6">
         <v>0</v>
       </c>
       <c r="C82" s="6">
         <v>0</v>
       </c>
       <c r="D82" s="6">
         <v>0</v>
       </c>
       <c r="E82" s="6" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>76</v>
+        <v>120</v>
       </c>
       <c r="G82" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="6">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>440</v>
+      </c>
+      <c r="J82" s="10"/>
       <c r="K82" s="6" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="L82" s="10" t="s">
-        <v>76</v>
+        <v>338</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O82" s="6">
-        <v>33025.2</v>
+        <v>4043361.19</v>
       </c>
       <c r="P82" s="6"/>
     </row>
-    <row r="83" spans="1:16" customHeight="1" ht="65">
+    <row r="83" spans="1:16">
       <c r="A83" s="6" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="B83" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C83" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="6" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="G83" s="10" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="I83" s="6">
-        <v>710</v>
+        <v>31.5</v>
       </c>
       <c r="J83" s="10" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="K83" s="6" t="s">
-        <v>26</v>
+        <v>96</v>
       </c>
       <c r="L83" s="10" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="M83" s="6" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O83" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O83" s="6"/>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="B84" s="6">
+        <v>0</v>
+      </c>
+      <c r="C84" s="6">
+        <v>0</v>
+      </c>
+      <c r="D84" s="6">
+        <v>0</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="F84" s="9" t="s">
+        <v>328</v>
+      </c>
+      <c r="G84" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I84" s="6">
+        <v>1240</v>
+      </c>
+      <c r="J84" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="L84" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="M84" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="N84" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O84" s="6"/>
+      <c r="P84" s="6"/>
+    </row>
+    <row r="85" spans="1:16" customHeight="1" ht="65">
+      <c r="A85" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="B85" s="6">
+        <v>0</v>
+      </c>
+      <c r="C85" s="6">
+        <v>0</v>
+      </c>
+      <c r="D85" s="6">
+        <v>0</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="F85" s="9" t="s">
+        <v>328</v>
+      </c>
+      <c r="G85" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I85" s="6">
+        <v>1580</v>
+      </c>
+      <c r="J85" s="10" t="s">
+        <v>350</v>
+      </c>
+      <c r="K85" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="L85" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="M85" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="N85" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O85" s="6"/>
+      <c r="P85" s="6"/>
+    </row>
+    <row r="86" spans="1:16" customHeight="1" ht="65">
+      <c r="A86" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="B86" s="6">
+        <v>0</v>
+      </c>
+      <c r="C86" s="6">
+        <v>0</v>
+      </c>
+      <c r="D86" s="6">
+        <v>0</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="F86" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G86" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I86" s="6">
+        <v>75</v>
+      </c>
+      <c r="J86" s="10" t="s">
         <v>354</v>
       </c>
-      <c r="B84" s="6">
-[...8 lines deleted...]
-      <c r="E84" s="6" t="s">
+      <c r="K86" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L86" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="M86" s="6" t="s">
         <v>355</v>
       </c>
-      <c r="F84" s="9" t="s">
-[...114 lines deleted...]
-      </c>
       <c r="N86" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O86" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O86" s="6"/>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" s="6" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="B87" s="6">
         <v>0</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6">
         <v>0</v>
       </c>
       <c r="E87" s="6" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="G87" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="6">
-        <v>715</v>
-[...1 lines deleted...]
-      <c r="J87" s="10"/>
+        <v>19</v>
+      </c>
+      <c r="J87" s="10" t="s">
+        <v>358</v>
+      </c>
       <c r="K87" s="6" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="L87" s="10" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O87" s="6">
-        <v>2574750.15</v>
+        <v>33685.7</v>
       </c>
       <c r="P87" s="6"/>
     </row>
-    <row r="88" spans="1:16">
+    <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="B88" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C88" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D88" s="6">
         <v>0</v>
       </c>
       <c r="E88" s="6" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>119</v>
+        <v>59</v>
       </c>
       <c r="G88" s="10" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="6">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="J88" s="10"/>
+        <v>710</v>
+      </c>
+      <c r="J88" s="10" t="s">
+        <v>362</v>
+      </c>
       <c r="K88" s="6" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="L88" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="M88" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="N88" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O88" s="6">
+        <v>3207094.8</v>
+      </c>
+      <c r="P88" s="6"/>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="B89" s="6">
+        <v>0</v>
+      </c>
+      <c r="C89" s="6">
+        <v>0</v>
+      </c>
+      <c r="D89" s="6">
+        <v>0</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="F89" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I89" s="6">
+        <v>180</v>
+      </c>
+      <c r="J89" s="10"/>
+      <c r="K89" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L89" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M89" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="N89" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O89" s="6">
+        <v>1195676.85</v>
+      </c>
+      <c r="P89" s="6"/>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="B90" s="6">
+        <v>0</v>
+      </c>
+      <c r="C90" s="6">
+        <v>0</v>
+      </c>
+      <c r="D90" s="6">
+        <v>0</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="F90" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I90" s="6">
+        <v>460</v>
+      </c>
+      <c r="J90" s="10" t="s">
         <v>369</v>
       </c>
-      <c r="M88" s="6" t="s">
+      <c r="K90" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L90" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M90" s="6" t="s">
         <v>370</v>
       </c>
-      <c r="N88" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A89" s="6" t="s">
+      <c r="N90" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O90" s="6">
+        <v>1724771.69</v>
+      </c>
+      <c r="P90" s="6"/>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" s="6" t="s">
         <v>371</v>
       </c>
-      <c r="B89" s="6">
-[...8 lines deleted...]
-      <c r="E89" s="6" t="s">
+      <c r="B91" s="6">
+        <v>0</v>
+      </c>
+      <c r="C91" s="6">
+        <v>0</v>
+      </c>
+      <c r="D91" s="6">
+        <v>0</v>
+      </c>
+      <c r="E91" s="6" t="s">
         <v>372</v>
-      </c>
-[...92 lines deleted...]
-        <v>381</v>
       </c>
       <c r="F91" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>184</v>
+        <v>33</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="6">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="J91" s="10"/>
       <c r="K91" s="6" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="L91" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M91" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="N91" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O91" s="6">
+        <v>1209785.12</v>
+      </c>
+      <c r="P91" s="6"/>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="B92" s="6">
+        <v>0</v>
+      </c>
+      <c r="C92" s="6">
+        <v>0</v>
+      </c>
+      <c r="D92" s="6">
+        <v>0</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="F92" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G92" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I92" s="6">
+        <v>715</v>
+      </c>
+      <c r="J92" s="10"/>
+      <c r="K92" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L92" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M92" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="N92" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O92" s="6">
+        <v>2626245.34</v>
+      </c>
+      <c r="P92" s="6"/>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="B93" s="6">
+        <v>0</v>
+      </c>
+      <c r="C93" s="6">
+        <v>0</v>
+      </c>
+      <c r="D93" s="6">
+        <v>0</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="F93" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="G93" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I93" s="6">
+        <v>350</v>
+      </c>
+      <c r="J93" s="10"/>
+      <c r="K93" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L93" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="M93" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="N93" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O93" s="6">
+        <v>2812679.38</v>
+      </c>
+      <c r="P93" s="6"/>
+    </row>
+    <row r="94" spans="1:16" customHeight="1" ht="65">
+      <c r="A94" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="B94" s="6">
+        <v>2</v>
+      </c>
+      <c r="C94" s="6">
+        <v>2</v>
+      </c>
+      <c r="D94" s="6">
+        <v>0</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="F94" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G94" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I94" s="6">
+        <v>155</v>
+      </c>
+      <c r="J94" s="10" t="s">
+        <v>382</v>
+      </c>
+      <c r="K94" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="L94" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="M94" s="6" t="s">
         <v>383</v>
       </c>
-      <c r="N91" s="6" t="s">
-[...138 lines deleted...]
-      </c>
       <c r="N94" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O94" s="6">
-        <v>4346501.37</v>
+        <v>603029.59</v>
       </c>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
-        <v>396</v>
+        <v>384</v>
       </c>
       <c r="B95" s="6">
         <v>0</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6" t="s">
-        <v>397</v>
+        <v>385</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>398</v>
+        <v>76</v>
       </c>
       <c r="G95" s="10" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="H95" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I95" s="6">
-        <v>20.4</v>
+        <v>10</v>
       </c>
       <c r="J95" s="10" t="s">
-        <v>399</v>
+        <v>386</v>
       </c>
       <c r="K95" s="6" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="L95" s="10" t="s">
-        <v>398</v>
+        <v>76</v>
       </c>
       <c r="M95" s="6" t="s">
-        <v>400</v>
+        <v>388</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O95" s="6"/>
+      <c r="O95" s="6">
+        <v>19547.89</v>
+      </c>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
-        <v>401</v>
+        <v>389</v>
       </c>
       <c r="B96" s="6">
         <v>0</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6" t="s">
-        <v>402</v>
+        <v>390</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>398</v>
+        <v>22</v>
       </c>
       <c r="G96" s="10" t="s">
-        <v>139</v>
+        <v>187</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I96" s="6">
-        <v>20.4</v>
+        <v>44</v>
       </c>
       <c r="J96" s="10" t="s">
-        <v>403</v>
+        <v>391</v>
       </c>
       <c r="K96" s="6" t="s">
-        <v>378</v>
+        <v>63</v>
       </c>
       <c r="L96" s="10" t="s">
-        <v>398</v>
+        <v>27</v>
       </c>
       <c r="M96" s="6" t="s">
-        <v>404</v>
+        <v>392</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O96" s="6"/>
+      <c r="O96" s="6">
+        <v>210840.04</v>
+      </c>
       <c r="P96" s="6"/>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="65">
       <c r="A97" s="6" t="s">
-        <v>405</v>
+        <v>393</v>
       </c>
       <c r="B97" s="6">
         <v>0</v>
       </c>
       <c r="C97" s="6">
         <v>0</v>
       </c>
       <c r="D97" s="6">
         <v>0</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>406</v>
+        <v>394</v>
       </c>
       <c r="F97" s="9" t="s">
         <v>76</v>
       </c>
       <c r="G97" s="10" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="H97" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I97" s="6">
-        <v>29</v>
+        <v>22.5</v>
       </c>
       <c r="J97" s="10" t="s">
-        <v>407</v>
+        <v>395</v>
       </c>
       <c r="K97" s="6" t="s">
-        <v>378</v>
+        <v>96</v>
       </c>
       <c r="L97" s="10" t="s">
         <v>76</v>
       </c>
       <c r="M97" s="6" t="s">
-        <v>408</v>
+        <v>396</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O97" s="6"/>
       <c r="P97" s="6"/>
     </row>
     <row r="98" spans="1:16" customHeight="1" ht="65">
       <c r="A98" s="6" t="s">
-        <v>409</v>
+        <v>397</v>
       </c>
       <c r="B98" s="6">
         <v>0</v>
       </c>
       <c r="C98" s="6">
         <v>0</v>
       </c>
       <c r="D98" s="6">
         <v>0</v>
       </c>
       <c r="E98" s="6" t="s">
-        <v>410</v>
+        <v>398</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="G98" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I98" s="6">
-        <v>125</v>
+        <v>27</v>
       </c>
       <c r="J98" s="10" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="K98" s="6" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="L98" s="10" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="M98" s="6" t="s">
-        <v>412</v>
+        <v>400</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O98" s="6"/>
       <c r="P98" s="6"/>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" s="6" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="B99" s="6">
         <v>0</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6">
         <v>0</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>414</v>
+        <v>402</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>88</v>
+        <v>59</v>
       </c>
       <c r="G99" s="10" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="6">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="J99" s="10"/>
+        <v>1025</v>
+      </c>
+      <c r="J99" s="10" t="s">
+        <v>403</v>
+      </c>
       <c r="K99" s="6" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="L99" s="10" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>415</v>
+        <v>404</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O99" s="6">
-        <v>699410.4</v>
+        <v>4433431.68</v>
       </c>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
-        <v>416</v>
+        <v>405</v>
       </c>
       <c r="B100" s="6">
         <v>0</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
       <c r="E100" s="6" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>228</v>
+        <v>407</v>
       </c>
       <c r="G100" s="10" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="6">
-        <v>175</v>
+        <v>30</v>
       </c>
       <c r="J100" s="10" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="K100" s="6" t="s">
-        <v>90</v>
+        <v>387</v>
       </c>
       <c r="L100" s="10" t="s">
-        <v>228</v>
+        <v>407</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O100" s="6">
-        <v>715244.4</v>
+        <v>43982.76</v>
       </c>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="B101" s="6">
         <v>0</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="G101" s="10" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I101" s="6">
-        <v>5.8</v>
+        <v>20.4</v>
       </c>
       <c r="J101" s="10" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="K101" s="6" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="L101" s="10" t="s">
-        <v>423</v>
+        <v>407</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>424</v>
+        <v>413</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O101" s="6"/>
+      <c r="O101" s="6">
+        <v>27692.85</v>
+      </c>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="B102" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C102" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6" t="s">
-        <v>426</v>
+        <v>415</v>
       </c>
       <c r="F102" s="9" t="s">
         <v>76</v>
       </c>
       <c r="G102" s="10" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I102" s="6">
-        <v>11.7</v>
+        <v>29</v>
       </c>
       <c r="J102" s="10" t="s">
-        <v>427</v>
+        <v>416</v>
       </c>
       <c r="K102" s="6" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="L102" s="10" t="s">
         <v>76</v>
       </c>
       <c r="M102" s="6" t="s">
-        <v>428</v>
+        <v>417</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O102" s="6">
-        <v>19319.04</v>
+        <v>39212.15</v>
       </c>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
-        <v>429</v>
+        <v>418</v>
       </c>
       <c r="B103" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C103" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
       <c r="E103" s="6" t="s">
-        <v>430</v>
+        <v>419</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="G103" s="10" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="I103" s="6">
-        <v>24.5</v>
+        <v>125</v>
       </c>
       <c r="J103" s="10" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="K103" s="6" t="s">
-        <v>378</v>
+        <v>41</v>
       </c>
       <c r="L103" s="10" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>432</v>
+        <v>421</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O103" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O103" s="6"/>
       <c r="P103" s="6"/>
     </row>
-    <row r="104" spans="1:16" customHeight="1" ht="65">
+    <row r="104" spans="1:16">
       <c r="A104" s="6" t="s">
-        <v>433</v>
+        <v>422</v>
       </c>
       <c r="B104" s="6">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="C104" s="6">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
       <c r="E104" s="6" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="G104" s="10" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="H104" s="6" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I104" s="6">
-        <v>13.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="J104" s="10"/>
       <c r="K104" s="6" t="s">
-        <v>378</v>
+        <v>41</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>436</v>
+        <v>424</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O104" s="6">
-        <v>23587.2</v>
+        <v>713398.61</v>
       </c>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
-        <v>437</v>
+        <v>425</v>
       </c>
       <c r="B105" s="6">
         <v>0</v>
       </c>
       <c r="C105" s="6">
         <v>0</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
       <c r="E105" s="6" t="s">
-        <v>438</v>
+        <v>426</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>39</v>
+        <v>231</v>
       </c>
       <c r="G105" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="6">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="J105" s="10" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="K105" s="6" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="L105" s="10" t="s">
-        <v>44</v>
+        <v>231</v>
       </c>
       <c r="M105" s="6" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O105" s="6">
-        <v>504977.93</v>
+        <v>729549.29</v>
       </c>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
       <c r="B106" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C106" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
       <c r="E106" s="6" t="s">
-        <v>442</v>
+        <v>430</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>22</v>
+        <v>407</v>
       </c>
       <c r="G106" s="10" t="s">
-        <v>23</v>
+        <v>136</v>
       </c>
       <c r="H106" s="6" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I106" s="6">
-        <v>210</v>
+        <v>5.8</v>
       </c>
       <c r="J106" s="10" t="s">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="K106" s="6" t="s">
-        <v>165</v>
+        <v>387</v>
       </c>
       <c r="L106" s="10" t="s">
-        <v>27</v>
+        <v>432</v>
       </c>
       <c r="M106" s="6" t="s">
-        <v>444</v>
+        <v>433</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O106" s="6">
-        <v>589830.07</v>
+        <v>16638.99</v>
       </c>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
-        <v>445</v>
+        <v>434</v>
       </c>
       <c r="B107" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C107" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
       <c r="E107" s="6" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>248</v>
+        <v>76</v>
       </c>
       <c r="G107" s="10" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I107" s="6">
-        <v>90</v>
+        <v>12.8</v>
       </c>
       <c r="J107" s="10" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="K107" s="6" t="s">
-        <v>250</v>
+        <v>387</v>
       </c>
       <c r="L107" s="10" t="s">
-        <v>248</v>
+        <v>76</v>
       </c>
       <c r="M107" s="6" t="s">
-        <v>448</v>
+        <v>437</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O107" s="6">
-        <v>447417.36</v>
+        <v>19817.11</v>
       </c>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="B108" s="6">
         <v>0</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>248</v>
+        <v>76</v>
       </c>
       <c r="G108" s="10" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I108" s="6">
-        <v>5</v>
+        <v>24.5</v>
       </c>
       <c r="J108" s="10" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="K108" s="6" t="s">
-        <v>250</v>
+        <v>387</v>
       </c>
       <c r="L108" s="10" t="s">
-        <v>248</v>
+        <v>76</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O108" s="6">
-        <v>55121.04</v>
+        <v>24425.74</v>
       </c>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="B109" s="6">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C109" s="6">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>248</v>
+        <v>76</v>
       </c>
       <c r="G109" s="10" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="H109" s="6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="I109" s="6">
-        <v>9</v>
+        <v>17.9</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="K109" s="6" t="s">
-        <v>250</v>
+        <v>387</v>
       </c>
       <c r="L109" s="10" t="s">
-        <v>248</v>
+        <v>76</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>456</v>
+        <v>445</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O109" s="6"/>
+      <c r="O109" s="6">
+        <v>24195.31</v>
+      </c>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>457</v>
+        <v>446</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6" t="s">
-        <v>458</v>
+        <v>447</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>248</v>
+        <v>59</v>
       </c>
       <c r="G110" s="10" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="6">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="K110" s="6" t="s">
-        <v>250</v>
+        <v>162</v>
       </c>
       <c r="L110" s="10" t="s">
         <v>248</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O110" s="6">
-        <v>411035.04</v>
+        <v>571522.95</v>
       </c>
       <c r="P110" s="6"/>
     </row>
-    <row r="111" spans="1:16">
+    <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
       <c r="B111" s="6">
         <v>0</v>
       </c>
       <c r="C111" s="6">
         <v>0</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6" t="s">
-        <v>462</v>
+        <v>451</v>
       </c>
       <c r="F111" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="10" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I111" s="6">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="J111" s="10"/>
+        <v>210</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>452</v>
+      </c>
       <c r="K111" s="6" t="s">
-        <v>26</v>
+        <v>162</v>
       </c>
       <c r="L111" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O111" s="6">
-        <v>1685604.13</v>
+        <v>595727.86</v>
       </c>
       <c r="P111" s="6"/>
     </row>
-    <row r="112" spans="1:16">
+    <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="B112" s="6">
         <v>0</v>
       </c>
       <c r="C112" s="6">
         <v>0</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
       <c r="E112" s="6" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>59</v>
+        <v>252</v>
       </c>
       <c r="G112" s="10" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="6">
-        <v>2060</v>
-[...1 lines deleted...]
-      <c r="J112" s="10"/>
+        <v>90</v>
+      </c>
+      <c r="J112" s="10" t="s">
+        <v>456</v>
+      </c>
       <c r="K112" s="6" t="s">
-        <v>26</v>
+        <v>254</v>
       </c>
       <c r="L112" s="10" t="s">
-        <v>35</v>
+        <v>252</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O112" s="6">
-        <v>7574246.08</v>
+        <v>456365.52</v>
       </c>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="B113" s="6">
         <v>0</v>
       </c>
       <c r="C113" s="6">
         <v>0</v>
       </c>
       <c r="D113" s="6">
         <v>0</v>
       </c>
       <c r="E113" s="6" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="G113" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="6">
-        <v>57</v>
+        <v>5</v>
       </c>
       <c r="J113" s="10" t="s">
-        <v>469</v>
+        <v>460</v>
       </c>
       <c r="K113" s="6" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L113" s="10" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="M113" s="6" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O113" s="6">
-        <v>268182.72</v>
+        <v>56223.96</v>
       </c>
       <c r="P113" s="6"/>
     </row>
     <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="B114" s="6">
         <v>0</v>
       </c>
       <c r="C114" s="6">
         <v>0</v>
       </c>
       <c r="D114" s="6">
         <v>0</v>
       </c>
       <c r="E114" s="6" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="G114" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H114" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I114" s="6">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="J114" s="10" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="K114" s="6" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L114" s="10" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="M114" s="6" t="s">
-        <v>474</v>
+        <v>465</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O114" s="6"/>
       <c r="P114" s="6"/>
     </row>
     <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
-        <v>475</v>
+        <v>466</v>
       </c>
       <c r="B115" s="6">
         <v>0</v>
       </c>
       <c r="C115" s="6">
         <v>0</v>
       </c>
       <c r="D115" s="6">
         <v>0</v>
       </c>
       <c r="E115" s="6" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>334</v>
+        <v>252</v>
       </c>
       <c r="G115" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H115" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I115" s="6">
-        <v>900</v>
+        <v>80</v>
       </c>
       <c r="J115" s="10" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="K115" s="6" t="s">
-        <v>336</v>
+        <v>254</v>
       </c>
       <c r="L115" s="10" t="s">
-        <v>334</v>
+        <v>252</v>
       </c>
       <c r="M115" s="6" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O115" s="6"/>
+      <c r="O115" s="6">
+        <v>419256.24</v>
+      </c>
       <c r="P115" s="6"/>
     </row>
-    <row r="116" spans="1:16" customHeight="1" ht="65">
+    <row r="116" spans="1:16">
       <c r="A116" s="6" t="s">
-        <v>479</v>
+        <v>470</v>
       </c>
       <c r="B116" s="6">
         <v>0</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6" t="s">
-        <v>480</v>
+        <v>471</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>76</v>
+        <v>120</v>
       </c>
       <c r="G116" s="10" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="H116" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I116" s="6">
-        <v>44.4</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="J116" s="10"/>
       <c r="K116" s="6" t="s">
-        <v>378</v>
+        <v>41</v>
       </c>
       <c r="L116" s="10" t="s">
-        <v>76</v>
+        <v>338</v>
       </c>
       <c r="M116" s="6" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O116" s="6"/>
+      <c r="O116" s="6">
+        <v>2733771.77</v>
+      </c>
       <c r="P116" s="6"/>
     </row>
-    <row r="117" spans="1:16" customHeight="1" ht="65">
+    <row r="117" spans="1:16">
       <c r="A117" s="6" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
       <c r="B117" s="6">
         <v>0</v>
       </c>
       <c r="C117" s="6">
         <v>0</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="6">
-        <v>476</v>
-[...3 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="J117" s="10"/>
       <c r="K117" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L117" s="10" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="M117" s="6" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O117" s="6">
-        <v>2182378.93</v>
+        <v>1719315.85</v>
       </c>
       <c r="P117" s="6"/>
     </row>
-    <row r="118" spans="1:16" customHeight="1" ht="65">
+    <row r="118" spans="1:16">
       <c r="A118" s="6" t="s">
-        <v>487</v>
+        <v>476</v>
       </c>
       <c r="B118" s="6">
         <v>0</v>
       </c>
       <c r="C118" s="6">
         <v>0</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
       <c r="E118" s="6" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>248</v>
+        <v>54</v>
       </c>
       <c r="G118" s="10" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="6">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>2060</v>
+      </c>
+      <c r="J118" s="10"/>
       <c r="K118" s="6" t="s">
-        <v>250</v>
+        <v>26</v>
       </c>
       <c r="L118" s="10" t="s">
-        <v>248</v>
+        <v>35</v>
       </c>
       <c r="M118" s="6" t="s">
-        <v>490</v>
+        <v>478</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O118" s="6">
-        <v>274388.4</v>
+        <v>7725730.6</v>
       </c>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="65">
       <c r="A119" s="6" t="s">
-        <v>491</v>
+        <v>479</v>
       </c>
       <c r="B119" s="6">
         <v>0</v>
       </c>
       <c r="C119" s="6">
         <v>0</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
       <c r="E119" s="6" t="s">
-        <v>492</v>
+        <v>480</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="G119" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H119" s="6" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I119" s="6">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J119" s="10" t="s">
-        <v>493</v>
+        <v>481</v>
       </c>
       <c r="K119" s="6" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L119" s="10" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="M119" s="6" t="s">
-        <v>494</v>
+        <v>482</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O119" s="6">
-        <v>187995.6</v>
+        <v>273546</v>
       </c>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
-        <v>495</v>
+        <v>483</v>
       </c>
       <c r="B120" s="6">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="C120" s="6">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
       <c r="E120" s="6" t="s">
-        <v>496</v>
+        <v>484</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>95</v>
+        <v>252</v>
       </c>
       <c r="G120" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H120" s="6" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="I120" s="6">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="J120" s="10" t="s">
-        <v>497</v>
+        <v>485</v>
       </c>
       <c r="K120" s="6" t="s">
-        <v>97</v>
+        <v>254</v>
       </c>
       <c r="L120" s="10" t="s">
-        <v>95</v>
+        <v>252</v>
       </c>
       <c r="M120" s="6" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O120" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O120" s="6"/>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
       <c r="B121" s="6">
         <v>0</v>
       </c>
       <c r="C121" s="6">
         <v>0</v>
       </c>
       <c r="D121" s="6">
         <v>0</v>
       </c>
       <c r="E121" s="6" t="s">
-        <v>500</v>
+        <v>488</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>76</v>
+        <v>328</v>
       </c>
       <c r="G121" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H121" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I121" s="6">
-        <v>70</v>
+        <v>900</v>
       </c>
       <c r="J121" s="10" t="s">
-        <v>501</v>
+        <v>489</v>
       </c>
       <c r="K121" s="6" t="s">
-        <v>78</v>
+        <v>330</v>
       </c>
       <c r="L121" s="10" t="s">
-        <v>76</v>
+        <v>328</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O121" s="6"/>
       <c r="P121" s="6"/>
     </row>
-    <row r="122" spans="1:16" customHeight="1" ht="65">
+    <row r="122" spans="1:16">
       <c r="A122" s="6" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="B122" s="6">
         <v>0</v>
       </c>
       <c r="C122" s="6">
         <v>0</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
       <c r="E122" s="6" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
       <c r="G122" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H122" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I122" s="6">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="J122" s="10"/>
       <c r="K122" s="6" t="s">
-        <v>78</v>
+        <v>41</v>
       </c>
       <c r="L122" s="10" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="M122" s="6" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O122" s="6"/>
+      <c r="O122" s="6">
+        <v>1342198.42</v>
+      </c>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
       <c r="E123" s="6" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="F123" s="9" t="s">
         <v>76</v>
       </c>
       <c r="G123" s="10" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="H123" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I123" s="6">
-        <v>18</v>
+        <v>44.4</v>
       </c>
       <c r="J123" s="10" t="s">
-        <v>509</v>
+        <v>496</v>
       </c>
       <c r="K123" s="6" t="s">
-        <v>78</v>
+        <v>387</v>
       </c>
       <c r="L123" s="10" t="s">
         <v>76</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>510</v>
+        <v>497</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O123" s="6"/>
+      <c r="O123" s="6">
+        <v>42935.56</v>
+      </c>
       <c r="P123" s="6"/>
     </row>
-    <row r="124" spans="1:16">
+    <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
       <c r="B124" s="6">
         <v>0</v>
       </c>
       <c r="C124" s="6">
         <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
       <c r="E124" s="6" t="s">
-        <v>512</v>
+        <v>499</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="6">
-        <v>690</v>
-[...1 lines deleted...]
-      <c r="J124" s="10"/>
+        <v>476</v>
+      </c>
+      <c r="J124" s="10" t="s">
+        <v>500</v>
+      </c>
       <c r="K124" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L124" s="10" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O124" s="6">
-        <v>2285827.02</v>
+        <v>2226025.65</v>
       </c>
       <c r="P124" s="6"/>
     </row>
-    <row r="125" spans="1:16">
+    <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="B125" s="6">
         <v>0</v>
       </c>
       <c r="C125" s="6">
         <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>22</v>
+        <v>252</v>
       </c>
       <c r="G125" s="10" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H125" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="6">
-        <v>615</v>
+        <v>75</v>
       </c>
       <c r="J125" s="10" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="K125" s="6" t="s">
-        <v>26</v>
+        <v>254</v>
       </c>
       <c r="L125" s="10" t="s">
-        <v>27</v>
+        <v>252</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>517</v>
+        <v>505</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O125" s="6">
-        <v>2220550.13</v>
+        <v>279876.48</v>
       </c>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
       <c r="E126" s="6" t="s">
-        <v>519</v>
+        <v>507</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>105</v>
+        <v>252</v>
       </c>
       <c r="G126" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H126" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I126" s="6">
+        <v>56</v>
+      </c>
+      <c r="J126" s="10" t="s">
+        <v>508</v>
+      </c>
+      <c r="K126" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="L126" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="M126" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="N126" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O126" s="6">
+        <v>189875.4</v>
+      </c>
+      <c r="P126" s="6"/>
+    </row>
+    <row r="127" spans="1:16" customHeight="1" ht="65">
+      <c r="A127" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="B127" s="6">
+        <v>19</v>
+      </c>
+      <c r="C127" s="6">
+        <v>19</v>
+      </c>
+      <c r="D127" s="6">
+        <v>0</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="F127" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="G127" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H127" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="I126" s="6">
-[...46 lines deleted...]
-      </c>
       <c r="I127" s="6">
-        <v>230</v>
+        <v>4</v>
       </c>
       <c r="J127" s="10" t="s">
-        <v>524</v>
+        <v>512</v>
       </c>
       <c r="K127" s="6" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="L127" s="10" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>525</v>
+        <v>513</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O127" s="6"/>
+      <c r="O127" s="6">
+        <v>4676.32</v>
+      </c>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
-        <v>526</v>
+        <v>514</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
       <c r="E128" s="6" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="G128" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H128" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I128" s="6">
-        <v>400</v>
+        <v>70</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
       <c r="K128" s="6" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="L128" s="10" t="s">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>529</v>
+        <v>517</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O128" s="6"/>
       <c r="P128" s="6"/>
     </row>
-    <row r="129" spans="1:16">
+    <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>530</v>
+        <v>518</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6" t="s">
-        <v>531</v>
+        <v>519</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="G129" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H129" s="6" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="I129" s="6">
-        <v>290</v>
+        <v>45</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>532</v>
+        <v>520</v>
       </c>
       <c r="K129" s="6" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="L129" s="10" t="s">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>533</v>
+        <v>521</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O129" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O129" s="6"/>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
-        <v>534</v>
+        <v>522</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
       <c r="E130" s="6" t="s">
-        <v>535</v>
+        <v>523</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="G130" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H130" s="6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="I130" s="6">
-        <v>360</v>
+        <v>18</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>536</v>
+        <v>524</v>
       </c>
       <c r="K130" s="6" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="L130" s="10" t="s">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="M130" s="6" t="s">
-        <v>537</v>
+        <v>525</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O130" s="6"/>
       <c r="P130" s="6"/>
     </row>
-    <row r="131" spans="1:16" customHeight="1" ht="65">
+    <row r="131" spans="1:16">
       <c r="A131" s="6" t="s">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="B131" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C131" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D131" s="6">
         <v>0</v>
       </c>
       <c r="E131" s="6" t="s">
-        <v>539</v>
+        <v>527</v>
       </c>
       <c r="F131" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G131" s="10" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="6">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>690</v>
+      </c>
+      <c r="J131" s="10"/>
       <c r="K131" s="6" t="s">
-        <v>165</v>
+        <v>26</v>
       </c>
       <c r="L131" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M131" s="6" t="s">
-        <v>541</v>
+        <v>528</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O131" s="6">
-        <v>483246.14</v>
+        <v>2331543.39</v>
       </c>
       <c r="P131" s="6"/>
     </row>
-    <row r="132" spans="1:16" customHeight="1" ht="65">
+    <row r="132" spans="1:16">
       <c r="A132" s="6" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="B132" s="6">
         <v>0</v>
       </c>
       <c r="C132" s="6">
         <v>0</v>
       </c>
       <c r="D132" s="6">
         <v>0</v>
       </c>
       <c r="E132" s="6" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G132" s="10" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="H132" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I132" s="6">
-        <v>110</v>
+        <v>615</v>
       </c>
       <c r="J132" s="10" t="s">
-        <v>544</v>
+        <v>531</v>
       </c>
       <c r="K132" s="6" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="L132" s="10" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="M132" s="6" t="s">
-        <v>545</v>
+        <v>532</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O132" s="6"/>
+      <c r="O132" s="6">
+        <v>2264960.67</v>
+      </c>
       <c r="P132" s="6"/>
     </row>
-    <row r="133" spans="1:16">
+    <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
-        <v>546</v>
+        <v>533</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
       <c r="E133" s="6" t="s">
-        <v>547</v>
+        <v>534</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="G133" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H133" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="6">
-        <v>1700</v>
-[...1 lines deleted...]
-      <c r="J133" s="10"/>
+        <v>280</v>
+      </c>
+      <c r="J133" s="10" t="s">
+        <v>535</v>
+      </c>
       <c r="K133" s="6" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="L133" s="10" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="M133" s="6" t="s">
-        <v>548</v>
+        <v>536</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O133" s="6">
-        <v>4206879.66</v>
+        <v>1552003.44</v>
       </c>
       <c r="P133" s="6"/>
     </row>
-    <row r="134" spans="1:16" customHeight="1" ht="65">
+    <row r="134" spans="1:16">
       <c r="A134" s="6" t="s">
-        <v>549</v>
+        <v>537</v>
       </c>
       <c r="B134" s="6">
         <v>0</v>
       </c>
       <c r="C134" s="6">
         <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
       <c r="E134" s="6" t="s">
-        <v>550</v>
+        <v>538</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G134" s="10" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H134" s="6" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="I134" s="6">
-        <v>89</v>
+        <v>230</v>
       </c>
       <c r="J134" s="10" t="s">
-        <v>551</v>
+        <v>539</v>
       </c>
       <c r="K134" s="6" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="L134" s="10" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="M134" s="6" t="s">
-        <v>552</v>
+        <v>540</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O134" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O134" s="6"/>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
-        <v>553</v>
+        <v>541</v>
       </c>
       <c r="B135" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C135" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
       <c r="E135" s="6" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>138</v>
+        <v>39</v>
       </c>
       <c r="G135" s="10" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="H135" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I135" s="6">
+        <v>400</v>
+      </c>
+      <c r="J135" s="10" t="s">
+        <v>543</v>
+      </c>
+      <c r="K135" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L135" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M135" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="N135" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O135" s="6"/>
+      <c r="P135" s="6"/>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="B136" s="6">
+        <v>0</v>
+      </c>
+      <c r="C136" s="6">
+        <v>0</v>
+      </c>
+      <c r="D136" s="6">
+        <v>0</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="F136" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G136" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H136" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="I135" s="6">
-[...46 lines deleted...]
-      </c>
       <c r="I136" s="6">
-        <v>230</v>
+        <v>290</v>
       </c>
       <c r="J136" s="10" t="s">
-        <v>559</v>
+        <v>547</v>
       </c>
       <c r="K136" s="6" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="L136" s="10" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="M136" s="6" t="s">
-        <v>560</v>
+        <v>548</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O136" s="6">
-        <v>695896.76</v>
+        <v>1377729.91</v>
       </c>
       <c r="P136" s="6"/>
     </row>
-    <row r="137" spans="1:16">
+    <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
-        <v>561</v>
+        <v>549</v>
       </c>
       <c r="B137" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C137" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6" t="s">
-        <v>562</v>
+        <v>550</v>
       </c>
       <c r="F137" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G137" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H137" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I137" s="6">
+        <v>360</v>
+      </c>
+      <c r="J137" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="K137" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L137" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M137" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="N137" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O137" s="6"/>
+      <c r="P137" s="6"/>
+    </row>
+    <row r="138" spans="1:16" customHeight="1" ht="65">
+      <c r="A138" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="B138" s="6">
+        <v>0</v>
+      </c>
+      <c r="C138" s="6">
+        <v>0</v>
+      </c>
+      <c r="D138" s="6">
+        <v>0</v>
+      </c>
+      <c r="E138" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="F138" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G138" s="10" t="s">
         <v>23</v>
-      </c>
-[...46 lines deleted...]
-        <v>33</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="6">
-        <v>725</v>
+        <v>172</v>
       </c>
       <c r="J138" s="10" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="K138" s="6" t="s">
-        <v>26</v>
+        <v>162</v>
       </c>
       <c r="L138" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M138" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="N138" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O138" s="6">
+        <v>492910.91</v>
+      </c>
+      <c r="P138" s="6"/>
+    </row>
+    <row r="139" spans="1:16" customHeight="1" ht="65">
+      <c r="A139" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="B139" s="6">
+        <v>0</v>
+      </c>
+      <c r="C139" s="6">
+        <v>0</v>
+      </c>
+      <c r="D139" s="6">
+        <v>0</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="F139" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G139" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H139" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I139" s="6">
+        <v>110</v>
+      </c>
+      <c r="J139" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="K139" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L139" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="M138" s="6" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="M139" s="6" t="s">
-        <v>571</v>
+        <v>560</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O139" s="6"/>
+      <c r="O139" s="6">
+        <v>632725.14</v>
+      </c>
       <c r="P139" s="6"/>
     </row>
-    <row r="140" spans="1:16" customHeight="1" ht="65">
+    <row r="140" spans="1:16">
       <c r="A140" s="6" t="s">
-        <v>572</v>
+        <v>561</v>
       </c>
       <c r="B140" s="6">
         <v>0</v>
       </c>
       <c r="C140" s="6">
         <v>0</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6" t="s">
-        <v>573</v>
+        <v>562</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>334</v>
+        <v>54</v>
       </c>
       <c r="G140" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H140" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I140" s="6">
-        <v>1195</v>
-[...3 lines deleted...]
-      </c>
+        <v>1700</v>
+      </c>
+      <c r="J140" s="10"/>
       <c r="K140" s="6" t="s">
-        <v>336</v>
+        <v>50</v>
       </c>
       <c r="L140" s="10" t="s">
-        <v>334</v>
+        <v>35</v>
       </c>
       <c r="M140" s="6" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O140" s="6"/>
+      <c r="O140" s="6">
+        <v>4291017.02</v>
+      </c>
       <c r="P140" s="6"/>
     </row>
     <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
-        <v>576</v>
+        <v>564</v>
       </c>
       <c r="B141" s="6">
         <v>0</v>
       </c>
       <c r="C141" s="6">
         <v>0</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
       <c r="E141" s="6" t="s">
-        <v>577</v>
+        <v>565</v>
       </c>
       <c r="F141" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H141" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I141" s="6">
-        <v>260</v>
+        <v>89</v>
       </c>
       <c r="J141" s="10" t="s">
-        <v>578</v>
+        <v>566</v>
       </c>
       <c r="K141" s="6" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="L141" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M141" s="6" t="s">
-        <v>579</v>
+        <v>567</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O141" s="6">
-        <v>767813.28</v>
+        <v>325617.92</v>
       </c>
       <c r="P141" s="6"/>
     </row>
-    <row r="142" spans="1:16">
+    <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
-        <v>580</v>
+        <v>568</v>
       </c>
       <c r="B142" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C142" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D142" s="6">
         <v>0</v>
       </c>
       <c r="E142" s="6" t="s">
-        <v>581</v>
+        <v>569</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>582</v>
+        <v>135</v>
       </c>
       <c r="G142" s="10" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="H142" s="6" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="I142" s="6">
-        <v>220</v>
+        <v>50.2</v>
       </c>
       <c r="J142" s="10" t="s">
-        <v>583</v>
+        <v>570</v>
       </c>
       <c r="K142" s="6" t="s">
-        <v>90</v>
+        <v>138</v>
       </c>
       <c r="L142" s="10" t="s">
-        <v>228</v>
+        <v>27</v>
       </c>
       <c r="M142" s="6" t="s">
-        <v>584</v>
+        <v>571</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O142" s="6"/>
+      <c r="O142" s="6">
+        <v>89229.2</v>
+      </c>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
-        <v>585</v>
+        <v>572</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>586</v>
+        <v>573</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="G143" s="10" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I143" s="6">
-        <v>105</v>
+        <v>230</v>
       </c>
       <c r="J143" s="10" t="s">
-        <v>587</v>
+        <v>574</v>
       </c>
       <c r="K143" s="6" t="s">
-        <v>90</v>
+        <v>162</v>
       </c>
       <c r="L143" s="10" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="M143" s="6" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O143" s="6">
-        <v>465519.6</v>
+        <v>702856.18</v>
       </c>
       <c r="P143" s="6"/>
     </row>
-    <row r="144" spans="1:16" customHeight="1" ht="65">
+    <row r="144" spans="1:16">
       <c r="A144" s="6" t="s">
-        <v>589</v>
+        <v>576</v>
       </c>
       <c r="B144" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C144" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
       <c r="E144" s="6" t="s">
-        <v>590</v>
+        <v>577</v>
       </c>
       <c r="F144" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G144" s="10" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="H144" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I144" s="6">
+        <v>524.5</v>
+      </c>
+      <c r="J144" s="10" t="s">
+        <v>578</v>
+      </c>
+      <c r="K144" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="L144" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="M144" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="N144" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O144" s="6">
+        <v>1816449.34</v>
+      </c>
+      <c r="P144" s="6"/>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="B145" s="6">
+        <v>0</v>
+      </c>
+      <c r="C145" s="6">
+        <v>0</v>
+      </c>
+      <c r="D145" s="6">
+        <v>0</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="F145" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G145" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="I144" s="6">
-[...46 lines deleted...]
-      </c>
       <c r="I145" s="6">
-        <v>219</v>
+        <v>725</v>
       </c>
       <c r="J145" s="10" t="s">
-        <v>595</v>
+        <v>582</v>
       </c>
       <c r="K145" s="6" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="L145" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M145" s="6" t="s">
-        <v>596</v>
+        <v>583</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O145" s="6"/>
+      <c r="O145" s="6">
+        <v>2719759.49</v>
+      </c>
       <c r="P145" s="6"/>
     </row>
-    <row r="146" spans="1:16" customHeight="1" ht="65">
+    <row r="146" spans="1:16">
       <c r="A146" s="6" t="s">
-        <v>597</v>
+        <v>584</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
-        <v>598</v>
+        <v>585</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="G146" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H146" s="6" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="I146" s="6">
-        <v>490</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="J146" s="10"/>
       <c r="K146" s="6" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="L146" s="10" t="s">
-        <v>35</v>
+        <v>94</v>
       </c>
       <c r="M146" s="6" t="s">
-        <v>600</v>
+        <v>586</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O146" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O146" s="6"/>
       <c r="P146" s="6"/>
     </row>
     <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
-        <v>601</v>
+        <v>587</v>
       </c>
       <c r="B147" s="6">
         <v>0</v>
       </c>
       <c r="C147" s="6">
         <v>0</v>
       </c>
       <c r="D147" s="6">
         <v>0</v>
       </c>
       <c r="E147" s="6" t="s">
-        <v>602</v>
+        <v>588</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="G147" s="10" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="H147" s="6" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I147" s="6">
-        <v>548</v>
+        <v>260</v>
       </c>
       <c r="J147" s="10" t="s">
-        <v>603</v>
+        <v>589</v>
       </c>
       <c r="K147" s="6" t="s">
-        <v>55</v>
+        <v>162</v>
       </c>
       <c r="L147" s="10" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="M147" s="6" t="s">
-        <v>604</v>
+        <v>590</v>
       </c>
       <c r="N147" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O147" s="6">
-        <v>1770453.82</v>
+        <v>783169.24</v>
       </c>
       <c r="P147" s="6"/>
     </row>
-    <row r="148" spans="1:16" customHeight="1" ht="65">
+    <row r="148" spans="1:16">
       <c r="A148" s="6" t="s">
-        <v>605</v>
+        <v>591</v>
       </c>
       <c r="B148" s="6">
         <v>0</v>
       </c>
       <c r="C148" s="6">
         <v>0</v>
       </c>
       <c r="D148" s="6">
         <v>0</v>
       </c>
       <c r="E148" s="6" t="s">
-        <v>606</v>
+        <v>592</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>32</v>
+        <v>593</v>
       </c>
       <c r="G148" s="10" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H148" s="6" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="I148" s="6">
-        <v>1200</v>
+        <v>220</v>
       </c>
       <c r="J148" s="10" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="K148" s="6" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="L148" s="10" t="s">
-        <v>35</v>
+        <v>231</v>
       </c>
       <c r="M148" s="6" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O148" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O148" s="6"/>
       <c r="P148" s="6"/>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="B149" s="6">
+        <v>0</v>
+      </c>
+      <c r="C149" s="6">
+        <v>0</v>
+      </c>
+      <c r="D149" s="6">
+        <v>0</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="F149" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G149" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H149" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I149" s="6">
+        <v>105</v>
+      </c>
+      <c r="J149" s="10" t="s">
+        <v>598</v>
+      </c>
+      <c r="K149" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L149" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M149" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="N149" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O149" s="6">
+        <v>479465.58</v>
+      </c>
+      <c r="P149" s="6"/>
+    </row>
+    <row r="150" spans="1:16" customHeight="1" ht="65">
+      <c r="A150" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="B150" s="6">
+        <v>0</v>
+      </c>
+      <c r="C150" s="6">
+        <v>0</v>
+      </c>
+      <c r="D150" s="6">
+        <v>0</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="F150" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G150" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H150" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I150" s="6">
+        <v>104</v>
+      </c>
+      <c r="J150" s="10" t="s">
+        <v>602</v>
+      </c>
+      <c r="K150" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L150" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M150" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="N150" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O150" s="6">
+        <v>498721.24</v>
+      </c>
+      <c r="P150" s="6"/>
+    </row>
+    <row r="151" spans="1:16" customHeight="1" ht="65">
+      <c r="A151" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="B151" s="6">
+        <v>0</v>
+      </c>
+      <c r="C151" s="6">
+        <v>0</v>
+      </c>
+      <c r="D151" s="6">
+        <v>0</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="F151" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G151" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H151" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I151" s="6">
+        <v>219</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>606</v>
+      </c>
+      <c r="K151" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L151" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M151" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="N151" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O151" s="6">
+        <v>833732.48</v>
+      </c>
+      <c r="P151" s="6"/>
+    </row>
+    <row r="152" spans="1:16" customHeight="1" ht="65">
+      <c r="A152" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="B152" s="6">
+        <v>0</v>
+      </c>
+      <c r="C152" s="6">
+        <v>0</v>
+      </c>
+      <c r="D152" s="6">
+        <v>0</v>
+      </c>
+      <c r="E152" s="6" t="s">
         <v>609</v>
       </c>
-      <c r="B149" s="6">
-[...8 lines deleted...]
-      <c r="E149" s="6" t="s">
+      <c r="F152" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G152" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H152" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I152" s="6">
+        <v>490</v>
+      </c>
+      <c r="J152" s="10" t="s">
         <v>610</v>
       </c>
-      <c r="F149" s="9" t="s">
+      <c r="K152" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L152" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M152" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="N152" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O152" s="6">
+        <v>1596314.51</v>
+      </c>
+      <c r="P152" s="6"/>
+    </row>
+    <row r="153" spans="1:16" customHeight="1" ht="65">
+      <c r="A153" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="B153" s="6">
+        <v>0</v>
+      </c>
+      <c r="C153" s="6">
+        <v>0</v>
+      </c>
+      <c r="D153" s="6">
+        <v>0</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="F153" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="G149" s="10" t="s">
-[...2 lines deleted...]
-      <c r="H149" s="6" t="s">
+      <c r="G153" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H153" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I153" s="6">
+        <v>548</v>
+      </c>
+      <c r="J153" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="K153" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L153" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M153" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="N153" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O153" s="6">
+        <v>1788157.74</v>
+      </c>
+      <c r="P153" s="6"/>
+    </row>
+    <row r="154" spans="1:16" customHeight="1" ht="65">
+      <c r="A154" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="B154" s="6">
+        <v>0</v>
+      </c>
+      <c r="C154" s="6">
+        <v>0</v>
+      </c>
+      <c r="D154" s="6">
+        <v>0</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="F154" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G154" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H154" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="I149" s="6">
+      <c r="I154" s="6">
+        <v>1200</v>
+      </c>
+      <c r="J154" s="10" t="s">
+        <v>618</v>
+      </c>
+      <c r="K154" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L154" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="M154" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="N154" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O154" s="6">
+        <v>3171411.46</v>
+      </c>
+      <c r="P154" s="6"/>
+    </row>
+    <row r="155" spans="1:16" customHeight="1" ht="65">
+      <c r="A155" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="B155" s="6">
+        <v>0</v>
+      </c>
+      <c r="C155" s="6">
+        <v>0</v>
+      </c>
+      <c r="D155" s="6">
+        <v>0</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="F155" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G155" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H155" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I155" s="6">
         <v>1320</v>
       </c>
-      <c r="J149" s="10" t="s">
-[...5 lines deleted...]
-      <c r="L149" s="10" t="s">
+      <c r="J155" s="10" t="s">
+        <v>622</v>
+      </c>
+      <c r="K155" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L155" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="M149" s="6" t="s">
-[...8 lines deleted...]
-      <c r="P149" s="6"/>
+      <c r="M155" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="N155" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O155" s="6">
+        <v>3512296.37</v>
+      </c>
+      <c r="P155" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>