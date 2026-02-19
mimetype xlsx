--- v1 (2025-12-21)
+++ v2 (2026-02-19)
@@ -26,51 +26,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="624">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>21.12.2025 08:14:53</t>
+    <t>19.02.2026 07:21:47</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -5249,99 +5249,99 @@
       <c r="G10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="6">
         <v>172</v>
       </c>
       <c r="J10" s="10" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="6">
-        <v>1029032.24</v>
+        <v>950285.8</v>
       </c>
       <c r="P10" s="6"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="6">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>0</v>
       </c>
       <c r="D11" s="6">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="6">
         <v>2010</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>34</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O11" s="6">
-        <v>7423285.67</v>
+        <v>6855227.76</v>
       </c>
       <c r="P11" s="6"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="6">
         <v>0</v>
       </c>
       <c r="C12" s="6">
         <v>0</v>
       </c>
       <c r="D12" s="6">
         <v>0</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="10" t="s">
         <v>40</v>
       </c>
@@ -5625,51 +5625,51 @@
       <c r="G18" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I18" s="6">
         <v>231</v>
       </c>
       <c r="J18" s="10" t="s">
         <v>72</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L18" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>73</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O18" s="6">
-        <v>879518.38</v>
+        <v>888225.57</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="6">
         <v>0</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>75</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>76</v>
       </c>
       <c r="G19" s="10" t="s">
         <v>40</v>
       </c>
@@ -5717,241 +5717,241 @@
         <v>22</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="6">
         <v>230</v>
       </c>
       <c r="J20" s="10"/>
       <c r="K20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>82</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O20" s="6">
-        <v>1551165.08</v>
+        <v>1432464.28</v>
       </c>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="6" t="s">
         <v>83</v>
       </c>
       <c r="B21" s="6">
         <v>0</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="6">
         <v>490</v>
       </c>
       <c r="J21" s="10"/>
       <c r="K21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>85</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O21" s="6">
-        <v>1789445.59</v>
+        <v>1789445.58</v>
       </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
         <v>86</v>
       </c>
       <c r="B22" s="6">
         <v>0</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>88</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I22" s="6">
         <v>24</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>89</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L22" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>91</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O22" s="6">
-        <v>67167.83</v>
+        <v>67832.86</v>
       </c>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="6" t="s">
         <v>92</v>
       </c>
       <c r="B23" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C23" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>94</v>
       </c>
       <c r="G23" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="6">
         <v>27</v>
       </c>
       <c r="J23" s="10" t="s">
         <v>95</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>96</v>
       </c>
       <c r="L23" s="10" t="s">
         <v>94</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>97</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O23" s="6">
         <v>39453.8</v>
       </c>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
         <v>98</v>
       </c>
       <c r="B24" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C24" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I24" s="6">
         <v>151</v>
       </c>
       <c r="J24" s="10" t="s">
         <v>100</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L24" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>101</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O24" s="6">
-        <v>555753.8</v>
+        <v>561256.49</v>
       </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="6" t="s">
         <v>102</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>103</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>104</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>40</v>
       </c>
@@ -6091,99 +6091,99 @@
         <v>22</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="6">
         <v>210</v>
       </c>
       <c r="J28" s="10"/>
       <c r="K28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>117</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O28" s="6">
-        <v>1457308.53</v>
+        <v>1345790.47</v>
       </c>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="6" t="s">
         <v>118</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>119</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I29" s="6">
         <v>135</v>
       </c>
       <c r="J29" s="10" t="s">
         <v>121</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L29" s="10" t="s">
         <v>122</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>123</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O29" s="6">
-        <v>723310.69</v>
+        <v>730472.18</v>
       </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>125</v>
       </c>
       <c r="F30" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>40</v>
       </c>
@@ -6231,51 +6231,51 @@
         <v>54</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="6">
         <v>151</v>
       </c>
       <c r="J31" s="10"/>
       <c r="K31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L31" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>129</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O31" s="6">
-        <v>701290.87</v>
+        <v>701290.88</v>
       </c>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="6" t="s">
         <v>130</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>131</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>40</v>
       </c>
@@ -6325,99 +6325,99 @@
       <c r="G33" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="6">
         <v>65</v>
       </c>
       <c r="J33" s="10" t="s">
         <v>137</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>138</v>
       </c>
       <c r="L33" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>139</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O33" s="6">
-        <v>78318.86</v>
+        <v>76310</v>
       </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
         <v>140</v>
       </c>
       <c r="B34" s="6">
         <v>1</v>
       </c>
       <c r="C34" s="6">
         <v>1</v>
       </c>
       <c r="D34" s="6">
         <v>0</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>141</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="6">
         <v>800</v>
       </c>
       <c r="J34" s="10" t="s">
         <v>142</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>143</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O34" s="6">
-        <v>3684840.35</v>
+        <v>3402862.32</v>
       </c>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
         <v>144</v>
       </c>
       <c r="B35" s="6">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>145</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>88</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>40</v>
       </c>
@@ -6474,230 +6474,230 @@
         <v>715</v>
       </c>
       <c r="J36" s="10"/>
       <c r="K36" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L36" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>150</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O36" s="6">
         <v>2819376.4</v>
       </c>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
         <v>151</v>
       </c>
       <c r="B37" s="6">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="C37" s="6">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>152</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>153</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I37" s="6">
         <v>7.5</v>
       </c>
       <c r="J37" s="10" t="s">
         <v>154</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L37" s="10" t="s">
         <v>153</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>155</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O37" s="6">
-        <v>44473.94</v>
+        <v>44914.27</v>
       </c>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="6" t="s">
         <v>156</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>157</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="6">
         <v>1200</v>
       </c>
       <c r="J38" s="10"/>
       <c r="K38" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L38" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M38" s="6" t="s">
         <v>158</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O38" s="6">
-        <v>3508268.49</v>
+        <v>3508268.5</v>
       </c>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
         <v>159</v>
       </c>
       <c r="B39" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C39" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>160</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I39" s="6">
         <v>344.5</v>
       </c>
       <c r="J39" s="10" t="s">
         <v>161</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L39" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>163</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O39" s="6">
-        <v>1380103.49</v>
+        <v>1393769</v>
       </c>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B40" s="6">
         <v>0</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6">
         <v>0</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>165</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="6">
         <v>1825</v>
       </c>
       <c r="J40" s="10"/>
       <c r="K40" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M40" s="6" t="s">
         <v>166</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O40" s="6">
-        <v>8633446.43</v>
+        <v>7972782.43</v>
       </c>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" s="6" t="s">
         <v>167</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>168</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>169</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>40</v>
       </c>
@@ -6745,99 +6745,99 @@
       <c r="G42" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I42" s="6">
         <v>180</v>
       </c>
       <c r="J42" s="10" t="s">
         <v>173</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L42" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M42" s="6" t="s">
         <v>174</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O42" s="6">
-        <v>501666.36</v>
+        <v>506633.71</v>
       </c>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
         <v>175</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>176</v>
       </c>
       <c r="F43" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I43" s="6">
         <v>236</v>
       </c>
       <c r="J43" s="10" t="s">
         <v>177</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L43" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>178</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O43" s="6">
-        <v>1118819.89</v>
+        <v>1129897.65</v>
       </c>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" s="6" t="s">
         <v>179</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>180</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>88</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>40</v>
       </c>
@@ -6979,51 +6979,51 @@
       <c r="G47" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="6">
         <v>438</v>
       </c>
       <c r="J47" s="10" t="s">
         <v>192</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L47" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>193</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O47" s="6">
-        <v>1688094.14</v>
+        <v>1632646.76</v>
       </c>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B48" s="6">
         <v>0</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>195</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G48" s="10" t="s">
         <v>40</v>
       </c>
@@ -7349,51 +7349,51 @@
       <c r="G55" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I55" s="6">
         <v>360</v>
       </c>
       <c r="J55" s="10" t="s">
         <v>226</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L55" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>227</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O55" s="6">
-        <v>1467896.25</v>
+        <v>1482428.84</v>
       </c>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="65">
       <c r="A56" s="6" t="s">
         <v>228</v>
       </c>
       <c r="B56" s="6">
         <v>0</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6">
         <v>0</v>
       </c>
       <c r="E56" s="6" t="s">
         <v>229</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>88</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>40</v>
       </c>
@@ -7443,99 +7443,99 @@
       <c r="G57" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I57" s="6">
         <v>187</v>
       </c>
       <c r="J57" s="10" t="s">
         <v>235</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L57" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M57" s="6" t="s">
         <v>236</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O57" s="6">
-        <v>515253.44</v>
+        <v>520355</v>
       </c>
       <c r="P57" s="6"/>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="65">
       <c r="A58" s="6" t="s">
         <v>237</v>
       </c>
       <c r="B58" s="6">
         <v>0</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6">
         <v>0</v>
       </c>
       <c r="E58" s="6" t="s">
         <v>238</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="6">
         <v>253</v>
       </c>
       <c r="J58" s="10" t="s">
         <v>239</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L58" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>240</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O58" s="6">
-        <v>946070.95</v>
+        <v>946070.94</v>
       </c>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
         <v>241</v>
       </c>
       <c r="B59" s="6">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6">
         <v>0</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>242</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>40</v>
       </c>
@@ -7683,51 +7683,51 @@
       <c r="G62" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I62" s="6">
         <v>74</v>
       </c>
       <c r="J62" s="10" t="s">
         <v>258</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L62" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M62" s="6" t="s">
         <v>259</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O62" s="6">
-        <v>366385.2</v>
+        <v>370011.93</v>
       </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
         <v>260</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
         <v>261</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>40</v>
       </c>
@@ -7775,99 +7775,99 @@
         <v>54</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="6">
         <v>1850</v>
       </c>
       <c r="J64" s="10"/>
       <c r="K64" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L64" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M64" s="6" t="s">
         <v>266</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O64" s="6">
-        <v>7018707.4</v>
+        <v>6481608.69</v>
       </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" s="6" t="s">
         <v>267</v>
       </c>
       <c r="B65" s="6">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>268</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="6">
         <v>800</v>
       </c>
       <c r="J65" s="10" t="s">
         <v>269</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L65" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M65" s="6" t="s">
         <v>270</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O65" s="6">
-        <v>2950355.49</v>
+        <v>2724582.02</v>
       </c>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="65">
       <c r="A66" s="6" t="s">
         <v>271</v>
       </c>
       <c r="B66" s="6">
         <v>0</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6">
         <v>0</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>272</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>23</v>
       </c>
@@ -8252,138 +8252,138 @@
         <v>195</v>
       </c>
       <c r="J74" s="10" t="s">
         <v>305</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L74" s="10" t="s">
         <v>104</v>
       </c>
       <c r="M74" s="6" t="s">
         <v>306</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
         <v>307</v>
       </c>
       <c r="B75" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C75" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
       <c r="E75" s="6" t="s">
         <v>308</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="6">
         <v>198</v>
       </c>
       <c r="J75" s="10" t="s">
         <v>309</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L75" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M75" s="6" t="s">
         <v>310</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O75" s="6">
-        <v>812196.74</v>
+        <v>1015245.93</v>
       </c>
       <c r="P75" s="6"/>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
         <v>311</v>
       </c>
       <c r="B76" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C76" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D76" s="6">
         <v>0</v>
       </c>
       <c r="E76" s="6" t="s">
         <v>312</v>
       </c>
       <c r="F76" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G76" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I76" s="6">
         <v>110</v>
       </c>
       <c r="J76" s="10" t="s">
         <v>313</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L76" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M76" s="6" t="s">
         <v>314</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O76" s="6">
-        <v>516387.45</v>
+        <v>521501.08</v>
       </c>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
         <v>315</v>
       </c>
       <c r="B77" s="6">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
       <c r="E77" s="6" t="s">
         <v>316</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>23</v>
       </c>
@@ -8396,136 +8396,136 @@
       <c r="J77" s="10" t="s">
         <v>317</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L77" s="10" t="s">
         <v>248</v>
       </c>
       <c r="M77" s="6" t="s">
         <v>318</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O77" s="6">
         <v>594946.72</v>
       </c>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
         <v>319</v>
       </c>
       <c r="B78" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C78" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>320</v>
       </c>
       <c r="F78" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I78" s="6">
         <v>92.6</v>
       </c>
       <c r="J78" s="10" t="s">
         <v>321</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L78" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M78" s="6" t="s">
         <v>322</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O78" s="6">
-        <v>342282.82</v>
+        <v>345672.81</v>
       </c>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" s="6" t="s">
         <v>323</v>
       </c>
       <c r="B79" s="6">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6">
         <v>0</v>
       </c>
       <c r="E79" s="6" t="s">
         <v>324</v>
       </c>
       <c r="F79" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="6">
         <v>2010</v>
       </c>
       <c r="J79" s="10"/>
       <c r="K79" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L79" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M79" s="6" t="s">
         <v>325</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O79" s="6">
-        <v>9421538.05</v>
+        <v>8700565.85</v>
       </c>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" s="6" t="s">
         <v>326</v>
       </c>
       <c r="B80" s="6">
         <v>0</v>
       </c>
       <c r="C80" s="6">
         <v>0</v>
       </c>
       <c r="D80" s="6">
         <v>0</v>
       </c>
       <c r="E80" s="6" t="s">
         <v>327</v>
       </c>
       <c r="F80" s="9" t="s">
         <v>328</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>40</v>
       </c>
@@ -8901,191 +8901,191 @@
       <c r="G88" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="6">
         <v>710</v>
       </c>
       <c r="J88" s="10" t="s">
         <v>362</v>
       </c>
       <c r="K88" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L88" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M88" s="6" t="s">
         <v>363</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O88" s="6">
-        <v>3207094.8</v>
+        <v>2961675.81</v>
       </c>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" s="6" t="s">
         <v>364</v>
       </c>
       <c r="B89" s="6">
         <v>0</v>
       </c>
       <c r="C89" s="6">
         <v>0</v>
       </c>
       <c r="D89" s="6">
         <v>0</v>
       </c>
       <c r="E89" s="6" t="s">
         <v>365</v>
       </c>
       <c r="F89" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G89" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="6">
         <v>180</v>
       </c>
       <c r="J89" s="10"/>
       <c r="K89" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L89" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M89" s="6" t="s">
         <v>366</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O89" s="6">
-        <v>1195676.85</v>
+        <v>1104180.22</v>
       </c>
       <c r="P89" s="6"/>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" s="6" t="s">
         <v>367</v>
       </c>
       <c r="B90" s="6">
         <v>0</v>
       </c>
       <c r="C90" s="6">
         <v>0</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
       <c r="E90" s="6" t="s">
         <v>368</v>
       </c>
       <c r="F90" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="6">
         <v>460</v>
       </c>
       <c r="J90" s="10" t="s">
         <v>369</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L90" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>370</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O90" s="6">
-        <v>1724771.69</v>
+        <v>1592784.28</v>
       </c>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" s="6" t="s">
         <v>371</v>
       </c>
       <c r="B91" s="6">
         <v>0</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
       <c r="E91" s="6" t="s">
         <v>372</v>
       </c>
       <c r="F91" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="6">
         <v>187</v>
       </c>
       <c r="J91" s="10"/>
       <c r="K91" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L91" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M91" s="6" t="s">
         <v>373</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O91" s="6">
-        <v>1209785.12</v>
+        <v>1117207.83</v>
       </c>
       <c r="P91" s="6"/>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" s="6" t="s">
         <v>374</v>
       </c>
       <c r="B92" s="6">
         <v>0</v>
       </c>
       <c r="C92" s="6">
         <v>0</v>
       </c>
       <c r="D92" s="6">
         <v>0</v>
       </c>
       <c r="E92" s="6" t="s">
         <v>375</v>
       </c>
       <c r="F92" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>40</v>
       </c>
@@ -9142,138 +9142,138 @@
         <v>350</v>
       </c>
       <c r="J93" s="10"/>
       <c r="K93" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L93" s="10" t="s">
         <v>338</v>
       </c>
       <c r="M93" s="6" t="s">
         <v>379</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O93" s="6">
         <v>2812679.38</v>
       </c>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
         <v>380</v>
       </c>
       <c r="B94" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C94" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D94" s="6">
         <v>0</v>
       </c>
       <c r="E94" s="6" t="s">
         <v>381</v>
       </c>
       <c r="F94" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I94" s="6">
         <v>155</v>
       </c>
       <c r="J94" s="10" t="s">
         <v>382</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L94" s="10" t="s">
         <v>248</v>
       </c>
       <c r="M94" s="6" t="s">
         <v>383</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O94" s="6">
-        <v>603029.59</v>
+        <v>609001.28</v>
       </c>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
         <v>384</v>
       </c>
       <c r="B95" s="6">
         <v>0</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6" t="s">
         <v>385</v>
       </c>
       <c r="F95" s="9" t="s">
         <v>76</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I95" s="6">
         <v>10</v>
       </c>
       <c r="J95" s="10" t="s">
         <v>386</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>387</v>
       </c>
       <c r="L95" s="10" t="s">
         <v>76</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>388</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O95" s="6">
-        <v>19547.89</v>
+        <v>20191.28</v>
       </c>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
         <v>389</v>
       </c>
       <c r="B96" s="6">
         <v>0</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6" t="s">
         <v>390</v>
       </c>
       <c r="F96" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>187</v>
       </c>
@@ -9417,195 +9417,195 @@
       <c r="G99" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="6">
         <v>1025</v>
       </c>
       <c r="J99" s="10" t="s">
         <v>403</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L99" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M99" s="6" t="s">
         <v>404</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O99" s="6">
-        <v>4433431.68</v>
+        <v>4094168.73</v>
       </c>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
         <v>405</v>
       </c>
       <c r="B100" s="6">
         <v>0</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
       <c r="E100" s="6" t="s">
         <v>406</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>407</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="6">
         <v>30</v>
       </c>
       <c r="J100" s="10" t="s">
         <v>408</v>
       </c>
       <c r="K100" s="6" t="s">
         <v>387</v>
       </c>
       <c r="L100" s="10" t="s">
         <v>407</v>
       </c>
       <c r="M100" s="6" t="s">
         <v>409</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O100" s="6">
-        <v>43982.76</v>
+        <v>45287.78</v>
       </c>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
         <v>410</v>
       </c>
       <c r="B101" s="6">
         <v>0</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6" t="s">
         <v>411</v>
       </c>
       <c r="F101" s="9" t="s">
         <v>407</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="6">
         <v>20.4</v>
       </c>
       <c r="J101" s="10" t="s">
         <v>412</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>387</v>
       </c>
       <c r="L101" s="10" t="s">
         <v>407</v>
       </c>
       <c r="M101" s="6" t="s">
         <v>413</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O101" s="6">
-        <v>27692.85</v>
+        <v>28518.75</v>
       </c>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
         <v>414</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6" t="s">
         <v>415</v>
       </c>
       <c r="F102" s="9" t="s">
         <v>76</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="6">
         <v>29</v>
       </c>
       <c r="J102" s="10" t="s">
         <v>416</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>387</v>
       </c>
       <c r="L102" s="10" t="s">
         <v>76</v>
       </c>
       <c r="M102" s="6" t="s">
         <v>417</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O102" s="6">
-        <v>39212.15</v>
+        <v>40382.55</v>
       </c>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
         <v>418</v>
       </c>
       <c r="B103" s="6">
         <v>0</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
       <c r="E103" s="6" t="s">
         <v>419</v>
       </c>
       <c r="F103" s="9" t="s">
         <v>88</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>40</v>
       </c>
@@ -9749,195 +9749,195 @@
       <c r="G106" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="6">
         <v>5.8</v>
       </c>
       <c r="J106" s="10" t="s">
         <v>431</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>387</v>
       </c>
       <c r="L106" s="10" t="s">
         <v>432</v>
       </c>
       <c r="M106" s="6" t="s">
         <v>433</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O106" s="6">
-        <v>16638.99</v>
+        <v>17225.33</v>
       </c>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
         <v>434</v>
       </c>
       <c r="B107" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C107" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
       <c r="E107" s="6" t="s">
         <v>435</v>
       </c>
       <c r="F107" s="9" t="s">
         <v>76</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I107" s="6">
         <v>12.8</v>
       </c>
       <c r="J107" s="10" t="s">
         <v>436</v>
       </c>
       <c r="K107" s="6" t="s">
         <v>387</v>
       </c>
       <c r="L107" s="10" t="s">
         <v>76</v>
       </c>
       <c r="M107" s="6" t="s">
         <v>437</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O107" s="6">
-        <v>19817.11</v>
+        <v>20647.58</v>
       </c>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
         <v>438</v>
       </c>
       <c r="B108" s="6">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="C108" s="6">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6" t="s">
         <v>439</v>
       </c>
       <c r="F108" s="9" t="s">
         <v>76</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I108" s="6">
         <v>24.5</v>
       </c>
       <c r="J108" s="10" t="s">
         <v>440</v>
       </c>
       <c r="K108" s="6" t="s">
         <v>387</v>
       </c>
       <c r="L108" s="10" t="s">
         <v>76</v>
       </c>
       <c r="M108" s="6" t="s">
         <v>441</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O108" s="6">
-        <v>24425.74</v>
+        <v>25438.73</v>
       </c>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
         <v>442</v>
       </c>
       <c r="B109" s="6">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="C109" s="6">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6" t="s">
         <v>443</v>
       </c>
       <c r="F109" s="9" t="s">
         <v>76</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I109" s="6">
         <v>17.9</v>
       </c>
       <c r="J109" s="10" t="s">
         <v>444</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>387</v>
       </c>
       <c r="L109" s="10" t="s">
         <v>76</v>
       </c>
       <c r="M109" s="6" t="s">
         <v>445</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O109" s="6">
-        <v>24195.31</v>
+        <v>25210.58</v>
       </c>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
         <v>446</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6" t="s">
         <v>447</v>
       </c>
       <c r="F110" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>23</v>
       </c>
@@ -9950,90 +9950,90 @@
       <c r="J110" s="10" t="s">
         <v>448</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L110" s="10" t="s">
         <v>248</v>
       </c>
       <c r="M110" s="6" t="s">
         <v>449</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O110" s="6">
         <v>571522.95</v>
       </c>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
         <v>450</v>
       </c>
       <c r="B111" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C111" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6" t="s">
         <v>451</v>
       </c>
       <c r="F111" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I111" s="6">
         <v>210</v>
       </c>
       <c r="J111" s="10" t="s">
         <v>452</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L111" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M111" s="6" t="s">
         <v>453</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O111" s="6">
-        <v>595727.86</v>
+        <v>601627.16</v>
       </c>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
         <v>454</v>
       </c>
       <c r="B112" s="6">
         <v>0</v>
       </c>
       <c r="C112" s="6">
         <v>0</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
       <c r="E112" s="6" t="s">
         <v>455</v>
       </c>
       <c r="F112" s="9" t="s">
         <v>252</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>40</v>
       </c>
@@ -10271,97 +10271,97 @@
         <v>22</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="6">
         <v>260</v>
       </c>
       <c r="J117" s="10"/>
       <c r="K117" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L117" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M117" s="6" t="s">
         <v>475</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O117" s="6">
-        <v>1719315.85</v>
+        <v>1587747.56</v>
       </c>
       <c r="P117" s="6"/>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" s="6" t="s">
         <v>476</v>
       </c>
       <c r="B118" s="6">
         <v>0</v>
       </c>
       <c r="C118" s="6">
         <v>0</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
       <c r="E118" s="6" t="s">
         <v>477</v>
       </c>
       <c r="F118" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="6">
         <v>2060</v>
       </c>
       <c r="J118" s="10"/>
       <c r="K118" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L118" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M118" s="6" t="s">
         <v>478</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O118" s="6">
-        <v>7725730.6</v>
+        <v>7134528.96</v>
       </c>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="65">
       <c r="A119" s="6" t="s">
         <v>479</v>
       </c>
       <c r="B119" s="6">
         <v>0</v>
       </c>
       <c r="C119" s="6">
         <v>0</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
       <c r="E119" s="6" t="s">
         <v>480</v>
       </c>
       <c r="F119" s="9" t="s">
         <v>252</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>40</v>
       </c>
@@ -10551,99 +10551,99 @@
       <c r="G123" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I123" s="6">
         <v>44.4</v>
       </c>
       <c r="J123" s="10" t="s">
         <v>496</v>
       </c>
       <c r="K123" s="6" t="s">
         <v>387</v>
       </c>
       <c r="L123" s="10" t="s">
         <v>76</v>
       </c>
       <c r="M123" s="6" t="s">
         <v>497</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O123" s="6">
-        <v>42935.56</v>
+        <v>44261.1</v>
       </c>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
         <v>498</v>
       </c>
       <c r="B124" s="6">
         <v>0</v>
       </c>
       <c r="C124" s="6">
         <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
       <c r="E124" s="6" t="s">
         <v>499</v>
       </c>
       <c r="F124" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="6">
         <v>476</v>
       </c>
       <c r="J124" s="10" t="s">
         <v>500</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L124" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M124" s="6" t="s">
         <v>501</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O124" s="6">
-        <v>2226025.65</v>
+        <v>2055682.98</v>
       </c>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
         <v>502</v>
       </c>
       <c r="B125" s="6">
         <v>0</v>
       </c>
       <c r="C125" s="6">
         <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6" t="s">
         <v>503</v>
       </c>
       <c r="F125" s="9" t="s">
         <v>252</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>40</v>
       </c>
@@ -10695,63 +10695,63 @@
       <c r="G126" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I126" s="6">
         <v>56</v>
       </c>
       <c r="J126" s="10" t="s">
         <v>508</v>
       </c>
       <c r="K126" s="6" t="s">
         <v>254</v>
       </c>
       <c r="L126" s="10" t="s">
         <v>252</v>
       </c>
       <c r="M126" s="6" t="s">
         <v>509</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O126" s="6">
-        <v>189875.4</v>
+        <v>191755.2</v>
       </c>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
         <v>510</v>
       </c>
       <c r="B127" s="6">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="C127" s="6">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6" t="s">
         <v>511</v>
       </c>
       <c r="F127" s="9" t="s">
         <v>94</v>
       </c>
       <c r="G127" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="6">
         <v>4</v>
       </c>
       <c r="J127" s="10" t="s">
         <v>512</v>
       </c>
       <c r="K127" s="6" t="s">
         <v>96</v>
       </c>
@@ -10927,99 +10927,99 @@
         <v>22</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="6">
         <v>690</v>
       </c>
       <c r="J131" s="10"/>
       <c r="K131" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L131" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M131" s="6" t="s">
         <v>528</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O131" s="6">
-        <v>2331543.39</v>
+        <v>2153125.42</v>
       </c>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" s="6" t="s">
         <v>529</v>
       </c>
       <c r="B132" s="6">
         <v>0</v>
       </c>
       <c r="C132" s="6">
         <v>0</v>
       </c>
       <c r="D132" s="6">
         <v>0</v>
       </c>
       <c r="E132" s="6" t="s">
         <v>530</v>
       </c>
       <c r="F132" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H132" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I132" s="6">
         <v>615</v>
       </c>
       <c r="J132" s="10" t="s">
         <v>531</v>
       </c>
       <c r="K132" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L132" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M132" s="6" t="s">
         <v>532</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O132" s="6">
-        <v>2264960.67</v>
+        <v>2091636.72</v>
       </c>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
         <v>533</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
       <c r="E133" s="6" t="s">
         <v>534</v>
       </c>
       <c r="F133" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>40</v>
       </c>
@@ -11218,54 +11218,54 @@
         <v>360</v>
       </c>
       <c r="J137" s="10" t="s">
         <v>551</v>
       </c>
       <c r="K137" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L137" s="10" t="s">
         <v>42</v>
       </c>
       <c r="M137" s="6" t="s">
         <v>552</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O137" s="6"/>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
         <v>553</v>
       </c>
       <c r="B138" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C138" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6" t="s">
         <v>554</v>
       </c>
       <c r="F138" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G138" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="6">
         <v>172</v>
       </c>
       <c r="J138" s="10" t="s">
         <v>555</v>
       </c>
       <c r="K138" s="6" t="s">
         <v>162</v>
       </c>
@@ -11305,51 +11305,51 @@
       <c r="G139" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="6">
         <v>110</v>
       </c>
       <c r="J139" s="10" t="s">
         <v>559</v>
       </c>
       <c r="K139" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L139" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M139" s="6" t="s">
         <v>560</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O139" s="6">
-        <v>632725.14</v>
+        <v>632725.13</v>
       </c>
       <c r="P139" s="6"/>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" s="6" t="s">
         <v>561</v>
       </c>
       <c r="B140" s="6">
         <v>0</v>
       </c>
       <c r="C140" s="6">
         <v>0</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6" t="s">
         <v>562</v>
       </c>
       <c r="F140" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>40</v>
       </c>
@@ -11447,195 +11447,195 @@
       <c r="G142" s="10" t="s">
         <v>136</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="6">
         <v>50.2</v>
       </c>
       <c r="J142" s="10" t="s">
         <v>570</v>
       </c>
       <c r="K142" s="6" t="s">
         <v>138</v>
       </c>
       <c r="L142" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M142" s="6" t="s">
         <v>571</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O142" s="6">
-        <v>89229.2</v>
+        <v>86825.7</v>
       </c>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
         <v>572</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
         <v>573</v>
       </c>
       <c r="F143" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I143" s="6">
         <v>230</v>
       </c>
       <c r="J143" s="10" t="s">
         <v>574</v>
       </c>
       <c r="K143" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L143" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M143" s="6" t="s">
         <v>575</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O143" s="6">
-        <v>702856.18</v>
+        <v>709814.09</v>
       </c>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" s="6" t="s">
         <v>576</v>
       </c>
       <c r="B144" s="6">
         <v>1</v>
       </c>
       <c r="C144" s="6">
         <v>1</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
       <c r="E144" s="6" t="s">
         <v>577</v>
       </c>
       <c r="F144" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I144" s="6">
         <v>524.5</v>
       </c>
       <c r="J144" s="10" t="s">
         <v>578</v>
       </c>
       <c r="K144" s="6" t="s">
         <v>162</v>
       </c>
       <c r="L144" s="10" t="s">
         <v>64</v>
       </c>
       <c r="M144" s="6" t="s">
         <v>579</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O144" s="6">
-        <v>1816449.34</v>
+        <v>1834433.74</v>
       </c>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" s="6" t="s">
         <v>580</v>
       </c>
       <c r="B145" s="6">
         <v>0</v>
       </c>
       <c r="C145" s="6">
         <v>0</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
         <v>581</v>
       </c>
       <c r="F145" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="6">
         <v>725</v>
       </c>
       <c r="J145" s="10" t="s">
         <v>582</v>
       </c>
       <c r="K145" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L145" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M145" s="6" t="s">
         <v>583</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O145" s="6">
-        <v>2719759.49</v>
+        <v>2511632.81</v>
       </c>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" s="6" t="s">
         <v>584</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
         <v>585</v>
       </c>
       <c r="F146" s="9" t="s">
         <v>94</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>40</v>
       </c>
@@ -11777,51 +11777,51 @@
       <c r="G149" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>71</v>
       </c>
       <c r="I149" s="6">
         <v>105</v>
       </c>
       <c r="J149" s="10" t="s">
         <v>598</v>
       </c>
       <c r="K149" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L149" s="10" t="s">
         <v>90</v>
       </c>
       <c r="M149" s="6" t="s">
         <v>599</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O149" s="6">
-        <v>479465.58</v>
+        <v>484212.77</v>
       </c>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
         <v>600</v>
       </c>
       <c r="B150" s="6">
         <v>0</v>
       </c>
       <c r="C150" s="6">
         <v>0</v>
       </c>
       <c r="D150" s="6">
         <v>0</v>
       </c>
       <c r="E150" s="6" t="s">
         <v>601</v>
       </c>
       <c r="F150" s="9" t="s">
         <v>54</v>
       </c>
       <c r="G150" s="10" t="s">
         <v>40</v>
       </c>
@@ -11948,72 +11948,72 @@
       <c r="P152" s="6"/>
     </row>
     <row r="153" spans="1:16" customHeight="1" ht="65">
       <c r="A153" s="6" t="s">
         <v>612</v>
       </c>
       <c r="B153" s="6">
         <v>0</v>
       </c>
       <c r="C153" s="6">
         <v>0</v>
       </c>
       <c r="D153" s="6">
         <v>0</v>
       </c>
       <c r="E153" s="6" t="s">
         <v>613</v>
       </c>
       <c r="F153" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G153" s="10" t="s">
         <v>40</v>
       </c>
       <c r="H153" s="6" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I153" s="6">
         <v>548</v>
       </c>
       <c r="J153" s="10" t="s">
         <v>614</v>
       </c>
       <c r="K153" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L153" s="10" t="s">
         <v>35</v>
       </c>
       <c r="M153" s="6" t="s">
         <v>615</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O153" s="6">
-        <v>1788157.74</v>
+        <v>1805863.18</v>
       </c>
       <c r="P153" s="6"/>
     </row>
     <row r="154" spans="1:16" customHeight="1" ht="65">
       <c r="A154" s="6" t="s">
         <v>616</v>
       </c>
       <c r="B154" s="6">
         <v>0</v>
       </c>
       <c r="C154" s="6">
         <v>0</v>
       </c>
       <c r="D154" s="6">
         <v>0</v>
       </c>
       <c r="E154" s="6" t="s">
         <v>617</v>
       </c>
       <c r="F154" s="9" t="s">
         <v>32</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>40</v>
       </c>