--- v0 (2025-12-21)
+++ v1 (2026-02-19)
@@ -15,62 +15,62 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="544">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="706">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>21.12.2025 08:14:55</t>
+    <t>19.02.2026 07:21:48</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -243,72 +243,87 @@
   <si>
     <t>Машина посудомоечная кухонная электрическая МПК-500Ф-01 (мойка GN1/1), фронтальная, 595х660(1040)х875 мм, 6800Вт, 380В, производительность 500 тарелок/час, производительность 1000 стаканов/час, производительность, гастроемкостей (противней) GN1/1 (530х320 мм) с глубинами 20 и 40 - 168 мм/час, тип используемых кассет 500х500.</t>
   </si>
   <si>
     <t>00000473818</t>
   </si>
   <si>
     <t>Кассета Abat 72 000 027 222</t>
   </si>
   <si>
     <t>Габариты: 500х500х106 мм</t>
   </si>
   <si>
     <t>00000406928</t>
   </si>
   <si>
     <t>Фронтальная посудомоечная машина Abat МПК-500Ф-01</t>
   </si>
   <si>
     <t>Габариты: 590x640(1030)x864мм, 6800Вт, 380В, производит-ть 500 тарелок/час, количество режимов мойки 2 (120 с, 180 с), (старый код 71000008417 новый код  15000008417 )</t>
   </si>
   <si>
     <t>00000224130</t>
   </si>
   <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-160 PACK R CW+CDT-600</t>
+  </si>
+  <si>
+    <t>CCO-160 PACK R CW+CDT-600</t>
+  </si>
+  <si>
+    <t>Туннельные посудомоечные машины</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>Fagor Professional</t>
+  </si>
+  <si>
+    <t>Машины посудомоечные туннельные</t>
+  </si>
+  <si>
+    <t>ЦБ-00011134</t>
+  </si>
+  <si>
     <t>Туннельная посудомоечная машина ГРОДТОРГМАШ ММУ-1000М</t>
   </si>
   <si>
     <t>ММУ-1000М</t>
-  </si>
-[...1 lines deleted...]
-    <t>Туннельные посудомоечные машины</t>
   </si>
   <si>
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>Мощность 35,7 кВт. Производительность (по тарелкам ø240 мм) 1600 шт./час. Габаритные размеры (д/ш/в) 3720х1060х1310 мм.
 Машина посудомоечная универсальная ММУ-1000М изготавливается в соответствии с требованиями ТУ BY 500059647.032-2009. Предназначена: для мытья тарелок, суповых мисок, стаканов, столовых приборов и подносов размером не более 530х325 мм на предприятиях общественного питания, имеющих водоснабжение горячей и холодной или только холодной водой, с применением моющих средств.</t>
   </si>
   <si>
     <t>ГРОДТОРГМАШ</t>
   </si>
   <si>
-    <t>Машины посудомоечные туннельные</t>
-[...1 lines deleted...]
-  <si>
     <t>00000082726</t>
   </si>
   <si>
     <t>Туннельная посудомоечная машина ГРОДТОРГМАШ ММУ-2000</t>
   </si>
   <si>
     <t>ММУ-2000</t>
   </si>
   <si>
     <t>Мощность 34 кВт. Производительность (по тарелкам ø240 мм) 3100 шт./час. Габаритные размеры (д/ш/в) 4800х1060х1310 мм.
 Машина посудомоечная универсальная ММУ-2000 изготавливается в соответствии с требованиями ТУ РБ 14478107.013-98. Предназначена: для мытья тарелок, суповых мисок, стаканов, приборов, подносов размером не более 530х325 мм на предприятиях общественного питания, имеющих водоснабжение горячей водой с применением моющих средств.</t>
   </si>
   <si>
     <t>00000082727</t>
   </si>
   <si>
     <t>Купольная посудомоечная машина Abat МПК 700К</t>
   </si>
   <si>
     <t>Габариты: 725х830х1490(1920), 10500Вт, 380В, 2 режима мойки, производительность 700тар/час Старый код 11000001102 Новый код  15000001102</t>
   </si>
   <si>
     <t>00000082728</t>
   </si>
   <si>
@@ -431,285 +446,737 @@
   <si>
     <t>Фронтальная посудомоечная машина Kromo AQUA 50+DDE.</t>
   </si>
   <si>
     <t>AQUA 50+DDE.</t>
   </si>
   <si>
     <t>Посудом. машина т.м.KROMO серии AQUA, мод. AQUA 50+DDE (дозаторы мющ. и ополаск.) - Посудом. машина т.м.KROMO серии AQUA, мод. AQUA 50+DDE+PS (дозаторы,помпа) - 590х600х850мм, 380В, 5150Вт, производительность от 20 до 30 кассет/час, кассета 500х500 мм, h 320 мм, d 320 мм, цикл мойки 120/180 с. дозаторы моющего и ополаскивающего средств</t>
   </si>
   <si>
     <t>Kromo</t>
   </si>
   <si>
     <t>00000454322</t>
   </si>
   <si>
     <t>Кассета Abat Корзина 12000026621</t>
   </si>
   <si>
     <t>Корзина для стаканов 400х400х150 мм с углами д/машины посудом. кух. эл. МПК-400Ф</t>
   </si>
   <si>
     <t>00000335001</t>
   </si>
   <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-120-I-HW = CCO-120-L-HW</t>
+  </si>
+  <si>
+    <t>CCO-120-I-HW = CCO-120-L-HW</t>
+  </si>
+  <si>
+    <t>00000349964</t>
+  </si>
+  <si>
     <t>Фронтальная посудомоечная машина Abat МПК-400Ф</t>
   </si>
   <si>
     <t>Габариты: 490x540x865 мм, 220В, 3600Вт, фронтальная, 700 стаканов/час, 3 программы мойки, 2 дозатора (моющий, ополаскивающий), насос мойки, насос слива, Старый код   71000008924  Новый код    15000008924</t>
   </si>
   <si>
     <t>00000336597</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-502 B D (220В)</t>
+  </si>
+  <si>
+    <t>WUC-502 B D (220В)</t>
+  </si>
+  <si>
+    <t>ЦБ-00008886</t>
   </si>
   <si>
     <t>Стаканомоечная машина SMEG SPG403MS</t>
   </si>
   <si>
     <t>SPG403MS</t>
   </si>
   <si>
     <t>Габариты 440x530x710 мм, напряжение 220В, мощность 3 кВт, электронное управление
 панель управления с отображением температуры мойки и ополаскивания, производительность 40/24/15, 3 программы, функция мягкого старта, функция "Чистая вода", функция "Экстра ополаскивание", сливная помпа с фильтром,  дозаторы моющего и ополаскивающих средств, встроенный водоумягчитель непрерывного цикла, высота моечной камеры 330 мм
 В комплекте 3 кассеты (PB40G01 для стаканов -2 шт. и PHO0S01 для столовых приборов)
 Вес нетто 36 кг, вес брутто 42 кг</t>
   </si>
   <si>
     <t>00000476036</t>
   </si>
   <si>
     <t>Кассета Abat 72000027144</t>
   </si>
   <si>
     <t>Кассета для тарелок 500х500мм для машины посудом. кух. эл. т.м. "Abat", модели МПТ-2000</t>
   </si>
   <si>
     <t>00000406927</t>
   </si>
   <si>
     <t>Фронтальная посудомоечная машина Abat МПК-500Ф-01-230</t>
   </si>
   <si>
     <t>Габариты: 590x640(1030)x864мм, 3800Вт, 220В, фронтальная, производит-ть 500 тар/ч, 2 цикла, 2 дозатора (моющ./ополаск.), насос мойки, слива.</t>
   </si>
   <si>
     <t>00000269316</t>
   </si>
   <si>
     <t>Фронтальная посудомоечная машина Vortmax FDM 500</t>
   </si>
   <si>
     <t>FDM 500</t>
   </si>
   <si>
     <t>ЦБ-00018967</t>
   </si>
   <si>
-    <t>Фронтальная посудомоечная машина Fagor Professional CO-400 COLD DD</t>
-[...15 lines deleted...]
-    <t>00000251118</t>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 B</t>
+  </si>
+  <si>
+    <t>WGC-400 B</t>
+  </si>
+  <si>
+    <t>ЦБ-00075717</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 D</t>
+  </si>
+  <si>
+    <t>WGC-400 D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075718</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 C</t>
+  </si>
+  <si>
+    <t>WGC-400 C</t>
+  </si>
+  <si>
+    <t>ЦБ-00075720</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 C B</t>
+  </si>
+  <si>
+    <t>WGC-400 C B</t>
+  </si>
+  <si>
+    <t>ЦБ-00075721</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 C D</t>
+  </si>
+  <si>
+    <t>WGC-400 C D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075722</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 C B D</t>
+  </si>
+  <si>
+    <t>WGC-400 C B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075723</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 T</t>
+  </si>
+  <si>
+    <t>WGC-400 T</t>
+  </si>
+  <si>
+    <t>ЦБ-00075724</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 T B</t>
+  </si>
+  <si>
+    <t>WGC-400 T B</t>
+  </si>
+  <si>
+    <t>ЦБ-00075725</t>
+  </si>
+  <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-160-I-CW</t>
+  </si>
+  <si>
+    <t>CCO-160-I-CW</t>
+  </si>
+  <si>
+    <t>Машина посудомоечная т.м. FAGOR серии CCO, мод. CCO-160-I-CW (л/п, подкл. к х/в), 1180x790x1550мм, 31450Вт, 380В. Тоннельная п.м., направление СЛЕВА НАПРАВО. ПОДКЛЮЧЕНИЕ к холодной воде (меньше 50 С). 3 цикла мойки, производительность от 100 до 160 кассет в час. Расход воды 240 л/час.</t>
+  </si>
+  <si>
+    <t>00000339111</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 T D</t>
+  </si>
+  <si>
+    <t>WGC-400 T D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075726</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 T B D</t>
+  </si>
+  <si>
+    <t>WGC-400 T B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075727</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 T C</t>
+  </si>
+  <si>
+    <t>WGC-400 T C</t>
+  </si>
+  <si>
+    <t>ЦБ-00075728</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 T C B</t>
+  </si>
+  <si>
+    <t>WGC-400 T C B</t>
+  </si>
+  <si>
+    <t>ЦБ-00075729</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 T C D</t>
+  </si>
+  <si>
+    <t>WGC-400 T C D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075730</t>
   </si>
   <si>
     <t>Туннельная посудомоечная машина Abat МПТ-1700-01 прав.</t>
   </si>
   <si>
     <t>Габариты: 1595х770х1965мм, 36700Вт, 380В, 3 программы мойки, производит-ть 95 кассет/ч, 1710 тарелок/ч, с теплообменником.</t>
   </si>
   <si>
     <t>00000240077</t>
   </si>
   <si>
     <t>Туннельная посудомоечная машина Fagor Professional CCO-180-I-CW+CDT-600 = CCO-180-L-CW+CDT-600</t>
   </si>
   <si>
     <t>CCO-180-I-CW+CDT-600 = CCO-180-L-CW+CDT-600</t>
   </si>
   <si>
     <t>Габаритные размеры: 1750x790x1550 мм габариты машины без сушки, сушка 600х790х1930 мм, эл. мощность 44,45Вт (34,9 кВт машина, и 9,55 кВт сушильный тоннель), напряжение 380 В, направление СЛЕВА НАПРАВО, состоит из шторок на входе, моечного модуля, зоны ополаскивания и сушильного тоннеля, подключение к холодной воде меньше 50С, 3 цикла мойки, производительность от 90 до 180 кассет в час. Расход воды 210 л/час.  В комплекте с 2 шт. CT-10, 2  шт. CP-16/18, 1 шт. CV-16/105, 1 шт. CT-10 R.</t>
   </si>
   <si>
     <t>00000324990</t>
   </si>
   <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-120-L-СW_Сургут</t>
+  </si>
+  <si>
+    <t>CCO-120-L-СW_Сургут</t>
+  </si>
+  <si>
+    <t>Машина посудомоечная т.м. FAGOR серии CCO, мод. CCO-120-L-СW (л/п, подкл. к х/в), 1180x790x1550мм, 28450Вт, 380В, направление движения кассеты - СЛЕВА НАПРАВО, производительность от 80 до 120 кассет/час, габариты кассеты 500х500 мм, ПОДКЛЮЧЕНИЕ к холодной воде меньше 50С, расход воды 210 л/час.</t>
+  </si>
+  <si>
+    <t>00000401430</t>
+  </si>
+  <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 T C B D 230V1N50Hz</t>
+  </si>
+  <si>
+    <t>WGC-400 T C B D 230V1N50Hz</t>
+  </si>
+  <si>
+    <t>ЦБ-00075731</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUP-502 B D</t>
+  </si>
+  <si>
+    <t>WUP-502 B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075739</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-502 D</t>
+  </si>
+  <si>
+    <t>WUC-502 D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075758</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-502 T</t>
+  </si>
+  <si>
+    <t>WUC-502 T</t>
+  </si>
+  <si>
+    <t>ЦБ-00075760</t>
+  </si>
+  <si>
     <t>Туннельная посудомоечная машина Abat МПТ-1700-01 правая, на колесах</t>
   </si>
   <si>
     <t>Габариты: 1595х770х1965 мм, 26700 кВт, 380 В, теплообменник, 1700 тарелок/час, 3 программы мойки (цикл мойки: 82 сек), 2 дозатора (моющий, ополаскивающий), насос мойки.</t>
   </si>
   <si>
     <t>00000452052</t>
   </si>
   <si>
     <t>Туннельная посудомоечная машина Abat МПТ-2000К с пальчиковым конвейером левая</t>
   </si>
   <si>
     <t>Габариты: 5020х1017х2220 мм, 48000 Вт, 380 В, размеры проема 715х460 мм, теплообменник, сушка, 2000 тарелок/час, 4 программы мойки, 2 дозатора (моющий, ополаскивающий), насос мойки.</t>
   </si>
   <si>
     <t>00000452053</t>
   </si>
   <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-502 T B D 220В</t>
+  </si>
+  <si>
+    <t>WUC-502 T B D 220В</t>
+  </si>
+  <si>
+    <t>ЦБ-00075763</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-500 B</t>
+  </si>
+  <si>
+    <t>WUC-500 B</t>
+  </si>
+  <si>
+    <t>ЦБ-00075765</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-500 D 230V1N50Hz</t>
+  </si>
+  <si>
+    <t>WUC-500 D 230V1N50Hz</t>
+  </si>
+  <si>
+    <t>ЦБ-00075766</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-500 B D</t>
+  </si>
+  <si>
+    <t>WUC-500 B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075767</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-500 T B</t>
+  </si>
+  <si>
+    <t>WUC-500 T B</t>
+  </si>
+  <si>
+    <t>ЦБ-00075769</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-500 T D</t>
+  </si>
+  <si>
+    <t>WUC-500 T D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075770</t>
+  </si>
+  <si>
     <t>Кассета SMEG PB50D01</t>
   </si>
   <si>
     <t>PB50D01</t>
   </si>
   <si>
     <t>Кассета для тарелок, размер 500х500х140 мм, материал полипропилен, вместимость 18 тарелок Ø 250 мм.</t>
   </si>
   <si>
     <t>00000352042</t>
   </si>
   <si>
     <t>Кассета SMEG PHOOS01</t>
   </si>
   <si>
     <t>PHOOS01</t>
   </si>
   <si>
     <t>Кассета для столовых приборов, размер 110х110х140 мм, материал полипропилен.</t>
   </si>
   <si>
     <t>00000352044</t>
   </si>
   <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-500 T B D</t>
+  </si>
+  <si>
+    <t>WUC-500 T B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075771</t>
+  </si>
+  <si>
     <t>Купольная посудомоечная машина Vortmax DDM 660HP</t>
   </si>
   <si>
     <t>DDM 660HP</t>
   </si>
   <si>
     <t>ЦБ-00018983</t>
   </si>
   <si>
     <t>Машина для полировки Hurakan HKN-SCD03</t>
   </si>
   <si>
     <t>HKN-SCD03</t>
   </si>
   <si>
     <t>370х210х330мм, 220В, 0,05кВт</t>
   </si>
   <si>
     <t>Hurakan</t>
   </si>
   <si>
     <t>00000406048</t>
   </si>
   <si>
     <t>Кассета Fagor Professional CV-36/105</t>
   </si>
   <si>
     <t>CV-36/105</t>
   </si>
   <si>
     <t>Кассета для бокалов CV-36/105 для посудомоечной машины, 500х500х140мм, пластик</t>
   </si>
   <si>
     <t>00000237642</t>
   </si>
   <si>
     <t>Фронтальная посудомоечная машина Vortmax Drive 500 (380В)</t>
   </si>
   <si>
     <t>Drive 500 (380В)</t>
   </si>
   <si>
     <t>ЦБ-00018986</t>
   </si>
   <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-160-D-CW</t>
+  </si>
+  <si>
+    <t>CCO-160-D-CW</t>
+  </si>
+  <si>
+    <t>Машина посудом. т.м. FAGOR серии CCO, мод. CCO-160-D-CW (п/л, подкл. к х/в). Тоннельная п.м., направление СПРАВА НАЛЕВО, состоит из моечного модуля+ополаскивания. ПОДКЛЮЧЕНИЕ к холодной воде (меньше 50 С). 3 цикла мойки, производительность от 100 до 160 кассет в час. Расход воды 240 л/час. 1180x790x1550 мм, 31450Вт. В комплекте с 2 шт. CT-10, 2 шт. CP-16/18, 1 шт. CV-16/105, 1 шт. CT-10 R.</t>
+  </si>
+  <si>
+    <t>00000335602</t>
+  </si>
+  <si>
     <t>Стол входной Abat СПМФ-7-1</t>
   </si>
   <si>
     <t>Столы входные</t>
   </si>
   <si>
     <t>Габариты: 1166х724х898 мм, из нержавеющей стали, душ-стойка, мойка цельнотянутая 400х400х250 мм, регулируемые по высоте ножки, для фронтальных посудомоечных машин МПК-500Ф, МПК-500Ф-01, МПК-500Ф-02, МПК-500Ф-01-230.</t>
   </si>
   <si>
     <t>Столы для посудомоечных машин</t>
   </si>
   <si>
     <t>00000186922</t>
   </si>
   <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 B</t>
+  </si>
+  <si>
+    <t>WHC-502 B</t>
+  </si>
+  <si>
+    <t>ЦБ-00075813</t>
+  </si>
+  <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 D</t>
+  </si>
+  <si>
+    <t>WHC-502 D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075814</t>
+  </si>
+  <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 B D</t>
+  </si>
+  <si>
+    <t>WHC-502 B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075815</t>
+  </si>
+  <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 T</t>
+  </si>
+  <si>
+    <t>WHC-502 T</t>
+  </si>
+  <si>
+    <t>ЦБ-00075816</t>
+  </si>
+  <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 T B</t>
+  </si>
+  <si>
+    <t>WHC-502 T B</t>
+  </si>
+  <si>
+    <t>ЦБ-00075817</t>
+  </si>
+  <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 T D 400V3N50Hz</t>
+  </si>
+  <si>
+    <t>WHC-502 T D 400V3N50Hz</t>
+  </si>
+  <si>
+    <t>ЦБ-00075818</t>
+  </si>
+  <si>
     <t>Купольная посудомоечная машина Abat МПК-1400К</t>
   </si>
   <si>
     <t>Габариты: 1320х840х1490(1920) мм, 20500Вт, 380В, 1400 тар/ч, 2 цикла, 2 дозатора (моющ. и ополаск.), 2 насоса: для мойки и для ополаскивания. Старый код 11000008574. новый код 15000008574</t>
   </si>
   <si>
     <t>00000109157</t>
   </si>
   <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 T B D</t>
+  </si>
+  <si>
+    <t>WHC-502 T B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075819</t>
+  </si>
+  <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 T RC B</t>
+  </si>
+  <si>
+    <t>WHC-502 T RC B</t>
+  </si>
+  <si>
+    <t>ЦБ-00075821</t>
+  </si>
+  <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 T RC D</t>
+  </si>
+  <si>
+    <t>WHC-502 T RC D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075822</t>
+  </si>
+  <si>
+    <t>Купольная посудомоечная машина Fagor Professional WHC-502 T RC B D</t>
+  </si>
+  <si>
+    <t>WHC-502 T RC B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00075823</t>
+  </si>
+  <si>
     <t>Купольная посудомоечная машина SMEG SPH505SH</t>
   </si>
   <si>
     <t>SPH505SH</t>
   </si>
   <si>
     <t>ЦБ-00014777</t>
   </si>
   <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-270-L-CW</t>
+  </si>
+  <si>
+    <t>CCO-270-L-CW</t>
+  </si>
+  <si>
+    <t>Машина посудомомоечная т.м. Fagor  серии CCO-270-L-CW, 2660х790х1550мм, 48,9 кВт, 380В, подключение к х/в, движение слева направо</t>
+  </si>
+  <si>
+    <t>00000398682</t>
+  </si>
+  <si>
     <t>Купольная посудомоечная машина Kromo HOOD 110+DDE+PS</t>
   </si>
   <si>
     <t>HOOD 110+DDE+PS</t>
   </si>
   <si>
     <t>Посудомоечная машина купольная т.м. KROMO серии Hood, мод. HOOD 110+DDE+PS - корзина (500х500), 720х735х1445/1880мм, 10200Вт, 380В, нерж. сталь, максимальная производительность 70 кассет/час, кассета 500х500 мм, d тарелок 410 мм, при подключении к холодной воде время цикла увеличивается на 59 сек. В комплекте: 2 корзины для тарелок, 1 корзина для стаканов, 1 вставка для столовых приборов, дозаторы моющих и ополаскивающих средств, помпа</t>
   </si>
   <si>
     <t>00000454341</t>
   </si>
   <si>
+    <t>Стаканомоечная машина Fagor Professional WGC-400 T C B D</t>
+  </si>
+  <si>
+    <t>WGC-400 T C B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00008286</t>
+  </si>
+  <si>
+    <t>Котломоечная машина Fagor Professional WLP-61</t>
+  </si>
+  <si>
+    <t>WLP-61</t>
+  </si>
+  <si>
+    <t>ЦБ-00075840</t>
+  </si>
+  <si>
+    <t>Котломоечная машина Fagor Professional WLP-62</t>
+  </si>
+  <si>
+    <t>WLP-62</t>
+  </si>
+  <si>
+    <t>ЦБ-00075841</t>
+  </si>
+  <si>
+    <t>Котломоечная машина Fagor Professional WLP-62 RC</t>
+  </si>
+  <si>
+    <t>WLP-62 RC</t>
+  </si>
+  <si>
+    <t>ЦБ-00075842</t>
+  </si>
+  <si>
+    <t>Котломоечная машина Fagor Professional WLP-63</t>
+  </si>
+  <si>
+    <t>WLP-63</t>
+  </si>
+  <si>
+    <t>ЦБ-00075843</t>
+  </si>
+  <si>
+    <t>Котломоечная машина Fagor Professional WLP-63 RC</t>
+  </si>
+  <si>
+    <t>WLP-63 RC</t>
+  </si>
+  <si>
+    <t>ЦБ-00075844</t>
+  </si>
+  <si>
+    <t>Котломоечная машина Fagor Professional WLP-70</t>
+  </si>
+  <si>
+    <t>WLP-70</t>
+  </si>
+  <si>
+    <t>ЦБ-00075845</t>
+  </si>
+  <si>
+    <t>Котломоечная машина Fagor Professional WLP-70 RC</t>
+  </si>
+  <si>
+    <t>WLP-70 RC</t>
+  </si>
+  <si>
+    <t>ЦБ-00075846</t>
+  </si>
+  <si>
+    <t>Котломоечная машина Fagor Professional WLP-130</t>
+  </si>
+  <si>
+    <t>WLP-130</t>
+  </si>
+  <si>
+    <t>ЦБ-00075847</t>
+  </si>
+  <si>
+    <t>Котломоечная машина Fagor Professional WLP-130 RC</t>
+  </si>
+  <si>
+    <t>WLP-130 RC</t>
+  </si>
+  <si>
+    <t>ЦБ-00075848</t>
+  </si>
+  <si>
     <t>Фронтальная посудомоечная машина Vortmax FDME 400</t>
   </si>
   <si>
     <t>FDME 400</t>
   </si>
   <si>
     <t>Стаканомоечная, с дозаторами моющего и ополаскивающего средств, термостоп, электронная панель управления, 455х500х700мм, 3 цикла мойки - производит-ть кассет/час - 40-30-20  шт., размер кассеты 400х400мм, 3200Вт, 220В, максимальная высота стакана 300мм, подключение к горячей воде.</t>
   </si>
   <si>
     <t>00000313245</t>
   </si>
   <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-160 L CW 400V 3N 50Hz</t>
+  </si>
+  <si>
+    <t>CCO-160 L CW 400V 3N 50Hz</t>
+  </si>
+  <si>
+    <t>ЦБ-00075852</t>
+  </si>
+  <si>
     <t>Кассета Abat 22 000 027 361</t>
   </si>
   <si>
     <t>Габариты: 127х127х130 мм, для всех посудомоечных машин торговой марки Abat</t>
   </si>
   <si>
     <t>00000378599</t>
   </si>
   <si>
     <t>Туннельная посудомоечная машина Abat МПТ-2000 левая</t>
   </si>
   <si>
     <t>Габариты:  2145х770х1965мм, 34400Вт, 380В, 3 программы мойки, теплообменник, сушка, 2000 тар/ч, 2 дозатора, насос для мойки.</t>
   </si>
   <si>
     <t>00000235420</t>
   </si>
   <si>
     <t>Транспортер для грязной посуды Atesy КАЮР Ведущий модуль 1м</t>
   </si>
   <si>
     <t>КАЮР Ведущий модуль 1м</t>
   </si>
   <si>
     <t>Транспортеры для грязной посуды</t>
@@ -798,50 +1265,62 @@
   <si>
     <t>Купольная посудомоечная машина Gabino LM-C-700 серия "Стандарт"</t>
   </si>
   <si>
     <t>N3101000007</t>
   </si>
   <si>
     <t>Машина посудомоечная электр. тип купольная, модель LM-C-700. Серия "Стандарт" (700 тарелок/час, 2 программы мойки, 1 дозатор (ополаскивающий), насос мойки, купол и лицо нержавеющая сталь, панели оцинк сталь, 725х830х1490мм), 10500Вт, 380В. Высота при открытии: 1890 мм +-10 мм.</t>
   </si>
   <si>
     <t>Gabino</t>
   </si>
   <si>
     <t>00000422693</t>
   </si>
   <si>
     <t>Кассета Abat 72 000 027 183</t>
   </si>
   <si>
     <t>Размеры, мм 500х500х106 мм, Для посудомоечных машин торговой марки Abat, за исключением МПК-400Ф и МПК-400Ф-01</t>
   </si>
   <si>
     <t>00000271443</t>
   </si>
   <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-120-RHW</t>
+  </si>
+  <si>
+    <t>CCO-120-RHW</t>
+  </si>
+  <si>
+    <t>FAGOR Машина посудом. мод. CCO-120-RHW (п/л,  подкл. к г/в) - Тоннельная п.м., направление СПРАВА НАЛЕВО, состоит из моечного модуля, зоны ополаскивания. ПОДКЛЮЧЕНИЕ к горячей воде. 3 цикла мойки, производительность от 80 до 120 кассет в час. Расход воды 210 л/час. 1180x790x1550 мм габариты машины без сушки, 28,45 кВт. В комплекте с 2 шт. CT-10, 2 шт. CP-16/18, 1 шт. CV-16/105, 1 шт.  CT-10 R.</t>
+  </si>
+  <si>
+    <t>00000463922</t>
+  </si>
+  <si>
     <t>Фронтальная посудомоечная машина Kromo AQUA 50+DDE+PS</t>
   </si>
   <si>
     <t>AQUA 50+DDE+PS</t>
   </si>
   <si>
     <t>Посудом. машина т.м.KROMO серии AQUA, мод. AQUA 50+DDE+PS (дозаторы,помпа) - 590х600х850мм, 380В, 5150Вт, производительность от 20 до 30 кассет/час, кассета 500х500 мм, h 320 мм, d 320 мм, цикл мойки 120/180 с. дозаторы моющего и ополаскивающего средств, помпа забора воды.</t>
   </si>
   <si>
     <t>00000454343</t>
   </si>
   <si>
     <t>Стенд Abat ПФПМ-6-1</t>
   </si>
   <si>
     <t>Стенды</t>
   </si>
   <si>
     <t>Габариты: 600х600х500(530) мм, выполнена из нержавеющей стали, 2 направляющие под стандартные кассеты размером 500х500 мм, разборная конструкция, регулируемые по высоте ножки, код 110000008468=21000008468</t>
   </si>
   <si>
     <t>Подставки</t>
   </si>
   <si>
     <t>00000140232</t>
@@ -924,111 +1403,108 @@
   <si>
     <t>Кассета SMEG PB60D01</t>
   </si>
   <si>
     <t>PB60D01</t>
   </si>
   <si>
     <t>Кассета для тарелок, размер 600х500х140 мм, материал полипропилен, вместимость 22 шт. Ø250 мм.</t>
   </si>
   <si>
     <t>00000356180</t>
   </si>
   <si>
     <t>Кассета SMEG PB60G01</t>
   </si>
   <si>
     <t>PB60G01</t>
   </si>
   <si>
     <t>Кассета универсальная с плоским дном, размер 600х500х140 мм, материал полипропилен.</t>
   </si>
   <si>
     <t>00000356181</t>
   </si>
   <si>
-    <t>Помпа EKSI DPF</t>
-[...10 lines deleted...]
-  <si>
     <t>Фронтальная посудомоечная машина Kromo AQUA 50 mono</t>
   </si>
   <si>
     <t>AQUA 50 mono</t>
   </si>
   <si>
     <t>Посудомоечная машина т.м. KROMO серии Aqua, мод. Aqua 50 mono (дозатор моющ. и оп. ср-в), электромех. панель управления, 590х600х850мм, 220В, 3500Вт, кассета 500х500мм, макс. высота бокала 320 мм, диаметр тарелки 345 мм</t>
   </si>
   <si>
     <t>00000275661</t>
   </si>
   <si>
     <t>Стаканомоечная машина SMEG SPG405MS</t>
   </si>
   <si>
     <t>SPG405MS</t>
   </si>
   <si>
     <t>Производительность 40 корзин в час. Цикл мойки 90/150/240 сек. Размер кассеты 400х400 мм. Максимальная высота бокалов 300 мм. Водоумягчитель воды. Дозатор моющего средства. Дозатор ополаскивающего средства. Расход воды за цикл 2.3 л. Температура подключаемой воды 50 C. Емкость бойлера 4 л. Емкость моечной ванны 7 л. Напряжение 220 В. Мощность 3 кВт. Мощность помпы 0.29 кВт. Мощность бойлера 2.7 кВт. Мощность ТЭНа ванны 1.4 кВт. Габариты: 440х555х695 мм. Модель оснащена электронным управлением, 5-ти ступенчатой системой фильтрации и регулируемыми по высоте ножками. Корпус и бак выполнены из нержавеющей стали AISI 304, задняя панель - из оцинкованной стали, распылители - из пластика и нержавеющей стали.</t>
   </si>
   <si>
     <t>00000567195</t>
   </si>
   <si>
     <t>Туннельная посудомоечная машина Elframo ETS 16</t>
   </si>
   <si>
     <t>ETS 16</t>
   </si>
   <si>
     <t>ЦБ-00013257</t>
   </si>
   <si>
     <t>Котломоечная машина Abat МПК 130 65</t>
   </si>
   <si>
     <t>Габариты: 1485х1007х1950мм, 22500 Вт, 380В, камера 1300х785х650 мм, 4 программы мойки (3 мин, 6 мин, 9 мин, 12 мин), 2 дозатора (моющий, ополаскивающий), насос мойки, насос ополаскивания, 11000019986=71000019986</t>
   </si>
   <si>
     <t>00000397436</t>
   </si>
   <si>
     <t>Фронтальная посудомоечная машина SMEG SPD503S</t>
   </si>
   <si>
     <t>SPD503S</t>
   </si>
   <si>
     <t>ЦБ-00003722</t>
+  </si>
+  <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-160 PACK L CW+CDT-600</t>
+  </si>
+  <si>
+    <t>CCO-160 PACK L CW+CDT-600</t>
+  </si>
+  <si>
+    <t>ЦБ-00010986</t>
   </si>
   <si>
     <t>Котломоечная машина SMEG UW5757D</t>
   </si>
   <si>
     <t>UW5757D</t>
   </si>
   <si>
     <t>Габариты 680х750х1725 (2000) мм, напряжение 380В, мощность 9,1 кВт, электронный тип управления, 
 размер кассет 570х570 мм, производительность 30/15/устанавливаемая пользователем, 3 программы, моющие рукава  3+1 шт. из нерж. стали AISI 304, ополаскивающие рукава из  нерж. стали, 
 двойные фильтры из нерж стали для сбора отходов,  цельнотянутый моечный бак с закругленными углами, сбалансированные дверцы, визуализированный контроль температуры, 
 дозатор ополаскивающего средства, дозатор моющего средства, система ополаскивания с атмосферным бойлером и насосом ополаскивания, система эвакуации пара после цикла мойки для благоприятной рабочей среды, позволяет мыть противни и другие предметы шириной 650 мм
 в комплекте 2 кассеты WH00S02 - кассета для половников и ножей, WB5757G01 - универсальная кассета с плоским дном.
 Вес нетто 135 кг, вес брутто 161 кг</t>
   </si>
   <si>
     <t>00000356194</t>
   </si>
   <si>
     <t>Кассета SMEG WB40D01</t>
   </si>
   <si>
     <t>WB40D01</t>
   </si>
   <si>
@@ -1269,56 +1745,50 @@
     <t>Кассета модели CV-36/205 для посудомоечной машины, пластик, 500x500x240мм</t>
   </si>
   <si>
     <t>00000046766</t>
   </si>
   <si>
     <t>Кассета Abat 12 000 026 623</t>
   </si>
   <si>
     <t>Держатель бокалов для корзины для стаканов д/машины посудом. кух. эл. МПК-400Ф</t>
   </si>
   <si>
     <t>00000335002</t>
   </si>
   <si>
     <t>Стол входной Fagor Professional MFDB-1500 LM-D</t>
   </si>
   <si>
     <t>MFDB-1500 LM-D</t>
   </si>
   <si>
     <t>Мебель металлическая: Стол  модели MFDB-1500 LM-D для посудомоечной машины, 1500x800x900мм</t>
   </si>
   <si>
     <t>00000046802</t>
-  </si>
-[...4 lines deleted...]
-    <t>WHC-502 D</t>
   </si>
   <si>
     <t>ЦБ-00008290</t>
   </si>
   <si>
     <t>Фронтальная посудомоечная машина SMEG SPD500</t>
   </si>
   <si>
     <t>SPD500</t>
   </si>
   <si>
     <t>Габариты 578x600x814 мм,  напряжение 220В/380В, мощность 4,5/6,8 кВт, электромеханическое управление
 сливная помпа с 4-х ступенчатым фильтром (помпа работает в каждом цикле мойки для обеспечения чистой воды на следующий цикл мойки)
 производительность 24/40, 2 программы, функция мягкого старта, функция самоочистки, дозаторы моющего и ополаскивающих средств, полезная высота моечной камеры(мм) 340, потребление воды на 1 цикл мойки - 3,2 л
 В комплекте 3 кассеты (PB50D01 для посуды, PB50G02 для стаканов и PHOOS02 для столовых приборов)
 Вес нетто 51,5, вес брутто 59,5 кг</t>
   </si>
   <si>
     <t>00000580112</t>
   </si>
   <si>
     <t>Туннельная посудомоечная машина ГРОДТОРГМАШ МПС-1600-Пр-С</t>
   </si>
   <si>
     <t>МПС-1600-Пр-С</t>
@@ -1340,87 +1810,117 @@
 - прекращение подачи ополаскивающего раствора через водонагреватель при отсутствии посуды на транспортере,
 - встроенные насосы-дозаторы моющего и ополаскивающего средства,
 - клапан, исключающий попадание ополаскивающего раствора в линию водопровода,
 - работа машины не создает радиопомех, влияющих на электронные устройства (имеется фильтр радиопомех),
 - автоматическое поддержание параметров, необходимых для качественного мытья посуды,
 - электронный блок управления, позволяющий проводить визуальный контроль работы машины и определение неисправности электрооборудования машины,
 - удобство гигиенической обработки ванн со скругленными углами,
 - легкий и удобный доступ к частям машины для обслуживания,
 - в базовой комплектации машина оснащена кассетами для столовых приборов и стаканов,
 - возможна комплектация дополнительным тамбуром для исключения брызг воды при мытье габаритных столовых предметов (подносов и др.) по отдельному заказу,
 - все установленные в машине насосы с торцовым уплотнением.</t>
   </si>
   <si>
     <t>00000255032</t>
   </si>
   <si>
     <t>Фронтальная посудомоечная машина SMEG SPD505S</t>
   </si>
   <si>
     <t>SPD505S</t>
   </si>
   <si>
     <t>ЦБ-00013821</t>
   </si>
   <si>
+    <t>ЦБ-00008288</t>
+  </si>
+  <si>
     <t>Стол выходной Fagor Professional Rolling table MR2C</t>
   </si>
   <si>
     <t>Rolling table MR2C</t>
   </si>
   <si>
     <t>Материал: нержавеющая сталь, габаритные размеры: 1128x665x850мм</t>
   </si>
   <si>
     <t>00000046816</t>
   </si>
   <si>
     <t>Машина для полировки Hurakan HKN-GP1500</t>
   </si>
   <si>
     <t>HKN-GP1500</t>
   </si>
   <si>
     <t>580x310x510, 220В, 2,5кВт, 22,5кг, 8 сменных щеток из микрофибры, до 660 бокалов в час, корпус из нерж. стали</t>
   </si>
   <si>
     <t>00000404586</t>
+  </si>
+  <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-120 PACK L CW</t>
+  </si>
+  <si>
+    <t>CCO-120 PACK L CW</t>
+  </si>
+  <si>
+    <t>ЦБ-00028773</t>
+  </si>
+  <si>
+    <t>Туннельная посудомоечная машина Fagor Professional CCO-120 PACK R CW</t>
+  </si>
+  <si>
+    <t>CCO-120 PACK R CW</t>
+  </si>
+  <si>
+    <t>ЦБ-00028774</t>
   </si>
   <si>
     <t>Купольная посудомоечная машина ГРОДТОРГМАШ МПУ-700М</t>
   </si>
   <si>
     <t>МПУ-700М</t>
   </si>
   <si>
     <t>Мощность 13,2 кВт. Производительность (по тарелкам ø240 мм) 720 шт./час. Габаритные размеры (д/ш/в) 710х830х1580 мм.
 Машина посудомоечная универсальная МПУ-700М изготавливается в соответствии с требованиями ТУ BY 500059647.033-2010. Предназначена: для мытья в кассетах столовой посуды: тарелок, суповых мисок, стаканов, столовых приборов и подносов на предприятиях общественного питания с числом посадочных мест до 50 с применением моющих средств. Машина изготавливается с электронным программным управлением. Машина работает как при горячем, так и при холодном водоснабжении. Подача моющего средства осуществляется в автоматическом режиме.</t>
   </si>
   <si>
     <t>00000102346</t>
   </si>
   <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-500 D</t>
+  </si>
+  <si>
+    <t>WUC-500 D</t>
+  </si>
+  <si>
+    <t>ЦБ-00008285</t>
+  </si>
+  <si>
     <t>Фронтальная посудомоечная машина Elframo HERA 50</t>
   </si>
   <si>
     <t>HERA 50</t>
   </si>
   <si>
     <t>ЦБ-00006211</t>
   </si>
   <si>
     <t>Машина посудомоечная купольная Vortmax EV-H500</t>
   </si>
   <si>
     <t>EV-H500 DD</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>Габариты: 696х765х1485мм, 9000Вт, 380В, производительность 60 кассет в час, кассета 500х500 мм, 4 цикла мойки 60/90/120/180с, расход воды 2,8л/цикл, электромеханическая панель управления, дозаторы моющего и ополаскивающего средств, в комплекте 1 кассета для тарелок, 1 кассета для приборов, 1 кассета для стаканов. Предназначена для подключения к горячей воде</t>
   </si>
   <si>
     <t>00000568693</t>
   </si>
   <si>
     <t>Купольная посудомоечная машина Abat МПК-700К-04</t>
@@ -1486,50 +1986,59 @@
     <t>00000279770</t>
   </si>
   <si>
     <t>Фронтальная посудомоечная машина APACH AF500</t>
   </si>
   <si>
     <t>AF500</t>
   </si>
   <si>
     <t>Машина посудомоечная т.м. APACH, модель AF500, 575х605х820мм, 220/380В, 3500Вт, 2 цикла: 40/24 кас./ч, 90/150 сек., высота загрузочн. окна 365мм, подключ. к гор.воде, дозатор ополаскивающего средства, размер кассет 500х500, панель управления электромехан., поверхностные фильтры, помпа слива.</t>
   </si>
   <si>
     <t>APACH</t>
   </si>
   <si>
     <t>00000362631</t>
   </si>
   <si>
     <t>Фронтальная посудомоечная машина Abat МПК-500Ф</t>
   </si>
   <si>
     <t>Габариты: 590x640(1030)x864 мм, 6800Вт, 380В, фронтальная 500 тар/ч., 2 (120 с, 180 с) режима мойки, 1 дозатор (ополаск.),  нерж. Старый код 71000006040 новый код 15000006040</t>
   </si>
   <si>
     <t>00000103822</t>
+  </si>
+  <si>
+    <t>Фронтальная посудомоечная машина Fagor Professional WUC-502 B D</t>
+  </si>
+  <si>
+    <t>WUC-502 B D</t>
+  </si>
+  <si>
+    <t>ЦБ-00007826</t>
   </si>
   <si>
     <t>Кассета Abat Рамка в сборе 11000101475</t>
   </si>
   <si>
     <t>Размер: 455х455 мм,  к нейтральной кассете 500х500 мм. Для всех посудомоечных машин торговой марки Abat, за исключением МПК-65-65, МПК-400Ф и МПК-400Ф-01</t>
   </si>
   <si>
     <t>00000452204</t>
   </si>
   <si>
     <t>Котломоечная машина Abat МПК-65-65 со съемными держателями</t>
   </si>
   <si>
     <t>Габариты: 835х1000(1375)х1950(2145)мм, 11500Вт, 380В, камера 650х780х650 мм, 4 цикла, 2 доз. (моющ./ополаск.), 2 насоса: мойки, ополаск., производительность по котлам/кастрюлям (600х600 мм) - 19 шт/ч, съемные держатели: №20 - 1 шт., №40 - 1 шт., №65 - 1 шт. и сеткой для мойки легких предметов</t>
   </si>
   <si>
     <t>00000275620</t>
   </si>
   <si>
     <t>Кассета Abat 71 000 249 766</t>
   </si>
   <si>
     <t>Габариты: 576х262х200 мм, Модели котломоечных машин МПК-65-65.</t>
   </si>
@@ -1579,85 +2088,61 @@
   <si>
     <t>FM-01A</t>
   </si>
   <si>
     <t>Устройства для ополаскивания бокалов</t>
   </si>
   <si>
     <t>Аппарат для мойки бокалов т.м. EKSI серии FM, модель FM-01A, 220В, 240Вт, 214х356х433мм, вес нетто 9,9 кг, нерж. сталь, 5 щеток для мойки, механическое включение (тумблер), 1/3 лошадиной силы</t>
   </si>
   <si>
     <t>00000475006</t>
   </si>
   <si>
     <t>Стаканомоечная машина Kromo DUPLA 40 LS+DDE</t>
   </si>
   <si>
     <t>DUPLA 40 LS+DDE</t>
   </si>
   <si>
     <t>Посудомоечная машина т.м.KROMO серии DUPLA, мод. DUPLA 40 LS+DDE (дозаторы моющего и ополаск.) - размер кассеты 400*400, габариты 460*545*715, вес 38 кг, мощность 3200 Вт, 220В, в комплект поставки входят корзина для тарелок, корзина для стаканов и вставка для приборов.</t>
   </si>
   <si>
     <t>00000468028</t>
   </si>
   <si>
-    <t>Фронтальная посудомоечная машина Fagor Professional CO-502 B DD</t>
-[...10 lines deleted...]
-  <si>
     <t>Фронтальная посудомоечная машина Fagor Professional CO-402 COLD B DD</t>
   </si>
   <si>
     <t>CO-402 COLD B DD</t>
   </si>
   <si>
     <t>Габариты: 470х525х720мм, корзина 400х400мм, производительность 40 кассет/час, 3 цикла мойки 90-120-180, 3060Вт, 220В
 В комплекте 2 корзины 400х400, 1 вставка для тарелок, 1 контейнер для столовых приборов</t>
   </si>
   <si>
     <t>00000251119</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000251120</t>
   </si>
   <si>
     <t>Туннельная посудомоечная машина ГРОДТОРГМАШ МПС-2200-Пр-С</t>
   </si>
   <si>
     <t>МПС-2200-Пр-С</t>
   </si>
   <si>
     <t>Мощность 39 кВт. Производительность (по тарелкам ø240 мм) 2200 шт./час. Габаритные размеры (д/ш/в) 5160х890х1930 мм.
 МПС-2200-Пр-С – правого исполнения (движение транспортера осуществляется справа налево) с сушкой и теоретической производительностью 2200 тарелок в час. Машина посудомоечная секционная МПС-2200-Пр-С изготавливается в соответствии с требованиями ТУ BY500059647.036-2013.
 Предназначена: для мытья тарелок, суповых мисок, стаканов, столовых приборов и подносов на предприятиях общественного питания, имеющих водоснабжение горячей или холодной водой, с применением моющих средств.
 Машина выполняет следующие технологические операции:
 - мытье моющим раствором,
 - предварительное ополаскивание ополаскивающим раствором, поступающим из ванны,
 - окончательное ополаскивание ополаскивающим раствором, поступающим из водонагревателя.
 Функциональные особенности:
 - возможность разборки машины на секции при монтаже,
 - высокая производительность,
 - гарантированное качество мытья посуды за счет применения двух насосов и ополаскивание ополаскивающим раствором с температурой min 85 ºС,
 - подключение машины только к горячему водоснабжению,
 - моечные ванны, души и корпус машины выполнены из высококачественной нержавеющей никельсодержащей стали,
 - прекращение подачи ополаскивающего раствора через водонагреватель при отсутствии посуды на транспортере,
 - встроенные насосы-дозаторы моющего и ополаскивающего средства,
 - клапан, исключающий попадание ополаскивающего раствора в линию водопровода,
 - работа машины не создает радиопомех, влияющих на электронные устройства (имеется фильтр радиопомех),
@@ -1854,51 +2339,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdd0d0cec0500ffe732b379d9a63e4da.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab4f1007f27f049ba6ff28c3511074b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebffe867b7b8332b3a4ef2c6fef12d77.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e90057a33e3721fb1d75b5ffca03254.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c206ce80b1cb79f294d0ca1f7cd9a6b6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c793daa092e3a8febd4cfad79e347047.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ede9368b46959083aac9e662a778a93.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71fad4e543d8d9ff10039ee647d55594.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f15d0b31f53d4f002d33b1ca5c596cb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7690cb7c18416f1ef3136f1cd3e25c60.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b161d5d3fd38872b9961ba490d38f458.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fe1436777a22afa2e578507d9e78aa7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05d8a2412515e9ff607d339ab970bdf1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fae9a42d41d707758e28be33107dc774.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dbf95d89a7b48fdd3aa507f07bdb5dc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdb745b5ea3aba4dddee2445fc890672.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/466cbf30e7f87ae5549863227062dce2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2316e4400753fc934c19450e81bd87a8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d799294ca473b3ffd180b4302ce6efea.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4843745eac41d281d9becea381f36c.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c4b271059ea52e94b6e45e1d549110.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67b4e83c438036cab36013fdacd0c54.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730b9cfb3f19ed0dff9a0a870c60dfd1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d2cdd333e1ae3785ec78c156b962bb.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660377d3a8c84452a359298a13f33215.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fc17e01c5867d2d7444f33b3edc31b2.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a59a430a8e5497d79ee9362425e303c.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b739f81f9673fbaea4fefd8438a656.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc0e4a838a0aa9654051449aea83c5e.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a01923519dbd272faac0360ea4a7b66.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3655c7d1af78a2e2b872670897f3f4a4.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f779814d0f44e1bc4ad6ee3e79dbfa5b.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8876ffc01def9ec3bc4ea9f757c4da9d.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc87c6ea4e99cb48c018e22363003fe.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b5d4b83dfc4ae3665bcf9d98e76a32.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7f55a0753d7f062421d4184749c34d9.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1c2dca104a1f51aa7eecb3d434fd7cc.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a97ca6cf304c6080990965d1e4faed2.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303bb29b67205f7682a421fa352b1a68.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbeb4628b8f6087f8bc5ffa2a38add55.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4888af017bdf3f3e063957cd9f59061f.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cabb9e63c8b6380acdbaa87bab02b248.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea1818c5e93faafd6b7f5557b0869fc.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816d7b0dccd4bc73f58102d2b56cc0c7.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298718e3e6877cb98cf8ce4a238e06ab.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e53d04cd3bb4365ea8d7cd9c2d0bd4.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4321ee0632ae4ffacd8b8b1824e78d.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74738d3b76e00a7e7174a9b4d7e00bb1.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b00685cd7cbb5b96bdf5b585eefd7c2.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8faf2f3fcdece4341fe5365d9089c5.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238aef9c601dd33dfeabdff9f775e26c.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b403cb185a0bc6586f96352958beb03.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8eb3b343320262ef3a3af1eaf171cfd.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c19a397b9ccfff9055f11b6d4cfabc9a.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f0475ba6be0217ae0e716ff332d8530.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc49927f055e28abed70d1f2845a55eb.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4766153cc7c5443eec3e58d54e209b08.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a540ec121749c5254335b6050f6894c2.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46cb83f3ce8cef45d0f959df639e57ee.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c6fa176a12a2b8a1df6f09b488b70c.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379ca73e79e689e1ea2fe413501df0a3.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c830ca229651beef1b8b5f9d0f9db1.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a381951eb430cbc0b0ba5f980191e6.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/431cae299a6ed6511a3c9a8ed6718918.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4cc5b98f7823ae2bcf696d887f5bdf2.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7accc63fee68b5f1965ef5567e3d71d0.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4295d32ab761e17f6579874d967e180.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3be26675ae52d10cb99cf6c82107d46.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96b53e5564c7c9c4de763ed6f1329294.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920913c80f8d3e0041b9c24a28dac9f7.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd1d27046f3a09c0c72210f398ee0c0.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9f3bc5d3f2ecff826d5769b3e5cca71.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e50e1e9d957a9fd55ed1d19d433706c.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084f0a03dbac14ad2589f7b4f88033a7.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ee46b1aaafd36cd505694c5be6357a7.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/299ef7949e9c8fc6899c1a687482ec88.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e0d58ac8511331b9055b45af040e14.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887e6ef32f7b2cf6c3be680fd31173ab.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f8d8fb6105dd420821b901680f9915.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd0288e7cbd2d7702f919f525154c23f.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ea67b23e9e572dec6c74d1d44b8e16.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e61b25fde5aa0ad5f892f52c43614398.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3dfb96675eaeb8875df837a91976829.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef50b5c2e16969fe0b5bfe276fd44cd3.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd3dab08f44bc0047f52e974c35c09ea.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7944e98410d64d904d44f0ee04af7d41.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc43f4ad92ca340509e7c7079bb3511d.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59acfc3572fc78200d05e522904c0999.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d2b0680e9ae430a0a746505ce1a592b.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c2d3f054c36c303e6dfcdf293214db.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5d146cbb0f402b8bc043c4a522b0b4.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b23847377c3a75ab881d6a661bcc060.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85bf7e7f09eb659f2362270eb2e654b7.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8876ffc01def9ec3bc4ea9f757c4da9d.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2fafa05b92aeea20a139584768248f.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f14ba425f20bba0b33feaf277dd08c0.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f3a76dda6e0964b9a50d691a513d3f8.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e19f750c0b09a86a5b28baac22436f1f.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/537a6920f947ca87183e895939c22f81.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2957e2bafae68a14586a956d3ee1b4.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7af9706bfca6d7d0e01f0cc594c93958.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57b1e063b00298d3471e1c7854445b4a.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47c60a0951260f65412987afbddcfcf4.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48d1646edf0d66c17691402362ee02b.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8876ffc01def9ec3bc4ea9f757c4da9d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdd0d0cec0500ffe732b379d9a63e4da.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab4f1007f27f049ba6ff28c3511074b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebffe867b7b8332b3a4ef2c6fef12d77.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e90057a33e3721fb1d75b5ffca03254.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c206ce80b1cb79f294d0ca1f7cd9a6b6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c793daa092e3a8febd4cfad79e347047.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ede9368b46959083aac9e662a778a93.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71fad4e543d8d9ff10039ee647d55594.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f15d0b31f53d4f002d33b1ca5c596cb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7690cb7c18416f1ef3136f1cd3e25c60.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b161d5d3fd38872b9961ba490d38f458.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fe1436777a22afa2e578507d9e78aa7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05d8a2412515e9ff607d339ab970bdf1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fae9a42d41d707758e28be33107dc774.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dbf95d89a7b48fdd3aa507f07bdb5dc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdb745b5ea3aba4dddee2445fc890672.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/466cbf30e7f87ae5549863227062dce2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2316e4400753fc934c19450e81bd87a8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d799294ca473b3ffd180b4302ce6efea.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4843745eac41d281d9becea381f36c.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c4b271059ea52e94b6e45e1d549110.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67b4e83c438036cab36013fdacd0c54.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730b9cfb3f19ed0dff9a0a870c60dfd1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660377d3a8c84452a359298a13f33215.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fc17e01c5867d2d7444f33b3edc31b2.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a59a430a8e5497d79ee9362425e303c.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b739f81f9673fbaea4fefd8438a656.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc0e4a838a0aa9654051449aea83c5e.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a01923519dbd272faac0360ea4a7b66.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3655c7d1af78a2e2b872670897f3f4a4.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f779814d0f44e1bc4ad6ee3e79dbfa5b.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8876ffc01def9ec3bc4ea9f757c4da9d.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc87c6ea4e99cb48c018e22363003fe.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b5d4b83dfc4ae3665bcf9d98e76a32.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7f55a0753d7f062421d4184749c34d9.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1c2dca104a1f51aa7eecb3d434fd7cc.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a97ca6cf304c6080990965d1e4faed2.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303bb29b67205f7682a421fa352b1a68.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbeb4628b8f6087f8bc5ffa2a38add55.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4888af017bdf3f3e063957cd9f59061f.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cabb9e63c8b6380acdbaa87bab02b248.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea1818c5e93faafd6b7f5557b0869fc.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816d7b0dccd4bc73f58102d2b56cc0c7.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298718e3e6877cb98cf8ce4a238e06ab.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e53d04cd3bb4365ea8d7cd9c2d0bd4.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4321ee0632ae4ffacd8b8b1824e78d.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74738d3b76e00a7e7174a9b4d7e00bb1.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b00685cd7cbb5b96bdf5b585eefd7c2.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8faf2f3fcdece4341fe5365d9089c5.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238aef9c601dd33dfeabdff9f775e26c.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b403cb185a0bc6586f96352958beb03.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c19a397b9ccfff9055f11b6d4cfabc9a.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f0475ba6be0217ae0e716ff332d8530.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc49927f055e28abed70d1f2845a55eb.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4766153cc7c5443eec3e58d54e209b08.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a540ec121749c5254335b6050f6894c2.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46cb83f3ce8cef45d0f959df639e57ee.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c6fa176a12a2b8a1df6f09b488b70c.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379ca73e79e689e1ea2fe413501df0a3.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c830ca229651beef1b8b5f9d0f9db1.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a381951eb430cbc0b0ba5f980191e6.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/431cae299a6ed6511a3c9a8ed6718918.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4cc5b98f7823ae2bcf696d887f5bdf2.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7accc63fee68b5f1965ef5567e3d71d0.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4295d32ab761e17f6579874d967e180.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3be26675ae52d10cb99cf6c82107d46.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96b53e5564c7c9c4de763ed6f1329294.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920913c80f8d3e0041b9c24a28dac9f7.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd1d27046f3a09c0c72210f398ee0c0.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9f3bc5d3f2ecff826d5769b3e5cca71.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e50e1e9d957a9fd55ed1d19d433706c.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084f0a03dbac14ad2589f7b4f88033a7.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ee46b1aaafd36cd505694c5be6357a7.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/299ef7949e9c8fc6899c1a687482ec88.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e0d58ac8511331b9055b45af040e14.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887e6ef32f7b2cf6c3be680fd31173ab.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f8d8fb6105dd420821b901680f9915.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd0288e7cbd2d7702f919f525154c23f.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ea67b23e9e572dec6c74d1d44b8e16.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e61b25fde5aa0ad5f892f52c43614398.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3dfb96675eaeb8875df837a91976829.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef50b5c2e16969fe0b5bfe276fd44cd3.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd3dab08f44bc0047f52e974c35c09ea.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7944e98410d64d904d44f0ee04af7d41.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc43f4ad92ca340509e7c7079bb3511d.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59acfc3572fc78200d05e522904c0999.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d2b0680e9ae430a0a746505ce1a592b.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c2d3f054c36c303e6dfcdf293214db.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc5d146cbb0f402b8bc043c4a522b0b4.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b23847377c3a75ab881d6a661bcc060.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85bf7e7f09eb659f2362270eb2e654b7.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8876ffc01def9ec3bc4ea9f757c4da9d.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2fafa05b92aeea20a139584768248f.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f14ba425f20bba0b33feaf277dd08c0.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e19f750c0b09a86a5b28baac22436f1f.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2957e2bafae68a14586a956d3ee1b4.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7af9706bfca6d7d0e01f0cc594c93958.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57b1e063b00298d3471e1c7854445b4a.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47c60a0951260f65412987afbddcfcf4.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48d1646edf0d66c17691402362ee02b.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8876ffc01def9ec3bc4ea9f757c4da9d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_12" descr="image_12"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2043,3003 +2528,2883 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="image_20" descr="image_20"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="image_21" descr="image_21"/>
+        <xdr:cNvPr id="7" name="image_22" descr="image_22"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="image_22" descr="image_22"/>
+        <xdr:cNvPr id="8" name="image_23" descr="image_23"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="371475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="image_23" descr="image_23"/>
+        <xdr:cNvPr id="9" name="image_24" descr="image_24"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="371475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="image_24" descr="image_24"/>
+        <xdr:cNvPr id="10" name="image_25" descr="image_25"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="image_25" descr="image_25"/>
+        <xdr:cNvPr id="11" name="image_26" descr="image_26"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="image_26" descr="image_26"/>
+        <xdr:cNvPr id="12" name="image_27" descr="image_27"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="image_27" descr="image_27"/>
+        <xdr:cNvPr id="13" name="image_28" descr="image_28"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="371475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="image_29" descr="image_29"/>
+        <xdr:cNvPr id="14" name="image_30" descr="image_30"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="847725" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="image_31" descr="image_31"/>
+        <xdr:cNvPr id="15" name="image_32" descr="image_32"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="847725" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="image_33" descr="image_33"/>
+        <xdr:cNvPr id="16" name="image_34" descr="image_34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="image_34" descr="image_34"/>
+        <xdr:cNvPr id="17" name="image_35" descr="image_35"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="image_35" descr="image_35"/>
+        <xdr:cNvPr id="18" name="image_36" descr="image_36"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1133475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="image_36" descr="image_36"/>
+        <xdr:cNvPr id="19" name="image_37" descr="image_37"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="image_37" descr="image_37"/>
+        <xdr:cNvPr id="20" name="image_39" descr="image_39"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="image_38" descr="image_38"/>
+        <xdr:cNvPr id="21" name="image_41" descr="image_41"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1114425" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="image_39" descr="image_39"/>
+        <xdr:cNvPr id="22" name="image_42" descr="image_42"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="image_40" descr="image_40"/>
+        <xdr:cNvPr id="23" name="image_43" descr="image_43"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="657225" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="image_42" descr="image_42"/>
+        <xdr:cNvPr id="24" name="image_59" descr="image_59"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="657225" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="image_43" descr="image_43"/>
+        <xdr:cNvPr id="25" name="image_60" descr="image_60"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="image_44" descr="image_44"/>
+        <xdr:cNvPr id="26" name="image_67" descr="image_67"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="image_46" descr="image_46"/>
+        <xdr:cNvPr id="27" name="image_74" descr="image_74"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="image_47" descr="image_47"/>
+        <xdr:cNvPr id="28" name="image_75" descr="image_75"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="image_48" descr="image_48"/>
+        <xdr:cNvPr id="29" name="image_79" descr="image_79"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="495300" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="image_51" descr="image_51"/>
+        <xdr:cNvPr id="30" name="image_82" descr="image_82"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>88</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="495300" cy="762000"/>
+    <xdr:ext cx="590550" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="image_53" descr="image_53"/>
+        <xdr:cNvPr id="31" name="image_89" descr="image_89"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="762000"/>
+    <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="image_54" descr="image_54"/>
+        <xdr:cNvPr id="32" name="image_96" descr="image_96"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>106</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="image_56" descr="image_56"/>
+        <xdr:cNvPr id="33" name="image_107" descr="image_107"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>108</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="800100" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="image_57" descr="image_57"/>
+        <xdr:cNvPr id="34" name="image_109" descr="image_109"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="800100" cy="762000"/>
+    <xdr:ext cx="847725" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="image_58" descr="image_58"/>
+        <xdr:cNvPr id="35" name="image_110" descr="image_110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="847725" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="image_59" descr="image_59"/>
+        <xdr:cNvPr id="36" name="image_111" descr="image_111"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="image_60" descr="image_60"/>
+        <xdr:cNvPr id="37" name="image_112" descr="image_112"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="image_61" descr="image_61"/>
+        <xdr:cNvPr id="38" name="image_113" descr="image_113"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="image_62" descr="image_62"/>
+        <xdr:cNvPr id="39" name="image_114" descr="image_114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="image_63" descr="image_63"/>
+        <xdr:cNvPr id="40" name="image_118" descr="image_118"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="495300" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="image_67" descr="image_67"/>
+        <xdr:cNvPr id="41" name="image_119" descr="image_119"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="495300" cy="762000"/>
+    <xdr:ext cx="1066800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="image_68" descr="image_68"/>
+        <xdr:cNvPr id="42" name="image_120" descr="image_120"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1066800" cy="762000"/>
+    <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="image_69" descr="image_69"/>
+        <xdr:cNvPr id="43" name="image_122" descr="image_122"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:ext cx="952500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="image_70" descr="image_70"/>
+        <xdr:cNvPr id="44" name="image_123" descr="image_123"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="762000"/>
+    <xdr:ext cx="409575" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="image_71" descr="image_71"/>
+        <xdr:cNvPr id="45" name="image_125" descr="image_125"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="409575" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="image_73" descr="image_73"/>
+        <xdr:cNvPr id="46" name="image_126" descr="image_126"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="image_74" descr="image_74"/>
+        <xdr:cNvPr id="47" name="image_128" descr="image_128"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="image_76" descr="image_76"/>
+        <xdr:cNvPr id="48" name="image_129" descr="image_129"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="image_77" descr="image_77"/>
+        <xdr:cNvPr id="49" name="image_130" descr="image_130"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="image_78" descr="image_78"/>
+        <xdr:cNvPr id="50" name="image_131" descr="image_131"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="image_79" descr="image_79"/>
+        <xdr:cNvPr id="51" name="image_132" descr="image_132"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="image_80" descr="image_80"/>
+        <xdr:cNvPr id="52" name="image_133" descr="image_133"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="image_81" descr="image_81"/>
+        <xdr:cNvPr id="53" name="image_136" descr="image_136"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="image_82" descr="image_82"/>
+        <xdr:cNvPr id="54" name="image_139" descr="image_139"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="image_85" descr="image_85"/>
+        <xdr:cNvPr id="55" name="image_140" descr="image_140"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="image_87" descr="image_87"/>
+        <xdr:cNvPr id="56" name="image_141" descr="image_141"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="image_88" descr="image_88"/>
+        <xdr:cNvPr id="57" name="image_142" descr="image_142"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="image_89" descr="image_89"/>
+        <xdr:cNvPr id="58" name="image_143" descr="image_143"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="image_90" descr="image_90"/>
+        <xdr:cNvPr id="59" name="image_144" descr="image_144"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="image_91" descr="image_91"/>
+        <xdr:cNvPr id="60" name="image_145" descr="image_145"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="image_92" descr="image_92"/>
+        <xdr:cNvPr id="61" name="image_146" descr="image_146"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="image_93" descr="image_93"/>
+        <xdr:cNvPr id="62" name="image_149" descr="image_149"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>149</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="image_94" descr="image_94"/>
+        <xdr:cNvPr id="63" name="image_150" descr="image_150"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="image_97" descr="image_97"/>
+        <xdr:cNvPr id="64" name="image_151" descr="image_151"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="image_98" descr="image_98"/>
+        <xdr:cNvPr id="65" name="image_152" descr="image_152"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>152</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="image_99" descr="image_99"/>
+        <xdr:cNvPr id="66" name="image_153" descr="image_153"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="image_100" descr="image_100"/>
+        <xdr:cNvPr id="67" name="image_154" descr="image_154"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="image_101" descr="image_101"/>
+        <xdr:cNvPr id="68" name="image_155" descr="image_155"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>156</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="image_102" descr="image_102"/>
+        <xdr:cNvPr id="69" name="image_157" descr="image_157"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>157</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="800100" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="image_103" descr="image_103"/>
+        <xdr:cNvPr id="70" name="image_158" descr="image_158"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>158</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="image_105" descr="image_105"/>
+        <xdr:cNvPr id="71" name="image_159" descr="image_159"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>159</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="800100" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="image_106" descr="image_106"/>
+        <xdr:cNvPr id="72" name="image_160" descr="image_160"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>160</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="895350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="image_107" descr="image_107"/>
+        <xdr:cNvPr id="73" name="image_161" descr="image_161"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="74" name="image_108" descr="image_108"/>
+        <xdr:cNvPr id="74" name="image_162" descr="image_162"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>163</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="image_109" descr="image_109"/>
+        <xdr:cNvPr id="75" name="image_164" descr="image_164"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>164</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="1333500" cy="714375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="image_110" descr="image_110"/>
+        <xdr:cNvPr id="76" name="image_165" descr="image_165"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>167</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="image_112" descr="image_112"/>
+        <xdr:cNvPr id="77" name="image_168" descr="image_168"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>112</xdr:row>
+      <xdr:row>171</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1333500" cy="714375"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="image_113" descr="image_113"/>
+        <xdr:cNvPr id="78" name="image_172" descr="image_172"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>174</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="514350" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="image_115" descr="image_115"/>
+        <xdr:cNvPr id="79" name="image_175" descr="image_175"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>116</xdr:row>
+      <xdr:row>175</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="371475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="image_117" descr="image_117"/>
+        <xdr:cNvPr id="80" name="image_176" descr="image_176"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>176</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:ext cx="695325" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="image_119" descr="image_119"/>
+        <xdr:cNvPr id="81" name="image_177" descr="image_177"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>177</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="371475" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="image_120" descr="image_120"/>
+        <xdr:cNvPr id="82" name="image_178" descr="image_178"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>120</xdr:row>
+      <xdr:row>178</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="image_121" descr="image_121"/>
+        <xdr:cNvPr id="83" name="image_179" descr="image_179"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>121</xdr:row>
+      <xdr:row>179</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="84" name="image_122" descr="image_122"/>
+        <xdr:cNvPr id="84" name="image_180" descr="image_180"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="657225" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="image_123" descr="image_123"/>
+        <xdr:cNvPr id="85" name="image_181" descr="image_181"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>123</xdr:row>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="704850" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="86" name="image_124" descr="image_124"/>
+        <xdr:cNvPr id="86" name="image_182" descr="image_182"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>124</xdr:row>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="657225" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="87" name="image_125" descr="image_125"/>
+        <xdr:cNvPr id="87" name="image_183" descr="image_183"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>125</xdr:row>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:ext cx="1057275" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="image_126" descr="image_126"/>
+        <xdr:cNvPr id="88" name="image_185" descr="image_185"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>185</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:ext cx="409575" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="image_127" descr="image_127"/>
+        <xdr:cNvPr id="89" name="image_186" descr="image_186"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>186</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1057275" cy="762000"/>
+    <xdr:ext cx="781050" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="image_128" descr="image_128"/>
+        <xdr:cNvPr id="90" name="image_187" descr="image_187"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>128</xdr:row>
+      <xdr:row>188</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="409575" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="image_129" descr="image_129"/>
+        <xdr:cNvPr id="91" name="image_189" descr="image_189"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>189</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="92" name="image_130" descr="image_130"/>
+        <xdr:cNvPr id="92" name="image_190" descr="image_190"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>190</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="400050" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="image_132" descr="image_132"/>
+        <xdr:cNvPr id="93" name="image_191" descr="image_191"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>191</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="94" name="image_133" descr="image_133"/>
+        <xdr:cNvPr id="94" name="image_192" descr="image_192"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>192</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="400050" cy="762000"/>
+    <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="95" name="image_134" descr="image_134"/>
+        <xdr:cNvPr id="95" name="image_193" descr="image_193"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:ext cx="1333500" cy="752475"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="96" name="image_135" descr="image_135"/>
+        <xdr:cNvPr id="96" name="image_194" descr="image_194"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="781050" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="97" name="image_136" descr="image_136"/>
+        <xdr:cNvPr id="97" name="image_196" descr="image_196"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>136</xdr:row>
+      <xdr:row>196</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="781050" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="98" name="image_137" descr="image_137"/>
+        <xdr:cNvPr id="98" name="image_197" descr="image_197"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>197</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="99" name="image_138" descr="image_138"/>
+        <xdr:cNvPr id="99" name="image_198" descr="image_198"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1333500" cy="752475"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="100" name="image_139" descr="image_139"/>
+        <xdr:cNvPr id="100" name="image_199" descr="image_199"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>200</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:ext cx="609600" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="101" name="image_141" descr="image_141"/>
+        <xdr:cNvPr id="101" name="image_201" descr="image_201"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
-        <a:stretch>
-[...118 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5306,54 +5671,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P146"/>
+  <dimension ref="A1:P201"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P146"/>
+      <selection activeCell="A9" sqref="A9:P201"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -5600,51 +5965,51 @@
       <c r="G12" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="6">
         <v>0</v>
       </c>
       <c r="J12" s="10" t="s">
         <v>38</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L12" s="10" t="s">
         <v>40</v>
       </c>
       <c r="M12" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O12" s="6">
-        <v>7810.01</v>
+        <v>7940.16</v>
       </c>
       <c r="P12" s="6"/>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="6" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="6">
         <v>0</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>23</v>
       </c>
@@ -5694,51 +6059,51 @@
       <c r="G14" s="10" t="s">
         <v>50</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I14" s="6">
         <v>15.4</v>
       </c>
       <c r="J14" s="10" t="s">
         <v>52</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>53</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>49</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>54</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O14" s="6">
-        <v>105473.66</v>
+        <v>106517.38</v>
       </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="B15" s="6">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>23</v>
       </c>
@@ -5788,51 +6153,51 @@
       <c r="G16" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>60</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L16" s="10" t="s">
         <v>61</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>62</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O16" s="6">
-        <v>804430.08</v>
+        <v>817837.15</v>
       </c>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="6" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="6">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>23</v>
       </c>
@@ -5882,6141 +6247,8669 @@
       <c r="G18" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
       <c r="J18" s="10" t="s">
         <v>67</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L18" s="10" t="s">
         <v>45</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>68</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O18" s="6">
-        <v>198900.02</v>
+        <v>202215</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="B19" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C19" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
       <c r="E19" s="6">
         <v>72000027222</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G19" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="6">
         <v>1.52</v>
       </c>
       <c r="J19" s="10" t="s">
         <v>70</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L19" s="10" t="s">
         <v>40</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>71</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O19" s="6">
-        <v>2199.99</v>
+        <v>2236.67</v>
       </c>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16" customHeight="1" ht="65">
       <c r="A20" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B20" s="6">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="C20" s="6">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="D20" s="6">
         <v>0</v>
       </c>
       <c r="E20" s="6">
         <v>15000008417</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I20" s="6">
         <v>58</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>73</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>45</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O20" s="6">
-        <v>165990.03</v>
+        <v>168756.5</v>
       </c>
       <c r="P20" s="6"/>
     </row>
-    <row r="21" spans="1:16" customHeight="1" ht="65">
+    <row r="21" spans="1:16">
       <c r="A21" s="6" t="s">
         <v>75</v>
       </c>
       <c r="B21" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C21" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>77</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>78</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I21" s="6">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="J21" s="10" t="s">
+        <v>296</v>
+      </c>
+      <c r="J21" s="10"/>
+      <c r="K21" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="K21" s="6" t="s">
+      <c r="L21" s="10" t="s">
         <v>80</v>
       </c>
-      <c r="L21" s="10" t="s">
+      <c r="M21" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="M21" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O21" s="6">
-        <v>1163054.09</v>
+        <v>1564518.18</v>
       </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="6">
+        <v>0</v>
+      </c>
+      <c r="C22" s="6">
+        <v>0</v>
+      </c>
+      <c r="D22" s="6">
+        <v>0</v>
+      </c>
+      <c r="E22" s="6" t="s">
         <v>83</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>77</v>
       </c>
       <c r="G22" s="10" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I22" s="6">
-        <v>640</v>
+        <v>535</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>85</v>
       </c>
       <c r="K22" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="L22" s="10" t="s">
         <v>80</v>
       </c>
-      <c r="L22" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M22" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O22" s="6">
-        <v>1335294.56</v>
+        <v>1174569.47</v>
       </c>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16" customHeight="1" ht="65">
       <c r="A23" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" s="6">
         <v>0</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
-      <c r="E23" s="6">
-        <v>15000001102</v>
+      <c r="E23" s="6" t="s">
+        <v>89</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="G23" s="10" t="s">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I23" s="6">
-        <v>0</v>
+        <v>640</v>
       </c>
       <c r="J23" s="10" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="L23" s="10" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O23" s="6">
-        <v>260363.44</v>
+        <v>1335294.56</v>
       </c>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B24" s="6">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="C24" s="6">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6">
-        <v>15000001103</v>
+        <v>15000001102</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I24" s="6">
         <v>0</v>
       </c>
       <c r="J24" s="10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L24" s="10" t="s">
         <v>26</v>
       </c>
       <c r="M24" s="6" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O24" s="6">
-        <v>236797.03</v>
+        <v>264702.79</v>
       </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B25" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C25" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
-      <c r="E25" s="6" t="s">
-        <v>94</v>
+      <c r="E25" s="6">
+        <v>15000001103</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I25" s="6">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="J25" s="10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="L25" s="10" t="s">
         <v>26</v>
       </c>
       <c r="M25" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O25" s="6">
-        <v>276448.86</v>
+        <v>241532.93</v>
       </c>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16" customHeight="1" ht="65">
       <c r="A26" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B26" s="6">
         <v>0</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6">
         <v>0</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G26" s="10" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I26" s="6">
-        <v>56</v>
+        <v>120</v>
       </c>
       <c r="J26" s="10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K26" s="6" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="L26" s="10" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="M26" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O26" s="6">
-        <v>194032.4</v>
+        <v>279185.98</v>
       </c>
       <c r="P26" s="6"/>
     </row>
     <row r="27" spans="1:16" customHeight="1" ht="65">
       <c r="A27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B27" s="6">
         <v>0</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6">
         <v>0</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F27" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G27" s="10" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="6">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J27" s="10" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="L27" s="10" t="s">
         <v>45</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O27" s="6">
-        <v>198294.19</v>
+        <v>194032.4</v>
       </c>
       <c r="P27" s="6"/>
     </row>
-    <row r="28" spans="1:16">
+    <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B28" s="6">
         <v>0</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G28" s="10" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="6">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="J28" s="10"/>
+        <v>58</v>
+      </c>
+      <c r="J28" s="10" t="s">
+        <v>108</v>
+      </c>
       <c r="K28" s="6" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="L28" s="10" t="s">
         <v>45</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O28" s="6">
+        <v>198294.19</v>
+      </c>
+      <c r="P28" s="6"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" s="6">
+        <v>0</v>
+      </c>
+      <c r="C29" s="6">
+        <v>0</v>
+      </c>
+      <c r="D29" s="6">
+        <v>0</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="F29" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G29" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I29" s="6">
+        <v>54</v>
+      </c>
+      <c r="J29" s="10"/>
+      <c r="K29" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L29" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M29" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="N29" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O29" s="6">
         <v>224149.43</v>
       </c>
-      <c r="P28" s="6"/>
-[...14 lines deleted...]
-      <c r="E29" s="6">
+      <c r="P29" s="6"/>
+    </row>
+    <row r="30" spans="1:16" customHeight="1" ht="65">
+      <c r="A30" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B30" s="6">
+        <v>3</v>
+      </c>
+      <c r="C30" s="6">
+        <v>3</v>
+      </c>
+      <c r="D30" s="6">
+        <v>0</v>
+      </c>
+      <c r="E30" s="6">
         <v>15000001108</v>
       </c>
-      <c r="F29" s="9" t="s">
+      <c r="F30" s="9" t="s">
         <v>22</v>
-      </c>
-[...46 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I30" s="6">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="J30" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="J30" s="10" t="s">
+        <v>114</v>
+      </c>
       <c r="K30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L30" s="10" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O30" s="6">
-        <v>990000.1</v>
+        <v>275645.67</v>
       </c>
       <c r="P30" s="6"/>
     </row>
-    <row r="31" spans="1:16" customHeight="1" ht="65">
+    <row r="31" spans="1:16">
       <c r="A31" s="6" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B31" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C31" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6">
-        <v>71000249765</v>
+        <v>15000001003</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>36</v>
+        <v>77</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="J31" s="10"/>
       <c r="K31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L31" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M31" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="N31" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O31" s="6">
+        <v>1006499.99</v>
+      </c>
+      <c r="P31" s="6"/>
+    </row>
+    <row r="32" spans="1:16" customHeight="1" ht="65">
+      <c r="A32" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" s="6">
+        <v>1</v>
+      </c>
+      <c r="C32" s="6">
+        <v>1</v>
+      </c>
+      <c r="D32" s="6">
+        <v>0</v>
+      </c>
+      <c r="E32" s="6">
+        <v>71000249765</v>
+      </c>
+      <c r="F32" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G32" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I32" s="6">
+        <v>0</v>
+      </c>
+      <c r="J32" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L32" s="10" t="s">
         <v>40</v>
       </c>
-      <c r="M31" s="6" t="s">
-[...26 lines deleted...]
-      <c r="F32" s="9" t="s">
+      <c r="M32" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="N32" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O32" s="6">
+        <v>7716.5</v>
+      </c>
+      <c r="P32" s="6"/>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="B33" s="6">
+        <v>0</v>
+      </c>
+      <c r="C33" s="6">
+        <v>0</v>
+      </c>
+      <c r="D33" s="6">
+        <v>0</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="F33" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="G32" s="10" t="s">
+      <c r="G33" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H32" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I32" s="6">
+      <c r="H33" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I33" s="6">
         <v>47</v>
       </c>
-      <c r="J32" s="10"/>
-      <c r="K32" s="6" t="s">
+      <c r="J33" s="10"/>
+      <c r="K33" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="L32" s="10" t="s">
+      <c r="L33" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="M32" s="6" t="s">
-[...5 lines deleted...]
-      <c r="O32" s="6">
+      <c r="M33" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="N33" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O33" s="6">
         <v>240669</v>
-      </c>
-[...46 lines deleted...]
-        <v>797322.4</v>
       </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B34" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C34" s="6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D34" s="6">
         <v>0</v>
       </c>
-      <c r="E34" s="6" t="s">
-        <v>123</v>
+      <c r="E34" s="6">
+        <v>71000009797</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>124</v>
+        <v>77</v>
       </c>
       <c r="G34" s="10" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="6">
-        <v>0.58</v>
+        <v>0</v>
       </c>
       <c r="J34" s="10" t="s">
         <v>125</v>
       </c>
       <c r="K34" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L34" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M34" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="L34" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O34" s="6">
-        <v>13227.7</v>
+        <v>753868.49</v>
       </c>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B35" s="6">
+        <v>2</v>
+      </c>
+      <c r="C35" s="6">
+        <v>2</v>
+      </c>
+      <c r="D35" s="6">
+        <v>0</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="B35" s="6">
-[...8 lines deleted...]
-      <c r="E35" s="6" t="s">
+      <c r="F35" s="9" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I35" s="6">
-        <v>58</v>
+        <v>0.58</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>130</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>131</v>
       </c>
       <c r="L35" s="10" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>132</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O35" s="6">
-        <v>277653.64</v>
+        <v>23252.58</v>
       </c>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
         <v>133</v>
       </c>
       <c r="B36" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C36" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
-      <c r="E36" s="6">
-        <v>120000026621</v>
+      <c r="E36" s="6" t="s">
+        <v>134</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G36" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I36" s="6">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="J36" s="10" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K36" s="6" t="s">
-        <v>39</v>
+        <v>136</v>
       </c>
       <c r="L36" s="10" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M36" s="6" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O36" s="6">
-        <v>1320</v>
+        <v>277653.64</v>
       </c>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6">
-        <v>15000008924</v>
+        <v>120000026621</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="6">
         <v>0</v>
       </c>
       <c r="J37" s="10" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L37" s="10" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M37" s="6" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O37" s="6">
-        <v>152350.01</v>
+        <v>1342</v>
       </c>
       <c r="P37" s="6"/>
     </row>
-    <row r="38" spans="1:16" customHeight="1" ht="65">
+    <row r="38" spans="1:16">
       <c r="A38" s="6" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="G38" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="6">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J38" s="10"/>
       <c r="K38" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L38" s="10" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="M38" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O38" s="6">
-        <v>264123.29</v>
+        <v>1084825.87</v>
       </c>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B39" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C39" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6">
-        <v>72000027144</v>
+        <v>15000008924</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="6">
-        <v>1.6</v>
+        <v>47</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L39" s="10" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O39" s="6">
-        <v>2034.99</v>
+        <v>154889.17</v>
       </c>
       <c r="P39" s="6"/>
     </row>
-    <row r="40" spans="1:16" customHeight="1" ht="65">
+    <row r="40" spans="1:16">
       <c r="A40" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B40" s="6">
         <v>0</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6">
         <v>0</v>
       </c>
-      <c r="E40" s="6">
-        <v>15000006042</v>
+      <c r="E40" s="6" t="s">
+        <v>148</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G40" s="10" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="J40" s="10"/>
       <c r="K40" s="6" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="L40" s="10" t="s">
         <v>45</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O40" s="6">
-        <v>167750.02</v>
+        <v>271346.4</v>
       </c>
       <c r="P40" s="6"/>
     </row>
-    <row r="41" spans="1:16">
+    <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I41" s="6">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="J41" s="10"/>
+        <v>40</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>152</v>
+      </c>
       <c r="K41" s="6" t="s">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="L41" s="10" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M41" s="6" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O41" s="6">
-        <v>178517.91</v>
+        <v>264123.29</v>
       </c>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B42" s="6">
         <v>0</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
-      <c r="E42" s="6" t="s">
-        <v>153</v>
+      <c r="E42" s="6">
+        <v>72000027144</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="G42" s="10" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="6">
-        <v>35</v>
+        <v>1.6</v>
       </c>
       <c r="J42" s="10" t="s">
         <v>155</v>
       </c>
       <c r="K42" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L42" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M42" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="L42" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N42" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O42" s="6">
-        <v>212054.44</v>
+        <v>2075.69</v>
       </c>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6">
-        <v>71000009815</v>
+        <v>15000006042</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="6">
         <v>0</v>
       </c>
       <c r="J43" s="10" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="M43" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="N43" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O43" s="6">
+        <v>170545.84</v>
+      </c>
+      <c r="P43" s="6"/>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="N43" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A44" s="6" t="s">
+      <c r="B44" s="6">
+        <v>2</v>
+      </c>
+      <c r="C44" s="6">
+        <v>2</v>
+      </c>
+      <c r="D44" s="6">
+        <v>0</v>
+      </c>
+      <c r="E44" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="B44" s="6">
-[...8 lines deleted...]
-      <c r="E44" s="6" t="s">
+      <c r="F44" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G44" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I44" s="6">
+        <v>53</v>
+      </c>
+      <c r="J44" s="10"/>
+      <c r="K44" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="L44" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M44" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="F44" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O44" s="6">
-        <v>2050471.59</v>
+        <v>180285.75</v>
       </c>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="B45" s="6">
+        <v>0</v>
+      </c>
+      <c r="C45" s="6">
+        <v>0</v>
+      </c>
+      <c r="D45" s="6">
+        <v>0</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G45" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I45" s="6">
+        <v>35</v>
+      </c>
+      <c r="J45" s="10"/>
+      <c r="K45" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L45" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M45" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="B45" s="6">
-[...23 lines deleted...]
-      <c r="J45" s="10" t="s">
+      <c r="N45" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O45" s="6">
+        <v>198349.22</v>
+      </c>
+      <c r="P45" s="6"/>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="K45" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M45" s="6" t="s">
+      <c r="B46" s="6">
+        <v>0</v>
+      </c>
+      <c r="C46" s="6">
+        <v>0</v>
+      </c>
+      <c r="D46" s="6">
+        <v>0</v>
+      </c>
+      <c r="E46" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="N45" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A46" s="6" t="s">
+      <c r="F46" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G46" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I46" s="6">
+        <v>35</v>
+      </c>
+      <c r="J46" s="10"/>
+      <c r="K46" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L46" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M46" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="B46" s="6">
-[...23 lines deleted...]
-      <c r="J46" s="10" t="s">
+      <c r="N46" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O46" s="6">
+        <v>196365.83</v>
+      </c>
+      <c r="P46" s="6"/>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="K46" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M46" s="6" t="s">
+      <c r="B47" s="6">
+        <v>0</v>
+      </c>
+      <c r="C47" s="6">
+        <v>0</v>
+      </c>
+      <c r="D47" s="6">
+        <v>0</v>
+      </c>
+      <c r="E47" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="N46" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A47" s="6" t="s">
+      <c r="F47" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G47" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I47" s="6">
+        <v>34</v>
+      </c>
+      <c r="J47" s="10"/>
+      <c r="K47" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L47" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M47" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="B47" s="6">
-[...8 lines deleted...]
-      <c r="E47" s="6" t="s">
+      <c r="N47" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O47" s="6">
+        <v>188428.24</v>
+      </c>
+      <c r="P47" s="6"/>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="F47" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J47" s="10" t="s">
+      <c r="B48" s="6">
+        <v>0</v>
+      </c>
+      <c r="C48" s="6">
+        <v>0</v>
+      </c>
+      <c r="D48" s="6">
+        <v>0</v>
+      </c>
+      <c r="E48" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="K47" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M47" s="6" t="s">
+      <c r="F48" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G48" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I48" s="6">
+        <v>34</v>
+      </c>
+      <c r="J48" s="10"/>
+      <c r="K48" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L48" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M48" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="N47" s="6" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="N48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O48" s="6">
-        <v>3500.65</v>
+        <v>206466.62</v>
       </c>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" s="6" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B49" s="6">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G49" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I49" s="6">
-        <v>119.5</v>
+        <v>34</v>
       </c>
       <c r="J49" s="10"/>
       <c r="K49" s="6" t="s">
-        <v>126</v>
+        <v>79</v>
       </c>
       <c r="L49" s="10" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O49" s="6">
-        <v>332993.02</v>
+        <v>204422.4</v>
       </c>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="B50" s="6">
+        <v>0</v>
+      </c>
+      <c r="C50" s="6">
+        <v>0</v>
+      </c>
+      <c r="D50" s="6">
+        <v>0</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I50" s="6">
+        <v>34</v>
+      </c>
+      <c r="J50" s="10"/>
+      <c r="K50" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L50" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M50" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="N50" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O50" s="6">
+        <v>222521.62</v>
+      </c>
+      <c r="P50" s="6"/>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B51" s="6">
+        <v>0</v>
+      </c>
+      <c r="C51" s="6">
+        <v>0</v>
+      </c>
+      <c r="D51" s="6">
+        <v>0</v>
+      </c>
+      <c r="E51" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="B50" s="6">
-[...8 lines deleted...]
-      <c r="E50" s="6" t="s">
+      <c r="F51" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G51" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I51" s="6">
+        <v>35</v>
+      </c>
+      <c r="J51" s="10"/>
+      <c r="K51" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L51" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M51" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="F50" s="9" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="N51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O51" s="6">
-        <v>5863.62</v>
+        <v>194739.38</v>
       </c>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" s="6" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B52" s="6">
         <v>0</v>
       </c>
       <c r="C52" s="6">
         <v>0</v>
       </c>
       <c r="D52" s="6">
         <v>0</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="G52" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="6">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="J52" s="10"/>
       <c r="K52" s="6" t="s">
-        <v>126</v>
+        <v>79</v>
       </c>
       <c r="L52" s="10" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M52" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="N52" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O52" s="6">
+        <v>212780.46</v>
+      </c>
+      <c r="P52" s="6"/>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B53" s="6">
+        <v>0</v>
+      </c>
+      <c r="C53" s="6">
+        <v>0</v>
+      </c>
+      <c r="D53" s="6">
+        <v>0</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="F53" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G53" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I53" s="6">
+        <v>0</v>
+      </c>
+      <c r="J53" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L53" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="N53" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O53" s="6">
+        <v>1168371.36</v>
+      </c>
+      <c r="P53" s="6"/>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B54" s="6">
+        <v>0</v>
+      </c>
+      <c r="C54" s="6">
+        <v>0</v>
+      </c>
+      <c r="D54" s="6">
+        <v>0</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G54" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I54" s="6">
+        <v>34</v>
+      </c>
+      <c r="J54" s="10"/>
+      <c r="K54" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L54" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M54" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="N52" s="6" t="s">
-[...94 lines deleted...]
-      </c>
       <c r="N54" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O54" s="6">
-        <v>377300.06</v>
+        <v>210797.08</v>
       </c>
       <c r="P54" s="6"/>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" s="6" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="B55" s="6">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
         <v>0</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G55" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="6">
-        <v>137</v>
+        <v>34</v>
       </c>
       <c r="J55" s="10"/>
       <c r="K55" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L55" s="10" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="M55" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="N55" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O55" s="6">
+        <v>228836.82</v>
+      </c>
+      <c r="P55" s="6"/>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="B56" s="6">
+        <v>0</v>
+      </c>
+      <c r="C56" s="6">
+        <v>0</v>
+      </c>
+      <c r="D56" s="6">
+        <v>0</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="F56" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G56" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I56" s="6">
+        <v>34</v>
+      </c>
+      <c r="J56" s="10"/>
+      <c r="K56" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L56" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M56" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="N56" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O56" s="6">
+        <v>202859.49</v>
+      </c>
+      <c r="P56" s="6"/>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B57" s="6">
+        <v>0</v>
+      </c>
+      <c r="C57" s="6">
+        <v>0</v>
+      </c>
+      <c r="D57" s="6">
+        <v>0</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G57" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I57" s="6">
+        <v>34</v>
+      </c>
+      <c r="J57" s="10"/>
+      <c r="K57" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L57" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M57" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="N57" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O57" s="6">
+        <v>220899.22</v>
+      </c>
+      <c r="P57" s="6"/>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="B58" s="6">
+        <v>0</v>
+      </c>
+      <c r="C58" s="6">
+        <v>0</v>
+      </c>
+      <c r="D58" s="6">
+        <v>0</v>
+      </c>
+      <c r="E58" s="6" t="s">
         <v>204</v>
       </c>
-      <c r="N55" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A56" s="6" t="s">
+      <c r="F58" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G58" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I58" s="6">
+        <v>34</v>
+      </c>
+      <c r="J58" s="10"/>
+      <c r="K58" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L58" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M58" s="6" t="s">
         <v>205</v>
       </c>
-      <c r="B56" s="6">
-[...130 lines deleted...]
-      </c>
       <c r="N58" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O58" s="6">
-        <v>253.01</v>
+        <v>218914.49</v>
       </c>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="B59" s="6">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6">
         <v>0</v>
       </c>
       <c r="E59" s="6">
-        <v>71000007051</v>
+        <v>71000009815</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>77</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="6">
         <v>0</v>
       </c>
       <c r="J59" s="10" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L59" s="10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O59" s="6">
-        <v>741510.07</v>
+        <v>642929.83</v>
       </c>
       <c r="P59" s="6"/>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="65">
       <c r="A60" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="B60" s="6">
+        <v>0</v>
+      </c>
+      <c r="C60" s="6">
+        <v>0</v>
+      </c>
+      <c r="D60" s="6">
+        <v>0</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G60" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H60" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I60" s="6">
+        <v>259</v>
+      </c>
+      <c r="J60" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L60" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="N60" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O60" s="6">
+        <v>2050471.59</v>
+      </c>
+      <c r="P60" s="6"/>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="B61" s="6">
+        <v>0</v>
+      </c>
+      <c r="C61" s="6">
+        <v>0</v>
+      </c>
+      <c r="D61" s="6">
+        <v>0</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="F61" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G61" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I61" s="6">
+        <v>0</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L61" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M61" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="N61" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" s="6">
+        <v>1084825.87</v>
+      </c>
+      <c r="P61" s="6"/>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="B62" s="6">
+        <v>0</v>
+      </c>
+      <c r="C62" s="6">
+        <v>0</v>
+      </c>
+      <c r="D62" s="6">
+        <v>0</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="F62" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G62" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I62" s="6">
+        <v>0</v>
+      </c>
+      <c r="J62" s="10"/>
+      <c r="K62" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L62" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M62" s="6" t="s">
         <v>219</v>
       </c>
-      <c r="B60" s="6">
-[...8 lines deleted...]
-      <c r="E60" s="6" t="s">
+      <c r="N62" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" s="6">
+        <v>237005.6</v>
+      </c>
+      <c r="P62" s="6"/>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" s="6" t="s">
         <v>220</v>
       </c>
-      <c r="F60" s="9" t="s">
+      <c r="B63" s="6">
+        <v>0</v>
+      </c>
+      <c r="C63" s="6">
+        <v>0</v>
+      </c>
+      <c r="D63" s="6">
+        <v>0</v>
+      </c>
+      <c r="E63" s="6" t="s">
         <v>221</v>
       </c>
-      <c r="G60" s="10" t="s">
-[...8 lines deleted...]
-      <c r="J60" s="10" t="s">
+      <c r="F63" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G63" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H63" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I63" s="6">
+        <v>51</v>
+      </c>
+      <c r="J63" s="10"/>
+      <c r="K63" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L63" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M63" s="6" t="s">
         <v>222</v>
       </c>
-      <c r="K60" s="6" t="s">
-[...151 lines deleted...]
-      </c>
       <c r="N63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O63" s="6">
-        <v>72062.96</v>
+        <v>293870.72</v>
       </c>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" s="6" t="s">
-        <v>237</v>
+        <v>223</v>
       </c>
       <c r="B64" s="6">
         <v>0</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6">
         <v>0</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>238</v>
+        <v>224</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G64" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="6">
-        <v>158</v>
+        <v>61</v>
       </c>
       <c r="J64" s="10"/>
       <c r="K64" s="6" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="L64" s="10" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="M64" s="6" t="s">
-        <v>239</v>
+        <v>225</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O64" s="6">
-        <v>734611.9</v>
+        <v>253279.62</v>
       </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" s="6" t="s">
-        <v>240</v>
+        <v>226</v>
       </c>
       <c r="B65" s="6">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
-      <c r="E65" s="6">
-        <v>15000001001</v>
+      <c r="E65" s="6" t="s">
+        <v>227</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G65" s="10" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="6">
-        <v>270</v>
+        <v>61</v>
       </c>
       <c r="J65" s="10"/>
       <c r="K65" s="6" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="L65" s="10" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="M65" s="6" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O65" s="6">
-        <v>790000.08</v>
+        <v>251658.58</v>
       </c>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" s="6" t="s">
-        <v>242</v>
+        <v>229</v>
       </c>
       <c r="B66" s="6">
         <v>0</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6">
         <v>0</v>
       </c>
-      <c r="E66" s="6" t="s">
-        <v>243</v>
+      <c r="E66" s="6">
+        <v>71000109815</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="G66" s="10" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="6">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="J66" s="10"/>
+        <v>260</v>
+      </c>
+      <c r="J66" s="10" t="s">
+        <v>230</v>
+      </c>
       <c r="K66" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="L66" s="10" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
       <c r="M66" s="6" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O66" s="6">
-        <v>670722.62</v>
+        <v>667644.99</v>
       </c>
       <c r="P66" s="6"/>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="B67" s="6">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>0</v>
       </c>
       <c r="D67" s="6">
         <v>0</v>
       </c>
-      <c r="E67" s="6" t="s">
-        <v>246</v>
+      <c r="E67" s="6">
+        <v>15000006858</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>77</v>
       </c>
       <c r="G67" s="10" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="6">
-        <v>281</v>
+        <v>880</v>
       </c>
       <c r="J67" s="10" t="s">
-        <v>247</v>
+        <v>233</v>
       </c>
       <c r="K67" s="6" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="L67" s="10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O67" s="6">
-        <v>1510561.21</v>
+        <v>2023166.65</v>
       </c>
       <c r="P67" s="6"/>
     </row>
-    <row r="68" spans="1:16" customHeight="1" ht="65">
+    <row r="68" spans="1:16">
       <c r="A68" s="6" t="s">
-        <v>249</v>
+        <v>235</v>
       </c>
       <c r="B68" s="6">
         <v>0</v>
       </c>
       <c r="C68" s="6">
         <v>0</v>
       </c>
       <c r="D68" s="6">
         <v>0</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>250</v>
+        <v>236</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G68" s="10" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I68" s="6">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="J68" s="10"/>
       <c r="K68" s="6" t="s">
-        <v>252</v>
+        <v>79</v>
       </c>
       <c r="L68" s="10" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="M68" s="6" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O68" s="6">
-        <v>199145.28</v>
+        <v>285751.96</v>
       </c>
       <c r="P68" s="6"/>
     </row>
-    <row r="69" spans="1:16" customHeight="1" ht="65">
+    <row r="69" spans="1:16">
       <c r="A69" s="6" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="B69" s="6">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6">
         <v>0</v>
       </c>
-      <c r="E69" s="6">
-        <v>72000027183</v>
+      <c r="E69" s="6" t="s">
+        <v>239</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G69" s="10" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="6">
-        <v>1.43</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="J69" s="10"/>
       <c r="K69" s="6" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="L69" s="10" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M69" s="6" t="s">
-        <v>256</v>
+        <v>240</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O69" s="6">
-        <v>2034.99</v>
+        <v>237224.62</v>
       </c>
       <c r="P69" s="6"/>
     </row>
-    <row r="70" spans="1:16" customHeight="1" ht="65">
+    <row r="70" spans="1:16">
       <c r="A70" s="6" t="s">
-        <v>257</v>
+        <v>241</v>
       </c>
       <c r="B70" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C70" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D70" s="6">
         <v>0</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>258</v>
+        <v>242</v>
       </c>
       <c r="F70" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G70" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I70" s="6">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="J70" s="10"/>
       <c r="K70" s="6" t="s">
-        <v>131</v>
+        <v>79</v>
       </c>
       <c r="L70" s="10" t="s">
         <v>45</v>
       </c>
       <c r="M70" s="6" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O70" s="6">
-        <v>275497.25</v>
+        <v>158620.8</v>
       </c>
       <c r="P70" s="6"/>
     </row>
-    <row r="71" spans="1:16" customHeight="1" ht="65">
+    <row r="71" spans="1:16">
       <c r="A71" s="6" t="s">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="B71" s="6">
         <v>0</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
-      <c r="E71" s="6">
-        <v>21000008468</v>
+      <c r="E71" s="6" t="s">
+        <v>245</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>262</v>
+        <v>44</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="J71" s="10"/>
       <c r="K71" s="6" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="L71" s="10" t="s">
-        <v>264</v>
+        <v>45</v>
       </c>
       <c r="M71" s="6" t="s">
-        <v>265</v>
+        <v>246</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O71" s="6">
-        <v>16280</v>
+        <v>253279.62</v>
       </c>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" s="6" t="s">
-        <v>266</v>
+        <v>247</v>
       </c>
       <c r="B72" s="6">
         <v>0</v>
       </c>
       <c r="C72" s="6">
         <v>0</v>
       </c>
       <c r="D72" s="6">
         <v>0</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>267</v>
+        <v>248</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G72" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="6">
-        <v>105</v>
+        <v>51</v>
       </c>
       <c r="J72" s="10"/>
       <c r="K72" s="6" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="L72" s="10" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>268</v>
+        <v>249</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O72" s="6">
-        <v>477527.75</v>
+        <v>251658.58</v>
       </c>
       <c r="P72" s="6"/>
     </row>
-    <row r="73" spans="1:16" customHeight="1" ht="65">
+    <row r="73" spans="1:16">
       <c r="A73" s="6" t="s">
-        <v>269</v>
+        <v>250</v>
       </c>
       <c r="B73" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="C73" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="D73" s="6">
         <v>0</v>
       </c>
-      <c r="E73" s="6">
-        <v>71000008418</v>
+      <c r="E73" s="6" t="s">
+        <v>251</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G73" s="10" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="H73" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I73" s="6">
         <v>51</v>
       </c>
-      <c r="I73" s="6">
-[...4 lines deleted...]
-      </c>
+      <c r="J73" s="10"/>
       <c r="K73" s="6" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="L73" s="10" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="M73" s="6" t="s">
-        <v>271</v>
+        <v>252</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O73" s="6">
-        <v>528261.27</v>
+        <v>249672.49</v>
       </c>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="B74" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C74" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D74" s="6">
         <v>0</v>
       </c>
-      <c r="E74" s="6">
-        <v>15000006041</v>
+      <c r="E74" s="6" t="s">
+        <v>254</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="G74" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I74" s="6">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="J74" s="10" t="s">
-        <v>273</v>
+        <v>255</v>
       </c>
       <c r="K74" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="L74" s="10" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M74" s="6" t="s">
-        <v>274</v>
+        <v>256</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O74" s="6">
-        <v>161260.03</v>
+        <v>7701.42</v>
       </c>
       <c r="P74" s="6"/>
     </row>
-    <row r="75" spans="1:16">
+    <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
-        <v>275</v>
+        <v>257</v>
       </c>
       <c r="B75" s="6">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>0</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>276</v>
+        <v>258</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="6">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="J75" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="J75" s="10" t="s">
+        <v>259</v>
+      </c>
       <c r="K75" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L75" s="10" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="M75" s="6" t="s">
-        <v>277</v>
+        <v>260</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O75" s="6">
-        <v>641667.31</v>
+        <v>3500.65</v>
       </c>
       <c r="P75" s="6"/>
     </row>
-    <row r="76" spans="1:16" customHeight="1" ht="65">
+    <row r="76" spans="1:16">
       <c r="A76" s="6" t="s">
-        <v>278</v>
+        <v>261</v>
       </c>
       <c r="B76" s="6">
         <v>0</v>
       </c>
       <c r="C76" s="6">
         <v>0</v>
       </c>
       <c r="D76" s="6">
         <v>0</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G76" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="J76" s="10"/>
       <c r="K76" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L76" s="10" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O76" s="6">
-        <v>7701.42</v>
+        <v>267712.22</v>
       </c>
       <c r="P76" s="6"/>
     </row>
-    <row r="77" spans="1:16" customHeight="1" ht="65">
+    <row r="77" spans="1:16">
       <c r="A77" s="6" t="s">
-        <v>282</v>
+        <v>264</v>
       </c>
       <c r="B77" s="6">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I77" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>119.5</v>
+      </c>
+      <c r="J77" s="10"/>
       <c r="K77" s="6" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
       <c r="L77" s="10" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>285</v>
+        <v>266</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O77" s="6">
-        <v>7176.31</v>
+        <v>336289.08</v>
       </c>
       <c r="P77" s="6"/>
     </row>
-    <row r="78" spans="1:16" customHeight="1" ht="65">
+    <row r="78" spans="1:16">
       <c r="A78" s="6" t="s">
-        <v>286</v>
+        <v>267</v>
       </c>
       <c r="B78" s="6">
         <v>0</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>287</v>
+        <v>268</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G78" s="10" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>288</v>
+        <v>24</v>
       </c>
       <c r="I78" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J78" s="10" t="s">
-        <v>289</v>
+        <v>269</v>
       </c>
       <c r="K78" s="6" t="s">
-        <v>32</v>
+        <v>270</v>
       </c>
       <c r="L78" s="10" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="M78" s="6" t="s">
-        <v>290</v>
+        <v>271</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O78" s="6"/>
+      <c r="O78" s="6">
+        <v>9018</v>
+      </c>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
       <c r="B79" s="6">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6">
         <v>0</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>292</v>
+        <v>273</v>
       </c>
       <c r="F79" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G79" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="6">
         <v>0</v>
       </c>
       <c r="J79" s="10" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
       <c r="K79" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L79" s="10" t="s">
         <v>40</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O79" s="6">
-        <v>12777.33</v>
+        <v>6489.6</v>
       </c>
       <c r="P79" s="6"/>
     </row>
-    <row r="80" spans="1:16" customHeight="1" ht="65">
+    <row r="80" spans="1:16">
       <c r="A80" s="6" t="s">
-        <v>295</v>
+        <v>276</v>
       </c>
       <c r="B80" s="6">
         <v>0</v>
       </c>
       <c r="C80" s="6">
         <v>0</v>
       </c>
       <c r="D80" s="6">
         <v>0</v>
       </c>
       <c r="E80" s="6" t="s">
-        <v>296</v>
+        <v>277</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="6">
         <v>0</v>
       </c>
-      <c r="J80" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J80" s="10"/>
       <c r="K80" s="6" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
       <c r="L80" s="10" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M80" s="6" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O80" s="6">
-        <v>12777.33</v>
+        <v>280111.1</v>
       </c>
       <c r="P80" s="6"/>
     </row>
-    <row r="81" spans="1:16" customHeight="1" ht="65">
+    <row r="81" spans="1:16">
       <c r="A81" s="6" t="s">
-        <v>299</v>
+        <v>279</v>
       </c>
       <c r="B81" s="6">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6">
         <v>0</v>
       </c>
       <c r="E81" s="6" t="s">
-        <v>300</v>
+        <v>280</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>124</v>
+        <v>77</v>
       </c>
       <c r="G81" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>288</v>
+        <v>24</v>
       </c>
       <c r="I81" s="6">
         <v>0</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>301</v>
+        <v>281</v>
       </c>
       <c r="K81" s="6" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="L81" s="10" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>302</v>
+        <v>282</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O81" s="6"/>
+      <c r="O81" s="6">
+        <v>1168371.36</v>
+      </c>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="65">
       <c r="A82" s="6" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B82" s="6">
         <v>0</v>
       </c>
       <c r="C82" s="6">
         <v>0</v>
       </c>
       <c r="D82" s="6">
         <v>0</v>
       </c>
-      <c r="E82" s="6" t="s">
-        <v>304</v>
+      <c r="E82" s="6">
+        <v>21000807932</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>44</v>
+        <v>284</v>
       </c>
       <c r="G82" s="10" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="6">
-        <v>56.5</v>
+        <v>32</v>
       </c>
       <c r="J82" s="10" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="K82" s="6" t="s">
-        <v>131</v>
+        <v>39</v>
       </c>
       <c r="L82" s="10" t="s">
-        <v>45</v>
+        <v>286</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>306</v>
+        <v>287</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O82" s="6">
-        <v>233158.85</v>
+        <v>71763.45</v>
       </c>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" s="6" t="s">
-        <v>307</v>
+        <v>288</v>
       </c>
       <c r="B83" s="6">
         <v>0</v>
       </c>
       <c r="C83" s="6">
         <v>0</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="6" t="s">
-        <v>308</v>
+        <v>289</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G83" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="J83" s="10"/>
       <c r="K83" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L83" s="10" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="M83" s="6" t="s">
-        <v>310</v>
+        <v>290</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O83" s="6">
-        <v>274975.27</v>
+        <v>460921.14</v>
       </c>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" s="6" t="s">
-        <v>311</v>
+        <v>291</v>
       </c>
       <c r="B84" s="6">
         <v>0</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="6" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="G84" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="6">
-        <v>0</v>
+        <v>97</v>
       </c>
       <c r="J84" s="10"/>
       <c r="K84" s="6" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="L84" s="10" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="M84" s="6" t="s">
-        <v>313</v>
+        <v>293</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O84" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O84" s="6"/>
       <c r="P84" s="6"/>
     </row>
-    <row r="85" spans="1:16" customHeight="1" ht="65">
+    <row r="85" spans="1:16">
       <c r="A85" s="6" t="s">
-        <v>314</v>
+        <v>294</v>
       </c>
       <c r="B85" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C85" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D85" s="6">
         <v>0</v>
       </c>
-      <c r="E85" s="6">
-        <v>71000019986</v>
+      <c r="E85" s="6" t="s">
+        <v>295</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G85" s="10" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I85" s="6">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="J85" s="10"/>
       <c r="K85" s="6" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="L85" s="10" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="M85" s="6" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O85" s="6">
-        <v>790130.12</v>
+        <v>476976.14</v>
       </c>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" s="6" t="s">
-        <v>317</v>
+        <v>297</v>
       </c>
       <c r="B86" s="6">
         <v>0</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
       <c r="E86" s="6" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G86" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="6">
-        <v>60</v>
+        <v>97</v>
       </c>
       <c r="J86" s="10"/>
       <c r="K86" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L86" s="10" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="M86" s="6" t="s">
-        <v>319</v>
+        <v>299</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O86" s="6">
-        <v>293703.7</v>
+        <v>459117.57</v>
       </c>
       <c r="P86" s="6"/>
     </row>
-    <row r="87" spans="1:16" customHeight="1" ht="65">
+    <row r="87" spans="1:16">
       <c r="A87" s="6" t="s">
-        <v>320</v>
+        <v>300</v>
       </c>
       <c r="B87" s="6">
         <v>0</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6">
         <v>0</v>
       </c>
       <c r="E87" s="6" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G87" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="J87" s="10"/>
       <c r="K87" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L87" s="10" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O87" s="6">
-        <v>963376.13</v>
+        <v>478960.87</v>
       </c>
       <c r="P87" s="6"/>
     </row>
-    <row r="88" spans="1:16" customHeight="1" ht="65">
+    <row r="88" spans="1:16">
       <c r="A88" s="6" t="s">
-        <v>324</v>
+        <v>303</v>
       </c>
       <c r="B88" s="6">
         <v>0</v>
       </c>
       <c r="C88" s="6">
         <v>0</v>
       </c>
       <c r="D88" s="6">
         <v>0</v>
       </c>
       <c r="E88" s="6" t="s">
-        <v>325</v>
+        <v>304</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G88" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="6">
         <v>0</v>
       </c>
-      <c r="J88" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J88" s="10"/>
       <c r="K88" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L88" s="10" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="M88" s="6" t="s">
-        <v>327</v>
+        <v>305</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O88" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O88" s="6"/>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
-        <v>328</v>
+        <v>306</v>
       </c>
       <c r="B89" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C89" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D89" s="6">
         <v>0</v>
       </c>
-      <c r="E89" s="6" t="s">
-        <v>329</v>
+      <c r="E89" s="6">
+        <v>15000008574</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I89" s="6">
         <v>0</v>
       </c>
       <c r="J89" s="10" t="s">
-        <v>330</v>
+        <v>307</v>
       </c>
       <c r="K89" s="6" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="L89" s="10" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>331</v>
+        <v>308</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O89" s="6">
-        <v>7526.39</v>
+        <v>383588.33</v>
       </c>
       <c r="P89" s="6"/>
     </row>
-    <row r="90" spans="1:16" customHeight="1" ht="65">
+    <row r="90" spans="1:16">
       <c r="A90" s="6" t="s">
-        <v>332</v>
+        <v>309</v>
       </c>
       <c r="B90" s="6">
         <v>0</v>
       </c>
       <c r="C90" s="6">
         <v>0</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
       <c r="E90" s="6" t="s">
-        <v>333</v>
+        <v>310</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G90" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="J90" s="10"/>
       <c r="K90" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L90" s="10" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="M90" s="6" t="s">
-        <v>335</v>
+        <v>311</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O90" s="6">
-        <v>14877.73</v>
+        <v>495014.52</v>
       </c>
       <c r="P90" s="6"/>
     </row>
-    <row r="91" spans="1:16" customHeight="1" ht="65">
+    <row r="91" spans="1:16">
       <c r="A91" s="6" t="s">
-        <v>336</v>
+        <v>312</v>
       </c>
       <c r="B91" s="6">
         <v>0</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>337</v>
+        <v>313</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="J91" s="10"/>
       <c r="K91" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L91" s="10" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>339</v>
+        <v>314</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O91" s="6">
-        <v>8576.57</v>
+        <v>652143.96</v>
       </c>
       <c r="P91" s="6"/>
     </row>
-    <row r="92" spans="1:16" customHeight="1" ht="65">
+    <row r="92" spans="1:16">
       <c r="A92" s="6" t="s">
-        <v>340</v>
+        <v>315</v>
       </c>
       <c r="B92" s="6">
         <v>0</v>
       </c>
       <c r="C92" s="6">
         <v>0</v>
       </c>
       <c r="D92" s="6">
         <v>0</v>
       </c>
       <c r="E92" s="6" t="s">
-        <v>341</v>
+        <v>316</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="J92" s="10"/>
       <c r="K92" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L92" s="10" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="M92" s="6" t="s">
-        <v>343</v>
+        <v>317</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O92" s="6">
-        <v>8226.51</v>
+        <v>648354.3</v>
       </c>
       <c r="P92" s="6"/>
     </row>
-    <row r="93" spans="1:16" customHeight="1" ht="65">
+    <row r="93" spans="1:16">
       <c r="A93" s="6" t="s">
-        <v>344</v>
+        <v>318</v>
       </c>
       <c r="B93" s="6">
         <v>0</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6">
         <v>0</v>
       </c>
       <c r="E93" s="6" t="s">
-        <v>345</v>
+        <v>319</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G93" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="J93" s="10"/>
       <c r="K93" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L93" s="10" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="M93" s="6" t="s">
-        <v>347</v>
+        <v>320</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O93" s="6">
-        <v>19785.48</v>
+        <v>668198.96</v>
       </c>
       <c r="P93" s="6"/>
     </row>
-    <row r="94" spans="1:16" customHeight="1" ht="65">
+    <row r="94" spans="1:16">
       <c r="A94" s="6" t="s">
-        <v>348</v>
+        <v>321</v>
       </c>
       <c r="B94" s="6">
         <v>0</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6">
         <v>0</v>
       </c>
       <c r="E94" s="6" t="s">
-        <v>349</v>
+        <v>322</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I94" s="6">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="J94" s="10"/>
       <c r="K94" s="6" t="s">
-        <v>131</v>
+        <v>32</v>
       </c>
       <c r="L94" s="10" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="M94" s="6" t="s">
-        <v>351</v>
+        <v>323</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O94" s="6">
-        <v>629046.25</v>
+        <v>848205.07</v>
       </c>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" s="6" t="s">
-        <v>352</v>
+        <v>324</v>
       </c>
       <c r="B95" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C95" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6" t="s">
-        <v>353</v>
+        <v>325</v>
       </c>
       <c r="F95" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G95" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I95" s="6">
+        <v>0</v>
+      </c>
+      <c r="J95" s="10" t="s">
+        <v>326</v>
+      </c>
+      <c r="K95" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L95" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M95" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="N95" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O95" s="6">
+        <v>2399802.7</v>
+      </c>
+      <c r="P95" s="6"/>
+    </row>
+    <row r="96" spans="1:16" customHeight="1" ht="65">
+      <c r="A96" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="B96" s="6">
+        <v>0</v>
+      </c>
+      <c r="C96" s="6">
+        <v>0</v>
+      </c>
+      <c r="D96" s="6">
+        <v>0</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="F96" s="9" t="s">
         <v>22</v>
-      </c>
-[...44 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I96" s="6">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="J96" s="10"/>
+        <v>102</v>
+      </c>
+      <c r="J96" s="10" t="s">
+        <v>330</v>
+      </c>
       <c r="K96" s="6" t="s">
-        <v>25</v>
+        <v>136</v>
       </c>
       <c r="L96" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="N96" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O96" s="6">
+        <v>466258.75</v>
+      </c>
+      <c r="P96" s="6"/>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="B97" s="6">
+        <v>0</v>
+      </c>
+      <c r="C97" s="6">
+        <v>0</v>
+      </c>
+      <c r="D97" s="6">
+        <v>0</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="F97" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G97" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I97" s="6">
+        <v>35</v>
+      </c>
+      <c r="J97" s="10"/>
+      <c r="K97" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L97" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M97" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="N97" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O97" s="6">
+        <v>236954.22</v>
+      </c>
+      <c r="P97" s="6"/>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="B98" s="6">
+        <v>0</v>
+      </c>
+      <c r="C98" s="6">
+        <v>0</v>
+      </c>
+      <c r="D98" s="6">
+        <v>0</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G98" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I98" s="6">
+        <v>71</v>
+      </c>
+      <c r="J98" s="10"/>
+      <c r="K98" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L98" s="10" t="s">
         <v>61</v>
       </c>
-      <c r="M96" s="6" t="s">
-[...94 lines deleted...]
-      </c>
       <c r="M98" s="6" t="s">
-        <v>365</v>
+        <v>337</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O98" s="6">
-        <v>18203.33</v>
+        <v>495417.42</v>
       </c>
       <c r="P98" s="6"/>
     </row>
-    <row r="99" spans="1:16" customHeight="1" ht="65">
+    <row r="99" spans="1:16">
       <c r="A99" s="6" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="B99" s="6">
         <v>0</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6">
         <v>0</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>367</v>
+        <v>339</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="G99" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="J99" s="10"/>
       <c r="K99" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L99" s="10" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>369</v>
+        <v>340</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O99" s="6">
-        <v>37806.91</v>
+        <v>820865.45</v>
       </c>
       <c r="P99" s="6"/>
     </row>
-    <row r="100" spans="1:16" customHeight="1" ht="65">
+    <row r="100" spans="1:16">
       <c r="A100" s="6" t="s">
-        <v>370</v>
+        <v>341</v>
       </c>
       <c r="B100" s="6">
         <v>0</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
       <c r="E100" s="6" t="s">
-        <v>371</v>
+        <v>342</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="G100" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="J100" s="10"/>
       <c r="K100" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L100" s="10" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>373</v>
+        <v>343</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O100" s="6">
-        <v>4900.89</v>
+        <v>1157656.76</v>
       </c>
       <c r="P100" s="6"/>
     </row>
-    <row r="101" spans="1:16" customHeight="1" ht="65">
+    <row r="101" spans="1:16">
       <c r="A101" s="6" t="s">
-        <v>374</v>
+        <v>344</v>
       </c>
       <c r="B101" s="6">
         <v>0</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6" t="s">
-        <v>375</v>
+        <v>345</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>195</v>
+        <v>59</v>
       </c>
       <c r="G101" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="6">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="J101" s="10"/>
       <c r="K101" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L101" s="10" t="s">
-        <v>197</v>
+        <v>61</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>377</v>
+        <v>346</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O101" s="6">
-        <v>139150.44</v>
+        <v>934118.43</v>
       </c>
       <c r="P101" s="6"/>
     </row>
-    <row r="102" spans="1:16" customHeight="1" ht="65">
+    <row r="102" spans="1:16">
       <c r="A102" s="6" t="s">
-        <v>378</v>
+        <v>347</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6" t="s">
-        <v>379</v>
+        <v>348</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>195</v>
+        <v>59</v>
       </c>
       <c r="G102" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="J102" s="10"/>
       <c r="K102" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L102" s="10" t="s">
-        <v>197</v>
+        <v>61</v>
       </c>
       <c r="M102" s="6" t="s">
-        <v>381</v>
+        <v>349</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O102" s="6">
-        <v>139150.44</v>
+        <v>1270912.45</v>
       </c>
       <c r="P102" s="6"/>
     </row>
-    <row r="103" spans="1:16" customHeight="1" ht="65">
+    <row r="103" spans="1:16">
       <c r="A103" s="6" t="s">
-        <v>382</v>
+        <v>350</v>
       </c>
       <c r="B103" s="6">
         <v>0</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
       <c r="E103" s="6" t="s">
-        <v>383</v>
+        <v>351</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>384</v>
+        <v>59</v>
       </c>
       <c r="G103" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="J103" s="10"/>
       <c r="K103" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L103" s="10" t="s">
-        <v>197</v>
+        <v>61</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>386</v>
+        <v>352</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O103" s="6">
-        <v>57235.46</v>
+        <v>1378491.09</v>
       </c>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" s="6" t="s">
-        <v>387</v>
+        <v>353</v>
       </c>
       <c r="B104" s="6">
         <v>0</v>
       </c>
       <c r="C104" s="6">
         <v>0</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
       <c r="E104" s="6" t="s">
-        <v>388</v>
+        <v>354</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G104" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="6">
-        <v>54</v>
+        <v>200</v>
       </c>
       <c r="J104" s="10"/>
       <c r="K104" s="6" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>389</v>
+        <v>355</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O104" s="6">
-        <v>292653.5</v>
+        <v>1715285.1</v>
       </c>
       <c r="P104" s="6"/>
     </row>
-    <row r="105" spans="1:16" customHeight="1" ht="65">
+    <row r="105" spans="1:16">
       <c r="A105" s="6" t="s">
-        <v>390</v>
+        <v>356</v>
       </c>
       <c r="B105" s="6">
         <v>0</v>
       </c>
       <c r="C105" s="6">
         <v>0</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
       <c r="E105" s="6" t="s">
-        <v>391</v>
+        <v>357</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="G105" s="10" t="s">
-        <v>154</v>
+        <v>78</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="6">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="J105" s="10"/>
       <c r="K105" s="6" t="s">
-        <v>156</v>
+        <v>79</v>
       </c>
       <c r="L105" s="10" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="M105" s="6" t="s">
-        <v>393</v>
+        <v>358</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O105" s="6">
-        <v>4150.64</v>
+        <v>2057748.06</v>
       </c>
       <c r="P105" s="6"/>
     </row>
-    <row r="106" spans="1:16" customHeight="1" ht="65">
+    <row r="106" spans="1:16">
       <c r="A106" s="6" t="s">
-        <v>394</v>
+        <v>359</v>
       </c>
       <c r="B106" s="6">
         <v>0</v>
       </c>
       <c r="C106" s="6">
         <v>0</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
       <c r="E106" s="6" t="s">
-        <v>395</v>
+        <v>360</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="G106" s="10" t="s">
-        <v>154</v>
+        <v>78</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="6">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="J106" s="10"/>
       <c r="K106" s="6" t="s">
-        <v>156</v>
+        <v>79</v>
       </c>
       <c r="L106" s="10" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="M106" s="6" t="s">
-        <v>396</v>
+        <v>361</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O106" s="6">
-        <v>3877.53</v>
+        <v>2394540.72</v>
       </c>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
-        <v>397</v>
+        <v>362</v>
       </c>
       <c r="B107" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C107" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
       <c r="E107" s="6" t="s">
-        <v>398</v>
+        <v>363</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G107" s="10" t="s">
-        <v>154</v>
+        <v>23</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I107" s="6">
-        <v>0</v>
+        <v>37.5</v>
       </c>
       <c r="J107" s="10" t="s">
-        <v>399</v>
+        <v>364</v>
       </c>
       <c r="K107" s="6" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
       <c r="L107" s="10" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M107" s="6" t="s">
-        <v>400</v>
+        <v>365</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O107" s="6">
-        <v>5502.64</v>
+        <v>146332.16</v>
       </c>
       <c r="P107" s="6"/>
     </row>
-    <row r="108" spans="1:16" customHeight="1" ht="65">
+    <row r="108" spans="1:16">
       <c r="A108" s="6" t="s">
-        <v>401</v>
+        <v>366</v>
       </c>
       <c r="B108" s="6">
         <v>0</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6" t="s">
-        <v>402</v>
+        <v>367</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>36</v>
+        <v>77</v>
       </c>
       <c r="G108" s="10" t="s">
-        <v>154</v>
+        <v>78</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="6">
         <v>0</v>
       </c>
-      <c r="J108" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J108" s="10"/>
       <c r="K108" s="6" t="s">
-        <v>156</v>
+        <v>79</v>
       </c>
       <c r="L108" s="10" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O108" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O108" s="6"/>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>405</v>
+        <v>369</v>
       </c>
       <c r="B109" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C109" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6">
-        <v>120000026623</v>
+        <v>22000027361</v>
       </c>
       <c r="F109" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="6">
-        <v>0</v>
+        <v>0.08</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>406</v>
+        <v>370</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L109" s="10" t="s">
         <v>40</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O109" s="6">
-        <v>858.01</v>
+        <v>257.21</v>
       </c>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>408</v>
+        <v>372</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
-      <c r="E110" s="6" t="s">
-        <v>409</v>
+      <c r="E110" s="6">
+        <v>71000007051</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>195</v>
+        <v>77</v>
       </c>
       <c r="G110" s="10" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="H110" s="6" t="s">
-        <v>288</v>
+        <v>24</v>
       </c>
       <c r="I110" s="6">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>410</v>
+        <v>373</v>
       </c>
       <c r="K110" s="6" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="L110" s="10" t="s">
-        <v>197</v>
+        <v>80</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>411</v>
+        <v>374</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O110" s="6"/>
+      <c r="O110" s="6">
+        <v>753868.49</v>
+      </c>
       <c r="P110" s="6"/>
     </row>
-    <row r="111" spans="1:16">
+    <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>412</v>
+        <v>375</v>
       </c>
       <c r="B111" s="6">
         <v>0</v>
       </c>
       <c r="C111" s="6">
         <v>0</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6" t="s">
-        <v>413</v>
+        <v>376</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>22</v>
+        <v>377</v>
       </c>
       <c r="G111" s="10" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I111" s="6">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="J111" s="10"/>
+        <v>93</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>378</v>
+      </c>
       <c r="K111" s="6" t="s">
-        <v>156</v>
+        <v>379</v>
       </c>
       <c r="L111" s="10" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>414</v>
+        <v>380</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O111" s="6">
-        <v>452649.6</v>
+        <v>172099.92</v>
       </c>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
-        <v>415</v>
+        <v>381</v>
       </c>
       <c r="B112" s="6">
         <v>0</v>
       </c>
       <c r="C112" s="6">
         <v>0</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
       <c r="E112" s="6" t="s">
-        <v>416</v>
+        <v>382</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>44</v>
+        <v>377</v>
       </c>
       <c r="G112" s="10" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="H112" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I112" s="6">
-        <v>51.5</v>
+        <v>55</v>
       </c>
       <c r="J112" s="10" t="s">
-        <v>417</v>
+        <v>383</v>
       </c>
       <c r="K112" s="6" t="s">
-        <v>32</v>
+        <v>379</v>
       </c>
       <c r="L112" s="10" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>418</v>
+        <v>384</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O112" s="6">
-        <v>272106.12</v>
+        <v>64169.97</v>
       </c>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
-        <v>419</v>
+        <v>385</v>
       </c>
       <c r="B113" s="6">
         <v>0</v>
       </c>
       <c r="C113" s="6">
         <v>0</v>
       </c>
       <c r="D113" s="6">
         <v>0</v>
       </c>
       <c r="E113" s="6" t="s">
-        <v>420</v>
+        <v>386</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>77</v>
+        <v>377</v>
       </c>
       <c r="G113" s="10" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="6">
-        <v>580</v>
+        <v>44</v>
       </c>
       <c r="J113" s="10" t="s">
-        <v>421</v>
+        <v>387</v>
       </c>
       <c r="K113" s="6" t="s">
-        <v>80</v>
+        <v>379</v>
       </c>
       <c r="L113" s="10" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="M113" s="6" t="s">
-        <v>422</v>
+        <v>388</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O113" s="6">
-        <v>1735095.86</v>
+        <v>46659.97</v>
       </c>
       <c r="P113" s="6"/>
     </row>
-    <row r="114" spans="1:16">
+    <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
-        <v>423</v>
+        <v>389</v>
       </c>
       <c r="B114" s="6">
         <v>0</v>
       </c>
       <c r="C114" s="6">
         <v>0</v>
       </c>
       <c r="D114" s="6">
         <v>0</v>
       </c>
       <c r="E114" s="6" t="s">
-        <v>424</v>
+        <v>390</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>44</v>
+        <v>377</v>
       </c>
       <c r="G114" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I114" s="6">
+        <v>70</v>
+      </c>
+      <c r="J114" s="10" t="s">
+        <v>391</v>
+      </c>
+      <c r="K114" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="L114" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M114" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="N114" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O114" s="6">
+        <v>70649.97</v>
+      </c>
+      <c r="P114" s="6"/>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="B115" s="6">
+        <v>0</v>
+      </c>
+      <c r="C115" s="6">
+        <v>0</v>
+      </c>
+      <c r="D115" s="6">
+        <v>0</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="F115" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G115" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H114" s="6" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="H115" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="6">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="J115" s="10"/>
       <c r="K115" s="6" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
       <c r="L115" s="10" t="s">
-        <v>197</v>
+        <v>61</v>
       </c>
       <c r="M115" s="6" t="s">
-        <v>429</v>
+        <v>395</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O115" s="6">
-        <v>334671.38</v>
+        <v>734611.9</v>
       </c>
       <c r="P115" s="6"/>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" s="6" t="s">
-        <v>430</v>
+        <v>396</v>
       </c>
       <c r="B116" s="6">
         <v>0</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
-      <c r="E116" s="6" t="s">
-        <v>431</v>
+      <c r="E116" s="6">
+        <v>15000001001</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="G116" s="10" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="6">
-        <v>22.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="J116" s="10"/>
       <c r="K116" s="6" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="L116" s="10" t="s">
-        <v>49</v>
+        <v>80</v>
       </c>
       <c r="M116" s="6" t="s">
-        <v>433</v>
+        <v>397</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O116" s="6">
-        <v>144656.12</v>
+        <v>803166.66</v>
       </c>
       <c r="P116" s="6"/>
     </row>
-    <row r="117" spans="1:16" customHeight="1" ht="65">
+    <row r="117" spans="1:16">
       <c r="A117" s="6" t="s">
-        <v>434</v>
+        <v>398</v>
       </c>
       <c r="B117" s="6">
         <v>0</v>
       </c>
       <c r="C117" s="6">
         <v>0</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6" t="s">
-        <v>435</v>
+        <v>399</v>
       </c>
       <c r="F117" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G117" s="10" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="6">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="J117" s="10"/>
       <c r="K117" s="6" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="L117" s="10" t="s">
         <v>26</v>
       </c>
       <c r="M117" s="6" t="s">
-        <v>437</v>
+        <v>400</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O117" s="6">
-        <v>374975.32</v>
+        <v>670722.62</v>
       </c>
       <c r="P117" s="6"/>
     </row>
-    <row r="118" spans="1:16">
+    <row r="118" spans="1:16" customHeight="1" ht="65">
       <c r="A118" s="6" t="s">
-        <v>438</v>
+        <v>401</v>
       </c>
       <c r="B118" s="6">
         <v>0</v>
       </c>
       <c r="C118" s="6">
         <v>0</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
       <c r="E118" s="6" t="s">
-        <v>439</v>
+        <v>402</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="G118" s="10" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="6">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="J118" s="10"/>
+        <v>281</v>
+      </c>
+      <c r="J118" s="10" t="s">
+        <v>403</v>
+      </c>
       <c r="K118" s="6" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="L118" s="10" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="M118" s="6" t="s">
-        <v>440</v>
+        <v>404</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O118" s="6">
-        <v>285307.15</v>
+        <v>1510561.21</v>
       </c>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="65">
       <c r="A119" s="6" t="s">
-        <v>441</v>
+        <v>405</v>
       </c>
       <c r="B119" s="6">
         <v>0</v>
       </c>
       <c r="C119" s="6">
         <v>0</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
       <c r="E119" s="6" t="s">
-        <v>442</v>
+        <v>406</v>
       </c>
       <c r="F119" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G119" s="10" t="s">
-        <v>443</v>
+        <v>37</v>
       </c>
       <c r="H119" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I119" s="6">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="J119" s="10" t="s">
-        <v>444</v>
+        <v>407</v>
       </c>
       <c r="K119" s="6" t="s">
-        <v>126</v>
+        <v>408</v>
       </c>
       <c r="L119" s="10" t="s">
         <v>26</v>
       </c>
       <c r="M119" s="6" t="s">
-        <v>445</v>
+        <v>409</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O119" s="6">
-        <v>241902.75</v>
+        <v>199145.28</v>
       </c>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
-        <v>446</v>
+        <v>410</v>
       </c>
       <c r="B120" s="6">
         <v>0</v>
       </c>
       <c r="C120" s="6">
         <v>0</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
       <c r="E120" s="6">
-        <v>15000012047</v>
+        <v>72000027183</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H120" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I120" s="6">
-        <v>109</v>
+        <v>1.43</v>
       </c>
       <c r="J120" s="10" t="s">
-        <v>447</v>
+        <v>411</v>
       </c>
       <c r="K120" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L120" s="10" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="M120" s="6" t="s">
-        <v>448</v>
+        <v>412</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O120" s="6">
-        <v>268974.24</v>
+        <v>2068.91</v>
       </c>
       <c r="P120" s="6"/>
     </row>
-    <row r="121" spans="1:16" customHeight="1" ht="65">
+    <row r="121" spans="1:16">
       <c r="A121" s="6" t="s">
-        <v>449</v>
+        <v>413</v>
       </c>
       <c r="B121" s="6">
         <v>0</v>
       </c>
       <c r="C121" s="6">
         <v>0</v>
       </c>
       <c r="D121" s="6">
         <v>0</v>
       </c>
       <c r="E121" s="6" t="s">
-        <v>450</v>
+        <v>414</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="G121" s="10" t="s">
-        <v>443</v>
+        <v>78</v>
       </c>
       <c r="H121" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I121" s="6">
-        <v>41</v>
+        <v>211</v>
       </c>
       <c r="J121" s="10" t="s">
-        <v>451</v>
+        <v>415</v>
       </c>
       <c r="K121" s="6" t="s">
-        <v>126</v>
+        <v>79</v>
       </c>
       <c r="L121" s="10" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>452</v>
+        <v>416</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O121" s="6">
-        <v>140218.62</v>
+        <v>1084825.87</v>
       </c>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="65">
       <c r="A122" s="6" t="s">
-        <v>453</v>
+        <v>417</v>
       </c>
       <c r="B122" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C122" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
       <c r="E122" s="6" t="s">
-        <v>454</v>
+        <v>418</v>
       </c>
       <c r="F122" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G122" s="10" t="s">
-        <v>443</v>
+        <v>23</v>
       </c>
       <c r="H122" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I122" s="6">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="J122" s="10" t="s">
-        <v>455</v>
+        <v>419</v>
       </c>
       <c r="K122" s="6" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="L122" s="10" t="s">
         <v>45</v>
       </c>
       <c r="M122" s="6" t="s">
-        <v>456</v>
+        <v>420</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O122" s="6">
-        <v>156633.57</v>
+        <v>275497.25</v>
       </c>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
-        <v>457</v>
+        <v>421</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
-      <c r="E123" s="6" t="s">
-        <v>458</v>
+      <c r="E123" s="6">
+        <v>21000008468</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>77</v>
+        <v>422</v>
       </c>
       <c r="G123" s="10" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I123" s="6">
-        <v>281</v>
+        <v>0</v>
       </c>
       <c r="J123" s="10" t="s">
-        <v>459</v>
+        <v>423</v>
       </c>
       <c r="K123" s="6" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="L123" s="10" t="s">
-        <v>81</v>
+        <v>424</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>460</v>
+        <v>425</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O123" s="6">
-        <v>1427017.07</v>
+        <v>16551.34</v>
       </c>
       <c r="P123" s="6"/>
     </row>
-    <row r="124" spans="1:16" customHeight="1" ht="65">
+    <row r="124" spans="1:16">
       <c r="A124" s="6" t="s">
-        <v>461</v>
+        <v>426</v>
       </c>
       <c r="B124" s="6">
         <v>0</v>
       </c>
       <c r="C124" s="6">
         <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
-      <c r="E124" s="6">
-        <v>15000001975</v>
+      <c r="E124" s="6" t="s">
+        <v>427</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="G124" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="6">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="J124" s="10"/>
       <c r="K124" s="6" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="L124" s="10" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>463</v>
+        <v>428</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O124" s="6">
-        <v>1990000.2</v>
+        <v>477527.75</v>
       </c>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
-        <v>464</v>
+        <v>429</v>
       </c>
       <c r="B125" s="6">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="C125" s="6">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6">
-        <v>71000009924</v>
+        <v>71000008418</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>77</v>
+        <v>59</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>37</v>
       </c>
       <c r="H125" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I125" s="6">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="J125" s="10" t="s">
-        <v>465</v>
+        <v>430</v>
       </c>
       <c r="K125" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L125" s="10" t="s">
-        <v>81</v>
+        <v>61</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>466</v>
+        <v>431</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O125" s="6">
-        <v>632390.07</v>
+        <v>472617.83</v>
       </c>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
-        <v>467</v>
+        <v>432</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
-      <c r="E126" s="6" t="s">
-        <v>468</v>
+      <c r="E126" s="6">
+        <v>15000006041</v>
       </c>
       <c r="F126" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G126" s="10" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="H126" s="6" t="s">
-        <v>288</v>
+        <v>51</v>
       </c>
       <c r="I126" s="6">
         <v>56</v>
       </c>
       <c r="J126" s="10" t="s">
-        <v>469</v>
+        <v>433</v>
       </c>
       <c r="K126" s="6" t="s">
-        <v>470</v>
+        <v>39</v>
       </c>
       <c r="L126" s="10" t="s">
         <v>45</v>
       </c>
       <c r="M126" s="6" t="s">
-        <v>471</v>
+        <v>434</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O126" s="6"/>
+      <c r="O126" s="6">
+        <v>163947.67</v>
+      </c>
       <c r="P126" s="6"/>
     </row>
-    <row r="127" spans="1:16" customHeight="1" ht="65">
+    <row r="127" spans="1:16">
       <c r="A127" s="6" t="s">
-        <v>472</v>
+        <v>435</v>
       </c>
       <c r="B127" s="6">
         <v>0</v>
       </c>
       <c r="C127" s="6">
         <v>0</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
-      <c r="E127" s="6">
-        <v>15000006040</v>
+      <c r="E127" s="6" t="s">
+        <v>436</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G127" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="J127" s="10"/>
       <c r="K127" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="L127" s="10" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>474</v>
+        <v>437</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O127" s="6">
-        <v>155100.01</v>
+        <v>641667.31</v>
       </c>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
-        <v>475</v>
+        <v>438</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
-      <c r="E128" s="6">
-        <v>15000101475</v>
+      <c r="E128" s="6" t="s">
+        <v>439</v>
       </c>
       <c r="F128" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G128" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H128" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="6">
         <v>0</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>476</v>
+        <v>440</v>
       </c>
       <c r="K128" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="L128" s="10" t="s">
         <v>40</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>477</v>
+        <v>441</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O128" s="6">
-        <v>2034.99</v>
+        <v>7701.42</v>
       </c>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>478</v>
+        <v>442</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
-      <c r="E129" s="6">
-        <v>71000008419</v>
+      <c r="E129" s="6" t="s">
+        <v>443</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="G129" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H129" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I129" s="6">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>479</v>
+        <v>444</v>
       </c>
       <c r="K129" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="L129" s="10" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>480</v>
+        <v>445</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O129" s="6">
-        <v>472120.08</v>
+        <v>7176.31</v>
       </c>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
-        <v>481</v>
+        <v>446</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
-      <c r="E130" s="6">
-        <v>71000249766</v>
+      <c r="E130" s="6" t="s">
+        <v>447</v>
       </c>
       <c r="F130" s="9" t="s">
         <v>36</v>
       </c>
       <c r="G130" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H130" s="6" t="s">
-        <v>24</v>
+        <v>448</v>
       </c>
       <c r="I130" s="6">
         <v>0</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>482</v>
+        <v>449</v>
       </c>
       <c r="K130" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="L130" s="10" t="s">
         <v>40</v>
       </c>
       <c r="M130" s="6" t="s">
-        <v>483</v>
+        <v>450</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O130" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O130" s="6"/>
       <c r="P130" s="6"/>
     </row>
-    <row r="131" spans="1:16">
+    <row r="131" spans="1:16" customHeight="1" ht="65">
       <c r="A131" s="6" t="s">
-        <v>484</v>
+        <v>451</v>
       </c>
       <c r="B131" s="6">
         <v>0</v>
       </c>
       <c r="C131" s="6">
         <v>0</v>
       </c>
       <c r="D131" s="6">
         <v>0</v>
       </c>
       <c r="E131" s="6" t="s">
-        <v>485</v>
+        <v>452</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="6">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="J131" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="J131" s="10" t="s">
+        <v>453</v>
+      </c>
       <c r="K131" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L131" s="10" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="M131" s="6" t="s">
-        <v>486</v>
+        <v>454</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O131" s="6">
-        <v>594058.61</v>
+        <v>12777.33</v>
       </c>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16" customHeight="1" ht="65">
       <c r="A132" s="6" t="s">
-        <v>487</v>
+        <v>455</v>
       </c>
       <c r="B132" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C132" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D132" s="6">
         <v>0</v>
       </c>
       <c r="E132" s="6" t="s">
-        <v>488</v>
+        <v>456</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H132" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I132" s="6">
-        <v>51.5</v>
+        <v>0</v>
       </c>
       <c r="J132" s="10" t="s">
-        <v>489</v>
+        <v>457</v>
       </c>
       <c r="K132" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L132" s="10" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M132" s="6" t="s">
-        <v>490</v>
+        <v>458</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O132" s="6">
-        <v>279905.34</v>
+        <v>12777.33</v>
       </c>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
-        <v>491</v>
+        <v>459</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
       <c r="E133" s="6" t="s">
-        <v>492</v>
+        <v>460</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H133" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="6">
-        <v>102</v>
+        <v>56.5</v>
       </c>
       <c r="J133" s="10" t="s">
-        <v>493</v>
+        <v>461</v>
       </c>
       <c r="K133" s="6" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="L133" s="10" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="M133" s="6" t="s">
-        <v>494</v>
+        <v>462</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O133" s="6">
-        <v>395706.17</v>
+        <v>233158.85</v>
       </c>
       <c r="P133" s="6"/>
     </row>
-    <row r="134" spans="1:16" customHeight="1" ht="65">
+    <row r="134" spans="1:16">
       <c r="A134" s="6" t="s">
-        <v>495</v>
+        <v>463</v>
       </c>
       <c r="B134" s="6">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="C134" s="6">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
       <c r="E134" s="6" t="s">
-        <v>496</v>
+        <v>464</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>497</v>
+        <v>31</v>
       </c>
       <c r="G134" s="10" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="6">
-        <v>9.94</v>
+        <v>0</v>
       </c>
       <c r="J134" s="10" t="s">
-        <v>498</v>
+        <v>465</v>
       </c>
       <c r="K134" s="6" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="L134" s="10" t="s">
-        <v>497</v>
+        <v>33</v>
       </c>
       <c r="M134" s="6" t="s">
-        <v>499</v>
+        <v>466</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O134" s="6">
-        <v>25251.84</v>
+        <v>274975.27</v>
       </c>
       <c r="P134" s="6"/>
     </row>
-    <row r="135" spans="1:16" customHeight="1" ht="65">
+    <row r="135" spans="1:16">
       <c r="A135" s="6" t="s">
-        <v>500</v>
+        <v>467</v>
       </c>
       <c r="B135" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C135" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
       <c r="E135" s="6" t="s">
-        <v>501</v>
+        <v>468</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H135" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I135" s="6">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J135" s="10"/>
       <c r="K135" s="6" t="s">
-        <v>131</v>
+        <v>25</v>
       </c>
       <c r="L135" s="10" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="M135" s="6" t="s">
-        <v>503</v>
+        <v>469</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O135" s="6">
-        <v>233086.46</v>
+        <v>1161127.34</v>
       </c>
       <c r="P135" s="6"/>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
-        <v>504</v>
+        <v>470</v>
       </c>
       <c r="B136" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C136" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D136" s="6">
         <v>0</v>
       </c>
-      <c r="E136" s="6" t="s">
-        <v>505</v>
+      <c r="E136" s="6">
+        <v>71000019986</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G136" s="10" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I136" s="6">
-        <v>67</v>
+        <v>315</v>
       </c>
       <c r="J136" s="10" t="s">
-        <v>506</v>
+        <v>471</v>
       </c>
       <c r="K136" s="6" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="L136" s="10" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="M136" s="6" t="s">
-        <v>507</v>
+        <v>472</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O136" s="6">
-        <v>314656.37</v>
+        <v>803298.82</v>
       </c>
       <c r="P136" s="6"/>
     </row>
-    <row r="137" spans="1:16" customHeight="1" ht="65">
+    <row r="137" spans="1:16">
       <c r="A137" s="6" t="s">
-        <v>508</v>
+        <v>473</v>
       </c>
       <c r="B137" s="6">
         <v>0</v>
       </c>
       <c r="C137" s="6">
         <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6" t="s">
-        <v>509</v>
+        <v>474</v>
       </c>
       <c r="F137" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G137" s="10" t="s">
-        <v>154</v>
+        <v>23</v>
       </c>
       <c r="H137" s="6" t="s">
-        <v>288</v>
+        <v>24</v>
       </c>
       <c r="I137" s="6">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="J137" s="10"/>
       <c r="K137" s="6" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="L137" s="10" t="s">
         <v>45</v>
       </c>
       <c r="M137" s="6" t="s">
-        <v>511</v>
+        <v>475</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O137" s="6"/>
+      <c r="O137" s="6">
+        <v>293703.7</v>
+      </c>
       <c r="P137" s="6"/>
     </row>
-    <row r="138" spans="1:16" customHeight="1" ht="65">
+    <row r="138" spans="1:16">
       <c r="A138" s="6" t="s">
-        <v>512</v>
+        <v>476</v>
       </c>
       <c r="B138" s="6">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <v>0</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6" t="s">
-        <v>513</v>
+        <v>477</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="G138" s="10" t="s">
-        <v>154</v>
+        <v>78</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="6">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="J138" s="10"/>
       <c r="K138" s="6" t="s">
-        <v>156</v>
+        <v>79</v>
       </c>
       <c r="L138" s="10" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="M138" s="6" t="s">
-        <v>515</v>
+        <v>478</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O138" s="6">
-        <v>262122.31</v>
+        <v>1564518.18</v>
       </c>
       <c r="P138" s="6"/>
     </row>
     <row r="139" spans="1:16" customHeight="1" ht="65">
       <c r="A139" s="6" t="s">
-        <v>516</v>
+        <v>479</v>
       </c>
       <c r="B139" s="6">
         <v>0</v>
       </c>
       <c r="C139" s="6">
         <v>0</v>
       </c>
       <c r="D139" s="6">
         <v>0</v>
       </c>
       <c r="E139" s="6" t="s">
-        <v>517</v>
+        <v>480</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>77</v>
+        <v>59</v>
       </c>
       <c r="G139" s="10" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="6">
-        <v>550</v>
+        <v>0</v>
       </c>
       <c r="J139" s="10" t="s">
-        <v>518</v>
+        <v>481</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="L139" s="10" t="s">
-        <v>81</v>
+        <v>61</v>
       </c>
       <c r="M139" s="6" t="s">
-        <v>519</v>
+        <v>482</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O139" s="6">
-        <v>1696234.1</v>
+        <v>963376.13</v>
       </c>
       <c r="P139" s="6"/>
     </row>
-    <row r="140" spans="1:16">
+    <row r="140" spans="1:16" customHeight="1" ht="65">
       <c r="A140" s="6" t="s">
-        <v>520</v>
+        <v>483</v>
       </c>
       <c r="B140" s="6">
         <v>0</v>
       </c>
       <c r="C140" s="6">
         <v>0</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6" t="s">
-        <v>521</v>
+        <v>484</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H140" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I140" s="6">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="J140" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="J140" s="10" t="s">
+        <v>485</v>
+      </c>
       <c r="K140" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L140" s="10" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M140" s="6" t="s">
-        <v>522</v>
+        <v>486</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O140" s="6">
-        <v>277435.81</v>
+        <v>7526.39</v>
       </c>
       <c r="P140" s="6"/>
     </row>
     <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
-        <v>523</v>
+        <v>487</v>
       </c>
       <c r="B141" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C141" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
-      <c r="E141" s="6">
-        <v>71000009791</v>
+      <c r="E141" s="6" t="s">
+        <v>488</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="G141" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H141" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I141" s="6">
         <v>0</v>
       </c>
       <c r="J141" s="10" t="s">
-        <v>524</v>
+        <v>489</v>
       </c>
       <c r="K141" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="L141" s="10" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="M141" s="6" t="s">
-        <v>525</v>
+        <v>490</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O141" s="6">
-        <v>585200.05</v>
+        <v>7526.39</v>
       </c>
       <c r="P141" s="6"/>
     </row>
     <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
-        <v>526</v>
+        <v>491</v>
       </c>
       <c r="B142" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C142" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D142" s="6">
         <v>0</v>
       </c>
-      <c r="E142" s="6">
-        <v>71000008601</v>
+      <c r="E142" s="6" t="s">
+        <v>492</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="G142" s="10" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H142" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I142" s="6">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="J142" s="10" t="s">
-        <v>527</v>
+        <v>493</v>
       </c>
       <c r="K142" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="L142" s="10" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="M142" s="6" t="s">
-        <v>528</v>
+        <v>494</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O142" s="6">
-        <v>585200.09</v>
+        <v>14877.73</v>
       </c>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
-        <v>529</v>
+        <v>495</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>530</v>
+        <v>496</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="6">
         <v>0</v>
       </c>
       <c r="J143" s="10" t="s">
-        <v>531</v>
+        <v>497</v>
       </c>
       <c r="K143" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L143" s="10" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M143" s="6" t="s">
-        <v>532</v>
+        <v>498</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O143" s="6">
-        <v>252046.08</v>
+        <v>8576.57</v>
       </c>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16" customHeight="1" ht="65">
       <c r="A144" s="6" t="s">
-        <v>533</v>
+        <v>499</v>
       </c>
       <c r="B144" s="6">
         <v>0</v>
       </c>
       <c r="C144" s="6">
         <v>0</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
       <c r="E144" s="6" t="s">
-        <v>534</v>
+        <v>500</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="6" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="I144" s="6">
         <v>0</v>
       </c>
       <c r="J144" s="10" t="s">
-        <v>535</v>
+        <v>501</v>
       </c>
       <c r="K144" s="6" t="s">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="L144" s="10" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="M144" s="6" t="s">
-        <v>536</v>
+        <v>502</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O144" s="6">
-        <v>671609.03</v>
+        <v>8226.51</v>
       </c>
       <c r="P144" s="6"/>
     </row>
-    <row r="145" spans="1:16">
+    <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
-        <v>537</v>
+        <v>503</v>
       </c>
       <c r="B145" s="6">
         <v>0</v>
       </c>
       <c r="C145" s="6">
         <v>0</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
-        <v>538</v>
+        <v>504</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="6">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="J145" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="J145" s="10" t="s">
+        <v>505</v>
+      </c>
       <c r="K145" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L145" s="10" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="M145" s="6" t="s">
-        <v>539</v>
+        <v>506</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O145" s="6">
-        <v>820725.05</v>
+        <v>19785.48</v>
       </c>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
-        <v>540</v>
+        <v>507</v>
       </c>
       <c r="B146" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C146" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
-        <v>541</v>
+        <v>508</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H146" s="6" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I146" s="6">
+        <v>110</v>
+      </c>
+      <c r="J146" s="10" t="s">
+        <v>509</v>
+      </c>
+      <c r="K146" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="L146" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="M146" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="N146" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O146" s="6">
+        <v>629046.25</v>
+      </c>
+      <c r="P146" s="6"/>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="B147" s="6">
+        <v>0</v>
+      </c>
+      <c r="C147" s="6">
+        <v>0</v>
+      </c>
+      <c r="D147" s="6">
+        <v>0</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="F147" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G147" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H147" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I147" s="6">
+        <v>97</v>
+      </c>
+      <c r="J147" s="10"/>
+      <c r="K147" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L147" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="N147" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O147" s="6">
+        <v>475171.22</v>
+      </c>
+      <c r="P147" s="6"/>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="B148" s="6">
+        <v>0</v>
+      </c>
+      <c r="C148" s="6">
+        <v>0</v>
+      </c>
+      <c r="D148" s="6">
+        <v>0</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="F148" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G148" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H148" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I148" s="6">
+        <v>58</v>
+      </c>
+      <c r="J148" s="10"/>
+      <c r="K148" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L148" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="M148" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="N148" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O148" s="6">
+        <v>363032.28</v>
+      </c>
+      <c r="P148" s="6"/>
+    </row>
+    <row r="149" spans="1:16" customHeight="1" ht="65">
+      <c r="A149" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="B149" s="6">
+        <v>0</v>
+      </c>
+      <c r="C149" s="6">
+        <v>0</v>
+      </c>
+      <c r="D149" s="6">
+        <v>0</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="F149" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G149" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H149" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I149" s="6">
+        <v>89</v>
+      </c>
+      <c r="J149" s="10" t="s">
+        <v>519</v>
+      </c>
+      <c r="K149" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="L149" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M149" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="N149" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O149" s="6">
+        <v>220889.51</v>
+      </c>
+      <c r="P149" s="6"/>
+    </row>
+    <row r="150" spans="1:16" customHeight="1" ht="65">
+      <c r="A150" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="B150" s="6">
+        <v>0</v>
+      </c>
+      <c r="C150" s="6">
+        <v>0</v>
+      </c>
+      <c r="D150" s="6">
+        <v>0</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="F150" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G150" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H150" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I150" s="6">
+        <v>0</v>
+      </c>
+      <c r="J150" s="10" t="s">
+        <v>523</v>
+      </c>
+      <c r="K150" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L150" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M150" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="N150" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O150" s="6">
+        <v>18203.33</v>
+      </c>
+      <c r="P150" s="6"/>
+    </row>
+    <row r="151" spans="1:16" customHeight="1" ht="65">
+      <c r="A151" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="B151" s="6">
+        <v>0</v>
+      </c>
+      <c r="C151" s="6">
+        <v>0</v>
+      </c>
+      <c r="D151" s="6">
+        <v>0</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="F151" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G151" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H151" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I151" s="6">
+        <v>0</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>527</v>
+      </c>
+      <c r="K151" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L151" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M151" s="6" t="s">
+        <v>528</v>
+      </c>
+      <c r="N151" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O151" s="6">
+        <v>37806.91</v>
+      </c>
+      <c r="P151" s="6"/>
+    </row>
+    <row r="152" spans="1:16" customHeight="1" ht="65">
+      <c r="A152" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="B152" s="6">
+        <v>0</v>
+      </c>
+      <c r="C152" s="6">
+        <v>0</v>
+      </c>
+      <c r="D152" s="6">
+        <v>0</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="F152" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G152" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H152" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I152" s="6">
+        <v>0</v>
+      </c>
+      <c r="J152" s="10" t="s">
+        <v>531</v>
+      </c>
+      <c r="K152" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L152" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M152" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="N152" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O152" s="6">
+        <v>4900.89</v>
+      </c>
+      <c r="P152" s="6"/>
+    </row>
+    <row r="153" spans="1:16" customHeight="1" ht="65">
+      <c r="A153" s="6" t="s">
+        <v>533</v>
+      </c>
+      <c r="B153" s="6">
+        <v>0</v>
+      </c>
+      <c r="C153" s="6">
+        <v>0</v>
+      </c>
+      <c r="D153" s="6">
+        <v>0</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="F153" s="9" t="s">
+        <v>284</v>
+      </c>
+      <c r="G153" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H153" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I153" s="6">
+        <v>29</v>
+      </c>
+      <c r="J153" s="10" t="s">
+        <v>535</v>
+      </c>
+      <c r="K153" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L153" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M153" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="N153" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O153" s="6">
+        <v>139150.44</v>
+      </c>
+      <c r="P153" s="6"/>
+    </row>
+    <row r="154" spans="1:16" customHeight="1" ht="65">
+      <c r="A154" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="B154" s="6">
+        <v>0</v>
+      </c>
+      <c r="C154" s="6">
+        <v>0</v>
+      </c>
+      <c r="D154" s="6">
+        <v>0</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="F154" s="9" t="s">
+        <v>284</v>
+      </c>
+      <c r="G154" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H154" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I154" s="6">
+        <v>0</v>
+      </c>
+      <c r="J154" s="10" t="s">
+        <v>539</v>
+      </c>
+      <c r="K154" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L154" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M154" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="N154" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O154" s="6">
+        <v>139150.44</v>
+      </c>
+      <c r="P154" s="6"/>
+    </row>
+    <row r="155" spans="1:16" customHeight="1" ht="65">
+      <c r="A155" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="B155" s="6">
+        <v>0</v>
+      </c>
+      <c r="C155" s="6">
+        <v>0</v>
+      </c>
+      <c r="D155" s="6">
+        <v>0</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="F155" s="9" t="s">
+        <v>543</v>
+      </c>
+      <c r="G155" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H155" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I155" s="6">
+        <v>0</v>
+      </c>
+      <c r="J155" s="10" t="s">
+        <v>544</v>
+      </c>
+      <c r="K155" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L155" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M155" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="N155" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O155" s="6">
+        <v>57235.46</v>
+      </c>
+      <c r="P155" s="6"/>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="B156" s="6">
+        <v>0</v>
+      </c>
+      <c r="C156" s="6">
+        <v>0</v>
+      </c>
+      <c r="D156" s="6">
+        <v>0</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="F156" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G156" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H156" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I156" s="6">
+        <v>54</v>
+      </c>
+      <c r="J156" s="10"/>
+      <c r="K156" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L156" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M156" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="N156" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O156" s="6">
+        <v>292653.5</v>
+      </c>
+      <c r="P156" s="6"/>
+    </row>
+    <row r="157" spans="1:16" customHeight="1" ht="65">
+      <c r="A157" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="B157" s="6">
+        <v>0</v>
+      </c>
+      <c r="C157" s="6">
+        <v>0</v>
+      </c>
+      <c r="D157" s="6">
+        <v>0</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="F157" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G157" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H157" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I157" s="6">
+        <v>1</v>
+      </c>
+      <c r="J157" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="K157" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L157" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M157" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="N157" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O157" s="6">
+        <v>4150.64</v>
+      </c>
+      <c r="P157" s="6"/>
+    </row>
+    <row r="158" spans="1:16" customHeight="1" ht="65">
+      <c r="A158" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="B158" s="6">
+        <v>0</v>
+      </c>
+      <c r="C158" s="6">
+        <v>0</v>
+      </c>
+      <c r="D158" s="6">
+        <v>0</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="F158" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G158" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H158" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I158" s="6">
+        <v>3</v>
+      </c>
+      <c r="J158" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="K158" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L158" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M158" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="N158" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O158" s="6">
+        <v>3877.53</v>
+      </c>
+      <c r="P158" s="6"/>
+    </row>
+    <row r="159" spans="1:16" customHeight="1" ht="65">
+      <c r="A159" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="B159" s="6">
+        <v>0</v>
+      </c>
+      <c r="C159" s="6">
+        <v>0</v>
+      </c>
+      <c r="D159" s="6">
+        <v>0</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="F159" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G159" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H159" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I159" s="6">
+        <v>0</v>
+      </c>
+      <c r="J159" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="K159" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L159" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M159" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="N159" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O159" s="6">
+        <v>5502.64</v>
+      </c>
+      <c r="P159" s="6"/>
+    </row>
+    <row r="160" spans="1:16" customHeight="1" ht="65">
+      <c r="A160" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="B160" s="6">
+        <v>0</v>
+      </c>
+      <c r="C160" s="6">
+        <v>0</v>
+      </c>
+      <c r="D160" s="6">
+        <v>0</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="F160" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G160" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H160" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I160" s="6">
+        <v>0</v>
+      </c>
+      <c r="J160" s="10" t="s">
+        <v>562</v>
+      </c>
+      <c r="K160" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L160" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M160" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="N160" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O160" s="6">
+        <v>7576.61</v>
+      </c>
+      <c r="P160" s="6"/>
+    </row>
+    <row r="161" spans="1:16" customHeight="1" ht="65">
+      <c r="A161" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="B161" s="6">
+        <v>0</v>
+      </c>
+      <c r="C161" s="6">
+        <v>0</v>
+      </c>
+      <c r="D161" s="6">
+        <v>0</v>
+      </c>
+      <c r="E161" s="6">
+        <v>120000026623</v>
+      </c>
+      <c r="F161" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G161" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H161" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I161" s="6">
+        <v>0</v>
+      </c>
+      <c r="J161" s="10" t="s">
+        <v>565</v>
+      </c>
+      <c r="K161" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L161" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M161" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="N161" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O161" s="6">
+        <v>872.29</v>
+      </c>
+      <c r="P161" s="6"/>
+    </row>
+    <row r="162" spans="1:16" customHeight="1" ht="65">
+      <c r="A162" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="B162" s="6">
+        <v>0</v>
+      </c>
+      <c r="C162" s="6">
+        <v>0</v>
+      </c>
+      <c r="D162" s="6">
+        <v>0</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="F162" s="9" t="s">
+        <v>284</v>
+      </c>
+      <c r="G162" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H162" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="I162" s="6">
+        <v>85</v>
+      </c>
+      <c r="J162" s="10" t="s">
+        <v>569</v>
+      </c>
+      <c r="K162" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L162" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M162" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="N162" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O162" s="6"/>
+      <c r="P162" s="6"/>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="B163" s="6">
+        <v>1</v>
+      </c>
+      <c r="C163" s="6">
+        <v>1</v>
+      </c>
+      <c r="D163" s="6">
+        <v>0</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="F163" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G163" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H163" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I163" s="6">
+        <v>97</v>
+      </c>
+      <c r="J163" s="10"/>
+      <c r="K163" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L163" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="N163" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O163" s="6">
+        <v>457131.48</v>
+      </c>
+      <c r="P163" s="6"/>
+    </row>
+    <row r="164" spans="1:16" customHeight="1" ht="65">
+      <c r="A164" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="B164" s="6">
+        <v>2</v>
+      </c>
+      <c r="C164" s="6">
+        <v>2</v>
+      </c>
+      <c r="D164" s="6">
+        <v>0</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="F164" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G164" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H164" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I164" s="6">
+        <v>51.5</v>
+      </c>
+      <c r="J164" s="10" t="s">
+        <v>574</v>
+      </c>
+      <c r="K164" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L164" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M164" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="N164" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O164" s="6">
+        <v>274800.24</v>
+      </c>
+      <c r="P164" s="6"/>
+    </row>
+    <row r="165" spans="1:16" customHeight="1" ht="65">
+      <c r="A165" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="B165" s="6">
+        <v>0</v>
+      </c>
+      <c r="C165" s="6">
+        <v>0</v>
+      </c>
+      <c r="D165" s="6">
+        <v>0</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="F165" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G165" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="H165" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I165" s="6">
+        <v>580</v>
+      </c>
+      <c r="J165" s="10" t="s">
+        <v>578</v>
+      </c>
+      <c r="K165" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="L165" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M165" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="N165" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O165" s="6">
+        <v>1735095.86</v>
+      </c>
+      <c r="P165" s="6"/>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="B166" s="6">
+        <v>0</v>
+      </c>
+      <c r="C166" s="6">
+        <v>0</v>
+      </c>
+      <c r="D166" s="6">
+        <v>0</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="F166" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G166" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H166" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I166" s="6">
+        <v>54</v>
+      </c>
+      <c r="J166" s="10"/>
+      <c r="K166" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L166" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M166" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="N166" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O166" s="6">
+        <v>310156.7</v>
+      </c>
+      <c r="P166" s="6"/>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="B167" s="6">
+        <v>0</v>
+      </c>
+      <c r="C167" s="6">
+        <v>0</v>
+      </c>
+      <c r="D167" s="6">
+        <v>0</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="F167" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G167" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H167" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I167" s="6">
+        <v>34</v>
+      </c>
+      <c r="J167" s="10"/>
+      <c r="K167" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L167" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M167" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="N167" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O167" s="6">
+        <v>204481.89</v>
+      </c>
+      <c r="P167" s="6"/>
+    </row>
+    <row r="168" spans="1:16" customHeight="1" ht="65">
+      <c r="A168" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="B168" s="6">
+        <v>0</v>
+      </c>
+      <c r="C168" s="6">
+        <v>0</v>
+      </c>
+      <c r="D168" s="6">
+        <v>0</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="F168" s="9" t="s">
+        <v>543</v>
+      </c>
+      <c r="G168" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H168" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I168" s="6">
+        <v>35</v>
+      </c>
+      <c r="J168" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="K168" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L168" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="M168" s="6" t="s">
+        <v>587</v>
+      </c>
+      <c r="N168" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O168" s="6">
+        <v>334671.38</v>
+      </c>
+      <c r="P168" s="6"/>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="B169" s="6">
+        <v>0</v>
+      </c>
+      <c r="C169" s="6">
+        <v>0</v>
+      </c>
+      <c r="D169" s="6">
+        <v>0</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="F169" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G169" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="H169" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I169" s="6">
+        <v>22.5</v>
+      </c>
+      <c r="J169" s="10" t="s">
+        <v>590</v>
+      </c>
+      <c r="K169" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="L169" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="M169" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="N169" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O169" s="6">
+        <v>146968.2</v>
+      </c>
+      <c r="P169" s="6"/>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="B170" s="6">
+        <v>0</v>
+      </c>
+      <c r="C170" s="6">
+        <v>0</v>
+      </c>
+      <c r="D170" s="6">
+        <v>0</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="F170" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G170" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H170" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I170" s="6">
+        <v>296</v>
+      </c>
+      <c r="J170" s="10"/>
+      <c r="K170" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L170" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M170" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="N170" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O170" s="6">
+        <v>1480969.98</v>
+      </c>
+      <c r="P170" s="6"/>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="B171" s="6">
+        <v>0</v>
+      </c>
+      <c r="C171" s="6">
+        <v>0</v>
+      </c>
+      <c r="D171" s="6">
+        <v>0</v>
+      </c>
+      <c r="E171" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="F171" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G171" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H171" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I171" s="6">
+        <v>296</v>
+      </c>
+      <c r="J171" s="10"/>
+      <c r="K171" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L171" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M171" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="N171" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O171" s="6">
+        <v>1480969.98</v>
+      </c>
+      <c r="P171" s="6"/>
+    </row>
+    <row r="172" spans="1:16" customHeight="1" ht="65">
+      <c r="A172" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="B172" s="6">
+        <v>0</v>
+      </c>
+      <c r="C172" s="6">
+        <v>0</v>
+      </c>
+      <c r="D172" s="6">
+        <v>0</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="F172" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G172" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="H172" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I172" s="6">
+        <v>145</v>
+      </c>
+      <c r="J172" s="10" t="s">
+        <v>600</v>
+      </c>
+      <c r="K172" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="L172" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M172" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="N172" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O172" s="6">
+        <v>374975.32</v>
+      </c>
+      <c r="P172" s="6"/>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="B173" s="6">
+        <v>0</v>
+      </c>
+      <c r="C173" s="6">
+        <v>0</v>
+      </c>
+      <c r="D173" s="6">
+        <v>0</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="F173" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G173" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H173" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I173" s="6">
+        <v>61</v>
+      </c>
+      <c r="J173" s="10"/>
+      <c r="K173" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L173" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M173" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="N173" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O173" s="6">
+        <v>235241.24</v>
+      </c>
+      <c r="P173" s="6"/>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="B174" s="6">
+        <v>0</v>
+      </c>
+      <c r="C174" s="6">
+        <v>0</v>
+      </c>
+      <c r="D174" s="6">
+        <v>0</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="F174" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G174" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H174" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I174" s="6">
+        <v>54</v>
+      </c>
+      <c r="J174" s="10"/>
+      <c r="K174" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L174" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M174" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="N174" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O174" s="6">
+        <v>285307.15</v>
+      </c>
+      <c r="P174" s="6"/>
+    </row>
+    <row r="175" spans="1:16" customHeight="1" ht="65">
+      <c r="A175" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="B175" s="6">
+        <v>0</v>
+      </c>
+      <c r="C175" s="6">
+        <v>0</v>
+      </c>
+      <c r="D175" s="6">
+        <v>0</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="F175" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G175" s="10" t="s">
+        <v>610</v>
+      </c>
+      <c r="H175" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I175" s="6">
+        <v>120</v>
+      </c>
+      <c r="J175" s="10" t="s">
+        <v>611</v>
+      </c>
+      <c r="K175" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="L175" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="N175" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O175" s="6">
+        <v>244297.87</v>
+      </c>
+      <c r="P175" s="6"/>
+    </row>
+    <row r="176" spans="1:16" customHeight="1" ht="65">
+      <c r="A176" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="B176" s="6">
+        <v>0</v>
+      </c>
+      <c r="C176" s="6">
+        <v>0</v>
+      </c>
+      <c r="D176" s="6">
+        <v>0</v>
+      </c>
+      <c r="E176" s="6">
+        <v>15000012047</v>
+      </c>
+      <c r="F176" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G176" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H176" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I176" s="6">
+        <v>109</v>
+      </c>
+      <c r="J176" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="K176" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L176" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="N176" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O176" s="6">
+        <v>273457.09</v>
+      </c>
+      <c r="P176" s="6"/>
+    </row>
+    <row r="177" spans="1:16" customHeight="1" ht="65">
+      <c r="A177" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="B177" s="6">
+        <v>0</v>
+      </c>
+      <c r="C177" s="6">
+        <v>0</v>
+      </c>
+      <c r="D177" s="6">
+        <v>0</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="F177" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G177" s="10" t="s">
+        <v>610</v>
+      </c>
+      <c r="H177" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I177" s="6">
+        <v>41</v>
+      </c>
+      <c r="J177" s="10" t="s">
+        <v>618</v>
+      </c>
+      <c r="K177" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="L177" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M177" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="N177" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O177" s="6">
+        <v>140218.62</v>
+      </c>
+      <c r="P177" s="6"/>
+    </row>
+    <row r="178" spans="1:16" customHeight="1" ht="65">
+      <c r="A178" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="B178" s="6">
+        <v>1</v>
+      </c>
+      <c r="C178" s="6">
+        <v>1</v>
+      </c>
+      <c r="D178" s="6">
+        <v>0</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="F178" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G178" s="10" t="s">
+        <v>610</v>
+      </c>
+      <c r="H178" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I178" s="6">
+        <v>67</v>
+      </c>
+      <c r="J178" s="10" t="s">
+        <v>622</v>
+      </c>
+      <c r="K178" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="L178" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M178" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="N178" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O178" s="6">
+        <v>158184.21</v>
+      </c>
+      <c r="P178" s="6"/>
+    </row>
+    <row r="179" spans="1:16" customHeight="1" ht="65">
+      <c r="A179" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="B179" s="6">
+        <v>0</v>
+      </c>
+      <c r="C179" s="6">
+        <v>0</v>
+      </c>
+      <c r="D179" s="6">
+        <v>0</v>
+      </c>
+      <c r="E179" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="F179" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G179" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H179" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I179" s="6">
+        <v>281</v>
+      </c>
+      <c r="J179" s="10" t="s">
+        <v>626</v>
+      </c>
+      <c r="K179" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L179" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M179" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="N179" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O179" s="6">
+        <v>1427017.07</v>
+      </c>
+      <c r="P179" s="6"/>
+    </row>
+    <row r="180" spans="1:16" customHeight="1" ht="65">
+      <c r="A180" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="B180" s="6">
+        <v>0</v>
+      </c>
+      <c r="C180" s="6">
+        <v>0</v>
+      </c>
+      <c r="D180" s="6">
+        <v>0</v>
+      </c>
+      <c r="E180" s="6">
+        <v>15000001975</v>
+      </c>
+      <c r="F180" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G180" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H180" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I180" s="6">
+        <v>880</v>
+      </c>
+      <c r="J180" s="10" t="s">
+        <v>629</v>
+      </c>
+      <c r="K180" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L180" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M180" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="N180" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O180" s="6">
+        <v>2023166.65</v>
+      </c>
+      <c r="P180" s="6"/>
+    </row>
+    <row r="181" spans="1:16" customHeight="1" ht="65">
+      <c r="A181" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="B181" s="6">
+        <v>0</v>
+      </c>
+      <c r="C181" s="6">
+        <v>0</v>
+      </c>
+      <c r="D181" s="6">
+        <v>0</v>
+      </c>
+      <c r="E181" s="6">
+        <v>71000009924</v>
+      </c>
+      <c r="F181" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G181" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H181" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I181" s="6">
+        <v>260</v>
+      </c>
+      <c r="J181" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="K181" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L181" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M181" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="N181" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O181" s="6">
+        <v>642929.83</v>
+      </c>
+      <c r="P181" s="6"/>
+    </row>
+    <row r="182" spans="1:16" customHeight="1" ht="65">
+      <c r="A182" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="B182" s="6">
+        <v>0</v>
+      </c>
+      <c r="C182" s="6">
+        <v>0</v>
+      </c>
+      <c r="D182" s="6">
+        <v>0</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="F182" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G182" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H182" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="I182" s="6">
+        <v>56</v>
+      </c>
+      <c r="J182" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="K182" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="L182" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M182" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="N182" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O182" s="6"/>
+      <c r="P182" s="6"/>
+    </row>
+    <row r="183" spans="1:16" customHeight="1" ht="65">
+      <c r="A183" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="B183" s="6">
+        <v>0</v>
+      </c>
+      <c r="C183" s="6">
+        <v>0</v>
+      </c>
+      <c r="D183" s="6">
+        <v>0</v>
+      </c>
+      <c r="E183" s="6">
+        <v>15000006040</v>
+      </c>
+      <c r="F183" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G183" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H183" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I183" s="6">
+        <v>0</v>
+      </c>
+      <c r="J183" s="10" t="s">
+        <v>640</v>
+      </c>
+      <c r="K183" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L183" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M183" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="N183" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O183" s="6">
+        <v>157685</v>
+      </c>
+      <c r="P183" s="6"/>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="B184" s="6">
+        <v>0</v>
+      </c>
+      <c r="C184" s="6">
+        <v>0</v>
+      </c>
+      <c r="D184" s="6">
+        <v>0</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="F184" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G184" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H184" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I184" s="6">
+        <v>51</v>
+      </c>
+      <c r="J184" s="10"/>
+      <c r="K184" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L184" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M184" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="N184" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" s="6">
+        <v>271320.71</v>
+      </c>
+      <c r="P184" s="6"/>
+    </row>
+    <row r="185" spans="1:16" customHeight="1" ht="65">
+      <c r="A185" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="B185" s="6">
+        <v>0</v>
+      </c>
+      <c r="C185" s="6">
+        <v>0</v>
+      </c>
+      <c r="D185" s="6">
+        <v>0</v>
+      </c>
+      <c r="E185" s="6">
+        <v>15000101475</v>
+      </c>
+      <c r="F185" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G185" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H185" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I185" s="6">
+        <v>0</v>
+      </c>
+      <c r="J185" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="K185" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L185" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M185" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="N185" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" s="6">
+        <v>2068.91</v>
+      </c>
+      <c r="P185" s="6"/>
+    </row>
+    <row r="186" spans="1:16" customHeight="1" ht="65">
+      <c r="A186" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="B186" s="6">
+        <v>3</v>
+      </c>
+      <c r="C186" s="6">
+        <v>3</v>
+      </c>
+      <c r="D186" s="6">
+        <v>0</v>
+      </c>
+      <c r="E186" s="6">
+        <v>71000008419</v>
+      </c>
+      <c r="F186" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G186" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H186" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I186" s="6">
+        <v>200</v>
+      </c>
+      <c r="J186" s="10" t="s">
+        <v>649</v>
+      </c>
+      <c r="K186" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L186" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="M186" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="N186" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" s="6">
+        <v>479988.66</v>
+      </c>
+      <c r="P186" s="6"/>
+    </row>
+    <row r="187" spans="1:16" customHeight="1" ht="65">
+      <c r="A187" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B187" s="6">
+        <v>0</v>
+      </c>
+      <c r="C187" s="6">
+        <v>0</v>
+      </c>
+      <c r="D187" s="6">
+        <v>0</v>
+      </c>
+      <c r="E187" s="6">
+        <v>71000249766</v>
+      </c>
+      <c r="F187" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G187" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H187" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I187" s="6">
+        <v>0</v>
+      </c>
+      <c r="J187" s="10" t="s">
+        <v>652</v>
+      </c>
+      <c r="K187" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L187" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="M187" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="N187" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O187" s="6">
+        <v>7492.84</v>
+      </c>
+      <c r="P187" s="6"/>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="B188" s="6">
+        <v>0</v>
+      </c>
+      <c r="C188" s="6">
+        <v>0</v>
+      </c>
+      <c r="D188" s="6">
+        <v>0</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="F188" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G188" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H188" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I188" s="6">
+        <v>99</v>
+      </c>
+      <c r="J188" s="10"/>
+      <c r="K188" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L188" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M188" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="N188" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" s="6">
+        <v>594058.61</v>
+      </c>
+      <c r="P188" s="6"/>
+    </row>
+    <row r="189" spans="1:16" customHeight="1" ht="65">
+      <c r="A189" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B189" s="6">
+        <v>0</v>
+      </c>
+      <c r="C189" s="6">
+        <v>0</v>
+      </c>
+      <c r="D189" s="6">
+        <v>0</v>
+      </c>
+      <c r="E189" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="F189" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G189" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H189" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I189" s="6">
+        <v>51.5</v>
+      </c>
+      <c r="J189" s="10" t="s">
+        <v>659</v>
+      </c>
+      <c r="K189" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L189" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M189" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="N189" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O189" s="6">
+        <v>282676.68</v>
+      </c>
+      <c r="P189" s="6"/>
+    </row>
+    <row r="190" spans="1:16" customHeight="1" ht="65">
+      <c r="A190" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="B190" s="6">
+        <v>0</v>
+      </c>
+      <c r="C190" s="6">
+        <v>0</v>
+      </c>
+      <c r="D190" s="6">
+        <v>0</v>
+      </c>
+      <c r="E190" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="F190" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G190" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H190" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I190" s="6">
+        <v>102</v>
+      </c>
+      <c r="J190" s="10" t="s">
+        <v>663</v>
+      </c>
+      <c r="K190" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="L190" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M190" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="N190" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" s="6">
+        <v>395706.17</v>
+      </c>
+      <c r="P190" s="6"/>
+    </row>
+    <row r="191" spans="1:16" customHeight="1" ht="65">
+      <c r="A191" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="B191" s="6">
+        <v>8</v>
+      </c>
+      <c r="C191" s="6">
+        <v>8</v>
+      </c>
+      <c r="D191" s="6">
+        <v>0</v>
+      </c>
+      <c r="E191" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="F191" s="9" t="s">
+        <v>667</v>
+      </c>
+      <c r="G191" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="H191" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I191" s="6">
+        <v>9.94</v>
+      </c>
+      <c r="J191" s="10" t="s">
+        <v>668</v>
+      </c>
+      <c r="K191" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L191" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="M191" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="N191" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O191" s="6">
+        <v>25251.84</v>
+      </c>
+      <c r="P191" s="6"/>
+    </row>
+    <row r="192" spans="1:16" customHeight="1" ht="65">
+      <c r="A192" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="B192" s="6">
+        <v>3</v>
+      </c>
+      <c r="C192" s="6">
+        <v>3</v>
+      </c>
+      <c r="D192" s="6">
+        <v>0</v>
+      </c>
+      <c r="E192" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="F192" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G192" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H192" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I192" s="6">
+        <v>38</v>
+      </c>
+      <c r="J192" s="10" t="s">
+        <v>672</v>
+      </c>
+      <c r="K192" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="L192" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M192" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="N192" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O192" s="6">
+        <v>233086.46</v>
+      </c>
+      <c r="P192" s="6"/>
+    </row>
+    <row r="193" spans="1:16" customHeight="1" ht="65">
+      <c r="A193" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="B193" s="6">
+        <v>0</v>
+      </c>
+      <c r="C193" s="6">
+        <v>0</v>
+      </c>
+      <c r="D193" s="6">
+        <v>0</v>
+      </c>
+      <c r="E193" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="F193" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G193" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H193" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="I193" s="6">
+        <v>35</v>
+      </c>
+      <c r="J193" s="10" t="s">
+        <v>676</v>
+      </c>
+      <c r="K193" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="L193" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M193" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="N193" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" s="6"/>
+      <c r="P193" s="6"/>
+    </row>
+    <row r="194" spans="1:16" customHeight="1" ht="65">
+      <c r="A194" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="B194" s="6">
+        <v>0</v>
+      </c>
+      <c r="C194" s="6">
+        <v>0</v>
+      </c>
+      <c r="D194" s="6">
+        <v>0</v>
+      </c>
+      <c r="E194" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="F194" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G194" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="H194" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I194" s="6">
+        <v>550</v>
+      </c>
+      <c r="J194" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="K194" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="L194" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M194" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="N194" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" s="6">
+        <v>1696234.1</v>
+      </c>
+      <c r="P194" s="6"/>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="B195" s="6">
+        <v>0</v>
+      </c>
+      <c r="C195" s="6">
+        <v>0</v>
+      </c>
+      <c r="D195" s="6">
+        <v>0</v>
+      </c>
+      <c r="E195" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="F195" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G195" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H195" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I195" s="6">
+        <v>67</v>
+      </c>
+      <c r="J195" s="10"/>
+      <c r="K195" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L195" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M195" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="N195" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O195" s="6">
+        <v>277435.81</v>
+      </c>
+      <c r="P195" s="6"/>
+    </row>
+    <row r="196" spans="1:16" customHeight="1" ht="65">
+      <c r="A196" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="B196" s="6">
+        <v>0</v>
+      </c>
+      <c r="C196" s="6">
+        <v>0</v>
+      </c>
+      <c r="D196" s="6">
+        <v>0</v>
+      </c>
+      <c r="E196" s="6">
+        <v>71000009791</v>
+      </c>
+      <c r="F196" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G196" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H196" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I196" s="6">
+        <v>0</v>
+      </c>
+      <c r="J196" s="10" t="s">
+        <v>686</v>
+      </c>
+      <c r="K196" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L196" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M196" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="N196" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O196" s="6">
+        <v>594953.33</v>
+      </c>
+      <c r="P196" s="6"/>
+    </row>
+    <row r="197" spans="1:16" customHeight="1" ht="65">
+      <c r="A197" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="B197" s="6">
+        <v>2</v>
+      </c>
+      <c r="C197" s="6">
+        <v>2</v>
+      </c>
+      <c r="D197" s="6">
+        <v>0</v>
+      </c>
+      <c r="E197" s="6">
+        <v>71000008601</v>
+      </c>
+      <c r="F197" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G197" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H197" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I197" s="6">
+        <v>230</v>
+      </c>
+      <c r="J197" s="10" t="s">
+        <v>689</v>
+      </c>
+      <c r="K197" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="L197" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M197" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="N197" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O197" s="6">
+        <v>596903.99</v>
+      </c>
+      <c r="P197" s="6"/>
+    </row>
+    <row r="198" spans="1:16" customHeight="1" ht="65">
+      <c r="A198" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="B198" s="6">
+        <v>0</v>
+      </c>
+      <c r="C198" s="6">
+        <v>0</v>
+      </c>
+      <c r="D198" s="6">
+        <v>0</v>
+      </c>
+      <c r="E198" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="F198" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G198" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H198" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I198" s="6">
+        <v>0</v>
+      </c>
+      <c r="J198" s="10" t="s">
+        <v>693</v>
+      </c>
+      <c r="K198" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L198" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="M198" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="N198" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O198" s="6">
+        <v>252046.08</v>
+      </c>
+      <c r="P198" s="6"/>
+    </row>
+    <row r="199" spans="1:16" customHeight="1" ht="65">
+      <c r="A199" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="B199" s="6">
+        <v>0</v>
+      </c>
+      <c r="C199" s="6">
+        <v>0</v>
+      </c>
+      <c r="D199" s="6">
+        <v>0</v>
+      </c>
+      <c r="E199" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="F199" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G199" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H199" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I199" s="6">
+        <v>0</v>
+      </c>
+      <c r="J199" s="10" t="s">
+        <v>697</v>
+      </c>
+      <c r="K199" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="L199" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="M199" s="6" t="s">
+        <v>698</v>
+      </c>
+      <c r="N199" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O199" s="6">
+        <v>678258.38</v>
+      </c>
+      <c r="P199" s="6"/>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" s="6" t="s">
+        <v>699</v>
+      </c>
+      <c r="B200" s="6">
+        <v>0</v>
+      </c>
+      <c r="C200" s="6">
+        <v>0</v>
+      </c>
+      <c r="D200" s="6">
+        <v>0</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>700</v>
+      </c>
+      <c r="F200" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G200" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H200" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I200" s="6">
+        <v>129</v>
+      </c>
+      <c r="J200" s="10"/>
+      <c r="K200" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L200" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="M200" s="6" t="s">
+        <v>701</v>
+      </c>
+      <c r="N200" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" s="6">
+        <v>820725.05</v>
+      </c>
+      <c r="P200" s="6"/>
+    </row>
+    <row r="201" spans="1:16" customHeight="1" ht="65">
+      <c r="A201" s="6" t="s">
+        <v>702</v>
+      </c>
+      <c r="B201" s="6">
+        <v>0</v>
+      </c>
+      <c r="C201" s="6">
+        <v>0</v>
+      </c>
+      <c r="D201" s="6">
+        <v>0</v>
+      </c>
+      <c r="E201" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="F201" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G201" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H201" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I201" s="6">
         <v>100</v>
       </c>
-      <c r="J146" s="10" t="s">
-[...5 lines deleted...]
-      <c r="L146" s="10" t="s">
+      <c r="J201" s="10" t="s">
+        <v>704</v>
+      </c>
+      <c r="K201" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="L201" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="M146" s="6" t="s">
-[...5 lines deleted...]
-      <c r="O146" s="6">
+      <c r="M201" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="N201" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O201" s="6">
         <v>459985.5</v>
       </c>
-      <c r="P146" s="6"/>
+      <c r="P201" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>