--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="764">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="641">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>04.11.2025 17:16:00</t>
+    <t>21.12.2025 08:14:55</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -119,99 +119,64 @@
   <si>
     <t>00000396525</t>
   </si>
   <si>
     <t>шт.</t>
   </si>
   <si>
     <t>Модуль охлаждаемый Техно-ТТ ОВ-1025БА</t>
   </si>
   <si>
     <t>ОВ-1025БА</t>
   </si>
   <si>
     <t>Модули охлаждаемые</t>
   </si>
   <si>
     <t>Встраиваемый модуль охлаждаемая ванна с холодильным агрегатом ОВ-1025БА, 1025х590х530мм, хладоагрегат, 400Вт, 220В, без полки, без гастроемкостей, компрессор АСС (Италия)</t>
   </si>
   <si>
     <t>Техно-ТТ</t>
   </si>
   <si>
     <t>00000280031</t>
   </si>
   <si>
-    <t>Модуль для подогрева тарелок Abat ПТЭ-70КМ-80 кашированный</t>
-[...23 lines deleted...]
-  <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н) 70ПМ-01-НШ</t>
   </si>
   <si>
     <t>Витрины для холодных закусок</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500х720(1371)х1341мм, эл. мощность 417Вт, напряжение 220В
 Прилавок предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд.</t>
   </si>
   <si>
     <t>Прилавки для холодных закусок</t>
   </si>
   <si>
     <t>00000099477</t>
-  </si>
-[...8 lines deleted...]
-    <t>00000332272</t>
   </si>
   <si>
     <t>Модуль охлаждаемый Kogast SR-BHL-2</t>
   </si>
   <si>
     <t>SR-BHL-2</t>
   </si>
   <si>
     <t>СЛОВЕНИЯ</t>
   </si>
   <si>
     <t>З</t>
   </si>
   <si>
     <t>Охлаждаемая встраиваемая поверхность серии SR-BHL, модель SR-BHL-2, 770х620х640мм, 0…+2С, 220В, 240Вт</t>
   </si>
   <si>
     <t>Kogast</t>
   </si>
   <si>
     <t>00000215847</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПГН-70ПМ (передвижной)</t>
   </si>
@@ -313,266 +278,191 @@
   <si>
     <t>Модуль охлаждаемый Техно-ТТ ВО 1355Д</t>
   </si>
   <si>
     <t>ВО 1355Д</t>
   </si>
   <si>
     <t>Витрина охлаждаемая ВО 1355Д, 1355х590х1240мм, 485Вт, 220В, компрессор Danfoss</t>
   </si>
   <si>
     <t>00000289123</t>
   </si>
   <si>
     <t>Модуль тепловой Kogast VK B-5</t>
   </si>
   <si>
     <t>VK B-5</t>
   </si>
   <si>
     <t>Мармит электр. серии VK, модель VK-B-5, 1745x620x290мм, 380В, 5000Вт</t>
   </si>
   <si>
     <t>00000229999</t>
   </si>
   <si>
-    <t>Мармит вторых блюд Abat ПМЭС-70КМ-80 кашированный</t>
-[...8 lines deleted...]
-  <si>
     <t>Кассовый прилавок Abat КК 70Т</t>
   </si>
   <si>
     <t>Кассовые прилавки</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x766(1024)x852мм, напряжение 220В
 Прилавок кассовый предназначен для установки на нем кассового аппарата для расчета с потребителями и устанавливается в торговых залах предприятий общественного питания в комплекте линий прилавков самообслуживания.</t>
   </si>
   <si>
     <t>Прилавки кассовые</t>
   </si>
   <si>
     <t>00000082770</t>
   </si>
   <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Abat МН-70Т</t>
   </si>
   <si>
     <t>Нейтральные модули для отдельно стоящих линий разд</t>
   </si>
   <si>
     <t>Габаритные размеры: 630x766(1024)x852мм
 Модули нейтральные предназначены для установки в линию прилавков самообслуживания как промежуточный вспомогательный элемент.</t>
   </si>
   <si>
     <t>Модули нейтральные</t>
   </si>
   <si>
     <t>00000082772</t>
   </si>
   <si>
-    <t>Нейтральный модуль для отдельно стоящих линий разд Abat МН-70Т кашированный</t>
-[...4 lines deleted...]
-  <si>
     <t>Модуль поворотный Abat МП-45Т</t>
   </si>
   <si>
     <t>Модули поворотные</t>
   </si>
   <si>
     <t>Габаритные размеры: 611x766(1016)x852мм, угол поворота 45°
 Модуль поворотный предназначен для установки линии прилавков самообслуживания с поворотом на 45°.</t>
   </si>
   <si>
     <t>00000082775</t>
   </si>
   <si>
     <t>Модуль поворотный Abat МП-45Т-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 786x760x850мм, угол поворота 45°
 Модуль поворотный предназначен для установки линии прилавков самообслуживания с поворотом на 45°.</t>
   </si>
   <si>
     <t>00000082776</t>
   </si>
   <si>
-    <t>Модуль поворотный Abat МП-90Т кашированный</t>
-[...8 lines deleted...]
-  <si>
     <t>Модуль поворотный Abat МП-90Т-01</t>
   </si>
   <si>
     <t>Габаритные размеры:1451x744x852мм
 Модуль поворотный предназначен для установки линии прилавков самообслуживания с поворотом на 90°</t>
   </si>
   <si>
     <t>00000082778</t>
   </si>
   <si>
-    <t>Модуль поворотный Abat МП-90Т-01 кашированный</t>
-[...38 lines deleted...]
-  <si>
     <t>Прилавок для горячих напитков Abat ПГН-70Т</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x766(1024)x1624мм, напряжение 220В, 2 розетки со штырями заземления 16А
 Прилавок для горячих напитков предназначен для кратковременного хранения хлебобулочных и кондитерских изделий, а также для установки на его столе электронагревательный прибор (электрочайник) с напитками.</t>
   </si>
   <si>
     <t>00000082790</t>
   </si>
   <si>
-    <t>Мармит первых блюд Abat ПМЭС 70Ткашированный</t>
+    <t>Мармит первых блюд Abat ПМЭС 70Т-01</t>
   </si>
   <si>
     <t>Мармиты первых блюд</t>
+  </si>
+  <si>
+    <t>Габаритные размеры: 1500x766(1024)x1624мм, эл. мощность 3216Вт, напряжение 380В
+Мармит электрический для первых блюд предназначен для кратковременного хранения в горячем состоянии первых блюд в наплитных котлах и раздачи их потребителю на предприятиях общественного питания самостоятельно или в составе технологических линий.</t>
+  </si>
+  <si>
+    <t>00000082792</t>
+  </si>
+  <si>
+    <t>Мармит первых блюд Abat ПМЭС-70Т</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x766(1024)x1624мм, эл. мощность 2156Вт, напряжение 380В
 Мармит электрический для первых блюд предназначен для кратковременного хранения в горячем состоянии первых блюд в наплитных котлах и раздачи их потребителю на предприятиях общественного питания самостоятельно или в составе технологических линий.</t>
   </si>
   <si>
-    <t>00000082791</t>
-[...20 lines deleted...]
-  <si>
     <t>00000082794</t>
   </si>
   <si>
     <t>Стойка для столовых приборов Abat ПСПХ-70Т</t>
+  </si>
+  <si>
+    <t>Стойки для столовых приборов</t>
   </si>
   <si>
     <t>Габаритные размеры: 630x766x1624мм, напряжение 220В, 1 лампа освещения, комплект гастроемкостей 3x GN1/3-100
 Стойка для столовых приборов и подносов с хлебницей предназначен для раздачи потребителям столовых приборов и подносов, а также хлеба.</t>
   </si>
   <si>
     <t>00000082796</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК 70Т</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x766(1024)x1624мм, эл. мощность 2036Вт, напряжение 220В
 Мармит предназначен для кратковременного хранения в горячем состоянии вторых блюд в функциональных емкостях и раздачи их потребителю.</t>
   </si>
   <si>
     <t>00000082798</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК 70Т-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x766(1024)x1624мм, эл. мощность 3036Вт, напряжение 220В
 Мармит предназначен для кратковременного хранения в горячем состоянии вторых блюд в функциональных емкостях и раздачи их потребителю.</t>
   </si>
   <si>
     <t>00000082800</t>
   </si>
   <si>
     <t>Модуль тепловой Техно-ТТ ПС-1025Б</t>
   </si>
   <si>
     <t>ПС-1025Б</t>
   </si>
   <si>
     <t>Встраиваемый модуль подогреваемая столешница ПС-1025Б, 1025х590х145мм, мощность 2400 Вт, подогреваемая столешница без полки</t>
   </si>
   <si>
-    <t>Мармиты</t>
+    <t>Мармиты электрические</t>
   </si>
   <si>
     <t>00000256231</t>
   </si>
   <si>
     <t>Полка для встраиваемых линий раздачи Kogast ST-1N 4L</t>
   </si>
   <si>
     <t>ST-1N 4L</t>
   </si>
   <si>
     <t>Полка серии ST-1N-4L для мармита электр., 1395х540х465мм, 60Вт, 230В, СТЕКЛЯННАЯ НАДСТРОЙКА С ОСВЕЩЕНИЕМ</t>
   </si>
   <si>
     <t>00000215381</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВХМ-70КМУ нерж.</t>
   </si>
   <si>
     <t>Габаритные размеры: 2275х705(1030)х1721мм, эл. мощность 3500Вт, напряжение 380В, +5...+15С, R404a, Витрина слева.
 Прилавок-витрина холодильный мармитный универсальный предназначен для кратковременного сохранения: холодных закусок в витрине, а также первых и вторых блюд в гастроёмкостях в горячем состоянии и раздачи их потребителям.</t>
   </si>
   <si>
     <t>00000180918</t>
@@ -646,162 +536,126 @@
   <si>
     <t>Габаритные размеры: 673х630х(599)1482мм, 
 Стойка для столовых приборов и подносов с хлебницей предназначена для раздачи потребителям столовых приборов и подносов, а также хлеба. 
 - цоколь по нижнему краю закрывает просвет от пола до корпуса элементов - пыль не скапливается под изделиями
 - 2 х GN 1/4-100, 3 х GN 1/4-150
 - хлебница - над прилавком установлена полка для нарезанного хлеба
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000358830</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК-70Х-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500х717(1016)х1217мм, эл. мощность 3012Вт, напряжение 220В, температура воздуха в ванне не более 85 °С, объем воды заливаемой в ванну мармита 15л, макс. распределенная нагрузка на полку 20кг
 Мармит предназначен для кратковременного сохранения в горячем состоянии первых и вторых блюд в гастроемкостях и раздачи их потребителю.</t>
   </si>
   <si>
     <t>00000432775</t>
   </si>
   <si>
     <t>Модуль для подогрева тарелок Abat ПТЭ 70КМ(П)-80</t>
   </si>
   <si>
+    <t>Модули для подогрева тарелок</t>
+  </si>
+  <si>
     <t>Габаритные размеры: 823x705x920мм, эл. мощность 1600Вт, напряжение 220В, время разогрева тарелок 50 мин, температура нагрева нижних тарелок/температура нагрева верхних тарелок 60 °C не более/30°C не менее</t>
   </si>
   <si>
     <t>00000082863</t>
   </si>
   <si>
-    <t>Прилавок для горячих напитков Abat ПГН-70ПМ кашированный</t>
-[...8 lines deleted...]
-  <si>
     <t>Мармит первых блюд Abat ЭМКУ-70Х универсальный</t>
   </si>
   <si>
     <t>Габариты:1500х717(1016)х869(1217) мм,  3072Вт, 380В, +30…+85 С, 1500 мм,  1 конфорка d 220 мм, с гастроемкостями, паровой,  1 стеклянная полка, LED-подсветка, съемный нерж. фасад, направляющие в комплекте.</t>
   </si>
   <si>
     <t>00000452044</t>
   </si>
   <si>
     <t>Мармит первых блюд Abat ЭМКУ-70Х-01 универсальный</t>
   </si>
   <si>
     <t>Габариты: 1500х717(1016)х869(1487) мм, 3072Вт, 380В, +30…+85 С, 1500 мм,  1 конфорка d 220 мм, с гастроемкостями, паровой,  2 стеклянные полки, LED-подсветка, съемный нерж. фасад, направляющие в комплекте</t>
   </si>
   <si>
     <t>00000452045</t>
   </si>
   <si>
-    <t>Мармит вторых блюд Abat ПМЭС-70КМ-60 кашированный</t>
-[...7 lines deleted...]
-  <si>
     <t>Стойка для столовых приборов Atesy СП-700-02</t>
   </si>
   <si>
     <t>СП-700-02</t>
   </si>
   <si>
     <t>Габарита (ДхШхВ): 700 х 661 х 1460 ± 20 мм</t>
   </si>
   <si>
     <t>00000338112</t>
-  </si>
-[...8 lines deleted...]
-    <t>00000137309</t>
   </si>
   <si>
     <t>Модуль тепловой Техно-ТТ МВ-1355Б ВИОЛА</t>
   </si>
   <si>
     <t>МВ-1355Б ВИОЛА</t>
   </si>
   <si>
     <t>Встраиваемый модуль мармит вторых блюд МВ-1355Б ВИОЛА, 1350х590х225, 4000Вт, 220В, водяной, без полки, без гастроемкостей, функциональный объем на 2, 3, 4 или 5 гастроемкости GN 1/1 глубиной до 150 мм, температурный режим +85С</t>
   </si>
   <si>
     <t>00000274882</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВХМ-70КМУ</t>
   </si>
   <si>
     <t>Габаритные размеры: 2275x705(1030)x1721мм, эл. мощность 3500Вт, напряжение 220/380В, температурный режим холодильного отсека от 5 до 15 °C, гастроемкости 3хGN1/1х150, 2хGN1/2х150, 2хGN1/4х150, температурный режим теплового отсека 85 °C
 Прилавок холодильный мармитный универсальный предназначен для кратковременного сохранения: холодных закусок в витрине, а также первых и вторых блюд в гастроёмкостях в горячем состоянии и раздачи их потребителям.</t>
   </si>
   <si>
     <t>00000422644</t>
   </si>
   <si>
     <t>Охлаждаемый салат-бар Abat ПВВ(Н)-140СМ-01</t>
   </si>
   <si>
     <t>Охлаждаемые салат-бары</t>
   </si>
   <si>
     <t>Габариты: 1500x1395(2045)x1420 мм, диапазон регулирования температур +2...+10 С, номинальная потребляемая мощность 0,946 кВт, напряжение 230В, хладагент R404A. Одна полка с лампой посветки. Охлаждаемая столешница. 8 гастроемкостей типоразмера GN 1/1 установлены в столешнице в 2 ряда (по четыре гастроемкости). Изготовлен из нержавеющей стали AISI 304.</t>
   </si>
   <si>
     <t>Салат-бары охлаждаемые</t>
   </si>
   <si>
     <t>00000365654</t>
   </si>
   <si>
-    <t>Стойка для столовых приборов Abat ПСПХ-70КМ кашированный</t>
-[...8 lines deleted...]
-  <si>
     <t>Модуль охлаждаемый Финист ПХ-3 1000х700х350</t>
   </si>
   <si>
     <t>ПХ-3 1000х700х350</t>
   </si>
   <si>
     <t>Поверхность холодильная ПХ-3 1000х700х350, 1000х700х350мм, нерж. сталь, +2...+7С, 220В, ОБРЕШЕТКА</t>
   </si>
   <si>
     <t>Финист</t>
   </si>
   <si>
     <t>00000354538</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК-70Х-03</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500х717(1016)х869(1487)мм, эл. мощность 3012Вт, напряжение 220В, паровой, с гастроемкостями, 2 стеклянные полки, гнутое стекло с противоосколочной пленкой со стороны покупателя, LED-подсветка, съемный нерж. фасад, направляющие в комплекте.
 Электрический мармит кухонный 2-х блюд предназначен для кратковременного хранения в горячем состоянии вторых блюд в функциональных емкостях и раздачи их потребителю.</t>
   </si>
   <si>
     <t>00000396523</t>
   </si>
   <si>
@@ -829,59 +683,50 @@
   <si>
     <t>ST-SZ-160</t>
   </si>
   <si>
     <t>Стекло ST-SZ-160 для охлаждаемой встраиваемой поверхности, 1600х465х55мм</t>
   </si>
   <si>
     <t>Аксессуары для встраиваемых линий раздачи</t>
   </si>
   <si>
     <t>00000246908</t>
   </si>
   <si>
     <t>Модуль тепловой Техно-ТТ МВ-1685Б</t>
   </si>
   <si>
     <t>МВ-1685Б</t>
   </si>
   <si>
     <t>Встраиваемый модуль мармит вторых блюд МВ-1685Б, 1685х590х225мм, водяной, без полки</t>
   </si>
   <si>
     <t>00000252083</t>
   </si>
   <si>
-    <t>Модуль поворотный Abat МП-45Т (внешн. 45 градус) кашированный</t>
-[...7 lines deleted...]
-  <si>
     <t>Кассовый прилавок Atesy КСУ-700-02</t>
   </si>
   <si>
     <t>КСУ-700-02</t>
   </si>
   <si>
     <t>Габариты (ДхШхВ): 700 х 700 (1015*) х 880 ± 20 мм, 1 розетка 220В, *с направляющей</t>
   </si>
   <si>
     <t>00000337932</t>
   </si>
   <si>
     <t>Модуль тепловой Техно-ТТ РП-Т320 П</t>
   </si>
   <si>
     <t>РП-Т320 П</t>
   </si>
   <si>
     <t>Встраиваемый модуль раздатчик посуды с подогревом РП-Т320 П, 500х500х800мм, 45 тарелок d=320мм, 220В</t>
   </si>
   <si>
     <t>00000161113</t>
   </si>
   <si>
     <t>Модуль поворотный Abat МП-90Х, внешний, 90 градусов, съемный нерж. фасад, направляющие в комплекте</t>
@@ -923,105 +768,84 @@
   <si>
     <t>ФИНЛЯНДИЯ</t>
   </si>
   <si>
     <t>Раздатчик тарелок (4138931) D-I SBD 300х300, 380х340х680мм, 500Вт, 220В</t>
   </si>
   <si>
     <t>Metos</t>
   </si>
   <si>
     <t>00000273137</t>
   </si>
   <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Техно-ТТ НМ7-4/Я</t>
   </si>
   <si>
     <t>НМ7-4/Я</t>
   </si>
   <si>
     <t>400х700х250мм, Модуль нейтральный из нержавеющей стали марки AISI 430 толщиной 0,8мм, с ящиком, борт высотой 40мм.</t>
   </si>
   <si>
     <t>00000564285</t>
   </si>
   <si>
-    <t>Мармит вторых блюд Abat ЭМК-70ПМ кашированный</t>
-[...8 lines deleted...]
-  <si>
     <t>Модуль охлаждаемый Kogast SR-BHL-4</t>
   </si>
   <si>
     <t>SR-BHL-4</t>
   </si>
   <si>
     <t>Охлаждаемая встраиваемая поверхность для льда серии SR-BHL, модель SR-BHL-4, 1420х620х640мм, 0…+2С, 220В, 240Вт</t>
   </si>
   <si>
     <t>00000176359</t>
   </si>
   <si>
     <t>Модуль охлаждаемый Техно-ТТ ОВ-1355БА</t>
   </si>
   <si>
     <t>ОВ-1355БА</t>
   </si>
   <si>
     <t>Охлаждаемая ванна из нержавеющей стали марки AISI 304 толщиной 1мм с хладоагрегатом, мощность 237Вт с контроллером температуры Вместимость четыре GN1/1. Без полки. Без гастроемкостей, гастроемкости приобретаются отдельно. Компрессор АСС (Италия). Поставляется в собранном виде. Скрытый монтаж. 1355*590*530мм</t>
   </si>
   <si>
     <t>00000287695</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПВТ-70М</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x807(1036)x1703мм, эл. мощность 1369Вт, напряжение 220В, энергопотребление: 1,2 кВт ч/сутки
 Прилавки предназначены для кратковременного хранения в теплом состоянии (при заданной температуре) пищевых продуктов на тарелках, функциональных емкостях, подносах и реализации их потребителю.</t>
   </si>
   <si>
     <t>00000104220</t>
   </si>
   <si>
-    <t>Нейтральный модуль для отдельно стоящих линий разд Abat МН-70КМ кашированный</t>
-[...9 lines deleted...]
-  <si>
     <t>Тепловой салат-бар Abat ЭМК 70ПМ-01</t>
   </si>
   <si>
     <t>Тепловые салат-бары</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x720(1371)x1341мм, напряжение 220В, эл. мощность 3012Вт, температура воздуха в ванне не более 85°С, комплект гастроемкостей 8xGN1/2-150
 Тепловой салт-бар передвижной предназначен для кратковременного хранения в горячем состоянии вторых блюд в функциональных емкостях и раздачи их потребителю.</t>
   </si>
   <si>
     <t>Салат-бары тепловые</t>
   </si>
   <si>
     <t>00000096619</t>
   </si>
   <si>
     <t>Модуль поворотный Abat МП-90Х-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 1445х652х869 мм
 Модуль поворотный внутренний предназначен для установки линии прилавков самообслуживания с поворотом на 90 градусов.</t>
   </si>
   <si>
     <t>00000396545</t>
   </si>
@@ -1094,66 +918,50 @@
   </si>
   <si>
     <t>00000356556</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПВТ-70Х-01 нерж.</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500х717(1016)х1620мм, эл. мощность 1769Вт, напряжение 220В
 Модуль тепловой предназначен для кратковременного хранения в теплом состоянии мелкоштучных хлебобулочных и кондитерских изделий, продуктов питания на тарелках, в функциональных емкостях, на подносах и для их раздачи потребителю.</t>
   </si>
   <si>
     <t>00000419024</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПГН-70Т-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x766(1024)x1624 мм, напряжение 220В
 Прилавок для горячих напитков предназначен для кратковременного хранения хлебобулочных и кондитерских изделий, а также для установки на его столе электронагревательный прибор (электрочайник) с напитками. Используется на предприятиях общественного питания самостоятельно или в составе технологических линий.</t>
   </si>
   <si>
     <t>00000274826</t>
   </si>
   <si>
-    <t>Кассовый прилавок Abat КК-70Т кашированный</t>
-[...14 lines deleted...]
-  <si>
     <t>Мармит вторых блюд Abat ЭМП-70</t>
   </si>
   <si>
     <t>Габаритные размеры: 1200х670х882(850)мм, эл. мощность 2000Вт, напряжение 220В, ванна 960х510х180мм, полка с бортом 60 мм, объем воды заливаемой в ванну 12 литров, время разогрева воды - 45 минут
 Электрический мармит передвижной предназначен для кратковременного хранения в горячем состоянии вторых блюд в функциональных емкостях и раздачи их потребителю.</t>
   </si>
   <si>
     <t>00000349628</t>
   </si>
   <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Abat РПК-40Н</t>
   </si>
   <si>
     <t>Габариты: 400х750х475 мм. Установка настольная. Размеры доски 395x635x18 мм. Вес (без упаковки) 22 кг. Максимальная нагрузка на поверхность - не более 5 кг. Под столешницей расположен выдвижной ящик, который можно использовать для хранения инвентаря. Все элементы конструкции выполнены из нержавеющей стали. Конструкция допускает монтаж рабочей поверхности в комплексе с нижним модулем МН-2 или МН-3 (во втором случае устанавливается сразу 2 единицы).</t>
   </si>
   <si>
     <t>00000028623</t>
   </si>
   <si>
     <t>Мармит первых блюд Atesy М1-2.1200-02-О</t>
   </si>
   <si>
     <t>М1-2.1200-02-О</t>
   </si>
   <si>
@@ -1241,77 +1049,70 @@
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н)-70Х-С-03-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500х717(1016)х1620 мм, напряжение 220В, энергопотребление 7,6 кВт ч/сутки, температурный режим холодильного отсека +5…+15 С, плоский стол, LED-подсветка, съемный нерж. фасад, направляющие в комплекте.
 Прилавок холодильный предназначен для хранения, демонстрации и раздачи холодных закусок, третьих блюд и охлажденных напитков потребителю.</t>
   </si>
   <si>
     <t>00000396528</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК-70ПМ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х720(1371)х1341мм, напряжение 220В, эл. мощность 2012Вт
 Мармит электрический кухонный передвижной предназначен для кратковременного хранения в горячем состоянии вторых блюд в функциональных емкостях и раздачи их потребителю.</t>
   </si>
   <si>
     <t>00000108266</t>
   </si>
   <si>
     <t>Стойка для столовых приборов Abat ПСП-70ПМ</t>
   </si>
   <si>
+    <t>21000000215, 00-00197715</t>
+  </si>
+  <si>
     <t>Габаритные размеры: 630х674х1266мм, материал: нерж. сталь
 Прилавок для столовых приборов и подносов предназначен для раздачи потребителям столовых приборов и подносов.</t>
   </si>
   <si>
     <t>00000108267</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н) 70Т-С-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х766(1024)х1703мм, эл. мощность 670Вт, напряжение 220В. Температура воздуха полезного объема витрины +5..+15°С
 Прилавок холодильный предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд. Используется на предприятиях общественного питания в составе технологических линий раздачи или как самостоятельное изделие</t>
   </si>
   <si>
     <t>00000105316</t>
   </si>
   <si>
-    <t>Кассовый прилавок Abat КК-70КМ кашированная</t>
-[...8 lines deleted...]
-  <si>
     <t>Кассовый прилавок Abat КК-70КМ универсальная</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x705(1030)x870мм, напряжение 220В, розетка на 220В для подключения кассового аппарата, регулируемые по высоте ножки.
 Прилавок кассовый предназначен для установки на нем кассового аппарата для расчета с потребителями и устанавливается в торговых залах предприятий общественного питания в комплекте линий прилавков самообслуживания</t>
   </si>
   <si>
     <t>00000081188</t>
   </si>
   <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Abat МН-70КМ</t>
   </si>
   <si>
     <t>Габаритные размеры: 630x705(1030)x870мм
 Модуль нейтральный предназначен для установки в линию прилавков самообслуживания как промежуточный вспомогательный элемент.</t>
   </si>
   <si>
     <t>00000081189</t>
   </si>
   <si>
     <t>Модуль поворотный Abat МП 45КМ</t>
   </si>
   <si>
     <t>Габаритные размеры: 566(811)x705(1030)x870мм
 Модуль нейтральный предназначен для установки в линию прилавков самообслуживания как промежуточный вспомогательный элемент.</t>
@@ -1327,95 +1128,57 @@
   </si>
   <si>
     <t>00000081191</t>
   </si>
   <si>
     <t>Прилавок для холодных закусок Abat ПВВ(Н)-70КМ-01-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x705(1030)x1244мм, потребление электроэнергии за сутки не более 5400Вт/ч, напряжение 220В
 Прилавок предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд.</t>
   </si>
   <si>
     <t>00000081193</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н) 70КМ-02-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x705(1030)x1244мм, потребление электроэнергии за сутки не более 5400Вт/ч, напряжение 220В.
 Прилавок предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд.</t>
   </si>
   <si>
     <t>00000081194</t>
   </si>
   <si>
-    <t>Витрина для холодных закусок Abat ПВВ(Н) 70КМ-С-Ншкашированный</t>
-[...17 lines deleted...]
-  <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н) 70Т-01-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x766(1024)x1624мм, напряжение 220В, потребление электроэнергии за сутки не более 5400Вт/ч</t>
   </si>
   <si>
     <t>00000144325</t>
-  </si>
-[...17 lines deleted...]
-    <t>00000136610</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н) 70КМ-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x705(1030)x1244мм, напряжение 220В, потребление электроэнергии за сутки не болеек 5400Вт/ч
 Прилавок предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд
 - ровная охлаждаемая столешница
 - регулируемые по высоте ножки</t>
   </si>
   <si>
     <t>00000081197</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н)-70КМ-С-01-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x705x1721мм, потребление электроэнергии за сутки не более 7600Вт/ч, напряжение 220В
 Прилавок предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд
 - закрытая витрина,
 - 3 ряда полок,
 - нейтральный шкаф для хранения инвентаря, без дверок
 - регулируемые по высоте ножки</t>
   </si>
   <si>
@@ -1517,98 +1280,66 @@
 - 2 розетки на 16 А
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте)
 - внизу нейтральный шкаф для хранения кухонного инвентаря
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000081211</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПГН-70КМ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x705(1030)x1484мм, напряжение 220В
 Прилавок для горячих напитков предназначен для кратковременного хранения хлебобулочных и кондитерских изделий, а также для установки на его столе электронагревательный прибор (электрочайник) с напитками.
 - 2 полки
 - 2 розетки на 16 А
 - LED-подсветка - экономичность и ровный комфортный свет без пульсации
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте)
 - внизу нейтральный шкаф для хранения кухонного инвентаря
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000081214</t>
   </si>
   <si>
-    <t>Прилавок для горячих напитков Abat ПГН-70КМ кашированный</t>
-[...14 lines deleted...]
-  <si>
     <t>Прилавок для горячих напитков Abat ПГН-70КМ-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x705(1030)x1484мм, напряжение 220В
 Прилавок для горячих напитков предназначен для кратковременного хранения хлебобулочных и кондитерских изделий, а также для установки на его столе электронагревательный прибор (электрочайник) с напитками.
 - 2 полки
 - 2 розетки на 16 А
 - LED-подсветка - экономичность и ровный комфортный свет без пульсации
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте),
 - внизу нейтральный шкаф для хранения кухонного инвентаря
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000081216</t>
   </si>
   <si>
-    <t>Прилавок для горячих напитков Abat ПГН-70КМ-01 кашированный</t>
-[...14 lines deleted...]
-  <si>
     <t>Мармит первых блюд Abat ПМЭС-70КМ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x705(1030)x1244мм, эл. мощность 2210Вт, напряжение 380В
 Прилавок мармит электрический для первых блюд предназначен для кратковременного хранения в горячем состоянии первых блюд.
 - LED-подсветка - экономичность и ровный комфортный свет без пульсации
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте)
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000081218</t>
   </si>
   <si>
     <t>Мармит первых блюд Abat ПМЭС-70КМ-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x705(1030)x1244мм, эл. мощность 3309Вт, напряжение 380В
 Прилавок мармит электрический для первых блюд предназначен для кратковременного хранения в горячем состоянии первых блюд. 
 - LED-подсветка - экономичность и ровный комфортный свет без пульсации
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте)
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000081219</t>
   </si>
@@ -1674,153 +1405,93 @@
 - нейтральный шкаф для хранения инвентаря (с дверками),
 - LED-подсветка - экономичность и ровный комфортный свет без пульсации,
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте)
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000081239</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК-70КМ-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x705(1030)x1484мм, эл. мощность 3012Вт, напряжение 220В
 Электрический мармит кухонный предназначен для кратковременного хранения в горячем состоянии вторых блюд в функциональных емкостях и раздачи их потребителю. 
 - нагрев горячим паром
 - 2 полки
 - нейтральный шкаф для хранения инвентаря (с дверками)
 - LED-подсветка - экономичность и ровный комфортный свет без пульсации
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте),
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000081240</t>
   </si>
   <si>
-    <t>Мармит вторых блюд Abat ЭМК-70КМ-01 кашированный</t>
-[...14 lines deleted...]
-  <si>
     <t>Кассовый прилавок Abat КК-70Х</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х717(1016)х869мм, 1 розетка, съемный нерж. фасад, направляющие в комплекте, регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000379276</t>
   </si>
   <si>
-    <t>Модуль для подогрева тарелок Abat ПТЭ-70Т-80 кашированный</t>
-[...23 lines deleted...]
-  <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Техно-ТТ НМ7-4/Б</t>
   </si>
   <si>
     <t>НМ7-4/Б</t>
   </si>
   <si>
     <t>ЦБ-00014439</t>
   </si>
   <si>
-    <t>Прилавок для холодных закусок Abat ПВВ(Н)-70КМ-НШ кашированный</t>
-[...7 lines deleted...]
-  <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Техно-ТТ НМ7-8/Б</t>
   </si>
   <si>
     <t>НМ7-8/Б</t>
   </si>
   <si>
     <t>ЦБ-00014443</t>
   </si>
   <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Техно-ТТ НМ7-8/Я</t>
   </si>
   <si>
     <t>НМ7-8/Я</t>
   </si>
   <si>
     <t>ЦБ-00014444</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК-70Х</t>
   </si>
   <si>
     <t>Электрический мармит кухонный 2-х блюд ЭМК-70Х с подогреваемой полкой, 1120 мм, паровой, +30…+80 С, с гастроемкостями, 2 полки (нижняя подогреваемая), LED-подсветка, съемный нерж. фасад, направляющие в комплекте</t>
   </si>
   <si>
     <t>00000452407</t>
-  </si>
-[...8 lines deleted...]
-    <t>00000196931</t>
   </si>
   <si>
     <t>Прилавок для холодных закусок Atesy ОС-1200-02-О</t>
   </si>
   <si>
     <t>ОС-1200-02-О</t>
   </si>
   <si>
     <t>1200 х 700 (1015*) х 880 ± 20 мм, 0,4 кВт, 220 В, ванна гастронормированна (3 х GN-1/1-150мм), без полок, на столешнице отверстия для установки полок
 *с направляющей</t>
   </si>
   <si>
     <t>00000339065</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПГН-70Х-02</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х1016х1217мм, напряжение 220В, 2 розетки на 16 А, макс. нагрузка на полку 20 кг</t>
   </si>
   <si>
     <t>00000452156</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПГН-70Х-03</t>
@@ -1843,59 +1514,50 @@
     <t>Габаритные размеры: 1120х1016х1487мм, напряжение 220В, 2 розетки на 16 А
 Прилавок для горячих напитков предназначен для кратковременного хранения и раздачи потребителю хлебобулочных и кондитерских изделий, а также для установки на его столе термостата и кипятильника. 
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте)
 - цоколь по нижнему краю закрывает просвет от пола до корпуса элементов - пыль не скапливается под изделиями
 - внизу нейтральный шкаф для хранения кухонного инвентаря
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000452158</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПГН-70Х-05</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500х1016х1487мм, напряжение 220В, 2 розетки на 16 А
 Прилавок для горячих напитков предназначен для кратковременного хранения и раздачи потребителю хлебобулочных и кондитерских изделий, а также для установки на его столе термостата и кипятильника. 
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте)
 - цоколь по нижнему краю закрывает просвет от пола до корпуса элементов - пыль не скапливается под изделиями
 - внизу нейтральный шкаф для хранения кухонного инвентаря
 - регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000452159</t>
   </si>
   <si>
-    <t>Модуль для подогрева тарелок Abat ПТЭ-70КМ(П)-80</t>
-[...7 lines deleted...]
-  <si>
     <t>Кассовый прилавок Abat КК-70М</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x808(1036)x852мм, одна розетка на 220В
 Прилавок кассовый предназначен для установки на нем кассового аппарата для расчета с потребителями и устанавливается в торговых залах предприятий общественного питания в комплекте линий прилавков самообслуживания. Является универсальным и может быть собран как в левом, так и в правом исполнении.</t>
   </si>
   <si>
     <t>00000028980</t>
   </si>
   <si>
     <t>Модуль поворотный Abat МП-45М</t>
   </si>
   <si>
     <t>Габаритные размеры: 643(806)x805(1022)x852мм.
 Модуль поворотный предназначен для установки линии прилавков самообслуживания с поворотом на 45° (наружным поворотом или внутренним поворотом - варианты -01).</t>
   </si>
   <si>
     <t>00000028981</t>
   </si>
   <si>
     <t>Модуль поворотный Abat МП-45М-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 786x795x852мм
 Модуль поворотный предназначен для установки линии прилавков самообслуживания с поворотом на 45° (наружным поворотом или внутренним поворотом - варианты -01).</t>
@@ -1943,178 +1605,155 @@
   <si>
     <t>00000028987</t>
   </si>
   <si>
     <t>Мармит первых блюд Abat ПМЭС-70М-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x805(1036)x1364мм, эл. мощность 3192Вт, напряжение 320В</t>
   </si>
   <si>
     <t>00000028988</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК-70М</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x808(1036)x1364мм, эл. мощность 2012Вт, напряжение 220В</t>
   </si>
   <si>
     <t>00000028993</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК-70М-01</t>
   </si>
   <si>
+    <t>21000180345 00-00197705</t>
+  </si>
+  <si>
     <t>Габаритные размеры: 1500x808(1036)x1364мм, эл. мощность 3012Вт, напряжение 220В
 Электрический мармит кухонный предназначен для кратковременного хранения в горячем состоянии вторых блюд в функциональных емкостях и раздачи их потребителю. Мармит устанавливается на предприятиях общественного питания отдельно или в составе технологических линий горячих цехов и линиях раздачи столовых самообслуживания.</t>
   </si>
   <si>
     <t>00000028994</t>
   </si>
   <si>
     <t>Прилавок для холодных закусок Abat ПВВ(Н) 70Т-С-01-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x766(1024)x1703мм, эл. мощность 436Вт, напряжение 220В, температура воздуха полезного объема витрины +5..+15°С, хладагент R404A
 Прилавок холодильный предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд. Используется на предприятиях общественного питания в составе технологических линий раздачи или как самостоятельное изделие</t>
   </si>
   <si>
     <t>00000103240</t>
   </si>
   <si>
     <t>Модуль для подогрева тарелок Abat ПТЭ-70Х-80</t>
   </si>
   <si>
     <t>Стол производственный разборный СПРП-6-0 (600х600х860мм)</t>
   </si>
   <si>
     <t>00000452162</t>
   </si>
   <si>
-    <t>Прилавок для горячих напитков Abat ПВТ-70КМ-02 кашированный</t>
-[...17 lines deleted...]
-  <si>
     <t>Тепловой салат-бар Roller Grill SB 60 C Wenge</t>
   </si>
   <si>
     <t>SB 60 C Wenge</t>
   </si>
   <si>
     <t>Франция</t>
   </si>
   <si>
     <t>Салат-бар серии SB, модель SB 60 C Wenge, 2070х855х1405мм, +20...+90С, 230В, 3600Вт</t>
   </si>
   <si>
     <t>Roller Grill</t>
   </si>
   <si>
     <t>00000287899</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н) 70Т-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х766(1024)х1624мм, напряжение 220В, потребление электроэнергии за сутки не более 5400Вт/ч, открытый
 Прилавок холодильный предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд. Используется на предприятиях общественного питания в составе технологических линий раздачи или как самостоятельное изделие</t>
   </si>
   <si>
     <t>00000136066</t>
   </si>
   <si>
     <t>Мармит вторых блюд Abat ЭМК-70КМ-01 подогр. полки</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x705(1030)x1484мм, эл. мощность 3345 Вт, напряжение 220В, нагрев горячим паром, подогреваемые полки, LED-подсветка - экономичность и ровный комфортный свет без пульсации
 Электрический мармит кухонный с подогреваемой полкой предназначен для кратковременного хранения в горячем состоянии вторых блюд в функциональных емкостях и раздачи их потребителю.</t>
   </si>
   <si>
     <t>00000286792</t>
   </si>
   <si>
     <t>Прилавок для холодных закусок Abat ПВВ(Н)-70Х-01-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500х(717)1016х(869)1217мм, напряжение 220В, потребление электроэнергии за сутки не более 5400Вт
 Прилавок холодильный предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд.</t>
   </si>
   <si>
     <t>00000452172</t>
   </si>
   <si>
-    <t>Мармит первых блюд Abat ЭМК-70КМУ кашированный</t>
-[...8 lines deleted...]
-  <si>
     <t>Полка для встраиваемых линий раздачи Kogast ST-SZ-125</t>
   </si>
   <si>
     <t>ST-SZ-125</t>
   </si>
   <si>
     <t>Защитное стекло ST-SZ-125 для мармита cерии VK, 1250x465x55мм</t>
   </si>
   <si>
     <t>00000049589</t>
   </si>
   <si>
     <t>Полка для встраиваемых линий раздачи Kogast ST-SZ-65</t>
   </si>
   <si>
     <t>ST-SZ-65</t>
   </si>
   <si>
     <t>Защитное стекло ST-SZ-65 для мармита cерии VK, 650x465x55мм</t>
   </si>
   <si>
     <t>00000049591</t>
   </si>
   <si>
     <t>Прилавок для холодных закусок Abat ПВВ(Н) 70М-01-НШ</t>
+  </si>
+  <si>
+    <t>00-00197716, 21000001328</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x808(1036)x1364мм, эл. мощность 390Вт, напряжение 220В, энергопотребление: 5,4 кВт*ч/сутки
 Прилавок предназначен для кратковременного хранения, демонст рации и раздачи холодных закусок и третьих блюд. Используется на предприятиях общественного питания в составе технологи ческих линий раздачи или как самостоятельное изделие.</t>
   </si>
   <si>
     <t>00000103586</t>
   </si>
   <si>
     <t>Модуль для подогрева тарелок Kogast 2TNC27 V</t>
   </si>
   <si>
     <t>2TNC27 V</t>
   </si>
   <si>
     <t>Шкаф для посуды (диспенсер) 2TNC27-V, 368х798мм, размер монтажного отверстия Ø 336, диаметр тарелок Ø 260, Без нагрева</t>
   </si>
   <si>
     <t>00000200373</t>
   </si>
   <si>
     <t>Тепловой салат-бар Roller Grill SB40C Light wood</t>
   </si>
   <si>
     <t>SB40C Light wood</t>
@@ -2134,93 +1773,80 @@
   </si>
   <si>
     <t>00000452177</t>
   </si>
   <si>
     <t>Прилавок для холодных закусок Abat ПВВ(Н)-70Х-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х717(1016)х869(1217)мм, напряжение 220В, потребление электроэнергии за сутки не более 5400Вт
 Прилавок холодильный высокотемпературный с нейтральным шкафом предназначен для хранения, демонстрации и раздачи холодных закусок, третьих блюд и охлажденных напитков потребителю. 
 - одна полка в верхней части
 - охлаждаемая ванна без гастроемкостей
 - гнутое стекло с противоосколочной пленкой со стороны покупателя
 - LED-подсветка - экономичность и ровный комфортный свет без пульсации (1 лампа)
 - направляющая без стыков - супы и напитки не прольются во время движения подноса (входит в комплект поставки)
 - цоколь по нижнему краю закрывает просвет от пола до корпуса элемента - пыль не скапливается под изделием
 - регулируемые по высоте ножки</t>
   </si>
   <si>
     <t>00000452178</t>
   </si>
   <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Abat ПВН-70КМ</t>
   </si>
   <si>
+    <t>21000002733, 00-00172330</t>
+  </si>
+  <si>
     <t>Габаритные размеры: 1120x705(1030)x1721мм, эл. мощность 30Вт, напряжение 220В
 Модуль нейтральный предназначен для кратковременного хранения мелкоштучных хлебобулочных и кондитерских изделий, а также других пищевых продуктов на тарелках и для раздачи их потребителю.</t>
   </si>
   <si>
     <t>00000379154</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н)-70Х-С-02-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х717(1016)х1620мм, напряжение 220В, потребление электроэнергии за сутки не более 7000Вт
 Прилавок холодильный предназначен для хранения, демонстрации и раздачи холодных закусок, третьих блюд и охлажденных напитков потребителю.</t>
   </si>
   <si>
     <t>00000422053</t>
   </si>
   <si>
     <t>Охлаждаемый салат-бар Roller Grill SB 40 F Wenge</t>
   </si>
   <si>
     <t>SB 40 F Wenge</t>
   </si>
   <si>
     <t>Салат-бар серии SB, модель SB 40 F Wenge, 1442x950x1370 мм, +2...+10С, 220В, 500Вт, холодопроиз-ть 560Вт, 4 GN 1/1. Предназначен для организации шведского стола в заведениях общественного питания с демонстрацией и хранением кулинарных, а также кондитерских изделий. Выполнен из дерева. Встроенная подсветка. Деревянные направляющие. Оснащен колесами.Хладагент R290. Гастроемкости в стандартный комплект не входят. Цвет: темное и светлое дерево, венге.</t>
   </si>
   <si>
     <t>00000137085</t>
-  </si>
-[...14 lines deleted...]
-    <t>00000452180</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПВТ-70Х-02</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х717(1016)х869мм, эл. мощность 2530Вт, напряжение 220В, рабочая температура на столешнице 60±10°С при установке терморегулятора на 60 °С, рабочая температура на полках 60±5°С при установке терморегулятора на + 60 °С
 Модуль тепловой предназначен для демонстрации, подогрева и кратковременного хранения при заданной температуре (от +20 до +85°С) мелкоштучных хлебобулочных и кондитерских изделий, пищевых продуктов в функциональных емкостях и подносах, а также для раздачи их потребителю. 
 - плоская подогреваемая столешница
 - демонстрационная площадь столешницы 0,8 м2
 - внутренний объем прилавка обогревается теплым воздушным потоком, создаваемым тепловентилятором, который обеспечивает равномерное распределение температуры
 - время разогрева до +60°С составляет не более 20 мин
 - длина прилавка 1120 мм
 - панели легко снимаются и так же легко закрепляются на 4-х декоративных винтах
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте)
 - цоколь по нижнему краю закрывает просвет от пола до корпуса элементов - пыль не скапливается под изделиями</t>
   </si>
   <si>
     <t>00000452182</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПВТ-70Х-05</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500х717(1016)х1217мм, эл. мощность 2650Вт, напряжение 220В, рабочая температура на столешнице 60±10°С при установке терморегулятора на 60 °С, время разогрева до рабочей температуры 20 мин
 Модуль тепловой предназначен для демонстрации, подогрева и кратковременного хранения при заданной температуре (от +20 до +85°С) мелкоштучных хлебобулочных и кондитерских изделий, пищевых продуктов в функциональных емкостях и подносах, а также для раздачи их потребителю.
@@ -2248,170 +1874,93 @@
   </si>
   <si>
     <t>00000396527</t>
   </si>
   <si>
     <t>Стойка для столовых приборов Abat ПСП-70Х</t>
   </si>
   <si>
     <t>Габаритные размеры: 673х630х(599)1122мм, 4 стакана d 120 мм, съемный нерж. фасад, регулируемые по высоте ножки
 Стойка для столовых приборов и подносов предназначена для раздачи потребителям столовых приборов и подносов.</t>
   </si>
   <si>
     <t>00000379275</t>
   </si>
   <si>
     <t>Модуль охлаждаемый Техно-ТТ ВО 1025Д</t>
   </si>
   <si>
     <t>ВО 1025Д</t>
   </si>
   <si>
     <t>Витрина охлаждаемая ВО 1025Д ВИОЛА, 1025х590х1240мм, +1...+10С, 220 В,  микропроцессорное управление. Хладоагрегат три уровня, мощность 400 Вт., компрессор Danfoss</t>
   </si>
   <si>
     <t>00000281725</t>
-  </si>
-[...65 lines deleted...]
-    <t>00000452197</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н)-70Х-С-01-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500х717(1016)х1620мм, напряжение 220В, потребление электроэнергии за сутки не более 7600Вт/ч
 Прилавок холодильный с нейтральным шкафом предназначен для хранения, демонстрации и раздачи холодных закусок, третьих блюд и охлажденных напитков потребителю. 
 - закрытая витрина
 - суммарная полезная площадь = 2,5 м2
 - саладетт -5…-15 С (динамика)
 - охлаждаемая ванна с гастроемкостями
 - нейтральный шкаф для хранения инвентаря
 - климатический класс - 4
 - 3 ряда полок
 - гнутое стекло с противоосколочной пленкой со стороны покупателя
 - LED-подсветка - экономичность и ровный комфортный свет без пульсации
 - направляющие без стыков - супы и напитки не прольются во время движения подноса (идут в комплекте)
 - цоколь по нижнему краю закрывает просвет от пола до корпуса элементов - пыль не скапливается под изделиями
 - регулируемые по высоте ножки</t>
   </si>
   <si>
     <t>00000452198</t>
   </si>
   <si>
     <t>Мармит вторых блюд Refettorio 11686</t>
   </si>
   <si>
     <t>Мармит для вторых блюд т.м. Refettorio, модель RM23A Capital (1505х700х860(1255)мм), паровой, 220В с возможностью подключения на 380В, суммарная мощность 3038 Вт, Нагрев - паровой. Глубина ванны 200мм.  Объем ванны -15  литров. Подача воды -ручным способом (доливом) , Рабочая температура +30+ 90 С, Гастроемкости в комплект не входят,</t>
   </si>
   <si>
     <t>00000303360</t>
   </si>
   <si>
     <t>Мармит первых блюд Refettorio 000005004</t>
   </si>
   <si>
     <t>000005004</t>
   </si>
   <si>
     <t>Мармит для первых блюд т.м. Refettorio, модель RM12A Capital, 1105х700х860(1255)мм, 220В с возможностью подключения на 380В, Две конфорки  материал - чугун, диаметр 22,5 см, мощность каждой конфорки 2 кВт. Имеет светодиодную подсветку в нише фасадной части и подсветку рабочей зоны. Полка над прилавком - закаленное стекло толщиной 8 мм.</t>
   </si>
   <si>
     <t>00000289795</t>
-  </si>
-[...8 lines deleted...]
-    <t>00000394804</t>
   </si>
   <si>
     <t>Тепловой салат-бар Roller Grill SB 40 C Wenge</t>
   </si>
   <si>
     <t>SB 40 C Wenge</t>
   </si>
   <si>
     <t>Салат-бар серии SB, модель SB 40 C Wenge, 1495х855х1405мм, +20...+90С, 220В, 4 GN1/1, 3500Вт</t>
   </si>
   <si>
     <t>00000137288</t>
   </si>
   <si>
     <t>Модуль охлаждаемый Техно-ТТ ВЛ-1355БХА</t>
   </si>
   <si>
     <t>ВЛ-1355БХА</t>
   </si>
   <si>
     <t>Встраиваемый модуль ванна для льда с холодильным агрегатом ВЛ-1355БХА, 1355х590х480мм, с хладоагрегатом, 400Вт, без полки, 220В, агрегат АСС - 400 Вт.</t>
   </si>
   <si>
     <t>00000278682</t>
   </si>
@@ -2800,6042 +2349,5112 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e2a764d598a9e40b184f0c1c054535.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d3b2c91a00e9997b3fac9ea5f0e9157.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39dd556e96027d2f2592c6b74a8b1913.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7faafd17fbb962a575b4bcf7b0d126fa.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e8d44cfc8c4fbac301cd44c840ffd58.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5013a142a65b09fcf9a9238dad8095f5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ff7e6ade72aa946a5a865000b07f93e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd5f0b35a67e0596c0738e3269d4411.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195ccc2f9d4baaf1faf46fcbee152282.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06993aec8eb1b2e926a69b2de1a42f59.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0543f232ba085c9a439621faa8a7c1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04f209d3edac766b740afe58494bd3d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb38e134366712af851ac53defd1a20.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234901beb074ec7aa8995b1c2e90a01c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc60a906de49d2842d9f470b648997a6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc01e35b4b7a485ec528c4f216cd336.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbf014274dc793e8320d615aba8fcfe.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83929b389eadb17e3f712b7e52a7d4e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b7dc9a1aac0ef3da4b480c4ee5b607.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db4e5e14a2302b8d85501d23bb12c2a4.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e00554d3436e6ecb576166411726eb96.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38deaf53f77a27a00d4933d1374d9da.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89478c2bb40234a6a5fb4641683844f8.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00a0a3c44bc9b35ac4e6df016ebfa00.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0389d5c0298df509c2d52080baba63d5.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91827ca8bf75677885b9f491275e576c.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c13ac226092b299d2481d176addfcd.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f42bf951de14cf572276173aa52b2f.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b441f0243c0d29fef10ca88d9d374e4.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d1bba890dbbe8ad3d65680caa32959c.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80f99dd706ecc29da529b79db0361665.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7006cc41b7244417dd9339c67ad116c6.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e13f69c00e460a1f84446fb201ad3d8.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0190f3c5e6ddf8f33f70d6b24d8f23.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea6a82dcd0e69bfcb8def3eecd98c09.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9935f018c6f4496515b71caa49eee125.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e941280085c5f9d863fd55f74ac8e88.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c375ae6a55e6f8f5033809d667a06c6.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92c180bae12827c60a3226ed7f71124c.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d387de4176b6044cb9e0f5861957cc6.JPG"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0da0e71c55c861b869673400b396405.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a13954b1f8382cb6b2c37413be476b6.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bfe56e93c6df8ead4381c6b78f5ef4e.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26db8ce2025a7f55c20446690f703c49.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7ec52deeed8356fba77690f571ff95.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5db37d7cdc1a184c3af5a627840d9aa.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57cc1922503a6c063c3c6980db0889a9.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4621719b006150f92a881ecd002f75d2.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7f7eb12a8104e79ed8b4aa214785951.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e93865d6fecb06be44fdd3a6d508e1e5.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cbfb5912791c261e1147e06615dda13.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f7c19e9fcbb93790a1d333297f05db.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34bde894653bcd1effa7ae7df69f0da0.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c7475fb4f126b0d979715cd42eb7f9.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917028e280928fccc1ed434a382b2a87.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7263bc028be9746785c3358578abd150.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2263fa89f185da5eaa0c22a83f216886.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fdf8b07a90673f7ab6de24d5b3ad03.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b4b53b76a8862ff9478bd95ee523e3.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/607332d3ce77233e61445e08e8aaee9d.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a5a017d31c18d55b7a0a6fa5fdf4f10.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee134015147aaffd6f63823af17200d.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b632ceb44056585bf6ac43b22178d4f.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce7b1fb94b09c39e54092c984f7e0b49.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac75d7c47a6af8d7679080ed2ed4a6e0.JPG"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34075216a9218e5947ef8cb1eca38bf1.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df7d96376754c3ebadc5e144068c2eef.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc1208865eb0ea63e0f0bf0d65a83e08.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371a6d1a921db6deb47fc0c0259465e8.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b66f191963f17f34b44466fc15105409.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d69ba874b659dc9bd4c722d87d4262d.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f72631a8044115bbb8dde86d23d0e8f.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5095280deb98790ea45d9ee654c7ee5.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0569e0008d7e4a89fa0ca802d27665c6.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd77ec4053eb8a8bd02f4cfa298bf8.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12bdcf1b0308d8c40444355aca812d3.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73bf63f465f4b298960b37896a0244c5.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be250156ca709c1e4fcc698bde680c8c.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43d2fc5c0cfdfca0f61a2816bf754021.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1286353cf12509cef738f362c5c7d102.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e9873394de93398930ae34eeb5fd1a.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c855787bade3d4124f9b212fb071e60c.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f31d3917ceec2080cb323061c5e96f1f.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebd22337a954cc61b753b41b7b4b401.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f1c2c3c3af82e559d967bbef9e4ac0.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a593a5bb0d4deed4acbf36fdc6537f16.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f3c87158a48b77f8820e40b74a529f6.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2647ee007c9db373dcae52f2f1dacf71.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372ed3fb94aac955cc233214a7ea27e6.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d953b64846cd131ae774815da2aa2904.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e99aff5777b112074786e9b18f8760.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/256697dbde8bed54d08e6e4e50548be1.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e93fb092858647002c20816cd87a6fa.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e31a1504a353b19e19fcfcbda9cf85.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c25c16cb61995f69de962eb96d66a02.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89f8f2a86543ff9b4d38f6178d09accb.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f41896685d09f9e2d8852d00c47438b2.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8643f0a2e22ebf19efa3cdcfbf554c1.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124592f536d8cd8ff3654a0198c6b1dc.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d1009da343b9587342fd8231f83592.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bba0d3da74aa32bbf860e21c2bc821.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b1b9e80f67903cf99259c30fd1f18e.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca70cf59628337c89e68a077ee2a700.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261623397d20da118d0ccabcea6963ce.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34c692c916cece7d9384ecc169cb16a6.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc932e53b2aa9006678beb319cf90dfd.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c945edba667ffb4e274525f8f5e1406.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1075b0dd0b7270f384ad32c3c1e73622.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a39aed5b90cec5a13f8cd98610c81f89.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e3c6366585b63880003a239e5351eae.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386043ded329a54fdbd55c667ec7f0ab.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f33efbf436f346e590bfd189d57ede4e.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc7d1401570cab098a46fb145ff20dab.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c3f7b3f766c5adadca013f9739f0d44.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6fc786f182f5da1ec893066ef231ad0.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d47e5e07d2b79d263dcac159f0c9eed8.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed18c053128f27971f09729f7f299ba5.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3867ace3f40a47720fca3969eabb1a3f.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147015e017dfa014c8ee89424f279d2f.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d7002f8f59a26fa7281548f14c8bd8.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf068488ceba34c80771bfc6aa2f661.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50dd0984b37366e902019567d39fb0a.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523b1a488a6c7503645ca801b58894fb.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d1029ff3e500aa1ffaaef93f04154d2.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9581d0546417623f623016990cbc8e58.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff5a6438a94c941edc191fd80aea4d58.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e3908658b22c59ee4dcd485e7543d6.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc927fe7dd3d5110e1572049acd86ac1.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa9659e7ff427f7731ba85d7b3a5891.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03decb7bba4eb5a1ae9f9f54027eba1a.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834fcb3e84d993d0246cdc2f0e26ad41.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e603f48c209f925d52cf0f4afd9a4a0b.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f972cd70b8de0ffb35acdcdd65c8e962.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84f78208bcc0b47f0777dab9ee0b8f1d.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6d50bee15fd7968f954e8faf354160d.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f8f167c77b836af5fea0c88f0ce107b.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cb6f3b65c3d0b0d558451f60bf339ee.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a656ccf4501e5379a40528b855101f.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/384f2361bb02cefb19c1337d87d08b1e.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c296a587bdb2b482e6dfbcb5fc220f.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d8e9fca81f10305b55fb43013e6c3c.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6e369c9f3dde4573d4fca76e8f1fe3c.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc2445a58f29e2c09a9cb9c255bea93.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279adf17313b9dcaae68abc43312f596.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1fd00b1e5cb6189cfa390e9870b6f4f.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10c9bb6882c76a2aa1565adc90896c29.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9b6360d00712a103df71b9c331347a.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582ea3d6838419abc94480002ffc1fe5.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b5020c7a2be25cf1fce2791efb5aa3.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aea5910c2500a4893085318498b62a3.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32ebc270dd3e616b203414677e13df4.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/374996717a3829de00a7442623dc6756.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c0a0622cbae59768827c716ffb3c91.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6748d6f84f1e7903ac5ab79f9824288.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0731703a0c46555e1082080dce9da18.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c6592407829250fc5fd41b509aa893.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a1964ac76dac1e024f31c7e5fafe9a.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f250d541ef988d5caa6388e805a93a12.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d18a924b7980d3290712a9397e666e93.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8930e86278772e75d83f75ff12404f65.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e136625cd52d0644a9ac0598b4aaffc8.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1117b3a942dcb503a298577061414fa9.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb2016eaa019a9e7734408d51e83ec3d.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225381a7e24ecd1b4a533876c00c4f39.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/805a06452318ec9b05f66567e87afe1a.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a63f500347ce9f4652035f89c25fe2c5.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e921b12c80ce07daedac864775f478bc.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9565c33fc1b9c63451a75cbeab6a289.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76630a4783baa08974cb7428ed1c74ea.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda5c8d3146bf3d7fc03e483866ebf97.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0885c778e8b8d054ffcf3bc4ab58c4a2.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b88e1a27259d4561b663b418ca5f504.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85092c954e8018bd5534dd6aa4511287.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aedc698500f87112e37540e2859b595.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ffbc8bbd847e01f3ce1fed148c8d69.JPG"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62b4223a7712947592c0d278b0a5603.JPG"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366d74d71745878373ab855eaa2759c2.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e78d6bb4d31bb2d3223cc03ffa570b0b.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ae53ba6987cfc86b18cccaf1ad9c8f.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04e5c8774fe9014f7f12f073e14fb65c.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867488f25478219fd09013edbf92d660.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039709aa95190f3d002a3718acb4e45c.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f6afffcbf598604ca538a5b184c1dd4.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b1a62b6463946e68f5ee7008c63e2b4.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270726aac7e77852346c132d8dd9797d.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7ea7c370b26bb8e251aa9ae988ac1f.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c0d330fd966cf53bb7176141b1704a.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe32ce40be5ab90c87a635543baa6804.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07f95c0a9a102abbf05fc167a4a0219.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1984ccfd49599470e2c477c46510423f.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f54c871fbf38dc9518db85ee50e1d9.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28920217e75014e02ed62307d8724684.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ff363d341802eccc6d04be58d81ee8.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafe728fe28fdc6fab95abd2bbd52887.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a1518c3c1a14cad55e011b707decb7f.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab65b7058bdfd91265086ead17dc13f3.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2960e5c502fdb56ef076de91f3cf097.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bd481c3b5e1194fff4b1bb1f9f6346.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5faf3031d3d0745cbcae04e46eb38f7.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91458426e69ff082927652630b0237b6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e2a764d598a9e40b184f0c1c054535.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c60618678acf98b02bbb3c6e803f14.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7faafd17fbb962a575b4bcf7b0d126fa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5013a142a65b09fcf9a9238dad8095f5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ff7e6ade72aa946a5a865000b07f93e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd5f0b35a67e0596c0738e3269d4411.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195ccc2f9d4baaf1faf46fcbee152282.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06993aec8eb1b2e926a69b2de1a42f59.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0543f232ba085c9a439621faa8a7c1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04f209d3edac766b740afe58494bd3d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/426afcf7ecde13081fcfe4d26860c575.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb38e134366712af851ac53defd1a20.JPG"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234901beb074ec7aa8995b1c2e90a01c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc01e35b4b7a485ec528c4f216cd336.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbf014274dc793e8320d615aba8fcfe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b7dc9a1aac0ef3da4b480c4ee5b607.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db4e5e14a2302b8d85501d23bb12c2a4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38deaf53f77a27a00d4933d1374d9da.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c13ac226092b299d2481d176addfcd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b441f0243c0d29fef10ca88d9d374e4.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80f99dd706ecc29da529b79db0361665.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7006cc41b7244417dd9339c67ad116c6.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e13f69c00e460a1f84446fb201ad3d8.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0190f3c5e6ddf8f33f70d6b24d8f23.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea6a82dcd0e69bfcb8def3eecd98c09.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9935f018c6f4496515b71caa49eee125.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e941280085c5f9d863fd55f74ac8e88.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c375ae6a55e6f8f5033809d667a06c6.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92c180bae12827c60a3226ed7f71124c.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d387de4176b6044cb9e0f5861957cc6.JPG"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0da0e71c55c861b869673400b396405.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a13954b1f8382cb6b2c37413be476b6.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bfe56e93c6df8ead4381c6b78f5ef4e.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26db8ce2025a7f55c20446690f703c49.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7ec52deeed8356fba77690f571ff95.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57cc1922503a6c063c3c6980db0889a9.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4621719b006150f92a881ecd002f75d2.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7f7eb12a8104e79ed8b4aa214785951.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cbfb5912791c261e1147e06615dda13.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f7c19e9fcbb93790a1d333297f05db.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34bde894653bcd1effa7ae7df69f0da0.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c7475fb4f126b0d979715cd42eb7f9.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917028e280928fccc1ed434a382b2a87.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7263bc028be9746785c3358578abd150.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2263fa89f185da5eaa0c22a83f216886.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fdf8b07a90673f7ab6de24d5b3ad03.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b4b53b76a8862ff9478bd95ee523e3.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a5a017d31c18d55b7a0a6fa5fdf4f10.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee134015147aaffd6f63823af17200d.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b632ceb44056585bf6ac43b22178d4f.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce7b1fb94b09c39e54092c984f7e0b49.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac75d7c47a6af8d7679080ed2ed4a6e0.JPG"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34075216a9218e5947ef8cb1eca38bf1.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc1208865eb0ea63e0f0bf0d65a83e08.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371a6d1a921db6deb47fc0c0259465e8.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b66f191963f17f34b44466fc15105409.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d69ba874b659dc9bd4c722d87d4262d.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f72631a8044115bbb8dde86d23d0e8f.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5095280deb98790ea45d9ee654c7ee5.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0569e0008d7e4a89fa0ca802d27665c6.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dd77ec4053eb8a8bd02f4cfa298bf8.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12bdcf1b0308d8c40444355aca812d3.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73bf63f465f4b298960b37896a0244c5.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be250156ca709c1e4fcc698bde680c8c.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43d2fc5c0cfdfca0f61a2816bf754021.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c855787bade3d4124f9b212fb071e60c.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f31d3917ceec2080cb323061c5e96f1f.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebd22337a954cc61b753b41b7b4b401.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f1c2c3c3af82e559d967bbef9e4ac0.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a593a5bb0d4deed4acbf36fdc6537f16.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f3c87158a48b77f8820e40b74a529f6.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2647ee007c9db373dcae52f2f1dacf71.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372ed3fb94aac955cc233214a7ea27e6.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d953b64846cd131ae774815da2aa2904.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e99aff5777b112074786e9b18f8760.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/256697dbde8bed54d08e6e4e50548be1.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e93fb092858647002c20816cd87a6fa.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e31a1504a353b19e19fcfcbda9cf85.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c25c16cb61995f69de962eb96d66a02.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f41896685d09f9e2d8852d00c47438b2.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8643f0a2e22ebf19efa3cdcfbf554c1.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124592f536d8cd8ff3654a0198c6b1dc.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d1009da343b9587342fd8231f83592.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bba0d3da74aa32bbf860e21c2bc821.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b1b9e80f67903cf99259c30fd1f18e.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34c692c916cece7d9384ecc169cb16a6.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1075b0dd0b7270f384ad32c3c1e73622.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a39aed5b90cec5a13f8cd98610c81f89.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e3c6366585b63880003a239e5351eae.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386043ded329a54fdbd55c667ec7f0ab.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f33efbf436f346e590bfd189d57ede4e.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc7d1401570cab098a46fb145ff20dab.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c3f7b3f766c5adadca013f9739f0d44.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6fc786f182f5da1ec893066ef231ad0.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d47e5e07d2b79d263dcac159f0c9eed8.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed18c053128f27971f09729f7f299ba5.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147015e017dfa014c8ee89424f279d2f.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf068488ceba34c80771bfc6aa2f661.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50dd0984b37366e902019567d39fb0a.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523b1a488a6c7503645ca801b58894fb.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d1029ff3e500aa1ffaaef93f04154d2.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9581d0546417623f623016990cbc8e58.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff5a6438a94c941edc191fd80aea4d58.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e3908658b22c59ee4dcd485e7543d6.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc927fe7dd3d5110e1572049acd86ac1.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03decb7bba4eb5a1ae9f9f54027eba1a.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84f78208bcc0b47f0777dab9ee0b8f1d.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f8f167c77b836af5fea0c88f0ce107b.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cb6f3b65c3d0b0d558451f60bf339ee.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a656ccf4501e5379a40528b855101f.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/384f2361bb02cefb19c1337d87d08b1e.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c296a587bdb2b482e6dfbcb5fc220f.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d8e9fca81f10305b55fb43013e6c3c.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6e369c9f3dde4573d4fca76e8f1fe3c.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc2445a58f29e2c09a9cb9c255bea93.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279adf17313b9dcaae68abc43312f596.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1fd00b1e5cb6189cfa390e9870b6f4f.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10c9bb6882c76a2aa1565adc90896c29.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9b6360d00712a103df71b9c331347a.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582ea3d6838419abc94480002ffc1fe5.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b5020c7a2be25cf1fce2791efb5aa3.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aea5910c2500a4893085318498b62a3.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32ebc270dd3e616b203414677e13df4.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/374996717a3829de00a7442623dc6756.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6748d6f84f1e7903ac5ab79f9824288.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0731703a0c46555e1082080dce9da18.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c6592407829250fc5fd41b509aa893.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a1964ac76dac1e024f31c7e5fafe9a.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f250d541ef988d5caa6388e805a93a12.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d18a924b7980d3290712a9397e666e93.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8930e86278772e75d83f75ff12404f65.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e136625cd52d0644a9ac0598b4aaffc8.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1117b3a942dcb503a298577061414fa9.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb2016eaa019a9e7734408d51e83ec3d.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225381a7e24ecd1b4a533876c00c4f39.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/805a06452318ec9b05f66567e87afe1a.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a63f500347ce9f4652035f89c25fe2c5.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e921b12c80ce07daedac864775f478bc.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76630a4783baa08974cb7428ed1c74ea.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda5c8d3146bf3d7fc03e483866ebf97.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0885c778e8b8d054ffcf3bc4ab58c4a2.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b88e1a27259d4561b663b418ca5f504.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85092c954e8018bd5534dd6aa4511287.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aedc698500f87112e37540e2859b595.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ffbc8bbd847e01f3ce1fed148c8d69.JPG"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62b4223a7712947592c0d278b0a5603.JPG"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e78d6bb4d31bb2d3223cc03ffa570b0b.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ae53ba6987cfc86b18cccaf1ad9c8f.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04e5c8774fe9014f7f12f073e14fb65c.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867488f25478219fd09013edbf92d660.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039709aa95190f3d002a3718acb4e45c.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f6afffcbf598604ca538a5b184c1dd4.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b1a62b6463946e68f5ee7008c63e2b4.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270726aac7e77852346c132d8dd9797d.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7ea7c370b26bb8e251aa9ae988ac1f.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c0d330fd966cf53bb7176141b1704a.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe32ce40be5ab90c87a635543baa6804.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07f95c0a9a102abbf05fc167a4a0219.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1984ccfd49599470e2c477c46510423f.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f54c871fbf38dc9518db85ee50e1d9.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28920217e75014e02ed62307d8724684.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ff363d341802eccc6d04be58d81ee8.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eafe728fe28fdc6fab95abd2bbd52887.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a1518c3c1a14cad55e011b707decb7f.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab65b7058bdfd91265086ead17dc13f3.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2960e5c502fdb56ef076de91f3cf097.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bd481c3b5e1194fff4b1bb1f9f6346.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5faf3031d3d0745cbcae04e46eb38f7.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91458426e69ff082927652630b0237b6.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1047750" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="1333500" cy="457200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="image_11" descr="image_11"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="image_11" descr="image_11"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <xdr:cNvPr id="3" name="image_12" descr="image_12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="image_13" descr="image_13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="image_14" descr="image_14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="image_15" descr="image_15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="image_16" descr="image_16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="image_17" descr="image_17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="image_18" descr="image_18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="image_19" descr="image_19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1219200" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="image_20" descr="image_20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="image_22" descr="image_22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="image_23" descr="image_23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104900" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="image_24" descr="image_24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="image_25" descr="image_25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="image_26" descr="image_26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="image_27" descr="image_27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="image_28" descr="image_28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="image_29" descr="image_29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="image_30" descr="image_30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="image_31" descr="image_31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="409575" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="image_32" descr="image_32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="image_33" descr="image_33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="image_34" descr="image_34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="image_35" descr="image_35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="image_36" descr="image_36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="933450" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="image_37" descr="image_37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="image_38" descr="image_38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="image_39" descr="image_39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="image_40" descr="image_40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="image_41" descr="image_41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="image_42" descr="image_42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="409575" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="image_43" descr="image_43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="image_44" descr="image_44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="733425" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="image_45" descr="image_45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="image_46" descr="image_46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="image_47" descr="image_47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="image_48" descr="image_48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="image_49" descr="image_49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="838200" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="image_50" descr="image_50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="image_51" descr="image_51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="image_52" descr="image_52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="image_53" descr="image_53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="image_54" descr="image_54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="638175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="image_55" descr="image_55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="image_56" descr="image_56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="image_57" descr="image_57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="image_58" descr="image_58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="image_59" descr="image_59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1219200" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="image_60" descr="image_60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="466725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="image_61" descr="image_61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1066800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="image_62" descr="image_62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="image_63" descr="image_63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="image_65" descr="image_65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="image_66" descr="image_66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="image_67" descr="image_67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="image_68" descr="image_68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="image_69" descr="image_69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="image_70" descr="image_70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="image_71" descr="image_71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="image_72" descr="image_72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="image_73" descr="image_73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="image_74" descr="image_74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="image_75" descr="image_75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="image_76" descr="image_76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="image_77" descr="image_77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="image_78" descr="image_78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="image_79" descr="image_79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1304925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="image_80" descr="image_80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="790575" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="image_81" descr="image_81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1162050" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="image_82" descr="image_82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="image_83" descr="image_83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="image_84" descr="image_84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="image_85" descr="image_85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="image_86" descr="image_86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="image_87" descr="image_87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="image_88" descr="image_88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="419100" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="image_13" descr="image_13"/>
-[...23 lines deleted...]
-      <xdr:row>13</xdr:row>
+        <xdr:cNvPr id="78" name="image_89" descr="image_89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="581025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="image_90" descr="image_90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1076325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="image_91" descr="image_91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="image_92" descr="image_92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="image_93" descr="image_93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="561975" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="image_94" descr="image_94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="image_14" descr="image_14"/>
-[...53 lines deleted...]
-      <xdr:row>15</xdr:row>
+        <xdr:cNvPr id="84" name="image_95" descr="image_95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="image_96" descr="image_96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="image_97" descr="image_97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="image_98" descr="image_98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="image_99" descr="image_99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="image_100" descr="image_100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="image_101" descr="image_101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="638175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="image_102" descr="image_102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1295400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="image_103" descr="image_103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="600075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="image_104" descr="image_104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="image_16" descr="image_16"/>
-[...23 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="94" name="image_105" descr="image_105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1295400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="image_106" descr="image_106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="image_107" descr="image_107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="image_108" descr="image_108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="image_109" descr="image_109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="image_110" descr="image_110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="image_111" descr="image_111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="image_112" descr="image_112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="image_113" descr="image_113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="image_114" descr="image_114"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="image_115" descr="image_115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="image_116" descr="image_116"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="image_117" descr="image_117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="723900" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="image_121" descr="image_121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="image_122" descr="image_122"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="image_123" descr="image_123"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="image_124" descr="image_124"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="image_125" descr="image_125"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="image_126" descr="image_126"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1066800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="image_127" descr="image_127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="image_128" descr="image_128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="638175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="image_129" descr="image_129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="image_130" descr="image_130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="image_131" descr="image_131"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="image_132" descr="image_132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="733425" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="image_133" descr="image_133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="942975" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="image_134" descr="image_134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="image_135" descr="image_135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="image_136" descr="image_136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="image_137" descr="image_137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="image_138" descr="image_138"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="image_139" descr="image_139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="647700" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="image_140" descr="image_140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="image_141" descr="image_141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1076325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="image_142" descr="image_142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="image_143" descr="image_143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="image_144" descr="image_144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="image_145" descr="image_145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="image_146" descr="image_146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="image_147" descr="image_147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="image_148" descr="image_148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="image_149" descr="image_149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="581025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="image_150" descr="image_150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="image_151" descr="image_151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="image_152" descr="image_152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="image_153" descr="image_153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="990600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="image_154" descr="image_154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="image_155" descr="image_155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="image_156" descr="image_156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="image_157" descr="image_157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="819150" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="image_158" descr="image_158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="image_159" descr="image_159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="image_160" descr="image_160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="image_161" descr="image_161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="image_162" descr="image_162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>163</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="800100" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="image_17" descr="image_17"/>
-[...83 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="149" name="image_164" descr="image_164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1000125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="image_165" descr="image_165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="image_166" descr="image_166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="image_167" descr="image_167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="image_168" descr="image_168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="image_169" descr="image_169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="image_170" descr="image_170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>170</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="image_20" descr="image_20"/>
-[...53 lines deleted...]
-      <xdr:row>21</xdr:row>
+        <xdr:cNvPr id="156" name="image_171" descr="image_171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>171</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="752475" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="image_22" descr="image_22"/>
-[...173 lines deleted...]
-      <xdr:row>29</xdr:row>
+        <xdr:cNvPr id="157" name="image_172" descr="image_172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="781050" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="image_173" descr="image_173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="752475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="image_174" descr="image_174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="466725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="image_175" descr="image_175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="466725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="image_176" descr="image_176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="image_177" descr="image_177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="image_178" descr="image_178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="image_179" descr="image_179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>179</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="image_30" descr="image_30"/>
-[...23 lines deleted...]
-      <xdr:row>30</xdr:row>
+        <xdr:cNvPr id="165" name="image_180" descr="image_180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>180</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="image_31" descr="image_31"/>
-[...1043 lines deleted...]
-      <xdr:row>67</xdr:row>
+        <xdr:cNvPr id="166" name="image_181" descr="image_181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="image_68" descr="image_68"/>
-[...173 lines deleted...]
-      <xdr:row>73</xdr:row>
+        <xdr:cNvPr id="167" name="image_182" descr="image_182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>182</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="image_74" descr="image_74"/>
-[...323 lines deleted...]
-      <xdr:row>86</xdr:row>
+        <xdr:cNvPr id="168" name="image_183" descr="image_183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1000125" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="image_87" descr="image_87"/>
-[...2939 lines deleted...]
-        <xdr:cNvPr id="169" name="image_191" descr="image_191"/>
+        <xdr:cNvPr id="169" name="image_184" descr="image_184"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
-        <a:stretch>
-[...928 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9102,54 +7721,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P227"/>
+  <dimension ref="A1:P184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P227"/>
+      <selection activeCell="A9" sqref="A9:P184"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -9352,10377 +7971,8305 @@
       <c r="G11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="6">
         <v>0</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>31</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L11" s="10" t="s">
         <v>30</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O11" s="6">
-        <v>102470.27</v>
+        <v>104519.68</v>
       </c>
       <c r="P11" s="6"/>
     </row>
-    <row r="12" spans="1:16">
+    <row r="12" spans="1:16" customHeight="1" ht="65">
       <c r="A12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="6">
         <v>0</v>
       </c>
       <c r="C12" s="6">
         <v>0</v>
       </c>
       <c r="D12" s="6">
         <v>0</v>
       </c>
       <c r="E12" s="6">
-        <v>21000807547</v>
+        <v>21000000454</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="6">
-        <v>62</v>
+        <v>129</v>
       </c>
       <c r="J12" s="10" t="s">
         <v>36</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="10" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="M12" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O12" s="6">
-        <v>86031.01</v>
+        <v>205337.01</v>
       </c>
       <c r="P12" s="6"/>
     </row>
     <row r="13" spans="1:16" customHeight="1" ht="65">
       <c r="A13" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B13" s="6">
         <v>0</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6">
         <v>0</v>
       </c>
-      <c r="E13" s="6">
-        <v>21000000217</v>
+      <c r="E13" s="6" t="s">
+        <v>40</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="G13" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I13" s="6">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="J13" s="10" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="K13" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L13" s="10" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="M13" s="6" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O13" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O13" s="6"/>
       <c r="P13" s="6"/>
     </row>
     <row r="14" spans="1:16" customHeight="1" ht="65">
       <c r="A14" s="6" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B14" s="6">
         <v>0</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6">
         <v>0</v>
       </c>
       <c r="E14" s="6">
-        <v>21000000454</v>
+        <v>21000805759</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="6">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="J14" s="10" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="10" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="M14" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O14" s="6">
-        <v>205336.99</v>
+        <v>90300.11</v>
       </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B15" s="6">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6">
-        <v>21000801032</v>
+        <v>21000009703</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="6">
-        <v>56</v>
+        <v>158</v>
       </c>
       <c r="J15" s="10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="10" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O15" s="6">
-        <v>82830</v>
+        <v>243430.02</v>
       </c>
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B16" s="6">
         <v>0</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
-      <c r="E16" s="6" t="s">
-        <v>51</v>
+      <c r="E16" s="6">
+        <v>21000009701</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="G16" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I16" s="6">
-        <v>45</v>
+        <v>102</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>54</v>
       </c>
       <c r="K16" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L16" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="M16" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="L16" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N16" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O16" s="6"/>
+      <c r="O16" s="6">
+        <v>155969</v>
+      </c>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16" customHeight="1" ht="65">
       <c r="A17" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B17" s="6">
+        <v>0</v>
+      </c>
+      <c r="C17" s="6">
+        <v>0</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0</v>
+      </c>
+      <c r="E17" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B17" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F17" s="9" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I17" s="6">
-        <v>76</v>
+        <v>27.4</v>
       </c>
       <c r="J17" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L17" s="10" t="s">
         <v>58</v>
       </c>
-      <c r="K17" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M17" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O17" s="6">
-        <v>90300.1</v>
+        <v>56263.72</v>
       </c>
       <c r="P17" s="6"/>
     </row>
     <row r="18" spans="1:16" customHeight="1" ht="65">
       <c r="A18" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B18" s="6">
         <v>0</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
       <c r="E18" s="6">
-        <v>21000009703</v>
+        <v>21000002840</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="6">
-        <v>158</v>
+        <v>63</v>
       </c>
       <c r="J18" s="10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="10" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="M18" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O18" s="6">
-        <v>243430</v>
+        <v>66330.01</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B19" s="6">
         <v>0</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
-      <c r="E19" s="6">
-        <v>21000009701</v>
+      <c r="E19" s="6" t="s">
+        <v>65</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G19" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I19" s="6">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="J19" s="10" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L19" s="10" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O19" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O19" s="6"/>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16" customHeight="1" ht="65">
       <c r="A20" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B20" s="6">
         <v>0</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6">
         <v>0</v>
       </c>
-      <c r="E20" s="6" t="s">
-        <v>68</v>
+      <c r="E20" s="6">
+        <v>21000002697</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="6">
-        <v>27.4</v>
+        <v>0</v>
       </c>
       <c r="J20" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L20" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="M20" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="N20" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" s="6">
+        <v>9462</v>
+      </c>
+      <c r="P20" s="6"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B21" s="6">
+        <v>0</v>
+      </c>
+      <c r="C21" s="6">
+        <v>0</v>
+      </c>
+      <c r="D21" s="6">
+        <v>0</v>
+      </c>
+      <c r="E21" s="6">
+        <v>21000002699</v>
+      </c>
+      <c r="F21" s="9" t="s">
         <v>70</v>
-      </c>
-[...34 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="6">
-        <v>63</v>
+        <v>8</v>
       </c>
       <c r="J21" s="10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="10" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="M21" s="6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O21" s="6">
-        <v>66330</v>
+        <v>11410</v>
       </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B22" s="6">
         <v>0</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="G22" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I22" s="6">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="J22" s="10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K22" s="6" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="L22" s="10" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O22" s="6"/>
+      <c r="O22" s="6">
+        <v>297061.67</v>
+      </c>
       <c r="P22" s="6"/>
     </row>
-    <row r="23" spans="1:16">
+    <row r="23" spans="1:16" customHeight="1" ht="65">
       <c r="A23" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B23" s="6">
         <v>0</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
-      <c r="E23" s="6">
-        <v>21000002697</v>
+      <c r="E23" s="6" t="s">
+        <v>82</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="G23" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I23" s="6">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="J23" s="10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L23" s="10" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>84</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O23" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O23" s="6"/>
       <c r="P23" s="6"/>
     </row>
-    <row r="24" spans="1:16">
+    <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
         <v>85</v>
       </c>
       <c r="B24" s="6">
         <v>0</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6">
-        <v>21000002699</v>
+        <v>21000801041</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="6">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="J24" s="10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="10" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="M24" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O24" s="6">
-        <v>11410</v>
+        <v>55440</v>
       </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
-      <c r="E25" s="6" t="s">
-        <v>89</v>
+      <c r="E25" s="6">
+        <v>21000803564</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I25" s="6">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="J25" s="10" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="L25" s="10" t="s">
-        <v>30</v>
+        <v>93</v>
       </c>
       <c r="M25" s="6" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O25" s="6">
-        <v>291236.93</v>
+        <v>40370</v>
       </c>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16" customHeight="1" ht="65">
       <c r="A26" s="6" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B26" s="6">
         <v>0</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6">
         <v>0</v>
       </c>
-      <c r="E26" s="6" t="s">
+      <c r="E26" s="6">
+        <v>21000801101</v>
+      </c>
+      <c r="F26" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="I26" s="6">
+        <v>24</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="L26" s="10" t="s">
         <v>93</v>
       </c>
-      <c r="F26" s="9" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M26" s="6" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O26" s="6"/>
+      <c r="O26" s="6">
+        <v>37290</v>
+      </c>
       <c r="P26" s="6"/>
     </row>
     <row r="27" spans="1:16" customHeight="1" ht="65">
       <c r="A27" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B27" s="6">
+        <v>0</v>
+      </c>
+      <c r="C27" s="6">
+        <v>0</v>
+      </c>
+      <c r="D27" s="6">
+        <v>0</v>
+      </c>
+      <c r="E27" s="6">
+        <v>21000801111</v>
+      </c>
+      <c r="F27" s="9" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="6">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="J27" s="10" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="10" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O27" s="6">
-        <v>138303</v>
+        <v>36740.01</v>
       </c>
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B28" s="6">
         <v>0</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6">
-        <v>21000801041</v>
+        <v>21000801040</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="6">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="J28" s="10" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="10" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O28" s="6">
-        <v>55440</v>
+        <v>54450</v>
       </c>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="65">
       <c r="A29" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6">
-        <v>21000803564</v>
+        <v>21000801065</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I29" s="6">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="J29" s="10" t="s">
         <v>106</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="M29" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M29" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N29" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O29" s="6">
-        <v>40370</v>
+        <v>92746.51</v>
       </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="B30" s="6">
+        <v>0</v>
+      </c>
+      <c r="C30" s="6">
+        <v>0</v>
+      </c>
+      <c r="D30" s="6">
+        <v>0</v>
+      </c>
+      <c r="E30" s="6">
+        <v>21000802373</v>
+      </c>
+      <c r="F30" s="9" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I30" s="6">
-        <v>30</v>
+        <v>136</v>
       </c>
       <c r="J30" s="10" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="10" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O30" s="6">
-        <v>40370</v>
+        <v>124856.61</v>
       </c>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B31" s="6">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6">
-        <v>21000801101</v>
+        <v>21000801028</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="6">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="J31" s="10" t="s">
         <v>113</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="10" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>114</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O31" s="6">
-        <v>37290</v>
+        <v>104280</v>
       </c>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
         <v>115</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6">
-        <v>21000801111</v>
+        <v>21000801031</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I32" s="6">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="J32" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="10" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O32" s="6">
-        <v>36740</v>
+        <v>82830.01</v>
       </c>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="65">
       <c r="A33" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B33" s="6">
         <v>0</v>
       </c>
       <c r="C33" s="6">
         <v>0</v>
       </c>
       <c r="D33" s="6">
         <v>0</v>
       </c>
       <c r="E33" s="6">
-        <v>21000801033</v>
+        <v>21001801022</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I33" s="6">
-        <v>32</v>
+        <v>114</v>
       </c>
       <c r="J33" s="10" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="10" t="s">
-        <v>107</v>
+        <v>53</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O33" s="6">
-        <v>49830</v>
+        <v>158510.01</v>
       </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B34" s="6">
         <v>0</v>
       </c>
       <c r="C34" s="6">
         <v>0</v>
       </c>
       <c r="D34" s="6">
         <v>0</v>
       </c>
       <c r="E34" s="6">
-        <v>21000801040</v>
+        <v>21001802372</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I34" s="6">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="J34" s="10" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="10" t="s">
-        <v>107</v>
+        <v>53</v>
       </c>
       <c r="M34" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O34" s="6">
-        <v>54450</v>
+        <v>182589.01</v>
       </c>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B35" s="6">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
-      <c r="E35" s="6">
-        <v>21000801239</v>
+      <c r="E35" s="6" t="s">
+        <v>126</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>112</v>
+        <v>58</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I35" s="6">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="J35" s="10" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L35" s="10" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O35" s="6">
-        <v>54450</v>
+        <v>66839.36</v>
       </c>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B36" s="6">
         <v>0</v>
       </c>
       <c r="C36" s="6">
         <v>0</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
-      <c r="E36" s="6">
-        <v>21000801155</v>
+      <c r="E36" s="6" t="s">
+        <v>131</v>
       </c>
       <c r="F36" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G36" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I36" s="6">
+        <v>24</v>
+      </c>
+      <c r="J36" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="L36" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="G36" s="10" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M36" s="6" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O36" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O36" s="6"/>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6">
-        <v>21000801069</v>
+        <v>21000802008</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="6">
-        <v>81</v>
+        <v>234</v>
       </c>
       <c r="J37" s="10" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="10" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="M37" s="6" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O37" s="6">
-        <v>88330</v>
+        <v>338360.03</v>
       </c>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="65">
       <c r="A38" s="6" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6">
-        <v>21000802399</v>
+        <v>21000003045</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="6">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="J38" s="10" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="10" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="M38" s="6" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O38" s="6">
-        <v>106040</v>
+        <v>165330.02</v>
       </c>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B39" s="6">
         <v>0</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
-      <c r="E39" s="6">
-        <v>21000801065</v>
+      <c r="E39" s="6" t="s">
+        <v>141</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I39" s="6">
-        <v>0</v>
+        <v>91.3</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>25</v>
+        <v>143</v>
       </c>
       <c r="L39" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O39" s="6">
-        <v>92746.5</v>
+        <v>80702.36</v>
       </c>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="65">
       <c r="A40" s="6" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B40" s="6">
         <v>0</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6">
         <v>0</v>
       </c>
-      <c r="E40" s="6">
-        <v>21000801029</v>
+      <c r="E40" s="6" t="s">
+        <v>146</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I40" s="6">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="J40" s="10" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="K40" s="6" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="L40" s="10" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O40" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O40" s="6"/>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
-      <c r="E41" s="6">
-        <v>21000802373</v>
+      <c r="E41" s="6" t="s">
+        <v>151</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I41" s="6">
-        <v>136</v>
+        <v>84.5</v>
       </c>
       <c r="J41" s="10" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="K41" s="6" t="s">
-        <v>25</v>
+        <v>143</v>
       </c>
       <c r="L41" s="10" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="M41" s="6" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O41" s="6">
-        <v>124856.6</v>
+        <v>112342.76</v>
       </c>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="B42" s="6">
         <v>0</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
       <c r="E42" s="6">
-        <v>21000802398</v>
+        <v>21000801089</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I42" s="6">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="J42" s="10" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="10" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="M42" s="6" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O42" s="6">
-        <v>124856.6</v>
+        <v>181610.01</v>
       </c>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6">
-        <v>21000801028</v>
+        <v>21000001852</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I43" s="6">
-        <v>104</v>
+        <v>34.4</v>
       </c>
       <c r="J43" s="10" t="s">
-        <v>141</v>
+        <v>158</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O43" s="6">
-        <v>104280</v>
+        <v>67760</v>
       </c>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="65">
       <c r="A44" s="6" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6">
-        <v>21000801031</v>
+        <v>21000002721</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I44" s="6">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="J44" s="10" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="10" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="M44" s="6" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O44" s="6">
-        <v>82830</v>
+        <v>170005.02</v>
       </c>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="B45" s="6">
         <v>0</v>
       </c>
       <c r="C45" s="6">
         <v>0</v>
       </c>
       <c r="D45" s="6">
         <v>0</v>
       </c>
       <c r="E45" s="6">
-        <v>21001801022</v>
+        <v>21000807548</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="G45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I45" s="6">
-        <v>114</v>
+        <v>63</v>
       </c>
       <c r="J45" s="10" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="10" t="s">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="M45" s="6" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O45" s="6">
-        <v>158510</v>
+        <v>89661.01</v>
       </c>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="B46" s="6">
         <v>0</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
       <c r="E46" s="6">
-        <v>21001802372</v>
+        <v>21000007100</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>64</v>
+        <v>109</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I46" s="6">
-        <v>0</v>
+        <v>126</v>
       </c>
       <c r="J46" s="10" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="10" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="M46" s="6" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O46" s="6">
-        <v>182588.99</v>
+        <v>175890.02</v>
       </c>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="B47" s="6">
         <v>0</v>
       </c>
       <c r="C47" s="6">
         <v>0</v>
       </c>
       <c r="D47" s="6">
         <v>0</v>
       </c>
-      <c r="E47" s="6" t="s">
-        <v>160</v>
+      <c r="E47" s="6">
+        <v>21000007037</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>69</v>
+        <v>109</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I47" s="6">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="J47" s="10" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="L47" s="10" t="s">
-        <v>162</v>
+        <v>53</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O47" s="6">
-        <v>65528.78</v>
+        <v>185790.01</v>
       </c>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="B48" s="6">
         <v>0</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>77</v>
+        <v>116</v>
       </c>
       <c r="G48" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I48" s="6">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="J48" s="10" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="K48" s="6" t="s">
-        <v>55</v>
+        <v>143</v>
       </c>
       <c r="L48" s="10" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="M48" s="6" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O48" s="6"/>
+      <c r="O48" s="6">
+        <v>50357.39</v>
+      </c>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="B49" s="6">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
-      <c r="E49" s="6">
-        <v>21000802008</v>
+      <c r="E49" s="6" t="s">
+        <v>178</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I49" s="6">
-        <v>234</v>
+        <v>35.2</v>
       </c>
       <c r="J49" s="10" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="K49" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L49" s="10" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O49" s="6">
-        <v>338360</v>
+        <v>64940.07</v>
       </c>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B50" s="6">
         <v>0</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
         <v>0</v>
       </c>
       <c r="E50" s="6">
-        <v>21000003045</v>
+        <v>21000802019</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I50" s="6">
-        <v>122</v>
+        <v>234</v>
       </c>
       <c r="J50" s="10" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="10" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="M50" s="6" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O50" s="6">
-        <v>165330</v>
+        <v>338360.03</v>
       </c>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="65">
       <c r="A51" s="6" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="B51" s="6">
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6">
         <v>0</v>
       </c>
-      <c r="E51" s="6" t="s">
-        <v>175</v>
+      <c r="E51" s="6">
+        <v>21000801000</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>21</v>
+        <v>185</v>
       </c>
       <c r="G51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="6">
-        <v>91.3</v>
+        <v>117</v>
       </c>
       <c r="J51" s="10" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L51" s="10" t="s">
-        <v>21</v>
+        <v>187</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O51" s="6">
-        <v>79119.97</v>
+        <v>324522.03</v>
       </c>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="65">
       <c r="A52" s="6" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="B52" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C52" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D52" s="6">
         <v>0</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="G52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="I52" s="6">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J52" s="10" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="K52" s="6" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="L52" s="10"/>
       <c r="M52" s="6" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O52" s="6"/>
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="65">
       <c r="A53" s="6" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="B53" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C53" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D53" s="6">
         <v>0</v>
       </c>
-      <c r="E53" s="6" t="s">
-        <v>185</v>
+      <c r="E53" s="6">
+        <v>21000001918</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I53" s="6">
-        <v>84.5</v>
+        <v>128</v>
       </c>
       <c r="J53" s="10" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="K53" s="6" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L53" s="10" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="M53" s="6" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O53" s="6">
-        <v>110139.96</v>
+        <v>175329.01</v>
       </c>
       <c r="P53" s="6"/>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="65">
       <c r="A54" s="6" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="B54" s="6">
         <v>0</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6">
         <v>0</v>
       </c>
       <c r="E54" s="6">
-        <v>21000801089</v>
+        <v>21001807527</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I54" s="6">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="J54" s="10" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="10" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="M54" s="6" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O54" s="6">
-        <v>181610</v>
+        <v>193116.03</v>
       </c>
       <c r="P54" s="6"/>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="65">
       <c r="A55" s="6" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="B55" s="6">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
         <v>0</v>
       </c>
       <c r="E55" s="6">
-        <v>21000001852</v>
+        <v>21000002879</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I55" s="6">
-        <v>34.4</v>
+        <v>131</v>
       </c>
       <c r="J55" s="10" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="10" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O55" s="6">
-        <v>67760</v>
+        <v>179520.01</v>
       </c>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="65">
       <c r="A56" s="6" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="B56" s="6">
         <v>0</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6">
         <v>0</v>
       </c>
-      <c r="E56" s="6">
-        <v>21000002721</v>
+      <c r="E56" s="6" t="s">
+        <v>204</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G56" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I56" s="6">
-        <v>119</v>
+        <v>16</v>
       </c>
       <c r="J56" s="10" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="K56" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L56" s="10" t="s">
-        <v>64</v>
+        <v>206</v>
       </c>
       <c r="M56" s="6" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O56" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O56" s="6"/>
       <c r="P56" s="6"/>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="65">
       <c r="A57" s="6" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="B57" s="6">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6">
         <v>0</v>
       </c>
-      <c r="E57" s="6">
-        <v>21000807548</v>
+      <c r="E57" s="6" t="s">
+        <v>209</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I57" s="6">
-        <v>63</v>
+        <v>43.4</v>
       </c>
       <c r="J57" s="10" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
       <c r="K57" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L57" s="10" t="s">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="M57" s="6" t="s">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O57" s="6">
-        <v>89661.01</v>
+        <v>71889.52</v>
       </c>
       <c r="P57" s="6"/>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="65">
       <c r="A58" s="6" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="B58" s="6">
         <v>0</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6">
         <v>0</v>
       </c>
-      <c r="E58" s="6">
-        <v>21000805760</v>
+      <c r="E58" s="6" t="s">
+        <v>213</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I58" s="6">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="J58" s="10" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="K58" s="6" t="s">
-        <v>25</v>
+        <v>143</v>
       </c>
       <c r="L58" s="10" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="M58" s="6" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O58" s="6">
-        <v>90300.1</v>
+        <v>43441.78</v>
       </c>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
-        <v>203</v>
+        <v>216</v>
       </c>
       <c r="B59" s="6">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6">
         <v>0</v>
       </c>
-      <c r="E59" s="6">
-        <v>21000007100</v>
+      <c r="E59" s="6" t="s">
+        <v>217</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>140</v>
+        <v>58</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I59" s="6">
-        <v>126</v>
+        <v>11.8</v>
       </c>
       <c r="J59" s="10" t="s">
-        <v>204</v>
+        <v>218</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L59" s="10" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>205</v>
+        <v>219</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O59" s="6">
-        <v>175890</v>
+        <v>53215.87</v>
       </c>
       <c r="P59" s="6"/>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="65">
       <c r="A60" s="6" t="s">
-        <v>206</v>
+        <v>220</v>
       </c>
       <c r="B60" s="6">
         <v>0</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6">
         <v>0</v>
       </c>
       <c r="E60" s="6">
-        <v>21000007037</v>
+        <v>21000003068</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>140</v>
+        <v>96</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I60" s="6">
-        <v>136</v>
+        <v>30</v>
       </c>
       <c r="J60" s="10" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="10" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="M60" s="6" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O60" s="6">
-        <v>185790</v>
+        <v>48830.01</v>
       </c>
       <c r="P60" s="6"/>
     </row>
-    <row r="61" spans="1:16">
+    <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="B61" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="C61" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6">
-        <v>21000802808</v>
+        <v>21000802696</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>64</v>
+        <v>116</v>
       </c>
       <c r="G61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I61" s="6">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="J61" s="10" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="10" t="s">
-        <v>64</v>
+        <v>116</v>
       </c>
       <c r="M61" s="6" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O61" s="6">
-        <v>117612</v>
+        <v>43230</v>
       </c>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B62" s="6">
         <v>0</v>
       </c>
       <c r="C62" s="6">
         <v>0</v>
       </c>
       <c r="D62" s="6">
         <v>0</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="G62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I62" s="6">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="J62" s="10" t="s">
-        <v>214</v>
+        <v>229</v>
       </c>
       <c r="K62" s="6" t="s">
-        <v>177</v>
+        <v>32</v>
       </c>
       <c r="L62" s="10" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="M62" s="6" t="s">
-        <v>215</v>
+        <v>230</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O62" s="6">
-        <v>49369.98</v>
+        <v>111783.84</v>
       </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6">
-        <v>21000802834</v>
+        <v>4138931</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>112</v>
+        <v>58</v>
       </c>
       <c r="G63" s="10" t="s">
-        <v>22</v>
+        <v>232</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I63" s="6">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="J63" s="10" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="L63" s="10" t="s">
-        <v>112</v>
+        <v>58</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O63" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O63" s="6"/>
       <c r="P63" s="6"/>
     </row>
-    <row r="64" spans="1:16" customHeight="1" ht="65">
+    <row r="64" spans="1:16">
       <c r="A64" s="6" t="s">
-        <v>219</v>
+        <v>236</v>
       </c>
       <c r="B64" s="6">
         <v>0</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6">
         <v>0</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>220</v>
+        <v>237</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I64" s="6">
-        <v>35.2</v>
+        <v>0</v>
       </c>
       <c r="J64" s="10" t="s">
-        <v>221</v>
+        <v>238</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L64" s="10" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="M64" s="6" t="s">
-        <v>222</v>
+        <v>239</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O64" s="6">
-        <v>63666.74</v>
+        <v>30678.36</v>
       </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="65">
       <c r="A65" s="6" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="B65" s="6">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
-      <c r="E65" s="6">
-        <v>21000802019</v>
+      <c r="E65" s="6" t="s">
+        <v>241</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="G65" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I65" s="6">
-        <v>234</v>
+        <v>60</v>
       </c>
       <c r="J65" s="10" t="s">
-        <v>224</v>
+        <v>242</v>
       </c>
       <c r="K65" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L65" s="10" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="M65" s="6" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O65" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O65" s="6"/>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="65">
       <c r="A66" s="6" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="B66" s="6">
         <v>0</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6">
         <v>0</v>
       </c>
-      <c r="E66" s="6">
-        <v>21000801000</v>
+      <c r="E66" s="6" t="s">
+        <v>245</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>227</v>
+        <v>30</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I66" s="6">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="J66" s="10" t="s">
-        <v>228</v>
+        <v>246</v>
       </c>
       <c r="K66" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L66" s="10" t="s">
-        <v>229</v>
+        <v>30</v>
       </c>
       <c r="M66" s="6" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O66" s="6">
-        <v>324521.99</v>
+        <v>115208.06</v>
       </c>
       <c r="P66" s="6"/>
     </row>
-    <row r="67" spans="1:16">
+    <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
-        <v>231</v>
+        <v>248</v>
       </c>
       <c r="B67" s="6">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>0</v>
       </c>
       <c r="D67" s="6">
         <v>0</v>
       </c>
       <c r="E67" s="6">
-        <v>21000002839</v>
+        <v>21000080515</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I67" s="6">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="J67" s="10" t="s">
-        <v>232</v>
+        <v>249</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="10" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>233</v>
+        <v>250</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O67" s="6">
-        <v>43230</v>
+        <v>179080.02</v>
       </c>
       <c r="P67" s="6"/>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="65">
       <c r="A68" s="6" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
       <c r="B68" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C68" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D68" s="6">
         <v>0</v>
       </c>
-      <c r="E68" s="6" t="s">
-        <v>235</v>
+      <c r="E68" s="6">
+        <v>21000000458</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>30</v>
+        <v>252</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I68" s="6">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="J68" s="10" t="s">
-        <v>236</v>
+        <v>253</v>
       </c>
       <c r="K68" s="6" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="L68" s="10"/>
+        <v>25</v>
+      </c>
+      <c r="L68" s="10" t="s">
+        <v>254</v>
+      </c>
       <c r="M68" s="6" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O68" s="6"/>
+      <c r="O68" s="6">
+        <v>180532.02</v>
+      </c>
       <c r="P68" s="6"/>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="65">
       <c r="A69" s="6" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="B69" s="6">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6">
         <v>0</v>
       </c>
       <c r="E69" s="6">
-        <v>21000001918</v>
+        <v>21000001991</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="G69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I69" s="6">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="J69" s="10" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="10" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="M69" s="6" t="s">
-        <v>241</v>
+        <v>258</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O69" s="6">
-        <v>175328.99</v>
+        <v>49830.01</v>
       </c>
       <c r="P69" s="6"/>
     </row>
     <row r="70" spans="1:16" customHeight="1" ht="65">
       <c r="A70" s="6" t="s">
-        <v>242</v>
+        <v>259</v>
       </c>
       <c r="B70" s="6">
         <v>0</v>
       </c>
       <c r="C70" s="6">
         <v>0</v>
       </c>
       <c r="D70" s="6">
         <v>0</v>
       </c>
-      <c r="E70" s="6">
-        <v>21001807527</v>
+      <c r="E70" s="6" t="s">
+        <v>260</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="G70" s="10" t="s">
-        <v>22</v>
+        <v>261</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I70" s="6">
-        <v>135</v>
+        <v>34</v>
       </c>
       <c r="J70" s="10" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="K70" s="6" t="s">
-        <v>25</v>
+        <v>263</v>
       </c>
       <c r="L70" s="10" t="s">
-        <v>64</v>
+        <v>264</v>
       </c>
       <c r="M70" s="6" t="s">
-        <v>244</v>
+        <v>265</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O70" s="6">
-        <v>193116</v>
+        <v>79312.38</v>
       </c>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
-        <v>245</v>
+        <v>266</v>
       </c>
       <c r="B71" s="6">
         <v>0</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
-      <c r="E71" s="6">
-        <v>21000002879</v>
+      <c r="E71" s="6" t="s">
+        <v>267</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>22</v>
+        <v>261</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I71" s="6">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="J71" s="10" t="s">
-        <v>246</v>
+        <v>268</v>
       </c>
       <c r="K71" s="6" t="s">
-        <v>25</v>
+        <v>263</v>
       </c>
       <c r="L71" s="10" t="s">
-        <v>21</v>
+        <v>264</v>
       </c>
       <c r="M71" s="6" t="s">
-        <v>247</v>
+        <v>269</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O71" s="6">
-        <v>179520</v>
+        <v>103567.26</v>
       </c>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="65">
       <c r="A72" s="6" t="s">
-        <v>248</v>
+        <v>270</v>
       </c>
       <c r="B72" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C72" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D72" s="6">
         <v>0</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>249</v>
+        <v>271</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="G72" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I72" s="6">
-        <v>16</v>
+        <v>186</v>
       </c>
       <c r="J72" s="10" t="s">
-        <v>250</v>
+        <v>272</v>
       </c>
       <c r="K72" s="6" t="s">
-        <v>55</v>
+        <v>143</v>
       </c>
       <c r="L72" s="10" t="s">
-        <v>251</v>
+        <v>273</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O72" s="6">
-        <v>2776.55</v>
+        <v>333468.44</v>
       </c>
       <c r="P72" s="6"/>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="65">
       <c r="A73" s="6" t="s">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="B73" s="6">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6">
         <v>0</v>
       </c>
       <c r="E73" s="6" t="s">
-        <v>254</v>
+        <v>276</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="G73" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I73" s="6">
-        <v>43.4</v>
+        <v>109</v>
       </c>
       <c r="J73" s="10" t="s">
-        <v>255</v>
+        <v>277</v>
       </c>
       <c r="K73" s="6" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="L73" s="10" t="s">
-        <v>162</v>
+        <v>53</v>
       </c>
       <c r="M73" s="6" t="s">
-        <v>256</v>
+        <v>278</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O73" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O73" s="6"/>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
-        <v>257</v>
+        <v>279</v>
       </c>
       <c r="B74" s="6">
         <v>0</v>
       </c>
       <c r="C74" s="6">
         <v>0</v>
       </c>
       <c r="D74" s="6">
         <v>0</v>
       </c>
       <c r="E74" s="6">
-        <v>21000801255</v>
+        <v>21000001694</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I74" s="6">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="J74" s="10" t="s">
-        <v>258</v>
+        <v>280</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="10" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="M74" s="6" t="s">
-        <v>259</v>
+        <v>281</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O74" s="6">
-        <v>37290</v>
+        <v>105822</v>
       </c>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
-        <v>260</v>
+        <v>282</v>
       </c>
       <c r="B75" s="6">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>0</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
-      <c r="E75" s="6" t="s">
-        <v>261</v>
+      <c r="E75" s="6">
+        <v>21000004519</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I75" s="6">
-        <v>43</v>
+        <v>159</v>
       </c>
       <c r="J75" s="10" t="s">
-        <v>262</v>
+        <v>283</v>
       </c>
       <c r="K75" s="6" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L75" s="10" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="M75" s="6" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O75" s="6">
-        <v>42589.99</v>
+        <v>200090.02</v>
       </c>
       <c r="P75" s="6"/>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="B76" s="6">
         <v>0</v>
       </c>
       <c r="C76" s="6">
         <v>0</v>
       </c>
       <c r="D76" s="6">
         <v>0</v>
       </c>
-      <c r="E76" s="6" t="s">
-        <v>265</v>
+      <c r="E76" s="6">
+        <v>21000802374</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="G76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I76" s="6">
-        <v>11.8</v>
+        <v>102</v>
       </c>
       <c r="J76" s="10" t="s">
-        <v>266</v>
+        <v>286</v>
       </c>
       <c r="K76" s="6" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="L76" s="10" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>267</v>
+        <v>287</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O76" s="6">
-        <v>52172.43</v>
+        <v>106040</v>
       </c>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
-        <v>268</v>
+        <v>288</v>
       </c>
       <c r="B77" s="6">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
       <c r="E77" s="6">
-        <v>21000003068</v>
+        <v>21000001635</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I77" s="6">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="J77" s="10" t="s">
-        <v>269</v>
+        <v>289</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="10" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>270</v>
+        <v>290</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O77" s="6">
-        <v>48830</v>
+        <v>108916.52</v>
       </c>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
-        <v>271</v>
+        <v>291</v>
       </c>
       <c r="B78" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C78" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="6">
-        <v>21000802696</v>
+        <v>21000000548</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>39</v>
+        <v>91</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I78" s="6">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="J78" s="10" t="s">
-        <v>273</v>
+        <v>292</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="10" t="s">
-        <v>39</v>
+        <v>264</v>
       </c>
       <c r="M78" s="6" t="s">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O78" s="6">
-        <v>43230</v>
+        <v>26512.01</v>
       </c>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
-        <v>275</v>
+        <v>294</v>
       </c>
       <c r="B79" s="6">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6">
         <v>0</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>276</v>
+        <v>295</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I79" s="6">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="J79" s="10" t="s">
-        <v>277</v>
+        <v>296</v>
       </c>
       <c r="K79" s="6" t="s">
-        <v>32</v>
+        <v>143</v>
       </c>
       <c r="L79" s="10" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>278</v>
+        <v>297</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O79" s="6">
-        <v>109591.99</v>
+        <v>82619.97</v>
       </c>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="65">
       <c r="A80" s="6" t="s">
-        <v>279</v>
+        <v>298</v>
       </c>
       <c r="B80" s="6">
         <v>2</v>
       </c>
       <c r="C80" s="6">
         <v>2</v>
       </c>
       <c r="D80" s="6">
         <v>0</v>
       </c>
       <c r="E80" s="6">
-        <v>4138931</v>
+        <v>21000001916</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="G80" s="10" t="s">
-        <v>280</v>
+        <v>22</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I80" s="6">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="J80" s="10" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="K80" s="6" t="s">
-        <v>282</v>
+        <v>25</v>
       </c>
       <c r="L80" s="10" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="M80" s="6" t="s">
-        <v>283</v>
+        <v>300</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O80" s="6">
-        <v>108</v>
+        <v>76120</v>
       </c>
       <c r="P80" s="6"/>
     </row>
-    <row r="81" spans="1:16">
+    <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
-        <v>284</v>
+        <v>301</v>
       </c>
       <c r="B81" s="6">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6">
         <v>0</v>
       </c>
-      <c r="E81" s="6" t="s">
-        <v>285</v>
+      <c r="E81" s="6">
+        <v>21000080484</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I81" s="6">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="K81" s="6" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="L81" s="10" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O81" s="6">
-        <v>30076.82</v>
+        <v>77291.5</v>
       </c>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="65">
       <c r="A82" s="6" t="s">
-        <v>288</v>
+        <v>304</v>
       </c>
       <c r="B82" s="6">
         <v>0</v>
       </c>
       <c r="C82" s="6">
         <v>0</v>
       </c>
       <c r="D82" s="6">
         <v>0</v>
       </c>
       <c r="E82" s="6">
-        <v>21001805756</v>
+        <v>21000801864</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I82" s="6">
-        <v>94</v>
+        <v>33</v>
       </c>
       <c r="J82" s="10" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="10" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O82" s="6">
-        <v>151371.01</v>
+        <v>46226.4</v>
       </c>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="B83" s="6">
         <v>0</v>
       </c>
       <c r="C83" s="6">
         <v>0</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
-      <c r="E83" s="6" t="s">
-        <v>292</v>
+      <c r="E83" s="6">
+        <v>21001802093</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="G83" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>53</v>
+        <v>224</v>
       </c>
       <c r="I83" s="6">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="J83" s="10" t="s">
-        <v>293</v>
+        <v>308</v>
       </c>
       <c r="K83" s="6" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L83" s="10" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="M83" s="6" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O83" s="6"/>
+      <c r="O83" s="6">
+        <v>160490.03</v>
+      </c>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
-        <v>295</v>
+        <v>310</v>
       </c>
       <c r="B84" s="6">
         <v>0</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="6" t="s">
-        <v>296</v>
+        <v>311</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="G84" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I84" s="6">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="J84" s="10" t="s">
-        <v>297</v>
+        <v>312</v>
       </c>
       <c r="K84" s="6" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="L84" s="10" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="M84" s="6" t="s">
-        <v>298</v>
+        <v>313</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O84" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O84" s="6"/>
       <c r="P84" s="6"/>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="65">
       <c r="A85" s="6" t="s">
-        <v>299</v>
+        <v>314</v>
       </c>
       <c r="B85" s="6">
         <v>0</v>
       </c>
       <c r="C85" s="6">
         <v>0</v>
       </c>
       <c r="D85" s="6">
         <v>0</v>
       </c>
-      <c r="E85" s="6">
-        <v>21000080515</v>
+      <c r="E85" s="6" t="s">
+        <v>315</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G85" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I85" s="6">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="J85" s="10" t="s">
-        <v>300</v>
+        <v>316</v>
       </c>
       <c r="K85" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L85" s="10" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="M85" s="6" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O85" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O85" s="6"/>
       <c r="P85" s="6"/>
     </row>
-    <row r="86" spans="1:16">
+    <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
       <c r="B86" s="6">
         <v>0</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
-      <c r="E86" s="6">
-        <v>21000803571</v>
+      <c r="E86" s="6" t="s">
+        <v>319</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>105</v>
+        <v>53</v>
       </c>
       <c r="G86" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I86" s="6">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="J86" s="10" t="s">
-        <v>303</v>
+        <v>320</v>
       </c>
       <c r="K86" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L86" s="10" t="s">
-        <v>107</v>
+        <v>53</v>
       </c>
       <c r="M86" s="6" t="s">
-        <v>304</v>
+        <v>321</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O86" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O86" s="6"/>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
-        <v>305</v>
+        <v>322</v>
       </c>
       <c r="B87" s="6">
         <v>0</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6">
         <v>0</v>
       </c>
       <c r="E87" s="6">
-        <v>21000000458</v>
+        <v>21000002983</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>306</v>
+        <v>35</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I87" s="6">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="J87" s="10" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
       <c r="K87" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="10" t="s">
-        <v>308</v>
+        <v>37</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>309</v>
+        <v>324</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O87" s="6">
-        <v>180531.99</v>
+        <v>245740.03</v>
       </c>
       <c r="P87" s="6"/>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
-        <v>310</v>
+        <v>325</v>
       </c>
       <c r="B88" s="6">
         <v>0</v>
       </c>
       <c r="C88" s="6">
         <v>0</v>
       </c>
       <c r="D88" s="6">
         <v>0</v>
       </c>
       <c r="E88" s="6">
-        <v>21000001991</v>
+        <v>21001805755</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I88" s="6">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="J88" s="10" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="K88" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="10" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="M88" s="6" t="s">
-        <v>312</v>
+        <v>327</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O88" s="6">
-        <v>49830</v>
+        <v>151371.03</v>
       </c>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
       <c r="B89" s="6">
         <v>0</v>
       </c>
       <c r="C89" s="6">
         <v>0</v>
       </c>
       <c r="D89" s="6">
         <v>0</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>315</v>
+        <v>22</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I89" s="6">
         <v>34</v>
       </c>
       <c r="J89" s="10" t="s">
-        <v>316</v>
+        <v>330</v>
       </c>
       <c r="K89" s="6" t="s">
-        <v>317</v>
+        <v>25</v>
       </c>
       <c r="L89" s="10" t="s">
-        <v>318</v>
+        <v>116</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O89" s="6">
-        <v>77757.58</v>
+        <v>44329.89</v>
       </c>
       <c r="P89" s="6"/>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="65">
       <c r="A90" s="6" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="B90" s="6">
         <v>0</v>
       </c>
       <c r="C90" s="6">
         <v>0</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
-      <c r="E90" s="6" t="s">
-        <v>321</v>
+      <c r="E90" s="6">
+        <v>21000001428</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>105</v>
+        <v>35</v>
       </c>
       <c r="G90" s="10" t="s">
-        <v>315</v>
+        <v>22</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I90" s="6">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="J90" s="10" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="K90" s="6" t="s">
-        <v>317</v>
+        <v>25</v>
       </c>
       <c r="L90" s="10" t="s">
-        <v>318</v>
+        <v>37</v>
       </c>
       <c r="M90" s="6" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O90" s="6">
-        <v>101536.55</v>
+        <v>260810.03</v>
       </c>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="B91" s="6">
         <v>0</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
-      <c r="E91" s="6" t="s">
-        <v>325</v>
+      <c r="E91" s="6">
+        <v>21000802695</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>43</v>
+        <v>86</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I91" s="6">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="J91" s="10" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="K91" s="6" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L91" s="10" t="s">
-        <v>327</v>
+        <v>88</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O91" s="6">
-        <v>326929.85</v>
+        <v>55517</v>
       </c>
       <c r="P91" s="6"/>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="65">
       <c r="A92" s="6" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="B92" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C92" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D92" s="6">
         <v>0</v>
       </c>
-      <c r="E92" s="6" t="s">
-        <v>330</v>
+      <c r="E92" s="6">
+        <v>21000803570</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>53</v>
+        <v>224</v>
       </c>
       <c r="I92" s="6">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="J92" s="10" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="K92" s="6" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L92" s="10" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="M92" s="6" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O92" s="6"/>
+      <c r="O92" s="6">
+        <v>34760.01</v>
+      </c>
       <c r="P92" s="6"/>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="65">
       <c r="A93" s="6" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="B93" s="6">
         <v>0</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6">
         <v>0</v>
       </c>
       <c r="E93" s="6">
-        <v>21000001694</v>
+        <v>21000801867</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="G93" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I93" s="6">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="J93" s="10" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="K93" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="10" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="M93" s="6" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O93" s="6">
-        <v>105822</v>
+        <v>40901.3</v>
       </c>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B94" s="6">
         <v>0</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6">
         <v>0</v>
       </c>
       <c r="E94" s="6">
-        <v>21000004519</v>
+        <v>21000802092</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I94" s="6">
-        <v>159</v>
+        <v>28</v>
       </c>
       <c r="J94" s="10" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="10" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="M94" s="6" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O94" s="6">
-        <v>200090</v>
+        <v>37070.01</v>
       </c>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="B95" s="6">
         <v>0</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6">
-        <v>21000802374</v>
+        <v>21000802821</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I95" s="6">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="J95" s="10" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="10" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="M95" s="6" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O95" s="6">
-        <v>106040</v>
+        <v>131010.01</v>
       </c>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="B96" s="6">
         <v>0</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6">
-        <v>21000801034</v>
+        <v>21000802822</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I96" s="6">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="J96" s="10" t="s">
-        <v>101</v>
+        <v>351</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="10" t="s">
-        <v>102</v>
+        <v>37</v>
       </c>
       <c r="M96" s="6" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O96" s="6">
-        <v>55440</v>
+        <v>120780.01</v>
       </c>
       <c r="P96" s="6"/>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="65">
       <c r="A97" s="6" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="B97" s="6">
         <v>0</v>
       </c>
       <c r="C97" s="6">
         <v>0</v>
       </c>
       <c r="D97" s="6">
         <v>0</v>
       </c>
       <c r="E97" s="6">
-        <v>21000802118</v>
+        <v>21000001427</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I97" s="6">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="J97" s="10" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="10" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="M97" s="6" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O97" s="6">
-        <v>71832.19</v>
+        <v>170610.01</v>
       </c>
       <c r="P97" s="6"/>
     </row>
     <row r="98" spans="1:16" customHeight="1" ht="65">
       <c r="A98" s="6" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="B98" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C98" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D98" s="6">
         <v>0</v>
       </c>
       <c r="E98" s="6">
-        <v>21000001635</v>
+        <v>21000802820</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I98" s="6">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="J98" s="10" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="10" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="M98" s="6" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O98" s="6">
-        <v>108916.5</v>
+        <v>114400.01</v>
       </c>
       <c r="P98" s="6"/>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="65">
       <c r="A99" s="6" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="B99" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C99" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D99" s="6">
         <v>0</v>
       </c>
       <c r="E99" s="6">
-        <v>21000000548</v>
+        <v>21000001021</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>105</v>
+        <v>35</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I99" s="6">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="J99" s="10" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="10" t="s">
-        <v>318</v>
+        <v>37</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O99" s="6">
-        <v>26512</v>
+        <v>246510.04</v>
       </c>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="B100" s="6">
         <v>0</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
-      <c r="E100" s="6" t="s">
-        <v>354</v>
+      <c r="E100" s="6">
+        <v>21000804962</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I100" s="6">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="J100" s="10" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="K100" s="6" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L100" s="10" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O100" s="6">
-        <v>80999.96</v>
+        <v>320540.02</v>
       </c>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="B101" s="6">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="C101" s="6">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6">
-        <v>21000001916</v>
+        <v>21000001022</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I101" s="6">
-        <v>72</v>
+        <v>154</v>
       </c>
       <c r="J101" s="10" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="10" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O101" s="6">
-        <v>76120</v>
+        <v>263881.66</v>
       </c>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6">
-        <v>21000080484</v>
+        <v>21000001020</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I102" s="6">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="J102" s="10" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="10" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="M102" s="6" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O102" s="6">
-        <v>77291.5</v>
+        <v>215710.03</v>
       </c>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="B103" s="6">
         <v>0</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
       <c r="E103" s="6">
-        <v>21000801864</v>
+        <v>21000807561</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I103" s="6">
-        <v>33</v>
+        <v>92</v>
       </c>
       <c r="J103" s="10" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="10" t="s">
-        <v>112</v>
+        <v>58</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O103" s="6">
-        <v>46226.4</v>
+        <v>107690.01</v>
       </c>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="B104" s="6">
         <v>0</v>
       </c>
       <c r="C104" s="6">
         <v>0</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
       <c r="E104" s="6">
-        <v>21001802093</v>
+        <v>21000802090</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G104" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H104" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I104" s="6">
-        <v>0</v>
+        <v>116</v>
       </c>
       <c r="J104" s="10" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="K104" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O104" s="6">
-        <v>160490</v>
+        <v>174240.02</v>
       </c>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="B105" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="C105" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
-      <c r="E105" s="6" t="s">
-        <v>370</v>
+      <c r="E105" s="6">
+        <v>21000802017</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G105" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>53</v>
+        <v>224</v>
       </c>
       <c r="I105" s="6">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="J105" s="10" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="K105" s="6" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L105" s="10" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="M105" s="6" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O105" s="6"/>
+      <c r="O105" s="6">
+        <v>60502.2</v>
+      </c>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="B106" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C106" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
-      <c r="E106" s="6" t="s">
-        <v>374</v>
+      <c r="E106" s="6">
+        <v>21000802018</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G106" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H106" s="6" t="s">
-        <v>53</v>
+        <v>224</v>
       </c>
       <c r="I106" s="6">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="J106" s="10" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="K106" s="6" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L106" s="10" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="M106" s="6" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O106" s="6"/>
+      <c r="O106" s="6">
+        <v>71832.2</v>
+      </c>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B107" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="C107" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
-      <c r="E107" s="6" t="s">
-        <v>378</v>
+      <c r="E107" s="6">
+        <v>21000802694</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G107" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>53</v>
+        <v>224</v>
       </c>
       <c r="I107" s="6">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="J107" s="10" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="K107" s="6" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="L107" s="10" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="M107" s="6" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O107" s="6"/>
+      <c r="O107" s="6">
+        <v>75240</v>
+      </c>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="B108" s="6">
         <v>0</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6">
-        <v>21000002983</v>
+        <v>21000802015</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I108" s="6">
-        <v>171</v>
+        <v>85</v>
       </c>
       <c r="J108" s="10" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="K108" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="10" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O108" s="6">
-        <v>245740</v>
+        <v>87010.01</v>
       </c>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B109" s="6">
         <v>0</v>
       </c>
       <c r="C109" s="6">
         <v>0</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6">
-        <v>21001805755</v>
+        <v>21000802692</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>64</v>
+        <v>109</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H109" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I109" s="6">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="10" t="s">
-        <v>64</v>
+        <v>109</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O109" s="6">
-        <v>151371.01</v>
+        <v>86031.02</v>
       </c>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B110" s="6">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="C110" s="6">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6">
-        <v>21000000215</v>
+        <v>21000802012</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>39</v>
+        <v>109</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H110" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I110" s="6">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="10" t="s">
-        <v>39</v>
+        <v>109</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O110" s="6">
-        <v>44330.01</v>
+        <v>107355.33</v>
       </c>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="B111" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C111" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6">
-        <v>21000001428</v>
+        <v>21000802107</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I111" s="6">
         <v>0</v>
       </c>
       <c r="J111" s="10" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="10" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O111" s="6">
-        <v>260810</v>
+        <v>117612.02</v>
       </c>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B112" s="6">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="C112" s="6">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
       <c r="E112" s="6">
-        <v>21000802780</v>
+        <v>21000802111</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H112" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I112" s="6">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="J112" s="10" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="K112" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="10" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O112" s="6">
-        <v>55517</v>
+        <v>145582.14</v>
       </c>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="B113" s="6">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="C113" s="6">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D113" s="6">
         <v>0</v>
       </c>
       <c r="E113" s="6">
-        <v>21000802695</v>
+        <v>21000802690</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="G113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H113" s="6" t="s">
-        <v>272</v>
+        <v>224</v>
       </c>
       <c r="I113" s="6">
         <v>0</v>
       </c>
       <c r="J113" s="10" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="K113" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="10" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="M113" s="6" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O113" s="6">
-        <v>55517</v>
+        <v>39820.01</v>
       </c>
       <c r="P113" s="6"/>
     </row>
     <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B114" s="6">
         <v>0</v>
       </c>
       <c r="C114" s="6">
         <v>0</v>
       </c>
       <c r="D114" s="6">
         <v>0</v>
       </c>
       <c r="E114" s="6">
-        <v>21000803570</v>
+        <v>21000807546</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>105</v>
+        <v>164</v>
       </c>
       <c r="G114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H114" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I114" s="6">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="J114" s="10" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="K114" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L114" s="10" t="s">
-        <v>107</v>
+        <v>164</v>
       </c>
       <c r="M114" s="6" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O114" s="6">
-        <v>34760</v>
+        <v>86031.02</v>
       </c>
       <c r="P114" s="6"/>
     </row>
     <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="B115" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C115" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D115" s="6">
         <v>0</v>
       </c>
       <c r="E115" s="6">
-        <v>21000801867</v>
+        <v>21001802693</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H115" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I115" s="6">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J115" s="10" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="K115" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L115" s="10" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="M115" s="6" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O115" s="6">
-        <v>40901.3</v>
+        <v>132880.02</v>
       </c>
       <c r="P115" s="6"/>
     </row>
     <row r="116" spans="1:16" customHeight="1" ht="65">
       <c r="A116" s="6" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="B116" s="6">
         <v>0</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6">
-        <v>21000802092</v>
+        <v>21001802009</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H116" s="6" t="s">
-        <v>23</v>
+        <v>224</v>
       </c>
       <c r="I116" s="6">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="J116" s="10" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="K116" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="10" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="M116" s="6" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O116" s="6">
-        <v>37070</v>
+        <v>157784.02</v>
       </c>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="B117" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C117" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6">
-        <v>21000802821</v>
+        <v>21000001645</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I117" s="6">
-        <v>94</v>
+        <v>58.2</v>
       </c>
       <c r="J117" s="10" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="K117" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="10" t="s">
-        <v>45</v>
+        <v>88</v>
       </c>
       <c r="M117" s="6" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O117" s="6">
-        <v>131010</v>
+        <v>58080.01</v>
       </c>
       <c r="P117" s="6"/>
     </row>
-    <row r="118" spans="1:16" customHeight="1" ht="65">
+    <row r="118" spans="1:16">
       <c r="A118" s="6" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B118" s="6">
         <v>0</v>
       </c>
       <c r="C118" s="6">
         <v>0</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
-      <c r="E118" s="6">
-        <v>21000802822</v>
+      <c r="E118" s="6" t="s">
+        <v>417</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I118" s="6">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J118" s="10"/>
       <c r="K118" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L118" s="10" t="s">
-        <v>45</v>
+        <v>93</v>
       </c>
       <c r="M118" s="6" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O118" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O118" s="6"/>
       <c r="P118" s="6"/>
     </row>
-    <row r="119" spans="1:16" customHeight="1" ht="65">
+    <row r="119" spans="1:16">
       <c r="A119" s="6" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="B119" s="6">
         <v>0</v>
       </c>
       <c r="C119" s="6">
         <v>0</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
-      <c r="E119" s="6">
-        <v>21000007748</v>
+      <c r="E119" s="6" t="s">
+        <v>420</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I119" s="6">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J119" s="10"/>
       <c r="K119" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L119" s="10" t="s">
-        <v>45</v>
+        <v>93</v>
       </c>
       <c r="M119" s="6" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O119" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O119" s="6"/>
       <c r="P119" s="6"/>
     </row>
-    <row r="120" spans="1:16" customHeight="1" ht="65">
+    <row r="120" spans="1:16">
       <c r="A120" s="6" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="B120" s="6">
         <v>0</v>
       </c>
       <c r="C120" s="6">
         <v>0</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
-      <c r="E120" s="6">
-        <v>21000802786</v>
+      <c r="E120" s="6" t="s">
+        <v>423</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>140</v>
+        <v>91</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H120" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I120" s="6">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J120" s="10"/>
       <c r="K120" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L120" s="10" t="s">
-        <v>140</v>
+        <v>93</v>
       </c>
       <c r="M120" s="6" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O120" s="6">
-        <v>86031.01</v>
+        <v>37310.58</v>
       </c>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="B121" s="6">
         <v>0</v>
       </c>
       <c r="C121" s="6">
         <v>0</v>
       </c>
       <c r="D121" s="6">
         <v>0</v>
       </c>
       <c r="E121" s="6">
-        <v>21000001427</v>
+        <v>21000002880</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H121" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I121" s="6">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="J121" s="10" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="K121" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L121" s="10" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O121" s="6">
-        <v>170610</v>
+        <v>166980.02</v>
       </c>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="65">
       <c r="A122" s="6" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B122" s="6">
         <v>0</v>
       </c>
       <c r="C122" s="6">
         <v>0</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
-      <c r="E122" s="6">
-        <v>21000802117</v>
+      <c r="E122" s="6" t="s">
+        <v>429</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H122" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I122" s="6">
-        <v>56</v>
+        <v>99.5</v>
       </c>
       <c r="J122" s="10" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="K122" s="6" t="s">
-        <v>25</v>
+        <v>143</v>
       </c>
       <c r="L122" s="10" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="M122" s="6" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O122" s="6">
-        <v>60502.19</v>
+        <v>152061.53</v>
       </c>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
       <c r="E123" s="6">
-        <v>21000007760</v>
+        <v>21000002787</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I123" s="6">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="J123" s="10" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="K123" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L123" s="10" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O123" s="6">
-        <v>260810</v>
+        <v>85250.01</v>
       </c>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="B124" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C124" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
       <c r="E124" s="6">
-        <v>21000802820</v>
+        <v>21000007017</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I124" s="6">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="J124" s="10" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L124" s="10" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O124" s="6">
-        <v>114400</v>
+        <v>104280</v>
       </c>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="B125" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C125" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6">
-        <v>21000001021</v>
+        <v>21000002771</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H125" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I125" s="6">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="J125" s="10" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="K125" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="10" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O125" s="6">
-        <v>246510</v>
+        <v>96360</v>
       </c>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
       <c r="E126" s="6">
-        <v>21000804962</v>
+        <v>21000002791</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I126" s="6">
-        <v>212</v>
+        <v>103</v>
       </c>
       <c r="J126" s="10" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="K126" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L126" s="10" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="M126" s="6" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O126" s="6">
-        <v>320540</v>
+        <v>116270.01</v>
       </c>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="B127" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C127" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6">
-        <v>21000001022</v>
+        <v>21000080486</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="G127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I127" s="6">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="J127" s="10" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="K127" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L127" s="10" t="s">
-        <v>45</v>
+        <v>88</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O127" s="6">
-        <v>245410</v>
+        <v>58080.01</v>
       </c>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
       <c r="E128" s="6">
-        <v>21000001020</v>
+        <v>21000080437</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H128" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I128" s="6">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="K128" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L128" s="10" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O128" s="6">
-        <v>215710</v>
+        <v>38060.01</v>
       </c>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6">
-        <v>21000807561</v>
+        <v>21000080470</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I129" s="6">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="K129" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L129" s="10" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O129" s="6">
-        <v>107690</v>
+        <v>36410</v>
       </c>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
       <c r="E130" s="6">
-        <v>21000802090</v>
+        <v>21000080421</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I130" s="6">
-        <v>116</v>
+        <v>40</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="K130" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L130" s="10" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="M130" s="6" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O130" s="6">
-        <v>174240</v>
+        <v>49500</v>
       </c>
       <c r="P130" s="6"/>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="65">
       <c r="A131" s="6" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="B131" s="6">
         <v>0</v>
       </c>
       <c r="C131" s="6">
         <v>0</v>
       </c>
       <c r="D131" s="6">
         <v>0</v>
       </c>
       <c r="E131" s="6">
-        <v>21000802017</v>
+        <v>21000080469</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H131" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I131" s="6">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="J131" s="10" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="K131" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L131" s="10" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="M131" s="6" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O131" s="6">
-        <v>60502.19</v>
+        <v>53020</v>
       </c>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16" customHeight="1" ht="65">
       <c r="A132" s="6" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="B132" s="6">
         <v>1</v>
       </c>
       <c r="C132" s="6">
         <v>1</v>
       </c>
       <c r="D132" s="6">
         <v>0</v>
       </c>
       <c r="E132" s="6">
-        <v>21000802018</v>
+        <v>21000080417</v>
       </c>
       <c r="F132" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H132" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I132" s="6">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="J132" s="10" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="K132" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L132" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M132" s="6" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O132" s="6">
-        <v>71832.19</v>
+        <v>61380.01</v>
       </c>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
       <c r="E133" s="6">
-        <v>21000802694</v>
+        <v>21000080341</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H133" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I133" s="6">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="J133" s="10" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="K133" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L133" s="10" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="M133" s="6" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O133" s="6">
-        <v>75240</v>
+        <v>93049</v>
       </c>
       <c r="P133" s="6"/>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="65">
       <c r="A134" s="6" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="B134" s="6">
         <v>0</v>
       </c>
       <c r="C134" s="6">
         <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
       <c r="E134" s="6">
-        <v>21000802788</v>
+        <v>21000080342</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I134" s="6">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="J134" s="10" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="K134" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L134" s="10" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="M134" s="6" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O134" s="6">
-        <v>75240</v>
+        <v>100430.01</v>
       </c>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B135" s="6">
         <v>0</v>
       </c>
       <c r="C135" s="6">
         <v>0</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
       <c r="E135" s="6">
-        <v>21000802015</v>
+        <v>21000180343</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H135" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I135" s="6">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="J135" s="10" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="K135" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L135" s="10" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="M135" s="6" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O135" s="6">
-        <v>87010</v>
+        <v>134310.02</v>
       </c>
       <c r="P135" s="6"/>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="B136" s="6">
         <v>0</v>
       </c>
       <c r="C136" s="6">
         <v>0</v>
       </c>
       <c r="D136" s="6">
         <v>0</v>
       </c>
-      <c r="E136" s="6">
-        <v>21000802789</v>
+      <c r="E136" s="6" t="s">
+        <v>472</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G136" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I136" s="6">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="J136" s="10" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="K136" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L136" s="10" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="M136" s="6" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O136" s="6">
-        <v>87010</v>
+        <v>159720.02</v>
       </c>
       <c r="P136" s="6"/>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="B137" s="6">
         <v>0</v>
       </c>
       <c r="C137" s="6">
         <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6">
-        <v>21000802692</v>
+        <v>21000001429</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="G137" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H137" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I137" s="6">
-        <v>0</v>
+        <v>181</v>
       </c>
       <c r="J137" s="10" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="K137" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L137" s="10" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="M137" s="6" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O137" s="6">
-        <v>86031.01</v>
+        <v>294030.02</v>
       </c>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="B138" s="6">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <v>0</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6">
-        <v>21000802012</v>
+        <v>21000001767</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>140</v>
+        <v>164</v>
       </c>
       <c r="G138" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H138" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I138" s="6">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="J138" s="10" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="K138" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L138" s="10" t="s">
-        <v>140</v>
+        <v>164</v>
       </c>
       <c r="M138" s="6" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O138" s="6">
-        <v>100913.99</v>
+        <v>88451.02</v>
       </c>
       <c r="P138" s="6"/>
     </row>
     <row r="139" spans="1:16" customHeight="1" ht="65">
       <c r="A139" s="6" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="B139" s="6">
         <v>0</v>
       </c>
       <c r="C139" s="6">
         <v>0</v>
       </c>
       <c r="D139" s="6">
         <v>0</v>
       </c>
-      <c r="E139" s="6">
-        <v>21000802107</v>
+      <c r="E139" s="6" t="s">
+        <v>482</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>64</v>
+        <v>252</v>
       </c>
       <c r="G139" s="10" t="s">
-        <v>22</v>
+        <v>483</v>
       </c>
       <c r="H139" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I139" s="6">
-        <v>0</v>
+        <v>115</v>
       </c>
       <c r="J139" s="10" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>25</v>
+        <v>485</v>
       </c>
       <c r="L139" s="10" t="s">
-        <v>64</v>
+        <v>254</v>
       </c>
       <c r="M139" s="6" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O139" s="6">
-        <v>117612</v>
+        <v>378820.04</v>
       </c>
       <c r="P139" s="6"/>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="65">
       <c r="A140" s="6" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="B140" s="6">
         <v>0</v>
       </c>
       <c r="C140" s="6">
         <v>0</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6">
-        <v>21000802111</v>
+        <v>21000001426</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H140" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I140" s="6">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="J140" s="10" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="K140" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L140" s="10" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="M140" s="6" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O140" s="6">
-        <v>138303</v>
+        <v>153560.02</v>
       </c>
       <c r="P140" s="6"/>
     </row>
     <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="B141" s="6">
         <v>0</v>
       </c>
       <c r="C141" s="6">
         <v>0</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
       <c r="E141" s="6">
-        <v>21000802690</v>
+        <v>21000802501</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H141" s="6" t="s">
-        <v>272</v>
+        <v>23</v>
       </c>
       <c r="I141" s="6">
         <v>0</v>
       </c>
       <c r="J141" s="10" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="K141" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L141" s="10" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="M141" s="6" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O141" s="6">
-        <v>39820</v>
+        <v>175329.01</v>
       </c>
       <c r="P141" s="6"/>
     </row>
     <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="B142" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C142" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D142" s="6">
         <v>0</v>
       </c>
       <c r="E142" s="6">
-        <v>21000807546</v>
+        <v>21000001922</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G142" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I142" s="6">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="J142" s="10" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="K142" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L142" s="10" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="M142" s="6" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O142" s="6">
-        <v>86031.01</v>
+        <v>161040.01</v>
       </c>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
-      <c r="E143" s="6">
-        <v>21001802693</v>
+      <c r="E143" s="6" t="s">
+        <v>497</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G143" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H143" s="6" t="s">
-        <v>272</v>
+        <v>42</v>
       </c>
       <c r="I143" s="6">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J143" s="10" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
       <c r="K143" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L143" s="10" t="s">
-        <v>64</v>
+        <v>206</v>
       </c>
       <c r="M143" s="6" t="s">
-        <v>488</v>
+        <v>499</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O143" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O143" s="6"/>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16" customHeight="1" ht="65">
       <c r="A144" s="6" t="s">
-        <v>489</v>
+        <v>500</v>
       </c>
       <c r="B144" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C144" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
-      <c r="E144" s="6">
-        <v>21001802009</v>
+      <c r="E144" s="6" t="s">
+        <v>501</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G144" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H144" s="6" t="s">
-        <v>272</v>
+        <v>42</v>
       </c>
       <c r="I144" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J144" s="10" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
       <c r="K144" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L144" s="10" t="s">
-        <v>64</v>
+        <v>206</v>
       </c>
       <c r="M144" s="6" t="s">
-        <v>491</v>
+        <v>503</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O144" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O144" s="6"/>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
-        <v>492</v>
+        <v>504</v>
       </c>
       <c r="B145" s="6">
         <v>0</v>
       </c>
       <c r="C145" s="6">
         <v>0</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
-      <c r="E145" s="6">
-        <v>21001802785</v>
+      <c r="E145" s="6" t="s">
+        <v>505</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I145" s="6">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J145" s="10" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="K145" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L145" s="10" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="M145" s="6" t="s">
-        <v>494</v>
+        <v>507</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O145" s="6">
-        <v>157783.99</v>
+        <v>147730.02</v>
       </c>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
-        <v>495</v>
+        <v>508</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
-      <c r="E146" s="6">
-        <v>21000001645</v>
+      <c r="E146" s="6" t="s">
+        <v>509</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>100</v>
+        <v>164</v>
       </c>
       <c r="G146" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H146" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I146" s="6">
-        <v>58.2</v>
+        <v>10</v>
       </c>
       <c r="J146" s="10" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="K146" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L146" s="10" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="M146" s="6" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O146" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O146" s="6"/>
       <c r="P146" s="6"/>
     </row>
     <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="B147" s="6">
         <v>0</v>
       </c>
       <c r="C147" s="6">
         <v>0</v>
       </c>
       <c r="D147" s="6">
         <v>0</v>
       </c>
-      <c r="E147" s="6">
-        <v>21000005762</v>
+      <c r="E147" s="6" t="s">
+        <v>513</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>35</v>
+        <v>252</v>
       </c>
       <c r="G147" s="10" t="s">
-        <v>22</v>
+        <v>483</v>
       </c>
       <c r="H147" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I147" s="6">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="J147" s="10" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="K147" s="6" t="s">
-        <v>25</v>
+        <v>485</v>
       </c>
       <c r="L147" s="10" t="s">
-        <v>35</v>
+        <v>254</v>
       </c>
       <c r="M147" s="6" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="N147" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O147" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O147" s="6"/>
       <c r="P147" s="6"/>
     </row>
     <row r="148" spans="1:16" customHeight="1" ht="65">
       <c r="A148" s="6" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="B148" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C148" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D148" s="6">
         <v>0</v>
       </c>
-      <c r="E148" s="6" t="s">
-        <v>502</v>
+      <c r="E148" s="6">
+        <v>21000003043</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H148" s="6" t="s">
-        <v>503</v>
+        <v>23</v>
       </c>
       <c r="I148" s="6">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="J148" s="10" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="K148" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L148" s="10" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="M148" s="6" t="s">
-        <v>505</v>
+        <v>518</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O148" s="6">
-        <v>166601.01</v>
+        <v>149380.02</v>
       </c>
       <c r="P148" s="6"/>
     </row>
-    <row r="149" spans="1:16">
+    <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
-        <v>506</v>
+        <v>519</v>
       </c>
       <c r="B149" s="6">
         <v>0</v>
       </c>
       <c r="C149" s="6">
         <v>0</v>
       </c>
       <c r="D149" s="6">
         <v>0</v>
       </c>
-      <c r="E149" s="6" t="s">
-        <v>507</v>
+      <c r="E149" s="6">
+        <v>21000002732</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I149" s="6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J149" s="10"/>
+        <v>96</v>
+      </c>
+      <c r="J149" s="10" t="s">
+        <v>520</v>
+      </c>
       <c r="K149" s="6" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="L149" s="10" t="s">
-        <v>107</v>
+        <v>37</v>
       </c>
       <c r="M149" s="6" t="s">
-        <v>508</v>
+        <v>521</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O149" s="6"/>
+      <c r="O149" s="6">
+        <v>144980.02</v>
+      </c>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="B150" s="6">
         <v>0</v>
       </c>
       <c r="C150" s="6">
         <v>0</v>
       </c>
       <c r="D150" s="6">
         <v>0</v>
       </c>
-      <c r="E150" s="6">
-        <v>21000007741</v>
+      <c r="E150" s="6" t="s">
+        <v>523</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="G150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I150" s="6">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="J150" s="10" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="K150" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L150" s="10" t="s">
-        <v>45</v>
+        <v>93</v>
       </c>
       <c r="M150" s="6" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O150" s="6">
-        <v>114400</v>
+        <v>149930.01</v>
       </c>
       <c r="P150" s="6"/>
     </row>
-    <row r="151" spans="1:16">
+    <row r="151" spans="1:16" customHeight="1" ht="65">
       <c r="A151" s="6" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
       <c r="B151" s="6">
         <v>0</v>
       </c>
       <c r="C151" s="6">
         <v>0</v>
       </c>
       <c r="D151" s="6">
         <v>0</v>
       </c>
-      <c r="E151" s="6" t="s">
-        <v>513</v>
+      <c r="E151" s="6">
+        <v>21000002981</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>105</v>
+        <v>35</v>
       </c>
       <c r="G151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H151" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I151" s="6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J151" s="10"/>
+        <v>144</v>
+      </c>
+      <c r="J151" s="10" t="s">
+        <v>527</v>
+      </c>
       <c r="K151" s="6" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="L151" s="10" t="s">
-        <v>107</v>
+        <v>37</v>
       </c>
       <c r="M151" s="6" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O151" s="6"/>
+      <c r="O151" s="6">
+        <v>221100.02</v>
+      </c>
       <c r="P151" s="6"/>
     </row>
-    <row r="152" spans="1:16">
+    <row r="152" spans="1:16" customHeight="1" ht="65">
       <c r="A152" s="6" t="s">
-        <v>515</v>
+        <v>529</v>
       </c>
       <c r="B152" s="6">
         <v>0</v>
       </c>
       <c r="C152" s="6">
         <v>0</v>
       </c>
       <c r="D152" s="6">
         <v>0</v>
       </c>
       <c r="E152" s="6" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>105</v>
+        <v>185</v>
       </c>
       <c r="G152" s="10" t="s">
-        <v>22</v>
+        <v>483</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I152" s="6">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J152" s="10"/>
+        <v>99</v>
+      </c>
+      <c r="J152" s="10" t="s">
+        <v>531</v>
+      </c>
       <c r="K152" s="6" t="s">
-        <v>32</v>
+        <v>485</v>
       </c>
       <c r="L152" s="10" t="s">
-        <v>107</v>
+        <v>187</v>
       </c>
       <c r="M152" s="6" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="N152" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O152" s="6">
-        <v>36578.99</v>
+        <v>362408.22</v>
       </c>
       <c r="P152" s="6"/>
     </row>
     <row r="153" spans="1:16" customHeight="1" ht="65">
       <c r="A153" s="6" t="s">
-        <v>518</v>
+        <v>533</v>
       </c>
       <c r="B153" s="6">
         <v>0</v>
       </c>
       <c r="C153" s="6">
         <v>0</v>
       </c>
       <c r="D153" s="6">
         <v>0</v>
       </c>
       <c r="E153" s="6">
-        <v>21000002880</v>
+        <v>21000003118</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G153" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H153" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I153" s="6">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="J153" s="10" t="s">
-        <v>519</v>
+        <v>534</v>
       </c>
       <c r="K153" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="10" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="M153" s="6" t="s">
-        <v>520</v>
+        <v>535</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O153" s="6">
-        <v>166980</v>
+        <v>108900.01</v>
       </c>
       <c r="P153" s="6"/>
     </row>
     <row r="154" spans="1:16" customHeight="1" ht="65">
       <c r="A154" s="6" t="s">
-        <v>521</v>
+        <v>536</v>
       </c>
       <c r="B154" s="6">
         <v>0</v>
       </c>
       <c r="C154" s="6">
         <v>0</v>
       </c>
       <c r="D154" s="6">
         <v>0</v>
       </c>
       <c r="E154" s="6">
-        <v>21001802784</v>
+        <v>21000003125</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I154" s="6">
-        <v>87</v>
+        <v>120</v>
       </c>
       <c r="J154" s="10" t="s">
-        <v>522</v>
+        <v>537</v>
       </c>
       <c r="K154" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="10" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="M154" s="6" t="s">
-        <v>523</v>
+        <v>538</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O154" s="6">
-        <v>132858</v>
+        <v>147730.02</v>
       </c>
       <c r="P154" s="6"/>
     </row>
     <row r="155" spans="1:16" customHeight="1" ht="65">
       <c r="A155" s="6" t="s">
-        <v>524</v>
+        <v>539</v>
       </c>
       <c r="B155" s="6">
         <v>0</v>
       </c>
       <c r="C155" s="6">
         <v>0</v>
       </c>
       <c r="D155" s="6">
         <v>0</v>
       </c>
-      <c r="E155" s="6" t="s">
-        <v>525</v>
+      <c r="E155" s="6">
+        <v>21000009702</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="G155" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H155" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I155" s="6">
-        <v>99.5</v>
+        <v>0</v>
       </c>
       <c r="J155" s="10" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="K155" s="6" t="s">
-        <v>177</v>
+        <v>25</v>
       </c>
       <c r="L155" s="10" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="M155" s="6" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="N155" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O155" s="6">
-        <v>149079.93</v>
+        <v>96580.01</v>
       </c>
       <c r="P155" s="6"/>
     </row>
     <row r="156" spans="1:16" customHeight="1" ht="65">
       <c r="A156" s="6" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="B156" s="6">
         <v>0</v>
       </c>
       <c r="C156" s="6">
         <v>0</v>
       </c>
       <c r="D156" s="6">
         <v>0</v>
       </c>
       <c r="E156" s="6">
-        <v>21000002787</v>
+        <v>21000001850</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G156" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H156" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I156" s="6">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="J156" s="10" t="s">
-        <v>529</v>
+        <v>543</v>
       </c>
       <c r="K156" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L156" s="10" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="M156" s="6" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
       <c r="N156" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O156" s="6">
-        <v>85250</v>
+        <v>42020</v>
       </c>
       <c r="P156" s="6"/>
     </row>
     <row r="157" spans="1:16" customHeight="1" ht="65">
       <c r="A157" s="6" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="B157" s="6">
         <v>0</v>
       </c>
       <c r="C157" s="6">
         <v>0</v>
       </c>
       <c r="D157" s="6">
         <v>0</v>
       </c>
-      <c r="E157" s="6">
-        <v>21000007017</v>
+      <c r="E157" s="6" t="s">
+        <v>546</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G157" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H157" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I157" s="6">
-        <v>93</v>
+        <v>155</v>
       </c>
       <c r="J157" s="10" t="s">
-        <v>532</v>
+        <v>547</v>
       </c>
       <c r="K157" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L157" s="10" t="s">
-        <v>21</v>
+        <v>273</v>
       </c>
       <c r="M157" s="6" t="s">
-        <v>533</v>
+        <v>548</v>
       </c>
       <c r="N157" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O157" s="6">
-        <v>104280</v>
+        <v>279664.09</v>
       </c>
       <c r="P157" s="6"/>
     </row>
     <row r="158" spans="1:16" customHeight="1" ht="65">
       <c r="A158" s="6" t="s">
-        <v>534</v>
+        <v>549</v>
       </c>
       <c r="B158" s="6">
         <v>0</v>
       </c>
       <c r="C158" s="6">
         <v>0</v>
       </c>
       <c r="D158" s="6">
         <v>0</v>
       </c>
       <c r="E158" s="6">
-        <v>21000002771</v>
+        <v>21000001968</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G158" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H158" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I158" s="6">
-        <v>83</v>
+        <v>187</v>
       </c>
       <c r="J158" s="10" t="s">
-        <v>535</v>
+        <v>550</v>
       </c>
       <c r="K158" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="10" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="M158" s="6" t="s">
-        <v>536</v>
+        <v>551</v>
       </c>
       <c r="N158" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O158" s="6">
-        <v>96360</v>
+        <v>270710.03</v>
       </c>
       <c r="P158" s="6"/>
     </row>
     <row r="159" spans="1:16" customHeight="1" ht="65">
       <c r="A159" s="6" t="s">
-        <v>537</v>
+        <v>552</v>
       </c>
       <c r="B159" s="6">
         <v>0</v>
       </c>
       <c r="C159" s="6">
         <v>0</v>
       </c>
       <c r="D159" s="6">
         <v>0</v>
       </c>
       <c r="E159" s="6">
-        <v>21000002791</v>
+        <v>11686</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G159" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H159" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I159" s="6">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="J159" s="10" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
       <c r="K159" s="6" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="L159" s="10" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="M159" s="6" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="N159" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O159" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O159" s="6"/>
       <c r="P159" s="6"/>
     </row>
-    <row r="160" spans="1:16">
+    <row r="160" spans="1:16" customHeight="1" ht="65">
       <c r="A160" s="6" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="B160" s="6">
         <v>0</v>
       </c>
       <c r="C160" s="6">
         <v>0</v>
       </c>
       <c r="D160" s="6">
         <v>0</v>
       </c>
-      <c r="E160" s="6">
-        <v>21000807549</v>
+      <c r="E160" s="6" t="s">
+        <v>556</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>35</v>
+        <v>109</v>
       </c>
       <c r="G160" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H160" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I160" s="6">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="J160" s="10" t="s">
-        <v>541</v>
+        <v>557</v>
       </c>
       <c r="K160" s="6" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="L160" s="10" t="s">
-        <v>35</v>
+        <v>109</v>
       </c>
       <c r="M160" s="6" t="s">
-        <v>542</v>
+        <v>558</v>
       </c>
       <c r="N160" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O160" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O160" s="6"/>
       <c r="P160" s="6"/>
     </row>
     <row r="161" spans="1:16" customHeight="1" ht="65">
       <c r="A161" s="6" t="s">
-        <v>543</v>
+        <v>559</v>
       </c>
       <c r="B161" s="6">
         <v>0</v>
       </c>
       <c r="C161" s="6">
         <v>0</v>
       </c>
       <c r="D161" s="6">
         <v>0</v>
       </c>
-      <c r="E161" s="6">
-        <v>21000080486</v>
+      <c r="E161" s="6" t="s">
+        <v>560</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>100</v>
+        <v>252</v>
       </c>
       <c r="G161" s="10" t="s">
-        <v>22</v>
+        <v>483</v>
       </c>
       <c r="H161" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I161" s="6">
-        <v>58</v>
+        <v>99</v>
       </c>
       <c r="J161" s="10" t="s">
-        <v>544</v>
+        <v>561</v>
       </c>
       <c r="K161" s="6" t="s">
-        <v>25</v>
+        <v>485</v>
       </c>
       <c r="L161" s="10" t="s">
-        <v>102</v>
+        <v>254</v>
       </c>
       <c r="M161" s="6" t="s">
-        <v>545</v>
+        <v>562</v>
       </c>
       <c r="N161" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O161" s="6">
-        <v>58080</v>
+        <v>289233.86</v>
       </c>
       <c r="P161" s="6"/>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="65">
       <c r="A162" s="6" t="s">
-        <v>546</v>
+        <v>563</v>
       </c>
       <c r="B162" s="6">
         <v>0</v>
       </c>
       <c r="C162" s="6">
         <v>0</v>
       </c>
       <c r="D162" s="6">
         <v>0</v>
       </c>
-      <c r="E162" s="6">
-        <v>21000080437</v>
+      <c r="E162" s="6" t="s">
+        <v>564</v>
       </c>
       <c r="F162" s="9" t="s">
-        <v>112</v>
+        <v>30</v>
       </c>
       <c r="G162" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H162" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I162" s="6">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="J162" s="10" t="s">
-        <v>547</v>
+        <v>565</v>
       </c>
       <c r="K162" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L162" s="10" t="s">
-        <v>112</v>
+        <v>30</v>
       </c>
       <c r="M162" s="6" t="s">
-        <v>548</v>
+        <v>566</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O162" s="6">
-        <v>38060</v>
+        <v>120971.48</v>
       </c>
       <c r="P162" s="6"/>
     </row>
-    <row r="163" spans="1:16" customHeight="1" ht="65">
+    <row r="163" spans="1:16">
       <c r="A163" s="6" t="s">
-        <v>549</v>
+        <v>567</v>
       </c>
       <c r="B163" s="6">
         <v>0</v>
       </c>
       <c r="C163" s="6">
         <v>0</v>
       </c>
       <c r="D163" s="6">
         <v>0</v>
       </c>
-      <c r="E163" s="6">
-        <v>21000080470</v>
+      <c r="E163" s="6" t="s">
+        <v>568</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>112</v>
+        <v>30</v>
       </c>
       <c r="G163" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H163" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I163" s="6">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="J163" s="10" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="K163" s="6" t="s">
-        <v>25</v>
+        <v>192</v>
       </c>
       <c r="L163" s="10" t="s">
-        <v>112</v>
+        <v>30</v>
       </c>
       <c r="M163" s="6" t="s">
-        <v>551</v>
+        <v>570</v>
       </c>
       <c r="N163" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O163" s="6">
-        <v>36410</v>
+        <v>110855.28</v>
       </c>
       <c r="P163" s="6"/>
     </row>
     <row r="164" spans="1:16" customHeight="1" ht="65">
       <c r="A164" s="6" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
       <c r="B164" s="6">
         <v>0</v>
       </c>
       <c r="C164" s="6">
         <v>0</v>
       </c>
       <c r="D164" s="6">
         <v>0</v>
       </c>
       <c r="E164" s="6">
-        <v>21000080421</v>
+        <v>21000005391</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>112</v>
+        <v>35</v>
       </c>
       <c r="G164" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I164" s="6">
-        <v>40</v>
+        <v>206</v>
       </c>
       <c r="J164" s="10" t="s">
-        <v>553</v>
+        <v>572</v>
       </c>
       <c r="K164" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="10" t="s">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="M164" s="6" t="s">
-        <v>554</v>
+        <v>573</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O164" s="6">
-        <v>49500</v>
+        <v>320760.03</v>
       </c>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
-        <v>555</v>
+        <v>574</v>
       </c>
       <c r="B165" s="6">
         <v>0</v>
       </c>
       <c r="C165" s="6">
         <v>0</v>
       </c>
       <c r="D165" s="6">
         <v>0</v>
       </c>
       <c r="E165" s="6">
-        <v>21000080469</v>
+        <v>21000002758</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G165" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H165" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I165" s="6">
-        <v>46</v>
+        <v>105</v>
       </c>
       <c r="J165" s="10" t="s">
-        <v>556</v>
+        <v>575</v>
       </c>
       <c r="K165" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="10" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="M165" s="6" t="s">
-        <v>557</v>
+        <v>576</v>
       </c>
       <c r="N165" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O165" s="6">
-        <v>53020</v>
+        <v>112420.01</v>
       </c>
       <c r="P165" s="6"/>
     </row>
     <row r="166" spans="1:16" customHeight="1" ht="65">
       <c r="A166" s="6" t="s">
-        <v>558</v>
+        <v>577</v>
       </c>
       <c r="B166" s="6">
         <v>0</v>
       </c>
       <c r="C166" s="6">
         <v>0</v>
       </c>
       <c r="D166" s="6">
         <v>0</v>
       </c>
       <c r="E166" s="6">
-        <v>21000080417</v>
+        <v>21000801001</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>21</v>
+        <v>185</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I166" s="6">
-        <v>59</v>
+        <v>150</v>
       </c>
       <c r="J166" s="10" t="s">
-        <v>559</v>
+        <v>578</v>
       </c>
       <c r="K166" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="10" t="s">
-        <v>21</v>
+        <v>187</v>
       </c>
       <c r="M166" s="6" t="s">
-        <v>560</v>
+        <v>579</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O166" s="6">
-        <v>61380</v>
+        <v>411158.05</v>
       </c>
       <c r="P166" s="6"/>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="65">
       <c r="A167" s="6" t="s">
-        <v>561</v>
+        <v>580</v>
       </c>
       <c r="B167" s="6">
         <v>0</v>
       </c>
       <c r="C167" s="6">
         <v>0</v>
       </c>
       <c r="D167" s="6">
         <v>0</v>
       </c>
-      <c r="E167" s="6">
-        <v>21000080341</v>
+      <c r="E167" s="6" t="s">
+        <v>581</v>
       </c>
       <c r="F167" s="9" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="G167" s="10" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H167" s="6" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I167" s="6">
-        <v>75</v>
+        <v>137</v>
       </c>
       <c r="J167" s="10" t="s">
-        <v>562</v>
+        <v>582</v>
       </c>
       <c r="K167" s="6" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="L167" s="10" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="M167" s="6" t="s">
-        <v>563</v>
+        <v>583</v>
       </c>
       <c r="N167" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O167" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O167" s="6"/>
       <c r="P167" s="6"/>
     </row>
     <row r="168" spans="1:16" customHeight="1" ht="65">
       <c r="A168" s="6" t="s">
-        <v>564</v>
+        <v>584</v>
       </c>
       <c r="B168" s="6">
         <v>0</v>
       </c>
       <c r="C168" s="6">
         <v>0</v>
       </c>
       <c r="D168" s="6">
         <v>0</v>
       </c>
       <c r="E168" s="6">
-        <v>21000080342</v>
+        <v>21000001501</v>
       </c>
       <c r="F168" s="9" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H168" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I168" s="6">
-        <v>91</v>
+        <v>153</v>
       </c>
       <c r="J168" s="10" t="s">
-        <v>565</v>
+        <v>585</v>
       </c>
       <c r="K168" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="10" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="M168" s="6" t="s">
-        <v>566</v>
+        <v>586</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O168" s="6">
-        <v>100430</v>
+        <v>248820.03</v>
       </c>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
-        <v>567</v>
+        <v>587</v>
       </c>
       <c r="B169" s="6">
         <v>0</v>
       </c>
       <c r="C169" s="6">
         <v>0</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
       <c r="E169" s="6">
-        <v>21000180343</v>
+        <v>21000001327</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H169" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I169" s="6">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J169" s="10" t="s">
-        <v>568</v>
+        <v>588</v>
       </c>
       <c r="K169" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="10" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="M169" s="6" t="s">
-        <v>569</v>
+        <v>589</v>
       </c>
       <c r="N169" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O169" s="6">
-        <v>134310</v>
+        <v>134640.02</v>
       </c>
       <c r="P169" s="6"/>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="65">
       <c r="A170" s="6" t="s">
-        <v>570</v>
+        <v>590</v>
       </c>
       <c r="B170" s="6">
         <v>0</v>
       </c>
       <c r="C170" s="6">
         <v>0</v>
       </c>
       <c r="D170" s="6">
         <v>0</v>
       </c>
       <c r="E170" s="6">
-        <v>21000180345</v>
+        <v>21000802500</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I170" s="6">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="J170" s="10" t="s">
-        <v>571</v>
+        <v>591</v>
       </c>
       <c r="K170" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L170" s="10" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="M170" s="6" t="s">
-        <v>572</v>
+        <v>592</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O170" s="6">
-        <v>159720</v>
+        <v>143825.02</v>
       </c>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="B171" s="6">
         <v>0</v>
       </c>
       <c r="C171" s="6">
         <v>0</v>
       </c>
       <c r="D171" s="6">
         <v>0</v>
       </c>
       <c r="E171" s="6">
-        <v>21000001429</v>
+        <v>21000802011</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="G171" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I171" s="6">
-        <v>181</v>
+        <v>234</v>
       </c>
       <c r="J171" s="10" t="s">
-        <v>574</v>
+        <v>594</v>
       </c>
       <c r="K171" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="10" t="s">
-        <v>45</v>
+        <v>273</v>
       </c>
       <c r="M171" s="6" t="s">
-        <v>575</v>
+        <v>595</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O171" s="6">
-        <v>294030</v>
+        <v>374000.04</v>
       </c>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
-        <v>576</v>
+        <v>596</v>
       </c>
       <c r="B172" s="6">
         <v>0</v>
       </c>
       <c r="C172" s="6">
         <v>0</v>
       </c>
       <c r="D172" s="6">
         <v>0</v>
       </c>
       <c r="E172" s="6">
-        <v>21000001767</v>
+        <v>21000803566</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="G172" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I172" s="6">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="J172" s="10" t="s">
-        <v>577</v>
+        <v>597</v>
       </c>
       <c r="K172" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L172" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="M172" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="N172" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" s="6">
+        <v>39820.01</v>
+      </c>
+      <c r="P172" s="6"/>
+    </row>
+    <row r="173" spans="1:16" customHeight="1" ht="65">
+      <c r="A173" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="B173" s="6">
+        <v>0</v>
+      </c>
+      <c r="C173" s="6">
+        <v>0</v>
+      </c>
+      <c r="D173" s="6">
+        <v>0</v>
+      </c>
+      <c r="E173" s="6">
+        <v>21000805623</v>
+      </c>
+      <c r="F173" s="9" t="s">
         <v>35</v>
-      </c>
-[...28 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I173" s="6">
-        <v>101</v>
+        <v>209</v>
       </c>
       <c r="J173" s="10" t="s">
-        <v>580</v>
+        <v>600</v>
       </c>
       <c r="K173" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L173" s="10" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="M173" s="6" t="s">
-        <v>581</v>
+        <v>601</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O173" s="6">
-        <v>107690</v>
+        <v>330440.03</v>
       </c>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="B174" s="6">
         <v>0</v>
       </c>
       <c r="C174" s="6">
         <v>0</v>
       </c>
       <c r="D174" s="6">
         <v>0</v>
       </c>
       <c r="E174" s="6">
-        <v>21000007761</v>
+        <v>21000801947</v>
       </c>
       <c r="F174" s="9" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H174" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I174" s="6">
-        <v>181</v>
+        <v>72</v>
       </c>
       <c r="J174" s="10" t="s">
-        <v>583</v>
+        <v>603</v>
       </c>
       <c r="K174" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L174" s="10" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="M174" s="6" t="s">
-        <v>584</v>
+        <v>604</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O174" s="6">
-        <v>294030</v>
+        <v>73480.01</v>
       </c>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
-        <v>585</v>
+        <v>605</v>
       </c>
       <c r="B175" s="6">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <v>0</v>
       </c>
       <c r="D175" s="6">
         <v>0</v>
       </c>
-      <c r="E175" s="6" t="s">
-        <v>586</v>
+      <c r="E175" s="6">
+        <v>21000002525</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>306</v>
+        <v>116</v>
       </c>
       <c r="G175" s="10" t="s">
-        <v>587</v>
+        <v>22</v>
       </c>
       <c r="H175" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I175" s="6">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="J175" s="10" t="s">
-        <v>588</v>
+        <v>606</v>
       </c>
       <c r="K175" s="6" t="s">
-        <v>589</v>
+        <v>25</v>
       </c>
       <c r="L175" s="10" t="s">
-        <v>308</v>
+        <v>116</v>
       </c>
       <c r="M175" s="6" t="s">
-        <v>590</v>
+        <v>607</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O175" s="6">
-        <v>295663.51</v>
+        <v>44990.01</v>
       </c>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
-        <v>591</v>
+        <v>608</v>
       </c>
       <c r="B176" s="6">
         <v>0</v>
       </c>
       <c r="C176" s="6">
         <v>0</v>
       </c>
       <c r="D176" s="6">
         <v>0</v>
       </c>
       <c r="E176" s="6">
-        <v>21000001426</v>
+        <v>21000801112</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H176" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I176" s="6">
-        <v>113</v>
+        <v>46</v>
       </c>
       <c r="J176" s="10" t="s">
-        <v>592</v>
+        <v>609</v>
       </c>
       <c r="K176" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L176" s="10" t="s">
-        <v>45</v>
+        <v>116</v>
       </c>
       <c r="M176" s="6" t="s">
-        <v>593</v>
+        <v>610</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O176" s="6">
-        <v>153560</v>
+        <v>61380.01</v>
       </c>
       <c r="P176" s="6"/>
     </row>
     <row r="177" spans="1:16" customHeight="1" ht="65">
       <c r="A177" s="6" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="B177" s="6">
         <v>0</v>
       </c>
       <c r="C177" s="6">
         <v>0</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
       <c r="E177" s="6">
-        <v>21000802501</v>
+        <v>21000806028</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H177" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I177" s="6">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="J177" s="10" t="s">
-        <v>595</v>
+        <v>612</v>
       </c>
       <c r="K177" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L177" s="10" t="s">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="M177" s="6" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="N177" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O177" s="6">
-        <v>175328.99</v>
+        <v>91355</v>
       </c>
       <c r="P177" s="6"/>
     </row>
     <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
-        <v>597</v>
+        <v>614</v>
       </c>
       <c r="B178" s="6">
         <v>0</v>
       </c>
       <c r="C178" s="6">
         <v>0</v>
       </c>
       <c r="D178" s="6">
         <v>0</v>
       </c>
       <c r="E178" s="6">
-        <v>21000001922</v>
+        <v>21001801021</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H178" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I178" s="6">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="J178" s="10" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="K178" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L178" s="10" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="M178" s="6" t="s">
-        <v>599</v>
+        <v>616</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O178" s="6">
-        <v>161040</v>
+        <v>164197.02</v>
       </c>
       <c r="P178" s="6"/>
     </row>
-    <row r="179" spans="1:16">
+    <row r="179" spans="1:16" customHeight="1" ht="65">
       <c r="A179" s="6" t="s">
-        <v>600</v>
+        <v>617</v>
       </c>
       <c r="B179" s="6">
         <v>0</v>
       </c>
       <c r="C179" s="6">
         <v>0</v>
       </c>
       <c r="D179" s="6">
         <v>0</v>
       </c>
       <c r="E179" s="6">
-        <v>21001802810</v>
+        <v>21000002526</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H179" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I179" s="6">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="J179" s="10" t="s">
-        <v>601</v>
+        <v>618</v>
       </c>
       <c r="K179" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L179" s="10" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="M179" s="6" t="s">
-        <v>602</v>
+        <v>619</v>
       </c>
       <c r="N179" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O179" s="6">
-        <v>160446</v>
+        <v>204369.01</v>
       </c>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
-        <v>603</v>
+        <v>620</v>
       </c>
       <c r="B180" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C180" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D180" s="6">
         <v>0</v>
       </c>
       <c r="E180" s="6" t="s">
-        <v>604</v>
+        <v>621</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>77</v>
+        <v>185</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>52</v>
+        <v>622</v>
       </c>
       <c r="H180" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I180" s="6">
-        <v>12</v>
+        <v>82</v>
       </c>
       <c r="J180" s="10" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="K180" s="6" t="s">
-        <v>55</v>
+        <v>624</v>
       </c>
       <c r="L180" s="10" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="M180" s="6" t="s">
-        <v>606</v>
+        <v>625</v>
       </c>
       <c r="N180" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O180" s="6">
-        <v>5726.4</v>
+        <v>230292.52</v>
       </c>
       <c r="P180" s="6"/>
     </row>
     <row r="181" spans="1:16" customHeight="1" ht="65">
       <c r="A181" s="6" t="s">
-        <v>607</v>
+        <v>626</v>
       </c>
       <c r="B181" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C181" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D181" s="6">
         <v>0</v>
       </c>
       <c r="E181" s="6" t="s">
-        <v>608</v>
+        <v>627</v>
       </c>
       <c r="F181" s="9" t="s">
-        <v>77</v>
+        <v>185</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>52</v>
+        <v>622</v>
       </c>
       <c r="H181" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I181" s="6">
-        <v>7</v>
+        <v>91</v>
       </c>
       <c r="J181" s="10" t="s">
-        <v>609</v>
+        <v>628</v>
       </c>
       <c r="K181" s="6" t="s">
-        <v>55</v>
+        <v>624</v>
       </c>
       <c r="L181" s="10" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="M181" s="6" t="s">
-        <v>610</v>
+        <v>629</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O181" s="6">
-        <v>899.34</v>
+        <v>249558.48</v>
       </c>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="B182" s="6">
         <v>0</v>
       </c>
       <c r="C182" s="6">
         <v>0</v>
       </c>
       <c r="D182" s="6">
         <v>0</v>
       </c>
-      <c r="E182" s="6">
-        <v>21000001328</v>
+      <c r="E182" s="6" t="s">
+        <v>631</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>45</v>
+        <v>185</v>
       </c>
       <c r="G182" s="10" t="s">
-        <v>22</v>
+        <v>622</v>
       </c>
       <c r="H182" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I182" s="6">
-        <v>108</v>
+        <v>70</v>
       </c>
       <c r="J182" s="10" t="s">
-        <v>612</v>
+        <v>632</v>
       </c>
       <c r="K182" s="6" t="s">
-        <v>25</v>
+        <v>624</v>
       </c>
       <c r="L182" s="10" t="s">
-        <v>45</v>
+        <v>187</v>
       </c>
       <c r="M182" s="6" t="s">
-        <v>613</v>
+        <v>633</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O182" s="6">
-        <v>147730</v>
+        <v>209472.57</v>
       </c>
       <c r="P182" s="6"/>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="65">
       <c r="A183" s="6" t="s">
-        <v>614</v>
+        <v>634</v>
       </c>
       <c r="B183" s="6">
         <v>0</v>
       </c>
       <c r="C183" s="6">
         <v>0</v>
       </c>
       <c r="D183" s="6">
         <v>0</v>
       </c>
       <c r="E183" s="6" t="s">
-        <v>615</v>
+        <v>635</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>35</v>
+        <v>185</v>
       </c>
       <c r="G183" s="10" t="s">
-        <v>52</v>
+        <v>622</v>
       </c>
       <c r="H183" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I183" s="6">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="J183" s="10" t="s">
-        <v>616</v>
+        <v>636</v>
       </c>
       <c r="K183" s="6" t="s">
-        <v>55</v>
+        <v>624</v>
       </c>
       <c r="L183" s="10" t="s">
-        <v>107</v>
+        <v>187</v>
       </c>
       <c r="M183" s="6" t="s">
-        <v>617</v>
+        <v>637</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O183" s="6"/>
+      <c r="O183" s="6">
+        <v>289644.39</v>
+      </c>
       <c r="P183" s="6"/>
     </row>
     <row r="184" spans="1:16" customHeight="1" ht="65">
       <c r="A184" s="6" t="s">
-        <v>618</v>
+        <v>638</v>
       </c>
       <c r="B184" s="6">
         <v>0</v>
       </c>
       <c r="C184" s="6">
         <v>0</v>
       </c>
       <c r="D184" s="6">
         <v>0</v>
       </c>
-      <c r="E184" s="6" t="s">
-        <v>619</v>
+      <c r="E184" s="6">
+        <v>21000801064</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>306</v>
+        <v>96</v>
       </c>
       <c r="G184" s="10" t="s">
-        <v>587</v>
+        <v>22</v>
       </c>
       <c r="H184" s="6" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I184" s="6">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="J184" s="10" t="s">
-        <v>620</v>
+        <v>639</v>
       </c>
       <c r="K184" s="6" t="s">
-        <v>589</v>
+        <v>25</v>
       </c>
       <c r="L184" s="10" t="s">
-        <v>308</v>
+        <v>96</v>
       </c>
       <c r="M184" s="6" t="s">
-        <v>621</v>
+        <v>640</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="O184" s="6"/>
+      <c r="O184" s="6">
+        <v>49830.01</v>
+      </c>
       <c r="P184" s="6"/>
-    </row>
-[...2056 lines deleted...]
-      <c r="P227" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>