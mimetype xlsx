--- v1 (2025-12-21)
+++ v2 (2026-02-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="641">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="644">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>21.12.2025 08:14:55</t>
+    <t>19.02.2026 07:21:49</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -279,50 +279,53 @@
     <t>Модуль охлаждаемый Техно-ТТ ВО 1355Д</t>
   </si>
   <si>
     <t>ВО 1355Д</t>
   </si>
   <si>
     <t>Витрина охлаждаемая ВО 1355Д, 1355х590х1240мм, 485Вт, 220В, компрессор Danfoss</t>
   </si>
   <si>
     <t>00000289123</t>
   </si>
   <si>
     <t>Модуль тепловой Kogast VK B-5</t>
   </si>
   <si>
     <t>VK B-5</t>
   </si>
   <si>
     <t>Мармит электр. серии VK, модель VK-B-5, 1745x620x290мм, 380В, 5000Вт</t>
   </si>
   <si>
     <t>00000229999</t>
   </si>
   <si>
     <t>Кассовый прилавок Abat КК 70Т</t>
+  </si>
+  <si>
+    <t>00-00200979, 21000801041</t>
   </si>
   <si>
     <t>Кассовые прилавки</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x766(1024)x852мм, напряжение 220В
 Прилавок кассовый предназначен для установки на нем кассового аппарата для расчета с потребителями и устанавливается в торговых залах предприятий общественного питания в комплекте линий прилавков самообслуживания.</t>
   </si>
   <si>
     <t>Прилавки кассовые</t>
   </si>
   <si>
     <t>00000082770</t>
   </si>
   <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Abat МН-70Т</t>
   </si>
   <si>
     <t>Нейтральные модули для отдельно стоящих линий разд</t>
   </si>
   <si>
     <t>Габаритные размеры: 630x766(1024)x852мм
 Модули нейтральные предназначены для установки в линию прилавков самообслуживания как промежуточный вспомогательный элемент.</t>
   </si>
   <si>
@@ -1090,50 +1093,53 @@
   <si>
     <t>00000105316</t>
   </si>
   <si>
     <t>Кассовый прилавок Abat КК-70КМ универсальная</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x705(1030)x870мм, напряжение 220В, розетка на 220В для подключения кассового аппарата, регулируемые по высоте ножки.
 Прилавок кассовый предназначен для установки на нем кассового аппарата для расчета с потребителями и устанавливается в торговых залах предприятий общественного питания в комплекте линий прилавков самообслуживания</t>
   </si>
   <si>
     <t>00000081188</t>
   </si>
   <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Abat МН-70КМ</t>
   </si>
   <si>
     <t>Габаритные размеры: 630x705(1030)x870мм
 Модуль нейтральный предназначен для установки в линию прилавков самообслуживания как промежуточный вспомогательный элемент.</t>
   </si>
   <si>
     <t>00000081189</t>
   </si>
   <si>
     <t>Модуль поворотный Abat МП 45КМ</t>
+  </si>
+  <si>
+    <t>00-00202440 21000801867</t>
   </si>
   <si>
     <t>Габаритные размеры: 566(811)x705(1030)x870мм
 Модуль нейтральный предназначен для установки в линию прилавков самообслуживания как промежуточный вспомогательный элемент.</t>
   </si>
   <si>
     <t>00000081190</t>
   </si>
   <si>
     <t>Модуль поворотный Abat МП-45КМ-01</t>
   </si>
   <si>
     <t>Габаритные размеры: 784x705x870мм, внизу нейтральный шкаф для хранения кухонного инвентаря, регулируемые по высоте ножки.</t>
   </si>
   <si>
     <t>00000081191</t>
   </si>
   <si>
     <t>Прилавок для холодных закусок Abat ПВВ(Н)-70КМ-01-НШ</t>
   </si>
   <si>
     <t>Габаритные размеры: 1500x705(1030)x1244мм, потребление электроэнергии за сутки не более 5400Вт/ч, напряжение 220В
 Прилавок предназначен для кратковременного хранения, демонстрации и раздачи холодных закусок и третьих блюд.</t>
   </si>
   <si>
@@ -1784,50 +1790,53 @@
 - охлаждаемая ванна без гастроемкостей
 - гнутое стекло с противоосколочной пленкой со стороны покупателя
 - LED-подсветка - экономичность и ровный комфортный свет без пульсации (1 лампа)
 - направляющая без стыков - супы и напитки не прольются во время движения подноса (входит в комплект поставки)
 - цоколь по нижнему краю закрывает просвет от пола до корпуса элемента - пыль не скапливается под изделием
 - регулируемые по высоте ножки</t>
   </si>
   <si>
     <t>00000452178</t>
   </si>
   <si>
     <t>Нейтральный модуль для отдельно стоящих линий разд Abat ПВН-70КМ</t>
   </si>
   <si>
     <t>21000002733, 00-00172330</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120x705(1030)x1721мм, эл. мощность 30Вт, напряжение 220В
 Модуль нейтральный предназначен для кратковременного хранения мелкоштучных хлебобулочных и кондитерских изделий, а также других пищевых продуктов на тарелках и для раздачи их потребителю.</t>
   </si>
   <si>
     <t>00000379154</t>
   </si>
   <si>
     <t>Витрина для холодных закусок Abat ПВВ(Н)-70Х-С-02-НШ</t>
+  </si>
+  <si>
+    <t>00-00197717 21000002981</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х717(1016)х1620мм, напряжение 220В, потребление электроэнергии за сутки не более 7000Вт
 Прилавок холодильный предназначен для хранения, демонстрации и раздачи холодных закусок, третьих блюд и охлажденных напитков потребителю.</t>
   </si>
   <si>
     <t>00000422053</t>
   </si>
   <si>
     <t>Охлаждаемый салат-бар Roller Grill SB 40 F Wenge</t>
   </si>
   <si>
     <t>SB 40 F Wenge</t>
   </si>
   <si>
     <t>Салат-бар серии SB, модель SB 40 F Wenge, 1442x950x1370 мм, +2...+10С, 220В, 500Вт, холодопроиз-ть 560Вт, 4 GN 1/1. Предназначен для организации шведского стола в заведениях общественного питания с демонстрацией и хранением кулинарных, а также кондитерских изделий. Выполнен из дерева. Встроенная подсветка. Деревянные направляющие. Оснащен колесами.Хладагент R290. Гастроемкости в стандартный комплект не входят. Цвет: темное и светлое дерево, венге.</t>
   </si>
   <si>
     <t>00000137085</t>
   </si>
   <si>
     <t>Прилавок для горячих напитков Abat ПВТ-70Х-02</t>
   </si>
   <si>
     <t>Габаритные размеры: 1120х717(1016)х869мм, эл. мощность 2530Вт, напряжение 220В, рабочая температура на столешнице 60±10°С при установке терморегулятора на 60 °С, рабочая температура на полках 60±5°С при установке терморегулятора на + 60 °С
@@ -7923,147 +7932,147 @@
       <c r="G10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="6">
         <v>59</v>
       </c>
       <c r="J10" s="10" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O10" s="6">
-        <v>65780</v>
+        <v>66876.34</v>
       </c>
       <c r="P10" s="6"/>
     </row>
     <row r="11" spans="1:16" customHeight="1" ht="65">
       <c r="A11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="6">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>0</v>
       </c>
       <c r="D11" s="6">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="6">
         <v>0</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>31</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L11" s="10" t="s">
         <v>30</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O11" s="6">
-        <v>104519.68</v>
+        <v>102470.27</v>
       </c>
       <c r="P11" s="6"/>
     </row>
     <row r="12" spans="1:16" customHeight="1" ht="65">
       <c r="A12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="6">
         <v>0</v>
       </c>
       <c r="C12" s="6">
         <v>0</v>
       </c>
       <c r="D12" s="6">
         <v>0</v>
       </c>
       <c r="E12" s="6">
         <v>21000000454</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="6">
         <v>129</v>
       </c>
       <c r="J12" s="10" t="s">
         <v>36</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O12" s="6">
-        <v>205337.01</v>
+        <v>208759.29</v>
       </c>
       <c r="P12" s="6"/>
     </row>
     <row r="13" spans="1:16" customHeight="1" ht="65">
       <c r="A13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="6">
         <v>0</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>41</v>
       </c>
@@ -8113,243 +8122,243 @@
       <c r="G14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="6">
         <v>76</v>
       </c>
       <c r="J14" s="10" t="s">
         <v>47</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O14" s="6">
-        <v>90300.11</v>
+        <v>91805.1</v>
       </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B15" s="6">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6">
         <v>21000009703</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="6">
         <v>158</v>
       </c>
       <c r="J15" s="10" t="s">
         <v>50</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O15" s="6">
-        <v>243430.02</v>
+        <v>247487.16</v>
       </c>
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
         <v>52</v>
       </c>
       <c r="B16" s="6">
         <v>0</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
       <c r="E16" s="6">
         <v>21000009701</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="6">
         <v>102</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>54</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>55</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O16" s="6">
-        <v>155969</v>
+        <v>158568.48</v>
       </c>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16" customHeight="1" ht="65">
       <c r="A17" s="6" t="s">
         <v>56</v>
       </c>
       <c r="B17" s="6">
         <v>0</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I17" s="6">
         <v>27.4</v>
       </c>
       <c r="J17" s="10" t="s">
         <v>59</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L17" s="10" t="s">
         <v>58</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>60</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O17" s="6">
-        <v>56263.72</v>
+        <v>55160.51</v>
       </c>
       <c r="P17" s="6"/>
     </row>
     <row r="18" spans="1:16" customHeight="1" ht="65">
       <c r="A18" s="6" t="s">
         <v>61</v>
       </c>
       <c r="B18" s="6">
         <v>0</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
       <c r="E18" s="6">
         <v>21000002840</v>
       </c>
       <c r="F18" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="6">
         <v>63</v>
       </c>
       <c r="J18" s="10" t="s">
         <v>62</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>63</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O18" s="6">
-        <v>66330.01</v>
+        <v>67435.49</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="B19" s="6">
         <v>0</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>66</v>
       </c>
       <c r="G19" s="10" t="s">
         <v>41</v>
       </c>
@@ -8399,147 +8408,147 @@
       <c r="G20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="6">
         <v>0</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>71</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>72</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>73</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O20" s="6">
-        <v>9462</v>
+        <v>9619.7</v>
       </c>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="6" t="s">
         <v>74</v>
       </c>
       <c r="B21" s="6">
         <v>0</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6">
         <v>21000002699</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>70</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="6">
         <v>8</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>75</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>72</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>76</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O21" s="6">
-        <v>11410</v>
+        <v>11600.16</v>
       </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
         <v>77</v>
       </c>
       <c r="B22" s="6">
         <v>0</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="6">
         <v>120</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>79</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L22" s="10" t="s">
         <v>30</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>80</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O22" s="6">
-        <v>297061.67</v>
+        <v>291236.93</v>
       </c>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16" customHeight="1" ht="65">
       <c r="A23" s="6" t="s">
         <v>81</v>
       </c>
       <c r="B23" s="6">
         <v>0</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G23" s="10" t="s">
         <v>41</v>
       </c>
@@ -8558,7716 +8567,7716 @@
       <c r="L23" s="10" t="s">
         <v>30</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>84</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
         <v>85</v>
       </c>
       <c r="B24" s="6">
         <v>0</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
-      <c r="E24" s="6">
-        <v>21000801041</v>
+      <c r="E24" s="6" t="s">
+        <v>86</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="6">
         <v>58</v>
       </c>
       <c r="J24" s="10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M24" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O24" s="6">
-        <v>55440</v>
+        <v>56363.99</v>
       </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6">
         <v>21000803564</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I25" s="6">
         <v>30</v>
       </c>
       <c r="J25" s="10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M25" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O25" s="6">
-        <v>40370</v>
+        <v>41042.84</v>
       </c>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16" customHeight="1" ht="65">
       <c r="A26" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B26" s="6">
         <v>0</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6">
         <v>0</v>
       </c>
       <c r="E26" s="6">
         <v>21000801101</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="6">
         <v>24</v>
       </c>
       <c r="J26" s="10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M26" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O26" s="6">
-        <v>37290</v>
+        <v>37911.5</v>
       </c>
       <c r="P26" s="6"/>
     </row>
     <row r="27" spans="1:16" customHeight="1" ht="65">
       <c r="A27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B27" s="6">
         <v>0</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6">
         <v>0</v>
       </c>
       <c r="E27" s="6">
         <v>21000801111</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="6">
         <v>30</v>
       </c>
       <c r="J27" s="10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O27" s="6">
-        <v>36740.01</v>
+        <v>37352.33</v>
       </c>
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B28" s="6">
         <v>0</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6">
         <v>21000801040</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="6">
         <v>45</v>
       </c>
       <c r="J28" s="10" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O28" s="6">
-        <v>54450</v>
+        <v>55357.51</v>
       </c>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="65">
       <c r="A29" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6">
         <v>21000801065</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I29" s="6">
         <v>0</v>
       </c>
       <c r="J29" s="10" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O29" s="6">
-        <v>92746.51</v>
+        <v>94292.28</v>
       </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6">
         <v>21000802373</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I30" s="6">
         <v>136</v>
       </c>
       <c r="J30" s="10" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O30" s="6">
-        <v>124856.61</v>
+        <v>126937.56</v>
       </c>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B31" s="6">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6">
         <v>21000801028</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="6">
         <v>104</v>
       </c>
       <c r="J31" s="10" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O31" s="6">
-        <v>104280</v>
+        <v>106018</v>
       </c>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6">
         <v>21000801031</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I32" s="6">
         <v>0</v>
       </c>
       <c r="J32" s="10" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O32" s="6">
-        <v>82830.01</v>
+        <v>84210.49</v>
       </c>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="65">
       <c r="A33" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B33" s="6">
         <v>0</v>
       </c>
       <c r="C33" s="6">
         <v>0</v>
       </c>
       <c r="D33" s="6">
         <v>0</v>
       </c>
       <c r="E33" s="6">
         <v>21001801022</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I33" s="6">
         <v>114</v>
       </c>
       <c r="J33" s="10" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O33" s="6">
-        <v>158510.01</v>
+        <v>161151.83</v>
       </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B34" s="6">
         <v>0</v>
       </c>
       <c r="C34" s="6">
         <v>0</v>
       </c>
       <c r="D34" s="6">
         <v>0</v>
       </c>
       <c r="E34" s="6">
         <v>21001802372</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I34" s="6">
         <v>0</v>
       </c>
       <c r="J34" s="10" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M34" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O34" s="6">
-        <v>182589.01</v>
+        <v>185632.14</v>
       </c>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B35" s="6">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I35" s="6">
         <v>0</v>
       </c>
       <c r="J35" s="10" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L35" s="10" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O35" s="6">
-        <v>66839.36</v>
+        <v>65528.78</v>
       </c>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B36" s="6">
         <v>0</v>
       </c>
       <c r="C36" s="6">
         <v>0</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F36" s="9" t="s">
         <v>66</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I36" s="6">
         <v>24</v>
       </c>
       <c r="J36" s="10" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L36" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M36" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O36" s="6"/>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6">
         <v>21000802008</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="6">
         <v>234</v>
       </c>
       <c r="J37" s="10" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M37" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O37" s="6">
-        <v>338360.03</v>
+        <v>343999.34</v>
       </c>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="65">
       <c r="A38" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6">
         <v>21000003045</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="6">
         <v>122</v>
       </c>
       <c r="J38" s="10" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M38" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O38" s="6">
-        <v>165330.02</v>
+        <v>168085.49</v>
       </c>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B39" s="6">
         <v>0</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I39" s="6">
         <v>91.3</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L39" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O39" s="6">
-        <v>80702.36</v>
+        <v>79119.97</v>
       </c>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="65">
       <c r="A40" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B40" s="6">
         <v>0</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6">
         <v>0</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I40" s="6">
         <v>100</v>
       </c>
       <c r="J40" s="10" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="K40" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="L40" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O40" s="6"/>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I41" s="6">
         <v>84.5</v>
       </c>
       <c r="J41" s="10" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K41" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L41" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M41" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O41" s="6">
-        <v>112342.76</v>
+        <v>99129.95</v>
       </c>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B42" s="6">
         <v>0</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
       <c r="E42" s="6">
         <v>21000801089</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I42" s="6">
         <v>121</v>
       </c>
       <c r="J42" s="10" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M42" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O42" s="6">
-        <v>181610.01</v>
+        <v>184636.83</v>
       </c>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6">
         <v>21000001852</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I43" s="6">
         <v>34.4</v>
       </c>
       <c r="J43" s="10" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O43" s="6">
-        <v>67760</v>
+        <v>68889.34</v>
       </c>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="65">
       <c r="A44" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6">
         <v>21000002721</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I44" s="6">
         <v>119</v>
       </c>
       <c r="J44" s="10" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M44" s="6" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O44" s="6">
-        <v>170005.02</v>
+        <v>172838.41</v>
       </c>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B45" s="6">
         <v>0</v>
       </c>
       <c r="C45" s="6">
         <v>0</v>
       </c>
       <c r="D45" s="6">
         <v>0</v>
       </c>
       <c r="E45" s="6">
         <v>21000807548</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I45" s="6">
         <v>63</v>
       </c>
       <c r="J45" s="10" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M45" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O45" s="6">
-        <v>89661.01</v>
+        <v>91454.22</v>
       </c>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B46" s="6">
         <v>0</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
       <c r="E46" s="6">
         <v>21000007100</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I46" s="6">
         <v>126</v>
       </c>
       <c r="J46" s="10" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M46" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O46" s="6">
-        <v>175890.02</v>
+        <v>178821.5</v>
       </c>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B47" s="6">
         <v>0</v>
       </c>
       <c r="C47" s="6">
         <v>0</v>
       </c>
       <c r="D47" s="6">
         <v>0</v>
       </c>
       <c r="E47" s="6">
         <v>21000007037</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I47" s="6">
         <v>136</v>
       </c>
       <c r="J47" s="10" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O47" s="6">
-        <v>185790.01</v>
+        <v>188886.5</v>
       </c>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B48" s="6">
         <v>0</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I48" s="6">
         <v>44</v>
       </c>
       <c r="J48" s="10" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K48" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L48" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M48" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O48" s="6">
-        <v>50357.39</v>
+        <v>49369.98</v>
       </c>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B49" s="6">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I49" s="6">
         <v>35.2</v>
       </c>
       <c r="J49" s="10" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L49" s="10" t="s">
         <v>58</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O49" s="6">
-        <v>64940.07</v>
+        <v>63666.74</v>
       </c>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B50" s="6">
         <v>0</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
         <v>0</v>
       </c>
       <c r="E50" s="6">
         <v>21000802019</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I50" s="6">
         <v>234</v>
       </c>
       <c r="J50" s="10" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M50" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O50" s="6">
-        <v>338360.03</v>
+        <v>343999.34</v>
       </c>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="65">
       <c r="A51" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B51" s="6">
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6">
         <v>0</v>
       </c>
       <c r="E51" s="6">
         <v>21000801000</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="6">
         <v>117</v>
       </c>
       <c r="J51" s="10" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="10" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O51" s="6">
-        <v>324522.03</v>
+        <v>329930.69</v>
       </c>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="65">
       <c r="A52" s="6" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B52" s="6">
         <v>1</v>
       </c>
       <c r="C52" s="6">
         <v>1</v>
       </c>
       <c r="D52" s="6">
         <v>0</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I52" s="6">
         <v>0</v>
       </c>
       <c r="J52" s="10" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="K52" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="L52" s="10"/>
       <c r="M52" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O52" s="6"/>
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="65">
       <c r="A53" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B53" s="6">
         <v>1</v>
       </c>
       <c r="C53" s="6">
         <v>1</v>
       </c>
       <c r="D53" s="6">
         <v>0</v>
       </c>
       <c r="E53" s="6">
         <v>21000001918</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I53" s="6">
         <v>128</v>
       </c>
       <c r="J53" s="10" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M53" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O53" s="6">
-        <v>175329.01</v>
+        <v>178251.15</v>
       </c>
       <c r="P53" s="6"/>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="65">
       <c r="A54" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B54" s="6">
         <v>0</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6">
         <v>0</v>
       </c>
       <c r="E54" s="6">
         <v>21001807527</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I54" s="6">
         <v>135</v>
       </c>
       <c r="J54" s="10" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M54" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O54" s="6">
-        <v>193116.03</v>
+        <v>196334.6</v>
       </c>
       <c r="P54" s="6"/>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="65">
       <c r="A55" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B55" s="6">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
         <v>0</v>
       </c>
       <c r="E55" s="6">
         <v>21000002879</v>
       </c>
       <c r="F55" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I55" s="6">
         <v>131</v>
       </c>
       <c r="J55" s="10" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O55" s="6">
-        <v>179520.01</v>
+        <v>182511.99</v>
       </c>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="65">
       <c r="A56" s="6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B56" s="6">
         <v>0</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6">
         <v>0</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F56" s="9" t="s">
         <v>66</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I56" s="6">
         <v>16</v>
       </c>
       <c r="J56" s="10" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L56" s="10" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M56" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O56" s="6"/>
       <c r="P56" s="6"/>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="65">
       <c r="A57" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B57" s="6">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6">
         <v>0</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F57" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I57" s="6">
         <v>43.4</v>
       </c>
       <c r="J57" s="10" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L57" s="10" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M57" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O57" s="6">
-        <v>71889.52</v>
+        <v>70479.92</v>
       </c>
       <c r="P57" s="6"/>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="65">
       <c r="A58" s="6" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B58" s="6">
         <v>0</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6">
         <v>0</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I58" s="6">
         <v>43</v>
       </c>
       <c r="J58" s="10" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K58" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L58" s="10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M58" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O58" s="6">
-        <v>43441.78</v>
+        <v>42589.99</v>
       </c>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B59" s="6">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6">
         <v>0</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I59" s="6">
         <v>11.8</v>
       </c>
       <c r="J59" s="10" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L59" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O59" s="6">
         <v>53215.87</v>
       </c>
       <c r="P59" s="6"/>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="65">
       <c r="A60" s="6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B60" s="6">
         <v>0</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6">
         <v>0</v>
       </c>
       <c r="E60" s="6">
         <v>21000003068</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I60" s="6">
         <v>30</v>
       </c>
       <c r="J60" s="10" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M60" s="6" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O60" s="6">
-        <v>48830.01</v>
+        <v>49643.83</v>
       </c>
       <c r="P60" s="6"/>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B61" s="6">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C61" s="6">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6">
         <v>21000802696</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I61" s="6">
         <v>34</v>
       </c>
       <c r="J61" s="10" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M61" s="6" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O61" s="6">
-        <v>43230</v>
+        <v>43950.49</v>
       </c>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B62" s="6">
         <v>0</v>
       </c>
       <c r="C62" s="6">
         <v>0</v>
       </c>
       <c r="D62" s="6">
         <v>0</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I62" s="6">
         <v>0</v>
       </c>
       <c r="J62" s="10" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L62" s="10" t="s">
         <v>30</v>
       </c>
       <c r="M62" s="6" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O62" s="6">
-        <v>111783.84</v>
+        <v>109591.99</v>
       </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6">
         <v>4138931</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G63" s="10" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I63" s="6">
         <v>15</v>
       </c>
       <c r="J63" s="10" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K63" s="6" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="L63" s="10" t="s">
         <v>58</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O63" s="6"/>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B64" s="6">
         <v>0</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6">
         <v>0</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I64" s="6">
         <v>0</v>
       </c>
       <c r="J64" s="10" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L64" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M64" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O64" s="6">
-        <v>30678.36</v>
+        <v>30076.82</v>
       </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="65">
       <c r="A65" s="6" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B65" s="6">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I65" s="6">
         <v>60</v>
       </c>
       <c r="J65" s="10" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L65" s="10" t="s">
         <v>30</v>
       </c>
       <c r="M65" s="6" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O65" s="6"/>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="65">
       <c r="A66" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B66" s="6">
         <v>0</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6">
         <v>0</v>
       </c>
       <c r="E66" s="6" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I66" s="6">
         <v>0</v>
       </c>
       <c r="J66" s="10" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L66" s="10" t="s">
         <v>30</v>
       </c>
       <c r="M66" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O66" s="6">
-        <v>115208.06</v>
+        <v>112949.08</v>
       </c>
       <c r="P66" s="6"/>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B67" s="6">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>0</v>
       </c>
       <c r="D67" s="6">
         <v>0</v>
       </c>
       <c r="E67" s="6">
         <v>21000080515</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I67" s="6">
         <v>123</v>
       </c>
       <c r="J67" s="10" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O67" s="6">
-        <v>179080.02</v>
+        <v>182064.67</v>
       </c>
       <c r="P67" s="6"/>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="65">
       <c r="A68" s="6" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B68" s="6">
         <v>0</v>
       </c>
       <c r="C68" s="6">
         <v>0</v>
       </c>
       <c r="D68" s="6">
         <v>0</v>
       </c>
       <c r="E68" s="6">
         <v>21000000458</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H68" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I68" s="6">
         <v>113</v>
       </c>
       <c r="J68" s="10" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="10" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M68" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O68" s="6">
-        <v>180532.02</v>
+        <v>183540.87</v>
       </c>
       <c r="P68" s="6"/>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="65">
       <c r="A69" s="6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B69" s="6">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6">
         <v>0</v>
       </c>
       <c r="E69" s="6">
         <v>21000001991</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I69" s="6">
         <v>43</v>
       </c>
       <c r="J69" s="10" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M69" s="6" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O69" s="6">
-        <v>49830.01</v>
+        <v>50660.49</v>
       </c>
       <c r="P69" s="6"/>
     </row>
     <row r="70" spans="1:16" customHeight="1" ht="65">
       <c r="A70" s="6" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B70" s="6">
         <v>0</v>
       </c>
       <c r="C70" s="6">
         <v>0</v>
       </c>
       <c r="D70" s="6">
         <v>0</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G70" s="10" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I70" s="6">
         <v>34</v>
       </c>
       <c r="J70" s="10" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="K70" s="6" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="L70" s="10" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M70" s="6" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O70" s="6">
         <v>79312.38</v>
       </c>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B71" s="6">
         <v>0</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I71" s="6">
         <v>27</v>
       </c>
       <c r="J71" s="10" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="K71" s="6" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="L71" s="10" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M71" s="6" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O71" s="6">
         <v>103567.26</v>
       </c>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="65">
       <c r="A72" s="6" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B72" s="6">
         <v>0</v>
       </c>
       <c r="C72" s="6">
         <v>0</v>
       </c>
       <c r="D72" s="6">
         <v>0</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I72" s="6">
         <v>186</v>
       </c>
       <c r="J72" s="10" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K72" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L72" s="10" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O72" s="6">
-        <v>333468.44</v>
+        <v>326929.85</v>
       </c>
       <c r="P72" s="6"/>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="65">
       <c r="A73" s="6" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B73" s="6">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6">
         <v>0</v>
       </c>
       <c r="E73" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F73" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H73" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I73" s="6">
         <v>109</v>
       </c>
       <c r="J73" s="10" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="K73" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L73" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M73" s="6" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O73" s="6"/>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B74" s="6">
         <v>0</v>
       </c>
       <c r="C74" s="6">
         <v>0</v>
       </c>
       <c r="D74" s="6">
         <v>0</v>
       </c>
       <c r="E74" s="6">
         <v>21000001694</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I74" s="6">
         <v>60</v>
       </c>
       <c r="J74" s="10" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M74" s="6" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O74" s="6">
-        <v>105822</v>
+        <v>107585.69</v>
       </c>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B75" s="6">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>0</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
       <c r="E75" s="6">
         <v>21000004519</v>
       </c>
       <c r="F75" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I75" s="6">
         <v>159</v>
       </c>
       <c r="J75" s="10" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="10" t="s">
         <v>58</v>
       </c>
       <c r="M75" s="6" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O75" s="6">
-        <v>200090.02</v>
+        <v>203424.83</v>
       </c>
       <c r="P75" s="6"/>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B76" s="6">
         <v>0</v>
       </c>
       <c r="C76" s="6">
         <v>0</v>
       </c>
       <c r="D76" s="6">
         <v>0</v>
       </c>
       <c r="E76" s="6">
         <v>21000802374</v>
       </c>
       <c r="F76" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I76" s="6">
         <v>102</v>
       </c>
       <c r="J76" s="10" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O76" s="6">
-        <v>106040</v>
+        <v>107807.33</v>
       </c>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B77" s="6">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
       <c r="E77" s="6">
         <v>21000001635</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I77" s="6">
         <v>62</v>
       </c>
       <c r="J77" s="10" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O77" s="6">
-        <v>108916.52</v>
+        <v>110731.78</v>
       </c>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B78" s="6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C78" s="6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="6">
         <v>21000000548</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I78" s="6">
         <v>22</v>
       </c>
       <c r="J78" s="10" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="10" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M78" s="6" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O78" s="6">
-        <v>26512.01</v>
+        <v>26953.86</v>
       </c>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B79" s="6">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6">
         <v>0</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I79" s="6">
         <v>72</v>
       </c>
       <c r="J79" s="10" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="K79" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L79" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O79" s="6">
-        <v>82619.97</v>
+        <v>80999.96</v>
       </c>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="65">
       <c r="A80" s="6" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B80" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C80" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D80" s="6">
         <v>0</v>
       </c>
       <c r="E80" s="6">
         <v>21000001916</v>
       </c>
       <c r="F80" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I80" s="6">
         <v>72</v>
       </c>
       <c r="J80" s="10" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M80" s="6" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O80" s="6">
-        <v>76120</v>
+        <v>77388.66</v>
       </c>
       <c r="P80" s="6"/>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B81" s="6">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6">
         <v>0</v>
       </c>
       <c r="E81" s="6">
         <v>21000080484</v>
       </c>
       <c r="F81" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I81" s="6">
         <v>72</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O81" s="6">
-        <v>77291.5</v>
+        <v>78579.7</v>
       </c>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="65">
       <c r="A82" s="6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B82" s="6">
         <v>0</v>
       </c>
       <c r="C82" s="6">
         <v>0</v>
       </c>
       <c r="D82" s="6">
         <v>0</v>
       </c>
       <c r="E82" s="6">
         <v>21000801864</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I82" s="6">
         <v>33</v>
       </c>
       <c r="J82" s="10" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O82" s="6">
-        <v>46226.4</v>
+        <v>46996.83</v>
       </c>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B83" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="C83" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="6">
         <v>21001802093</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I83" s="6">
         <v>0</v>
       </c>
       <c r="J83" s="10" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M83" s="6" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O83" s="6">
-        <v>160490.03</v>
+        <v>163699.8</v>
       </c>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B84" s="6">
         <v>0</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="6" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F84" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I84" s="6">
         <v>89</v>
       </c>
       <c r="J84" s="10" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="K84" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L84" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M84" s="6" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O84" s="6"/>
       <c r="P84" s="6"/>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="65">
       <c r="A85" s="6" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B85" s="6">
         <v>0</v>
       </c>
       <c r="C85" s="6">
         <v>0</v>
       </c>
       <c r="D85" s="6">
         <v>0</v>
       </c>
       <c r="E85" s="6" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F85" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G85" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I85" s="6">
         <v>119</v>
       </c>
       <c r="J85" s="10" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L85" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M85" s="6" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O85" s="6"/>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B86" s="6">
         <v>0</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
       <c r="E86" s="6" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F86" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I86" s="6">
         <v>103</v>
       </c>
       <c r="J86" s="10" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="K86" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L86" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M86" s="6" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O86" s="6"/>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B87" s="6">
         <v>0</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6">
         <v>0</v>
       </c>
       <c r="E87" s="6">
         <v>21000002983</v>
       </c>
       <c r="F87" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I87" s="6">
         <v>171</v>
       </c>
       <c r="J87" s="10" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="K87" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O87" s="6">
-        <v>245740.03</v>
+        <v>249835.66</v>
       </c>
       <c r="P87" s="6"/>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B88" s="6">
         <v>0</v>
       </c>
       <c r="C88" s="6">
         <v>0</v>
       </c>
       <c r="D88" s="6">
         <v>0</v>
       </c>
       <c r="E88" s="6">
         <v>21001805755</v>
       </c>
       <c r="F88" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I88" s="6">
         <v>94</v>
       </c>
       <c r="J88" s="10" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K88" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M88" s="6" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O88" s="6">
-        <v>151371.03</v>
+        <v>153893.84</v>
       </c>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B89" s="6">
         <v>0</v>
       </c>
       <c r="C89" s="6">
         <v>0</v>
       </c>
       <c r="D89" s="6">
         <v>0</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G89" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I89" s="6">
         <v>34</v>
       </c>
       <c r="J89" s="10" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="K89" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O89" s="6">
-        <v>44329.89</v>
+        <v>45068.83</v>
       </c>
       <c r="P89" s="6"/>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="65">
       <c r="A90" s="6" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B90" s="6">
         <v>0</v>
       </c>
       <c r="C90" s="6">
         <v>0</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
       <c r="E90" s="6">
         <v>21000001428</v>
       </c>
       <c r="F90" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I90" s="6">
         <v>0</v>
       </c>
       <c r="J90" s="10" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M90" s="6" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O90" s="6">
-        <v>260810.03</v>
+        <v>265156.83</v>
       </c>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B91" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C91" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
       <c r="E91" s="6">
         <v>21000802695</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I91" s="6">
         <v>0</v>
       </c>
       <c r="J91" s="10" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="K91" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O91" s="6">
-        <v>55517</v>
+        <v>56442.28</v>
       </c>
       <c r="P91" s="6"/>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="65">
       <c r="A92" s="6" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B92" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C92" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D92" s="6">
         <v>0</v>
       </c>
       <c r="E92" s="6">
         <v>21000803570</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I92" s="6">
         <v>0</v>
       </c>
       <c r="J92" s="10" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="K92" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M92" s="6" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O92" s="6">
-        <v>34760.01</v>
+        <v>35455.2</v>
       </c>
       <c r="P92" s="6"/>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="65">
       <c r="A93" s="6" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B93" s="6">
         <v>0</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6">
         <v>0</v>
       </c>
-      <c r="E93" s="6">
-        <v>21000801867</v>
+      <c r="E93" s="6" t="s">
+        <v>343</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G93" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I93" s="6">
         <v>25</v>
       </c>
       <c r="J93" s="10" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="K93" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M93" s="6" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O93" s="6">
-        <v>40901.3</v>
+        <v>41582.99</v>
       </c>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B94" s="6">
         <v>0</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6">
         <v>0</v>
       </c>
       <c r="E94" s="6">
         <v>21000802092</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I94" s="6">
         <v>28</v>
       </c>
       <c r="J94" s="10" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M94" s="6" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O94" s="6">
-        <v>37070.01</v>
+        <v>37687.84</v>
       </c>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B95" s="6">
         <v>0</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6">
         <v>21000802821</v>
       </c>
       <c r="F95" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I95" s="6">
         <v>94</v>
       </c>
       <c r="J95" s="10" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M95" s="6" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O95" s="6">
-        <v>131010.01</v>
+        <v>133193.5</v>
       </c>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B96" s="6">
         <v>0</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6">
         <v>21000802822</v>
       </c>
       <c r="F96" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I96" s="6">
         <v>83</v>
       </c>
       <c r="J96" s="10" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L96" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M96" s="6" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O96" s="6">
-        <v>120780.01</v>
+        <v>122793</v>
       </c>
       <c r="P96" s="6"/>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="65">
       <c r="A97" s="6" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B97" s="6">
         <v>0</v>
       </c>
       <c r="C97" s="6">
         <v>0</v>
       </c>
       <c r="D97" s="6">
         <v>0</v>
       </c>
       <c r="E97" s="6">
         <v>21000001427</v>
       </c>
       <c r="F97" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I97" s="6">
         <v>0</v>
       </c>
       <c r="J97" s="10" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M97" s="6" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O97" s="6">
-        <v>170610.01</v>
+        <v>173453.5</v>
       </c>
       <c r="P97" s="6"/>
     </row>
     <row r="98" spans="1:16" customHeight="1" ht="65">
       <c r="A98" s="6" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B98" s="6">
         <v>1</v>
       </c>
       <c r="C98" s="6">
         <v>1</v>
       </c>
       <c r="D98" s="6">
         <v>0</v>
       </c>
       <c r="E98" s="6">
         <v>21000802820</v>
       </c>
       <c r="F98" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I98" s="6">
         <v>78</v>
       </c>
       <c r="J98" s="10" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L98" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M98" s="6" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O98" s="6">
-        <v>114400.01</v>
+        <v>116306.67</v>
       </c>
       <c r="P98" s="6"/>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="65">
       <c r="A99" s="6" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B99" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C99" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D99" s="6">
         <v>0</v>
       </c>
       <c r="E99" s="6">
         <v>21000001021</v>
       </c>
       <c r="F99" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I99" s="6">
         <v>0</v>
       </c>
       <c r="J99" s="10" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O99" s="6">
-        <v>246510.04</v>
+        <v>251440.2</v>
       </c>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B100" s="6">
         <v>0</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
       <c r="E100" s="6">
         <v>21000804962</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I100" s="6">
         <v>212</v>
       </c>
       <c r="J100" s="10" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="K100" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O100" s="6">
-        <v>320540.02</v>
+        <v>325882.32</v>
       </c>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B101" s="6">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C101" s="6">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6">
         <v>21000001022</v>
       </c>
       <c r="F101" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I101" s="6">
         <v>154</v>
       </c>
       <c r="J101" s="10" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O101" s="6">
-        <v>263881.66</v>
+        <v>250318.2</v>
       </c>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6">
         <v>21000001020</v>
       </c>
       <c r="F102" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I102" s="6">
         <v>0</v>
       </c>
       <c r="J102" s="10" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L102" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M102" s="6" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O102" s="6">
-        <v>215710.03</v>
+        <v>220024.21</v>
       </c>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B103" s="6">
         <v>0</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
       <c r="E103" s="6">
         <v>21000807561</v>
       </c>
       <c r="F103" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I103" s="6">
         <v>92</v>
       </c>
       <c r="J103" s="10" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="10" t="s">
         <v>58</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O103" s="6">
-        <v>107690.01</v>
+        <v>109484.83</v>
       </c>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B104" s="6">
         <v>0</v>
       </c>
       <c r="C104" s="6">
         <v>0</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
       <c r="E104" s="6">
         <v>21000802090</v>
       </c>
       <c r="F104" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G104" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I104" s="6">
         <v>116</v>
       </c>
       <c r="J104" s="10" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="K104" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L104" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O104" s="6">
-        <v>174240.02</v>
+        <v>177143.99</v>
       </c>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B105" s="6">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="C105" s="6">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
       <c r="E105" s="6">
         <v>21000802017</v>
       </c>
       <c r="F105" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I105" s="6">
         <v>0</v>
       </c>
       <c r="J105" s="10" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="K105" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M105" s="6" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O105" s="6">
-        <v>60502.2</v>
+        <v>61510.56</v>
       </c>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B106" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C106" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
       <c r="E106" s="6">
         <v>21000802018</v>
       </c>
       <c r="F106" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H106" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I106" s="6">
         <v>0</v>
       </c>
       <c r="J106" s="10" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M106" s="6" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O106" s="6">
-        <v>71832.2</v>
+        <v>73268.84</v>
       </c>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B107" s="6">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C107" s="6">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
       <c r="E107" s="6">
         <v>21000802694</v>
       </c>
       <c r="F107" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I107" s="6">
         <v>0</v>
       </c>
       <c r="J107" s="10" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="K107" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L107" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M107" s="6" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O107" s="6">
-        <v>75240</v>
+        <v>76744.8</v>
       </c>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B108" s="6">
         <v>0</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6">
         <v>21000802015</v>
       </c>
       <c r="F108" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I108" s="6">
         <v>85</v>
       </c>
       <c r="J108" s="10" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="K108" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O108" s="6">
-        <v>87010.01</v>
+        <v>88460.16</v>
       </c>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B109" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C109" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6">
         <v>21000802692</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H109" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I109" s="6">
         <v>0</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O109" s="6">
-        <v>86031.02</v>
+        <v>87751.63</v>
       </c>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B110" s="6">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C110" s="6">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6">
         <v>21000802012</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H110" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I110" s="6">
         <v>0</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L110" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O110" s="6">
-        <v>107355.33</v>
+        <v>102595.91</v>
       </c>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B111" s="6">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C111" s="6">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6">
         <v>21000802107</v>
       </c>
       <c r="F111" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I111" s="6">
         <v>0</v>
       </c>
       <c r="J111" s="10" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O111" s="6">
-        <v>117612.02</v>
+        <v>119964.24</v>
       </c>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B112" s="6">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C112" s="6">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
       <c r="E112" s="6">
         <v>21000802111</v>
       </c>
       <c r="F112" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H112" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I112" s="6">
         <v>0</v>
       </c>
       <c r="J112" s="10" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="K112" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O112" s="6">
-        <v>145582.14</v>
+        <v>141069.06</v>
       </c>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B113" s="6">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C113" s="6">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D113" s="6">
         <v>0</v>
       </c>
       <c r="E113" s="6">
         <v>21000802690</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H113" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I113" s="6">
         <v>0</v>
       </c>
       <c r="J113" s="10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="K113" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M113" s="6" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O113" s="6">
-        <v>39820.01</v>
+        <v>40616.4</v>
       </c>
       <c r="P113" s="6"/>
     </row>
     <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B114" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C114" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D114" s="6">
         <v>0</v>
       </c>
       <c r="E114" s="6">
         <v>21000807546</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H114" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I114" s="6">
         <v>62</v>
       </c>
       <c r="J114" s="10" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="K114" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L114" s="10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M114" s="6" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O114" s="6">
-        <v>86031.02</v>
+        <v>87751.63</v>
       </c>
       <c r="P114" s="6"/>
     </row>
     <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B115" s="6">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="C115" s="6">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D115" s="6">
         <v>0</v>
       </c>
       <c r="E115" s="6">
         <v>21001802693</v>
       </c>
       <c r="F115" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H115" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I115" s="6">
         <v>0</v>
       </c>
       <c r="J115" s="10" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="K115" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L115" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M115" s="6" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O115" s="6">
-        <v>132880.02</v>
+        <v>135537.61</v>
       </c>
       <c r="P115" s="6"/>
     </row>
     <row r="116" spans="1:16" customHeight="1" ht="65">
       <c r="A116" s="6" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B116" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C116" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6">
         <v>21001802009</v>
       </c>
       <c r="F116" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H116" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I116" s="6">
         <v>0</v>
       </c>
       <c r="J116" s="10" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="K116" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M116" s="6" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O116" s="6">
-        <v>157784.02</v>
+        <v>160939.67</v>
       </c>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B117" s="6">
         <v>0</v>
       </c>
       <c r="C117" s="6">
         <v>0</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6">
         <v>21000001645</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I117" s="6">
         <v>58.2</v>
       </c>
       <c r="J117" s="10" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="K117" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M117" s="6" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O117" s="6">
-        <v>58080.01</v>
+        <v>59048</v>
       </c>
       <c r="P117" s="6"/>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" s="6" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B118" s="6">
         <v>0</v>
       </c>
       <c r="C118" s="6">
         <v>0</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
       <c r="E118" s="6" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I118" s="6">
         <v>0</v>
       </c>
       <c r="J118" s="10"/>
       <c r="K118" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L118" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M118" s="6" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O118" s="6"/>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" s="6" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B119" s="6">
         <v>0</v>
       </c>
       <c r="C119" s="6">
         <v>0</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
       <c r="E119" s="6" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I119" s="6">
         <v>0</v>
       </c>
       <c r="J119" s="10"/>
       <c r="K119" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L119" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M119" s="6" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O119" s="6"/>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" s="6" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B120" s="6">
         <v>0</v>
       </c>
       <c r="C120" s="6">
         <v>0</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
       <c r="E120" s="6" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H120" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I120" s="6">
         <v>0</v>
       </c>
       <c r="J120" s="10"/>
       <c r="K120" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L120" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M120" s="6" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O120" s="6">
-        <v>37310.58</v>
+        <v>36578.99</v>
       </c>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B121" s="6">
         <v>0</v>
       </c>
       <c r="C121" s="6">
         <v>0</v>
       </c>
       <c r="D121" s="6">
         <v>0</v>
       </c>
       <c r="E121" s="6">
         <v>21000002880</v>
       </c>
       <c r="F121" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H121" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I121" s="6">
         <v>105</v>
       </c>
       <c r="J121" s="10" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="K121" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L121" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O121" s="6">
-        <v>166980.02</v>
+        <v>169763</v>
       </c>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="65">
       <c r="A122" s="6" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B122" s="6">
         <v>0</v>
       </c>
       <c r="C122" s="6">
         <v>0</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
       <c r="E122" s="6" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="F122" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H122" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I122" s="6">
         <v>99.5</v>
       </c>
       <c r="J122" s="10" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="K122" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L122" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M122" s="6" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O122" s="6">
-        <v>152061.53</v>
+        <v>144079.93</v>
       </c>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
       <c r="E123" s="6">
         <v>21000002787</v>
       </c>
       <c r="F123" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I123" s="6">
         <v>75</v>
       </c>
       <c r="J123" s="10" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="K123" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L123" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O123" s="6">
-        <v>85250.01</v>
+        <v>86670.84</v>
       </c>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B124" s="6">
         <v>0</v>
       </c>
       <c r="C124" s="6">
         <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
       <c r="E124" s="6">
         <v>21000007017</v>
       </c>
       <c r="F124" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I124" s="6">
         <v>93</v>
       </c>
       <c r="J124" s="10" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L124" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O124" s="6">
-        <v>104280</v>
+        <v>106018</v>
       </c>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B125" s="6">
         <v>0</v>
       </c>
       <c r="C125" s="6">
         <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6">
         <v>21000002771</v>
       </c>
       <c r="F125" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H125" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I125" s="6">
         <v>83</v>
       </c>
       <c r="J125" s="10" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="K125" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O125" s="6">
-        <v>96360</v>
+        <v>97966.01</v>
       </c>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
       <c r="E126" s="6">
         <v>21000002791</v>
       </c>
       <c r="F126" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I126" s="6">
         <v>103</v>
       </c>
       <c r="J126" s="10" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="K126" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L126" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M126" s="6" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O126" s="6">
-        <v>116270.01</v>
+        <v>118207.84</v>
       </c>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B127" s="6">
         <v>1</v>
       </c>
       <c r="C127" s="6">
         <v>1</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6">
         <v>21000080486</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I127" s="6">
         <v>58</v>
       </c>
       <c r="J127" s="10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="K127" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L127" s="10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O127" s="6">
-        <v>58080.01</v>
+        <v>59241.6</v>
       </c>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
       <c r="E128" s="6">
         <v>21000080437</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H128" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I128" s="6">
         <v>25</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K128" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L128" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O128" s="6">
-        <v>38060.01</v>
+        <v>38694.34</v>
       </c>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6">
         <v>21000080470</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I129" s="6">
         <v>33</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="K129" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L129" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O129" s="6">
-        <v>36410</v>
+        <v>37016.83</v>
       </c>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
       <c r="E130" s="6">
         <v>21000080421</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I130" s="6">
         <v>40</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="K130" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L130" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M130" s="6" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O130" s="6">
-        <v>49500</v>
+        <v>50325</v>
       </c>
       <c r="P130" s="6"/>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="65">
       <c r="A131" s="6" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B131" s="6">
         <v>0</v>
       </c>
       <c r="C131" s="6">
         <v>0</v>
       </c>
       <c r="D131" s="6">
         <v>0</v>
       </c>
       <c r="E131" s="6">
         <v>21000080469</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I131" s="6">
         <v>46</v>
       </c>
       <c r="J131" s="10" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="K131" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L131" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M131" s="6" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O131" s="6">
-        <v>53020</v>
+        <v>53903.66</v>
       </c>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16" customHeight="1" ht="65">
       <c r="A132" s="6" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B132" s="6">
         <v>1</v>
       </c>
       <c r="C132" s="6">
         <v>1</v>
       </c>
       <c r="D132" s="6">
         <v>0</v>
       </c>
       <c r="E132" s="6">
         <v>21000080417</v>
       </c>
       <c r="F132" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H132" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I132" s="6">
         <v>59</v>
       </c>
       <c r="J132" s="10" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K132" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L132" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M132" s="6" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O132" s="6">
-        <v>61380.01</v>
+        <v>62403</v>
       </c>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
       <c r="E133" s="6">
         <v>21000080341</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H133" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I133" s="6">
         <v>75</v>
       </c>
       <c r="J133" s="10" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="K133" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L133" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M133" s="6" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O133" s="6">
-        <v>93049</v>
+        <v>94599.82</v>
       </c>
       <c r="P133" s="6"/>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="65">
       <c r="A134" s="6" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B134" s="6">
         <v>0</v>
       </c>
       <c r="C134" s="6">
         <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
       <c r="E134" s="6">
         <v>21000080342</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I134" s="6">
         <v>91</v>
       </c>
       <c r="J134" s="10" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="K134" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L134" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M134" s="6" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O134" s="6">
-        <v>100430.01</v>
+        <v>102103.83</v>
       </c>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B135" s="6">
         <v>0</v>
       </c>
       <c r="C135" s="6">
         <v>0</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
       <c r="E135" s="6">
         <v>21000180343</v>
       </c>
       <c r="F135" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H135" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I135" s="6">
         <v>93</v>
       </c>
       <c r="J135" s="10" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="K135" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L135" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M135" s="6" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O135" s="6">
-        <v>134310.02</v>
+        <v>136548.5</v>
       </c>
       <c r="P135" s="6"/>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B136" s="6">
         <v>0</v>
       </c>
       <c r="C136" s="6">
         <v>0</v>
       </c>
       <c r="D136" s="6">
         <v>0</v>
       </c>
       <c r="E136" s="6" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F136" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G136" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I136" s="6">
         <v>110</v>
       </c>
       <c r="J136" s="10" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="K136" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L136" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M136" s="6" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O136" s="6">
-        <v>159720.02</v>
+        <v>162382</v>
       </c>
       <c r="P136" s="6"/>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B137" s="6">
         <v>0</v>
       </c>
       <c r="C137" s="6">
         <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6">
         <v>21000001429</v>
       </c>
       <c r="F137" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G137" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H137" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I137" s="6">
         <v>181</v>
       </c>
       <c r="J137" s="10" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="K137" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L137" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M137" s="6" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O137" s="6">
-        <v>294030.02</v>
+        <v>298930.49</v>
       </c>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B138" s="6">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <v>0</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6">
         <v>21000001767</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G138" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I138" s="6">
         <v>62</v>
       </c>
       <c r="J138" s="10" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="K138" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L138" s="10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M138" s="6" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O138" s="6">
-        <v>88451.02</v>
+        <v>89925.18</v>
       </c>
       <c r="P138" s="6"/>
     </row>
     <row r="139" spans="1:16" customHeight="1" ht="65">
       <c r="A139" s="6" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B139" s="6">
         <v>0</v>
       </c>
       <c r="C139" s="6">
         <v>0</v>
       </c>
       <c r="D139" s="6">
         <v>0</v>
       </c>
       <c r="E139" s="6" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G139" s="10" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I139" s="6">
         <v>115</v>
       </c>
       <c r="J139" s="10" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="L139" s="10" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M139" s="6" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O139" s="6">
         <v>378820.04</v>
       </c>
       <c r="P139" s="6"/>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="65">
       <c r="A140" s="6" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B140" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C140" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6">
         <v>21000001426</v>
       </c>
       <c r="F140" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H140" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I140" s="6">
         <v>113</v>
       </c>
       <c r="J140" s="10" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="K140" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L140" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M140" s="6" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O140" s="6">
-        <v>153560.02</v>
+        <v>156119.34</v>
       </c>
       <c r="P140" s="6"/>
     </row>
     <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B141" s="6">
         <v>0</v>
       </c>
       <c r="C141" s="6">
         <v>0</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
       <c r="E141" s="6">
         <v>21000802501</v>
       </c>
       <c r="F141" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H141" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I141" s="6">
         <v>0</v>
       </c>
       <c r="J141" s="10" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="K141" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L141" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M141" s="6" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O141" s="6">
-        <v>175329.01</v>
+        <v>178251.15</v>
       </c>
       <c r="P141" s="6"/>
     </row>
     <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B142" s="6">
         <v>0</v>
       </c>
       <c r="C142" s="6">
         <v>0</v>
       </c>
       <c r="D142" s="6">
         <v>0</v>
       </c>
       <c r="E142" s="6">
         <v>21000001922</v>
       </c>
       <c r="F142" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G142" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I142" s="6">
         <v>116</v>
       </c>
       <c r="J142" s="10" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="K142" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L142" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M142" s="6" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O142" s="6">
-        <v>161040.01</v>
+        <v>163723.99</v>
       </c>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="F143" s="9" t="s">
         <v>66</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I143" s="6">
         <v>12</v>
       </c>
       <c r="J143" s="10" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="K143" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L143" s="10" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M143" s="6" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O143" s="6"/>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16" customHeight="1" ht="65">
       <c r="A144" s="6" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B144" s="6">
         <v>0</v>
       </c>
       <c r="C144" s="6">
         <v>0</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
       <c r="E144" s="6" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F144" s="9" t="s">
         <v>66</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I144" s="6">
         <v>7</v>
       </c>
       <c r="J144" s="10" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="K144" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L144" s="10" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M144" s="6" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O144" s="6"/>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B145" s="6">
         <v>0</v>
       </c>
       <c r="C145" s="6">
         <v>0</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="F145" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I145" s="6">
         <v>108</v>
       </c>
       <c r="J145" s="10" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="K145" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L145" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M145" s="6" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O145" s="6">
-        <v>147730.02</v>
+        <v>150192.16</v>
       </c>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I146" s="6">
         <v>10</v>
       </c>
       <c r="J146" s="10" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="K146" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L146" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M146" s="6" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O146" s="6"/>
       <c r="P146" s="6"/>
     </row>
     <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B147" s="6">
         <v>0</v>
       </c>
       <c r="C147" s="6">
         <v>0</v>
       </c>
       <c r="D147" s="6">
         <v>0</v>
       </c>
       <c r="E147" s="6" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G147" s="10" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H147" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I147" s="6">
         <v>100</v>
       </c>
       <c r="J147" s="10" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="K147" s="6" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="L147" s="10" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M147" s="6" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="N147" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O147" s="6"/>
       <c r="P147" s="6"/>
     </row>
     <row r="148" spans="1:16" customHeight="1" ht="65">
       <c r="A148" s="6" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B148" s="6">
         <v>0</v>
       </c>
       <c r="C148" s="6">
         <v>0</v>
       </c>
       <c r="D148" s="6">
         <v>0</v>
       </c>
       <c r="E148" s="6">
         <v>21000003043</v>
       </c>
       <c r="F148" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I148" s="6">
         <v>100</v>
       </c>
       <c r="J148" s="10" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="K148" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L148" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M148" s="6" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O148" s="6">
-        <v>149380.02</v>
+        <v>151869.67</v>
       </c>
       <c r="P148" s="6"/>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B149" s="6">
         <v>0</v>
       </c>
       <c r="C149" s="6">
         <v>0</v>
       </c>
       <c r="D149" s="6">
         <v>0</v>
       </c>
       <c r="E149" s="6">
         <v>21000002732</v>
       </c>
       <c r="F149" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I149" s="6">
         <v>96</v>
       </c>
       <c r="J149" s="10" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="K149" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L149" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M149" s="6" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O149" s="6">
-        <v>144980.02</v>
+        <v>147396.34</v>
       </c>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B150" s="6">
         <v>0</v>
       </c>
       <c r="C150" s="6">
         <v>0</v>
       </c>
       <c r="D150" s="6">
         <v>0</v>
       </c>
       <c r="E150" s="6" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I150" s="6">
         <v>115</v>
       </c>
       <c r="J150" s="10" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="K150" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L150" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M150" s="6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O150" s="6">
-        <v>149930.01</v>
+        <v>152428.83</v>
       </c>
       <c r="P150" s="6"/>
     </row>
     <row r="151" spans="1:16" customHeight="1" ht="65">
       <c r="A151" s="6" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B151" s="6">
         <v>0</v>
       </c>
       <c r="C151" s="6">
         <v>0</v>
       </c>
       <c r="D151" s="6">
         <v>0</v>
       </c>
-      <c r="E151" s="6">
-        <v>21000002981</v>
+      <c r="E151" s="6" t="s">
+        <v>529</v>
       </c>
       <c r="F151" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H151" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I151" s="6">
         <v>144</v>
       </c>
       <c r="J151" s="10" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="K151" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L151" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M151" s="6" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O151" s="6">
-        <v>221100.02</v>
+        <v>224785</v>
       </c>
       <c r="P151" s="6"/>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="65">
       <c r="A152" s="6" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="B152" s="6">
         <v>0</v>
       </c>
       <c r="C152" s="6">
         <v>0</v>
       </c>
       <c r="D152" s="6">
         <v>0</v>
       </c>
       <c r="E152" s="6" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G152" s="10" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I152" s="6">
         <v>99</v>
       </c>
       <c r="J152" s="10" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="K152" s="6" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="L152" s="10" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M152" s="6" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="N152" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O152" s="6">
         <v>362408.22</v>
       </c>
       <c r="P152" s="6"/>
     </row>
     <row r="153" spans="1:16" customHeight="1" ht="65">
       <c r="A153" s="6" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B153" s="6">
         <v>0</v>
       </c>
       <c r="C153" s="6">
         <v>0</v>
       </c>
       <c r="D153" s="6">
         <v>0</v>
       </c>
       <c r="E153" s="6">
         <v>21000003118</v>
       </c>
       <c r="F153" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G153" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H153" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I153" s="6">
         <v>80</v>
       </c>
       <c r="J153" s="10" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="K153" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L153" s="10" t="s">
         <v>58</v>
       </c>
       <c r="M153" s="6" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O153" s="6">
-        <v>108900.01</v>
+        <v>110715</v>
       </c>
       <c r="P153" s="6"/>
     </row>
     <row r="154" spans="1:16" customHeight="1" ht="65">
       <c r="A154" s="6" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B154" s="6">
         <v>0</v>
       </c>
       <c r="C154" s="6">
         <v>0</v>
       </c>
       <c r="D154" s="6">
         <v>0</v>
       </c>
       <c r="E154" s="6">
         <v>21000003125</v>
       </c>
       <c r="F154" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I154" s="6">
         <v>120</v>
       </c>
       <c r="J154" s="10" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="K154" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L154" s="10" t="s">
         <v>58</v>
       </c>
       <c r="M154" s="6" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O154" s="6">
-        <v>147730.02</v>
+        <v>150192.16</v>
       </c>
       <c r="P154" s="6"/>
     </row>
     <row r="155" spans="1:16" customHeight="1" ht="65">
       <c r="A155" s="6" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B155" s="6">
         <v>0</v>
       </c>
       <c r="C155" s="6">
         <v>0</v>
       </c>
       <c r="D155" s="6">
         <v>0</v>
       </c>
       <c r="E155" s="6">
         <v>21000009702</v>
       </c>
       <c r="F155" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G155" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H155" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I155" s="6">
         <v>0</v>
       </c>
       <c r="J155" s="10" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="K155" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M155" s="6" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="N155" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O155" s="6">
-        <v>96580.01</v>
+        <v>98189.67</v>
       </c>
       <c r="P155" s="6"/>
     </row>
     <row r="156" spans="1:16" customHeight="1" ht="65">
       <c r="A156" s="6" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B156" s="6">
         <v>0</v>
       </c>
       <c r="C156" s="6">
         <v>0</v>
       </c>
       <c r="D156" s="6">
         <v>0</v>
       </c>
       <c r="E156" s="6">
         <v>21000001850</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G156" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H156" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I156" s="6">
         <v>39</v>
       </c>
       <c r="J156" s="10" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="K156" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L156" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M156" s="6" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="N156" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O156" s="6">
-        <v>42020</v>
+        <v>42720.33</v>
       </c>
       <c r="P156" s="6"/>
     </row>
     <row r="157" spans="1:16" customHeight="1" ht="65">
       <c r="A157" s="6" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B157" s="6">
         <v>0</v>
       </c>
       <c r="C157" s="6">
         <v>0</v>
       </c>
       <c r="D157" s="6">
         <v>0</v>
       </c>
       <c r="E157" s="6" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F157" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G157" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H157" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I157" s="6">
         <v>155</v>
       </c>
       <c r="J157" s="10" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="K157" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L157" s="10" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M157" s="6" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="N157" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O157" s="6">
-        <v>279664.09</v>
+        <v>274180.48</v>
       </c>
       <c r="P157" s="6"/>
     </row>
     <row r="158" spans="1:16" customHeight="1" ht="65">
       <c r="A158" s="6" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B158" s="6">
         <v>0</v>
       </c>
       <c r="C158" s="6">
         <v>0</v>
       </c>
       <c r="D158" s="6">
         <v>0</v>
       </c>
       <c r="E158" s="6">
         <v>21000001968</v>
       </c>
       <c r="F158" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G158" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H158" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I158" s="6">
         <v>187</v>
       </c>
       <c r="J158" s="10" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="K158" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L158" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M158" s="6" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="N158" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O158" s="6">
-        <v>270710.03</v>
+        <v>275221.83</v>
       </c>
       <c r="P158" s="6"/>
     </row>
     <row r="159" spans="1:16" customHeight="1" ht="65">
       <c r="A159" s="6" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B159" s="6">
         <v>0</v>
       </c>
       <c r="C159" s="6">
         <v>0</v>
       </c>
       <c r="D159" s="6">
         <v>0</v>
       </c>
       <c r="E159" s="6">
         <v>11686</v>
       </c>
       <c r="F159" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G159" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H159" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I159" s="6">
         <v>105</v>
       </c>
       <c r="J159" s="10" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="K159" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="L159" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M159" s="6" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="N159" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O159" s="6"/>
       <c r="P159" s="6"/>
     </row>
     <row r="160" spans="1:16" customHeight="1" ht="65">
       <c r="A160" s="6" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B160" s="6">
         <v>0</v>
       </c>
       <c r="C160" s="6">
         <v>0</v>
       </c>
       <c r="D160" s="6">
         <v>0</v>
       </c>
       <c r="E160" s="6" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G160" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H160" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I160" s="6">
         <v>84</v>
       </c>
       <c r="J160" s="10" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="K160" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="L160" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M160" s="6" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="N160" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O160" s="6"/>
       <c r="P160" s="6"/>
     </row>
     <row r="161" spans="1:16" customHeight="1" ht="65">
       <c r="A161" s="6" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B161" s="6">
         <v>0</v>
       </c>
       <c r="C161" s="6">
         <v>0</v>
       </c>
       <c r="D161" s="6">
         <v>0</v>
       </c>
       <c r="E161" s="6" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G161" s="10" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H161" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I161" s="6">
         <v>99</v>
       </c>
       <c r="J161" s="10" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="K161" s="6" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="L161" s="10" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M161" s="6" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="N161" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O161" s="6">
         <v>289233.86</v>
       </c>
       <c r="P161" s="6"/>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="65">
       <c r="A162" s="6" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B162" s="6">
         <v>0</v>
       </c>
       <c r="C162" s="6">
         <v>0</v>
       </c>
       <c r="D162" s="6">
         <v>0</v>
       </c>
       <c r="E162" s="6" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="F162" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G162" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H162" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I162" s="6">
         <v>0</v>
       </c>
       <c r="J162" s="10" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="K162" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L162" s="10" t="s">
         <v>30</v>
       </c>
       <c r="M162" s="6" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O162" s="6">
-        <v>120971.48</v>
+        <v>118599.49</v>
       </c>
       <c r="P162" s="6"/>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" s="6" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B163" s="6">
         <v>0</v>
       </c>
       <c r="C163" s="6">
         <v>0</v>
       </c>
       <c r="D163" s="6">
         <v>0</v>
       </c>
       <c r="E163" s="6" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="F163" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G163" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H163" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I163" s="6">
         <v>0</v>
       </c>
       <c r="J163" s="10" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="K163" s="6" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="L163" s="10" t="s">
         <v>30</v>
       </c>
       <c r="M163" s="6" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="N163" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O163" s="6">
         <v>110855.28</v>
       </c>
       <c r="P163" s="6"/>
     </row>
     <row r="164" spans="1:16" customHeight="1" ht="65">
       <c r="A164" s="6" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B164" s="6">
         <v>0</v>
       </c>
       <c r="C164" s="6">
         <v>0</v>
       </c>
       <c r="D164" s="6">
         <v>0</v>
       </c>
       <c r="E164" s="6">
         <v>21000005391</v>
       </c>
       <c r="F164" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G164" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I164" s="6">
         <v>206</v>
       </c>
       <c r="J164" s="10" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="K164" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M164" s="6" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O164" s="6">
-        <v>320760.03</v>
+        <v>326106</v>
       </c>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B165" s="6">
         <v>0</v>
       </c>
       <c r="C165" s="6">
         <v>0</v>
       </c>
       <c r="D165" s="6">
         <v>0</v>
       </c>
       <c r="E165" s="6">
         <v>21000002758</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G165" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H165" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I165" s="6">
         <v>105</v>
       </c>
       <c r="J165" s="10" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="K165" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L165" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M165" s="6" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="N165" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O165" s="6">
-        <v>112420.01</v>
+        <v>114293.66</v>
       </c>
       <c r="P165" s="6"/>
     </row>
     <row r="166" spans="1:16" customHeight="1" ht="65">
       <c r="A166" s="6" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B166" s="6">
         <v>0</v>
       </c>
       <c r="C166" s="6">
         <v>0</v>
       </c>
       <c r="D166" s="6">
         <v>0</v>
       </c>
       <c r="E166" s="6">
         <v>21000801001</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I166" s="6">
         <v>150</v>
       </c>
       <c r="J166" s="10" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="K166" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L166" s="10" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M166" s="6" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O166" s="6">
-        <v>411158.05</v>
+        <v>418010.62</v>
       </c>
       <c r="P166" s="6"/>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="65">
       <c r="A167" s="6" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B167" s="6">
         <v>0</v>
       </c>
       <c r="C167" s="6">
         <v>0</v>
       </c>
       <c r="D167" s="6">
         <v>0</v>
       </c>
       <c r="E167" s="6" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="F167" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>41</v>
       </c>
       <c r="H167" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I167" s="6">
         <v>137</v>
       </c>
       <c r="J167" s="10" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="K167" s="6" t="s">
         <v>44</v>
       </c>
       <c r="L167" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M167" s="6" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="N167" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O167" s="6"/>
       <c r="P167" s="6"/>
     </row>
     <row r="168" spans="1:16" customHeight="1" ht="65">
       <c r="A168" s="6" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B168" s="6">
         <v>0</v>
       </c>
       <c r="C168" s="6">
         <v>0</v>
       </c>
       <c r="D168" s="6">
         <v>0</v>
       </c>
       <c r="E168" s="6">
         <v>21000001501</v>
       </c>
       <c r="F168" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H168" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I168" s="6">
         <v>153</v>
       </c>
       <c r="J168" s="10" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="K168" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M168" s="6" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O168" s="6">
-        <v>248820.03</v>
+        <v>252966.99</v>
       </c>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="B169" s="6">
         <v>0</v>
       </c>
       <c r="C169" s="6">
         <v>0</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
       <c r="E169" s="6">
         <v>21000001327</v>
       </c>
       <c r="F169" s="9" t="s">
         <v>37</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H169" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I169" s="6">
         <v>89</v>
       </c>
       <c r="J169" s="10" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="K169" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M169" s="6" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="N169" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O169" s="6">
-        <v>134640.02</v>
+        <v>136883.99</v>
       </c>
       <c r="P169" s="6"/>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="65">
       <c r="A170" s="6" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="B170" s="6">
         <v>0</v>
       </c>
       <c r="C170" s="6">
         <v>0</v>
       </c>
       <c r="D170" s="6">
         <v>0</v>
       </c>
       <c r="E170" s="6">
         <v>21000802500</v>
       </c>
       <c r="F170" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I170" s="6">
         <v>92</v>
       </c>
       <c r="J170" s="10" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="K170" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L170" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M170" s="6" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O170" s="6">
-        <v>143825.02</v>
+        <v>146222.08</v>
       </c>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="B171" s="6">
         <v>0</v>
       </c>
       <c r="C171" s="6">
         <v>0</v>
       </c>
       <c r="D171" s="6">
         <v>0</v>
       </c>
       <c r="E171" s="6">
         <v>21000802011</v>
       </c>
       <c r="F171" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G171" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I171" s="6">
         <v>234</v>
       </c>
       <c r="J171" s="10" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="K171" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L171" s="10" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M171" s="6" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O171" s="6">
-        <v>374000.04</v>
+        <v>380233.33</v>
       </c>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="B172" s="6">
         <v>0</v>
       </c>
       <c r="C172" s="6">
         <v>0</v>
       </c>
       <c r="D172" s="6">
         <v>0</v>
       </c>
       <c r="E172" s="6">
         <v>21000803566</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G172" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I172" s="6">
         <v>34</v>
       </c>
       <c r="J172" s="10" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="K172" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L172" s="10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M172" s="6" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="N172" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O172" s="6">
-        <v>39820.01</v>
+        <v>40483.66</v>
       </c>
       <c r="P172" s="6"/>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="65">
       <c r="A173" s="6" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B173" s="6">
         <v>0</v>
       </c>
       <c r="C173" s="6">
         <v>0</v>
       </c>
       <c r="D173" s="6">
         <v>0</v>
       </c>
       <c r="E173" s="6">
         <v>21000805623</v>
       </c>
       <c r="F173" s="9" t="s">
         <v>35</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I173" s="6">
         <v>209</v>
       </c>
       <c r="J173" s="10" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="K173" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L173" s="10" t="s">
         <v>37</v>
       </c>
       <c r="M173" s="6" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O173" s="6">
-        <v>330440.03</v>
+        <v>335947.32</v>
       </c>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B174" s="6">
         <v>0</v>
       </c>
       <c r="C174" s="6">
         <v>0</v>
       </c>
       <c r="D174" s="6">
         <v>0</v>
       </c>
       <c r="E174" s="6">
         <v>21000801947</v>
       </c>
       <c r="F174" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H174" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I174" s="6">
         <v>72</v>
       </c>
       <c r="J174" s="10" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="K174" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L174" s="10" t="s">
         <v>21</v>
       </c>
       <c r="M174" s="6" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O174" s="6">
-        <v>73480.01</v>
+        <v>74704.67</v>
       </c>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B175" s="6">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <v>0</v>
       </c>
       <c r="D175" s="6">
         <v>0</v>
       </c>
       <c r="E175" s="6">
         <v>21000002525</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G175" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H175" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I175" s="6">
         <v>34</v>
       </c>
       <c r="J175" s="10" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="K175" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L175" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M175" s="6" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O175" s="6">
-        <v>44990.01</v>
+        <v>45739.83</v>
       </c>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B176" s="6">
         <v>0</v>
       </c>
       <c r="C176" s="6">
         <v>0</v>
       </c>
       <c r="D176" s="6">
         <v>0</v>
       </c>
       <c r="E176" s="6">
         <v>21000801112</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H176" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I176" s="6">
         <v>46</v>
       </c>
       <c r="J176" s="10" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="K176" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L176" s="10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M176" s="6" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O176" s="6">
-        <v>61380.01</v>
+        <v>62403</v>
       </c>
       <c r="P176" s="6"/>
     </row>
     <row r="177" spans="1:16" customHeight="1" ht="65">
       <c r="A177" s="6" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B177" s="6">
         <v>0</v>
       </c>
       <c r="C177" s="6">
         <v>0</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
       <c r="E177" s="6">
         <v>21000806028</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H177" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I177" s="6">
         <v>68</v>
       </c>
       <c r="J177" s="10" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="K177" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L177" s="10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M177" s="6" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="N177" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O177" s="6">
-        <v>91355</v>
+        <v>92877.59</v>
       </c>
       <c r="P177" s="6"/>
     </row>
     <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="B178" s="6">
         <v>0</v>
       </c>
       <c r="C178" s="6">
         <v>0</v>
       </c>
       <c r="D178" s="6">
         <v>0</v>
       </c>
       <c r="E178" s="6">
         <v>21001801021</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H178" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I178" s="6">
         <v>112</v>
       </c>
       <c r="J178" s="10" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="K178" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L178" s="10" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M178" s="6" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O178" s="6">
-        <v>164197.02</v>
+        <v>166933.61</v>
       </c>
       <c r="P178" s="6"/>
     </row>
     <row r="179" spans="1:16" customHeight="1" ht="65">
       <c r="A179" s="6" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="B179" s="6">
         <v>0</v>
       </c>
       <c r="C179" s="6">
         <v>0</v>
       </c>
       <c r="D179" s="6">
         <v>0</v>
       </c>
       <c r="E179" s="6">
         <v>21000002526</v>
       </c>
       <c r="F179" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H179" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I179" s="6">
         <v>125</v>
       </c>
       <c r="J179" s="10" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="K179" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L179" s="10" t="s">
         <v>53</v>
       </c>
       <c r="M179" s="6" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="N179" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O179" s="6">
-        <v>204369.01</v>
+        <v>207775.15</v>
       </c>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="B180" s="6">
         <v>0</v>
       </c>
       <c r="C180" s="6">
         <v>0</v>
       </c>
       <c r="D180" s="6">
         <v>0</v>
       </c>
       <c r="E180" s="6" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="H180" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I180" s="6">
         <v>82</v>
       </c>
       <c r="J180" s="10" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="K180" s="6" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="L180" s="10" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M180" s="6" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="N180" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O180" s="6">
         <v>230292.52</v>
       </c>
       <c r="P180" s="6"/>
     </row>
     <row r="181" spans="1:16" customHeight="1" ht="65">
       <c r="A181" s="6" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="B181" s="6">
         <v>0</v>
       </c>
       <c r="C181" s="6">
         <v>0</v>
       </c>
       <c r="D181" s="6">
         <v>0</v>
       </c>
       <c r="E181" s="6" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="F181" s="9" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="H181" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I181" s="6">
         <v>91</v>
       </c>
       <c r="J181" s="10" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="K181" s="6" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="L181" s="10" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M181" s="6" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O181" s="6">
         <v>249558.48</v>
       </c>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B182" s="6">
         <v>0</v>
       </c>
       <c r="C182" s="6">
         <v>0</v>
       </c>
       <c r="D182" s="6">
         <v>0</v>
       </c>
       <c r="E182" s="6" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G182" s="10" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="H182" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I182" s="6">
         <v>70</v>
       </c>
       <c r="J182" s="10" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="K182" s="6" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="L182" s="10" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M182" s="6" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O182" s="6">
         <v>209472.57</v>
       </c>
       <c r="P182" s="6"/>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="65">
       <c r="A183" s="6" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="B183" s="6">
         <v>0</v>
       </c>
       <c r="C183" s="6">
         <v>0</v>
       </c>
       <c r="D183" s="6">
         <v>0</v>
       </c>
       <c r="E183" s="6" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G183" s="10" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="H183" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I183" s="6">
         <v>107</v>
       </c>
       <c r="J183" s="10" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="K183" s="6" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="L183" s="10" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M183" s="6" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O183" s="6">
         <v>289644.39</v>
       </c>
       <c r="P183" s="6"/>
     </row>
     <row r="184" spans="1:16" customHeight="1" ht="65">
       <c r="A184" s="6" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="B184" s="6">
         <v>0</v>
       </c>
       <c r="C184" s="6">
         <v>0</v>
       </c>
       <c r="D184" s="6">
         <v>0</v>
       </c>
       <c r="E184" s="6">
         <v>21000801064</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G184" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H184" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I184" s="6">
         <v>32</v>
       </c>
       <c r="J184" s="10" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="K184" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L184" s="10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M184" s="6" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O184" s="6">
-        <v>49830.01</v>
+        <v>50660.49</v>
       </c>
       <c r="P184" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>