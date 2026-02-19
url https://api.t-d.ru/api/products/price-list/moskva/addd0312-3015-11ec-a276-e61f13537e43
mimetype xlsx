--- v0 (2025-11-04)
+++ v1 (2026-02-19)
@@ -15,62 +15,62 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1245">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>04.11.2025 17:16:00</t>
+    <t>19.02.2026 07:21:49</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -98,126 +98,105 @@
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Тележка для тарелок Cambro CD1826H 110</t>
   </si>
   <si>
     <t>CD1826H 110</t>
   </si>
   <si>
     <t>Тележки для тарелок</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>З</t>
   </si>
   <si>
     <t>Тележка CD1826H 110 (для подносов), цвет: черный, материал: пластмасс, внутренние размеры: 46х66 см, наружные размеры: 50,8х80х97,2 см, вместимость: 136 кг, типы роликов А (ролики 12,7 см: 2 с фиксатором, 2 поворотных, 1 с тормозом)</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
-    <t>Тележки-шпильки</t>
+    <t>Тележки для доставки блюд</t>
   </si>
   <si>
     <t>00000320973</t>
   </si>
   <si>
     <t>шт.</t>
   </si>
   <si>
-    <t>Тележка для термоконтейнеров Pujadas 925.002</t>
-[...5 lines deleted...]
-    <t>ИСПАНИЯ</t>
+    <t>Термосумка Cambro GBD211417 110</t>
+  </si>
+  <si>
+    <t>GBD211417 110</t>
+  </si>
+  <si>
+    <t>Термосумки</t>
+  </si>
+  <si>
+    <t>Сумка складная для доставки GBD211417 110. Цвет: черный. Материал: нейлон. Размер: 53,5х35,5х43 см. Вмещает гастроемкость GN1/1. Высококачественные материалы и прочная конструкция для защиты качества продуктов питания и температуры на пути от кухни до потребителя. Внутренняя часть из винила легко чистится. Высокопрочная изоляция сохраняет пищу горячей или холодной. Вшитые ремни, рассчитанные на большую нагрузку, карман для документов.</t>
+  </si>
+  <si>
+    <t>Текстиль</t>
+  </si>
+  <si>
+    <t>00000350719</t>
+  </si>
+  <si>
+    <t>Термоподнос Cambro ITENEPP 107</t>
+  </si>
+  <si>
+    <t>ITENEPP 107</t>
+  </si>
+  <si>
+    <t>Термоподносы</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>Поднос Go Box ITENEPP107 (с термоизоляцией, 37х53х11,8см, без посуды), вспененный полипропилен. Отличная термоизоляция, поддержание температуры в течение 1 часа. Позволяет доставлять холодные и горячие блюда в одном термоподносе. Посуда не входит в данную комплектацию, докупается отдельно.</t>
+  </si>
+  <si>
+    <t>00000350308</t>
+  </si>
+  <si>
+    <t>Термоконтейнер Cambro EPP400110</t>
+  </si>
+  <si>
+    <t>EPP400110</t>
+  </si>
+  <si>
+    <t>Термоконтейнеры</t>
   </si>
   <si>
     <t>П</t>
-  </si>
-[...55 lines deleted...]
-    <t>Термоконтейнеры</t>
   </si>
   <si>
     <t>Материал: вспененный полипропилен. Цвет: черный. С фронтальной загрузкой. Применение: перевозка, хранение горячих или холодных блюд. Форма: прямоугольная, имеют оргономичные ручки, дверь открывается на 270С. Удобный и невероятно легкий. Размеры: внешние - 64x44x62,5см, внутренние - 53,5x33x52,5см. Объем 86л. Вместимость: 2х GN 1/1 20см, 3х GN 1/1 15см, 4х GN 1/1 10см, 6х GN 1/1 6,5 см.</t>
   </si>
   <si>
     <t>00000269410</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro BR258 беж.</t>
   </si>
   <si>
     <t>BR258 беж.</t>
   </si>
   <si>
     <t>Кассеты для бокалов</t>
   </si>
   <si>
     <t>Стойка базовая BR258 184 без делений для формирования стоек CamRack. Цвет: бежевый. Размеры: наружный - 50х50х10,1см, размер внутреннего отделения - 45,7х45,7см, внутренняя высота стойки - 6,7см. Материал: полипропилен. Форма: прямоугольная, без делений.</t>
   </si>
   <si>
     <t>Кассеты для мойки и хранения</t>
   </si>
   <si>
     <t>00000161280</t>
   </si>
@@ -338,53 +317,50 @@
   <si>
     <t>Цвет: ярко-красный. Материал: пластик. Размер: 53х32,5х3см. Применение: продлевает срок хранения горячих блюд. Правила пользования: нагреть в горячей воде в течение 35 минут, затем установить на нижних направляющих термоконтейнера. Пригоден для машинной мойки. Подходит для EPP300, EPP400, UPC400, UPC800, UPC800TR, UPC400TR, UPCS400 и др.</t>
   </si>
   <si>
     <t>00000272496</t>
   </si>
   <si>
     <t>Термосумка Cambro GBD101011 110</t>
   </si>
   <si>
     <t>GBD101011 110</t>
   </si>
   <si>
     <t>Сумка складная для доставки GBD101011 110 (25,5х25,5х28см). Цвет: черный. Материал: нейлон. Высококачественные материалы и прочная конструкция для защиты качества продуктов питания и температуры на пути от кухни до потребителя. Внутренняя часть из винила легко чистится. Высокопрочная изоляция сохраняет пищу горячей или холодной. Вшитые ремни, рассчитанные на большую нагрузку, карман для документов.</t>
   </si>
   <si>
     <t>00000350720</t>
   </si>
   <si>
     <t>Тележка для доставки блюд Cambro MDC1520S10 гран.-сер.</t>
   </si>
   <si>
     <t>MDC1520S10 гран.-сер.</t>
   </si>
   <si>
-    <t>Тележки для доставки блюд</t>
-[...1 lines deleted...]
-  <si>
     <t>Tележка MDC1520S10 191 для доставки блюд на подносах, низкопрофильная. Цвет: гранитно-серый. Размер: наружный - 72,4х97,8х108см, внутренний размер отделения - 53,7х78,7х66,7см. Материал: цельнолитой полиэтилен с изоляционным пеноматериалом. Вместимость: 10 подносов размером 38х51,5см или 37х53см. Форма: прямоугольная, 1 отделение, вмещающее 10 подносов, закрывающиеся теплоизолированной дверцей, стандартные колеса 12,7х3,2см.</t>
   </si>
   <si>
     <t>00000274181</t>
   </si>
   <si>
     <t>Тележка сервировочная Kayman ТСП-13/1</t>
   </si>
   <si>
     <t>ТСП-13/1</t>
   </si>
   <si>
     <t>Тележки сервировочные</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Тележка для подносов KAYMAN ТСП-13/1
 Количество уровней: 1, ширина: 800 мм, глубина: 500 мм, высота: 930 мм, вес (без упаковки): 15.1 кг, вес (с упаковкой): 16.78 кг.</t>
   </si>
   <si>
     <t>Kayman</t>
   </si>
   <si>
@@ -804,98 +780,74 @@
   <si>
     <t>Термоконтейнер Cambro EPPZ35265 110</t>
   </si>
   <si>
     <t>EPPZ35265 110</t>
   </si>
   <si>
     <t>Tермоконтейнер Go Box EPPZ35265 110 (для пиццы), материал вспененный полипропилен, 41х41х33,9 см, внутренняя высота 26,5 см, внутренний диаметр 35х35 см, вместимость 6 пицц.</t>
   </si>
   <si>
     <t>00000341376</t>
   </si>
   <si>
     <t>Кассета для бокалов EKSI JW-16 beige</t>
   </si>
   <si>
     <t>JW-16 beige</t>
   </si>
   <si>
     <t>Кассета-стойка JW-16 базовая, на 16 ячеек. Цвет: бежевый. Размеры: наружный - 49.6х49.6х10см, размер внутреннего отделения - 11.3х11.3х4.4см, внутренняя высота стойки - 8.3см. Материал: полипропилен. Форма: прямоугольная, с делениями. Применение: мойка, хранение, перевозка стеклоизделий.</t>
   </si>
   <si>
     <t>00000099475</t>
   </si>
   <si>
-    <t>Термоконтейнер EKSI X12 grey</t>
-[...10 lines deleted...]
-  <si>
     <t>Кассета для бокалов Cambro E 3 мягк-сер.</t>
   </si>
   <si>
     <t>E 3 мягк-сер.</t>
   </si>
   <si>
     <t>Дополнительная секция E3 151 безячеек, для формирования стоек CamRack. Цвет: мягко-серый. Размеры: наружный - 49,9х49,9х5,1см, внутренняя высота секции - 4,1см. Материал: полипропилен. Форма: прямоугольная. Ударопрочность - высокая. Пригодны для машинной мойки</t>
   </si>
   <si>
     <t>00000034754</t>
   </si>
   <si>
     <t>Кассета для столовых приборов Cambro FR 258 мягк.-сер.</t>
   </si>
   <si>
     <t>FR 258 мягк.-сер.</t>
   </si>
   <si>
     <t>Стойка FR258 151 серии CamRack для столовых приборов. Цвет: мягко-серый. Размеры: 50х50х10,1см, внутренняя высота стойки - 6,7см. Материал: полипропилен. Форма: прямоугольная, с мелкоячеечным дном. Применение: мойка столовых приборов. Ударопрочность - высокая.</t>
   </si>
   <si>
     <t>00000034755</t>
   </si>
   <si>
-    <t>Кассета для бокалов EKSI JW-253 beige</t>
-[...10 lines deleted...]
-  <si>
     <t>Термосумка Cambro GBD151212 110</t>
   </si>
   <si>
     <t>GBD151212 110</t>
   </si>
   <si>
     <t>Сумка для доставки GBD151212 110. Цвет: черный. Материал: нейлон. Размер: 38х30,5х30,5 см. Высококачественные материалы и прочная конструкция для защиты качества продуктов питания и температуры на пути от кухни до потребителя. Внутренняя часть из винила легко чистится. Высокопрочная изоляция сохраняет пищу горячей или холодной. Вшитые ремни, рассчитанные на большую нагрузку, карман для документов.</t>
   </si>
   <si>
     <t>00000350722</t>
   </si>
   <si>
     <t>Тележка для тарелок Abat ТСТ-100</t>
   </si>
   <si>
     <t>Габариты: 1115х621х950 мм. Количество уровней - 2. Грузоподъёмность 120 кг. Вес (без упаковки) 23 кг.</t>
   </si>
   <si>
     <t>Abat</t>
   </si>
   <si>
     <t>00000101434</t>
   </si>
   <si>
     <t>Тележка сервировочная Abat ТС-100</t>
@@ -910,62 +862,50 @@
     <t>Кассета для тарелок Cambro PR 314 мягк.-сер.</t>
   </si>
   <si>
     <t>PR 314 мягк.-сер.</t>
   </si>
   <si>
     <t>Кассеты для тарелок</t>
   </si>
   <si>
     <t>Кассета-стойка PR314 151 штырьковая серии CamRack. Цвет: мягко-серый. Размеры: 50х50х10,1см, внутренняя высота стойки - 6,7см. Материал: полипропилен. Форма: прямоугольная, наличие штырьков. Применение: мойка тарелок, блюд, мисок. Вместимость: до 27 тарелок</t>
   </si>
   <si>
     <t>00000034759</t>
   </si>
   <si>
     <t>Кассета для тарелок Cambro PR 500 мягк.-сер.</t>
   </si>
   <si>
     <t>PR 500 мягк.-сер.</t>
   </si>
   <si>
     <t>Кассета-стойка PR500 151 штырьковая серии CamRack. Цвет: мягко-серый. Размеры: 50х50х10,1см, внутренняя высота стойки - 10,1см. Материал: полипропилен. Форма: прямоугольная, наличие штырьков - 64шт. Применение: мойка тарелок, блюд, мисок.</t>
   </si>
   <si>
     <t>00000034760</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000203214</t>
   </si>
   <si>
     <t>Термосумка Cambro GBD13913 110</t>
   </si>
   <si>
     <t>GBD13913 110</t>
   </si>
   <si>
     <t>Сумка для доставки GBD13913 110. Цвет: черный. Материал: нейлон. Размер: 33х23х33 см. Высококачественные материалы и прочная конструкция для защиты качества продуктов питания и температуры на пути от кухни до потребителя. Внутренняя часть из винила легко чистится. Высокопрочная изоляция сохраняет пищу горячей или холодной. Вшитые ремни, рассчитанные на большую нагрузку, карман для документов.</t>
   </si>
   <si>
     <t>00000353876</t>
   </si>
   <si>
     <t>Термоконтейнер Cambro EPPZ35265BST110</t>
   </si>
   <si>
     <t>EPPZ35265BST110</t>
   </si>
   <si>
     <t>Tермоконтейнер Go Box EPPZ35265BST110 (для пиццы, с черной ручкой), материал вспененный полипропилен, 41х41х33,9 см, внутренняя высота 26,5 см, внутренний диаметр 35х35 см, вместимость 6 пицц.</t>
   </si>
   <si>
     <t>00000336875</t>
   </si>
@@ -973,51 +913,51 @@
     <t>Тележка для тарелок Cambro ADCSC 480</t>
   </si>
   <si>
     <t>ADCSC 480</t>
   </si>
   <si>
     <t>Тележка ADCSC 480 (для тарелок 22,9-30,5 см), цвет: серый в крапинку. Материал: полиэтилен. Размеры: 68,6х68,6х80,7 см. Грузоподъемность: до 227 кг. 
 Компактная регулируемая тележка для тарелок идеально подходит для небольших и крупных помещений, имеет небольшую занимаемую площадь без потери эффективности в использовании и вместительности. Удобное перемещение и блокировка стоек CamLever в верхней части. Имеет литые ручки с четырех сторон. Хранение до 350 тарелок 22,9см в каждой из 5 колонн всего с 4 стойками. Четыре поворачиваемых колеса 12,7см с цинковым покрытием, с тормозами и высокопрочными термополиэтиленовыми покрышками 3,2см, не оставляющими следов. В комплект входит защитный чехол для хранения с верхним карманом для идентификации.</t>
   </si>
   <si>
     <t>00000353153</t>
   </si>
   <si>
     <t>Термоподнос Cambro ITENEPP23 107</t>
   </si>
   <si>
     <t>ITENEPP23 107</t>
   </si>
   <si>
     <t>Поднос Go Box ITENEPP23 107 (с термоизоляцией, 37х53х11,8см, фарфор.посуда),материал подноса вспененный полипропилен. Посуда: фарфор. Отличная термоизоляция, поддержание температуры в течение 1 часа. Позволяет доставлять холодные и горячие блюда в одном термоподносе. Комплектуется посудой: двух-компонентная тарелка фарфоровая 23 см - 1 шт, крышка к тарелке прозрачная 23,5 см - 1 шт, чаши круглые фарфоровые 500 мл - 2 шт, крышки к чашам мягкие гермитичные резиновые - 2 шт.</t>
   </si>
   <si>
     <t>00000350309</t>
   </si>
   <si>
-    <t>Тележка сервировочная Atesy ТТ-2</t>
+    <t>Тележка для тарелок Atesy ТТ-2</t>
   </si>
   <si>
     <t>ТТ-2</t>
   </si>
   <si>
     <t>1170х600х1030 мм, AISI304, 2 яруса, на 164 тарелки</t>
   </si>
   <si>
     <t>00000286567</t>
   </si>
   <si>
     <t>Кассета для столовых приборов PLASTPORT 43030002</t>
   </si>
   <si>
     <t>Кассета-стойка 43030002 (для мойки столовых приборов) т.м. Plast Port,Цвет: мягко-серый. Размеры: наружный - 500х500х100 мм, Материал: полипропилен. Форма: прямоугольная, с мелкоячеечным дном. Применение: мойка столовых приборов. Ударопрочность - высокая. Пригодны для частой машинной мойки.</t>
   </si>
   <si>
     <t>00000372997</t>
   </si>
   <si>
     <t>Термоконтейнер Cambro EPPZ35175RST 110</t>
   </si>
   <si>
     <t>EPPZ35175RST 110</t>
   </si>
@@ -1192,62 +1132,50 @@
   <si>
     <t>ТП-240</t>
   </si>
   <si>
     <t>Тележка ТП-240 сервировочная, 800х500х1500мм, каркас разборный из нержавеющей стали AISI 304, полка из нержавеющей стали AISI 304, 4 уровня</t>
   </si>
   <si>
     <t>Техно-ТТ</t>
   </si>
   <si>
     <t>00000313546</t>
   </si>
   <si>
     <t>Кассета для бокалов EKSI JW-363 beige</t>
   </si>
   <si>
     <t>JW-363 beige</t>
   </si>
   <si>
     <t>Кассета-стойка JW-363 дополнительная, на 36 ячеек. Цвет: бежевый. Материал: полипропилен. Размер: 50х50х4,5см. Применение: мойка, хранение, перевозка стеклоизделий.</t>
   </si>
   <si>
     <t>00000110094</t>
   </si>
   <si>
-    <t>Термоконтейнер EKSI T16grey W</t>
-[...10 lines deleted...]
-  <si>
     <t>Термоконтейнер Cambro 350 LCD зелен.</t>
   </si>
   <si>
     <t>350 LCD зелен.</t>
   </si>
   <si>
     <t>Термоконтейнер 350LCD 519 серии Camtainers для супа. Цвет: зеленый. Объём: 12,7л. Размер: 42х23х47см. Материал: цельнолитой полиэтилен с теплоизоляционным пеноматериалом. Применение: перевозка, хранение горячих или холодных супов и напитков. Не рекомендуется заливать супы и напитки с температурой выше 88С. Форма: прямоугольная, герметичный  съёмный уплотнитель и вентиляционный клапан на крышке, 2 цельнолитые ручки, 4 пластиковых защелки. Штабелируется. Ударопрочность - высокая. Пригоден для машинной мойки.</t>
   </si>
   <si>
     <t>00000034868</t>
   </si>
   <si>
     <t>Термоконтейнер Cambro 350LCD401</t>
   </si>
   <si>
     <t>350LCD401</t>
   </si>
   <si>
     <t>Размер: 43,2х23,5х46,7см. Объём: 12,7л. Материал: цельнолитой полиэтилен с теплоизоляционным пеноматериалом. Цвет: синевато-серый. Применение: перевозка, хранение горячих или холодных супов и напитков. Не рекомендуется заливать супы и напитки с температурой выше 88С. Форма: прямоугольная, герметичный, съёмный уплотнитель и вентиляционный клапан на крышке, 2 цельнолитые ручки, 4 пластиковых защелки. Штабелируется. Ударопрочность - высокая. Пригоден для машинной мойки.</t>
   </si>
   <si>
     <t>00000034869</t>
   </si>
   <si>
     <t>Элемент термоизолирующий Cambro 400-DIV</t>
@@ -1261,50 +1189,53 @@
   <si>
     <t>Блюда</t>
   </si>
   <si>
     <t>00000034870</t>
   </si>
   <si>
     <t>Термоконтейнер Cambro BK60406</t>
   </si>
   <si>
     <t>BK60406</t>
   </si>
   <si>
     <t>Термоконтейнер BK60406 186 для выпечки. Цвет:глубокий синий. Размер: наружный - 76.5х57х82см, внутренний - 42х63,567,5см. Вместимость: 6 пар направляющих для лотков размерами 60х40см, 58х40см, 58х20см, 58х10см или подносов размером 60х40. Материал: полиэтилен с теплоизоляционным пеноматериалом. Применение: развозка выпечки и замороженного теста при безопасной низкой температуре. Штабелируется.</t>
   </si>
   <si>
     <t>00000034874</t>
   </si>
   <si>
     <t>Тележка для термоконтейнеров Cambro CD 100 син.-сер.</t>
   </si>
   <si>
     <t>CD 100 син.-сер.</t>
   </si>
   <si>
+    <t>Тележки для термоконтейнеров</t>
+  </si>
+  <si>
     <t>Тележка CD100 401 серии CamDolly для термоконтейнеров  100MPC, UPC100, UPC101, UC250, UC500, 250LCD, 350LCD, 500LCD. Цвет: синевато-серый. Материал: полиэтилен. Размер: наружный - 50х73х27см, внутренний - 44х66,5см. Грузоподъёмность: 136кг. Ударопрочность - высокая.</t>
   </si>
   <si>
     <t>00000034877</t>
   </si>
   <si>
     <t>Тележка для термоконтейнеров Cambro CD 100 темн-корич.</t>
   </si>
   <si>
     <t>CD 100 темн-корич.</t>
   </si>
   <si>
     <t>Тележка CD100 131 серии CamDolly для термоконтейнеров  100MPC, UPC100, UPC101, UC250, UC500, 250LCD, 350LCD, 500LCD. Цвет: темно-коричневый. Материал: полиэтилен. Размер: наружный - 50х73х27см, внутренний - 44х66,5см. Грузоподъёмность: 136кг. Ударопрочность - высокая.</t>
   </si>
   <si>
     <t>00000034878</t>
   </si>
   <si>
     <t>Тележка для термоконтейнеров Cambro CD 160 коф.-беж.</t>
   </si>
   <si>
     <t>CD 160 коф.-беж.</t>
   </si>
   <si>
     <t>Tележка CD160 157 серии CamDolly для термоконтейнеров  125MPC, UPC140, UPC160, UPC180, UPCS140, UPCS160, UPCS180, UPCSS160. Цвет: кофейно-бежевый. Материал: полиэтилен. Размер: наружный - 42х62х26.5см, внутренний - 36х56см. Грузоподъёмность: 136кг. Ударопрочность - высокая.</t>
@@ -1912,53 +1843,59 @@
   <si>
     <t>Термоконтейнер передвижной для льда ICS125T 191, высокий, с крышкой Slidinglid, на колесах. Цвет:  гранитно-серый. Вместимость: 57кг. Размер: наружный - 58.5х80х88см. Материал: полиэтилен с теплоизоляционным пеноматериалом. Применение: перевозка, хранение льда. Форма: прямоугольная, раздвижная крышка, кран в углублении корпуса, дренажная полка для слива воды, литые ручки, колеса: 2 фиксированных, 2 поворотных, 1 с тормозом. Ударопрочность - высокая.</t>
   </si>
   <si>
     <t>00000232936</t>
   </si>
   <si>
     <t>Термоконтейнер Cambro UPC400401</t>
   </si>
   <si>
     <t>UPC400401</t>
   </si>
   <si>
     <t>Цвет: синевато-серый. Вместимость: 4 лотка GN1/1 h 10см. Размер: наружный - 42,5х62х62см, внутренний - 34х53,5х49см. Вместимость: 6GN1/1-6,5см, 4GN1/1-10см, 3GN1/1-15см, 2GN1/1-20см. Материал: бесшовный полиэтилен с теплоизоляционным пеноматериалом. Фронтальная загрузка лотков. Применение: перевозка, хранение горячих или холодных блюд в лотках GN. Поддержание температуры горячих блюд: падение на 1-2С за 1 час. Поддержание температуры холодных блюд: нагрев на 1С за 4 час. Форма: прямоугольная, 12 пар направляющих, герметичная съёмная прокладка, 2 литые ручки, 1 широкая нейлоновая защелка, вентиляционный клапан. Штабелируется. Ударопрочность - высокая. Пригоден для машинной мойки.</t>
   </si>
   <si>
     <t>00000365498</t>
   </si>
   <si>
     <t>Кассета для бокалов Pujadas 5090E3F1</t>
   </si>
   <si>
     <t>5090E3F1</t>
   </si>
   <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
     <t>Кассета-стойка 5090E3F1 базовая  с дополнительными надстройками. Материал: пластмасса. Штабелируются с кассетами бругих производителей. Вместимость: 9 бокалов диаметром 151 мм, высотой - 200 мм. Габаритные размеры стойки: 50х50 см.</t>
   </si>
   <si>
+    <t>Pujadas</t>
+  </si>
+  <si>
     <t>00000151024</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro 49E2151</t>
   </si>
   <si>
     <t>49E2151</t>
   </si>
   <si>
     <t>Цвет: мягко-серый. Размеры: наружный - 49,9х49,9х5,1см, размер внутреннего отделения - 6,2х6,2см, внутренняя высота секции - 4,1см. Материал: полипропилен. Форма: прямоугольная, с делениями на 49 ячеек. Применение: мойка, хранение, перевозка стеклоизделий. Ударопрочность - высокая. Пригодны для частой машинной мойки. Термостойкость: до +93С.</t>
   </si>
   <si>
     <t>00000159790</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro 10HS318 мяг.-сер</t>
   </si>
   <si>
     <t>10HS318 мяг.-сер</t>
   </si>
   <si>
     <t>Кассета-стойка 10HS318 151 (для мойки половинного размера), пластмасс</t>
   </si>
   <si>
     <t>00000303069</t>
@@ -2149,102 +2086,75 @@
   <si>
     <t>Тележка сервировочная Cambro BC331KD чер.</t>
   </si>
   <si>
     <t>BC331KD чер.</t>
   </si>
   <si>
     <t>Тележка для обслуживания BC331KD 110, с открытыми полками. Цвет: черный. Размер: 83.5х41.3х96.5см. Размер полки: 62х40х30см. Материал: полки - полипропилен, стойки - алюминий. Грузоподъёмность: 136кг. Термостойкость: от -40 до +70С.</t>
   </si>
   <si>
     <t>00000097369</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro 49S800 186</t>
   </si>
   <si>
     <t>49S800 186</t>
   </si>
   <si>
     <t>Кассета-стойка 49S800 186 (глуб. синий), 49 отделений, макс. диаметр 6,2 см, макс. высота 21,5 см, доп. секции 26,7 см</t>
   </si>
   <si>
     <t>00000322323</t>
   </si>
   <si>
-    <t>Кассета для бокалов PLASTPORT 43003017</t>
-[...7 lines deleted...]
-  <si>
     <t>Кассета для бокалов PLASTPORT 43004013</t>
   </si>
   <si>
     <t>Plast Port  Разделитель  43004013 для базовой кассеты-стойки на 25 ячеек. Предназначен для формирования стоек. Цвет: мягко-серый. Материал: полипропилен. Применение: мойка, хранение, перевозка стеклоизделий. Ударопрочность - высокая. Пригодны для частой машинной мойки. Для бокалов диаметром до 90 мм.</t>
   </si>
   <si>
     <t>00000386739</t>
   </si>
   <si>
-    <t>Кассета для бокалов PLASTPORT 43004016</t>
-[...7 lines deleted...]
-  <si>
     <t>Кассета для бокалов PLASTPORT 43004014</t>
   </si>
   <si>
     <t>Plast Port  Разделитель  43004014 для базовой кассеты-стойки на 36 ячеек. Предназначен для формирования стоек. Цвет: мягко-серый. Материал: полипропилен. Применение: мойка, хранение, перевозка стеклоизделий. Ударопрочность - высокая. Пригодны для частой машинной мойки. Для бокалов диаметром до 70 мм.</t>
   </si>
   <si>
     <t>00000386741</t>
   </si>
   <si>
     <t>Кассета для бокалов PLASTPORT 43004017</t>
   </si>
   <si>
     <t>Plast Port  Разделитель  43004017 для дополнительной кассеты-стойки на 36 ячеек. Предназначен для формирования стоек. Цвет: мягко-серый. Материал: полипропилен. Применение: мойка, хранение, перевозка стеклоизделий. Ударопрочность - высокая. Пригодны для частой машинной мойки. Для бокалов диаметром до 70 мм.</t>
   </si>
   <si>
     <t>00000386742</t>
-  </si>
-[...7 lines deleted...]
-    <t>00000386743</t>
   </si>
   <si>
     <t>Кассета для бокалов PLASTPORT 43004018</t>
   </si>
   <si>
     <t>Plast Port  Разделитель  43004018 для дополнительной кассеты-стойки на 49 ячеек. Предназначен для формирования стоек.Цвет: мягко-серый.Материал: полипропилен.Применение: мойка, хранение, перевозка стеклоизделий. Ударопрочность - высокая. Пригодны для частой машинной мойки. Для бокалов диаметром до 60 мм.</t>
   </si>
   <si>
     <t>00000386744</t>
   </si>
   <si>
     <t>Тележка для доставки блюд Cambro MDC1520S10HD гран.-сер.</t>
   </si>
   <si>
     <t>MDC1520S10HD гран.-сер.</t>
   </si>
   <si>
     <t>Tележка MDC1520S10HD 191 для доставки блюд на подносах, низкопрофильная. Цвет: гранитно-серый. Размер: наружный - 72,4х97,8х110,5см, внутренний размер отделения - 53,7х78,7х66,7см. Материал: цельнолитой полиэтилен с изоляционным пеноматериалом. Вместимость: 10 подносов размером 38х51,5см или 37х53см. Форма: прямоугольная, 1 отделение, вмещающее 10 подносов, закрывающиеся теплоизолированной дверцей, колеса повышенной прочности.</t>
   </si>
   <si>
     <t>00000222592</t>
   </si>
   <si>
     <t>Термоконтейнер Cambro EPP300110</t>
   </si>
@@ -2369,59 +2279,50 @@
   <si>
     <t>Кассета для бокалов Cambro 20GE1 мягк.-сер.</t>
   </si>
   <si>
     <t>20GE1 мягк.-сер.</t>
   </si>
   <si>
     <t>Дополнительная секция 20GE1 151 для кассеты-стойки на 20 ячеек для формирования стоек CamRack. Цвет: мягко-серый. Размеры: наружный - 49,9х49,9х5,1см, размер внутреннего отделения -  9,8х9,8см, внутренняя высота секции - 4,1см. Материал: полипропилен. Форма: прямоугольная</t>
   </si>
   <si>
     <t>00000277057</t>
   </si>
   <si>
     <t>Термоконтейнер Cambro EPP4060T200</t>
   </si>
   <si>
     <t>EPP4060T200</t>
   </si>
   <si>
     <t>Tермоконтейнер Go Box EPP4060T200, 60x40 см. Вместимость: 53 л. Размеры: 49х69х27 см. Глубина: 20 см. Цвет: черный. Материал: вспененный полипропилен.</t>
   </si>
   <si>
     <t>00000317517</t>
   </si>
   <si>
-    <t>Полка навесная ПН-123/700</t>
-[...7 lines deleted...]
-  <si>
     <t>Тележка сервировочная Cambro BC3304S темн.-коричн.</t>
   </si>
   <si>
     <t>BC3304S темн.-коричн.</t>
   </si>
   <si>
     <t>Тележка для обслуживания BC3304S 131, с закрытыми полками. Цвет: темно-коричневый. Размер: 84,5х51х88см. Размер полки: 69х46,5х29см. Ролики диаметром 12,7см, 4 поворотных, 1 с тормозом. Материал тележки: полиэтилен. Грузоподъёмность: 227кг. Ударопрочность - высокая. Термостойкость: от -40 до +70С.</t>
   </si>
   <si>
     <t>00000223977</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro 16E1151</t>
   </si>
   <si>
     <t>16E1151</t>
   </si>
   <si>
     <t>Цвет: мягко-серый. Размеры: наружный - 49,9х49,9х5,1см, размер внутреннего отделения - 11,1х11,1см, внутренняя высота секции - 4,1см. Материал: полипропилен. Форма: прямоугольная, с глубокими делениями на 16 ячеек. Применение: мойка, хранение, перевозка стеклоизделий. Ударопрочность - высокая. Пригодны для частой машинной мойки. Термостойкость: до +93С.</t>
   </si>
   <si>
     <t>00000034059</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro 16E2151</t>
@@ -2474,107 +2375,98 @@
   <si>
     <t>Кассета для бокалов Cambro 36E2151</t>
   </si>
   <si>
     <t>36E2151</t>
   </si>
   <si>
     <t>Цвет: мягко-серый. Размеры: наружный - 49,9х49,9х5,1см, размер внутреннего отделения - 7,3х7,3см, внутренняя высота секции - 4,1см. Материал: полипропилен. Форма: прямоугольная, с делениями на 36 ячеек. Применение: мойка, хранение, перевозка стеклоизделий. Ударопрочность - высокая. Пригодны для частой машинной мойки. Термостойкость: до +93С.</t>
   </si>
   <si>
     <t>00000034085</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro 36S638 186</t>
   </si>
   <si>
     <t>36S638 186</t>
   </si>
   <si>
     <t>Кассета-стойка 36S638 186 (глуб. синий), 36 отделений, макс. диаметр 7,3 см, макс. высота 17,4 см, доп. секции 22,5 см</t>
   </si>
   <si>
     <t>00000322324</t>
   </si>
   <si>
-    <t>Термоконтейнер EKSI T22S grey</t>
-[...10 lines deleted...]
-  <si>
     <t>Кассета для бокалов Cambro 16С578 мягк.-сер</t>
   </si>
   <si>
     <t>16С578 мягк.-сер</t>
   </si>
   <si>
     <t>Кассета-стойка 16С578 151 серии CamRack для чашек. Цвет: мягко-серый. Размеры: наружный - 50х50х18,4см, размер внутреннего отделения - 11,1х11,1см. Материал: полипропилен. Форма: прямоугольная, с делениями на 16 ячеек для чашек высотой до 14.9см.  Применение: мойка, хранение, перевозка тарелок. Ударопрочность - высокая.</t>
   </si>
   <si>
     <t>00000222764</t>
   </si>
   <si>
     <t>Тележка для термоконтейнеров Cambro CD400401</t>
   </si>
   <si>
     <t>CD400401</t>
   </si>
   <si>
     <t>Размер: наружный - 71х53х23см, внутренний - 63,5х46см. Грузоподъемность: 136 кг. Ударопрочность - высокая. Цвет: синевато-серый. Материал: полиэтилен. Подходит для термоконтейнеров UPC400, UPC400SP, UPCS400, UPCH4002.</t>
   </si>
   <si>
     <t>00000365503</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro 8HS800 мяг.-сер</t>
   </si>
   <si>
     <t>8HS800 мяг.-сер</t>
   </si>
   <si>
     <t>Кассета-стойка 8HS800 151 (для мойки половинного размера), пластмасс</t>
   </si>
   <si>
     <t>00000303071</t>
   </si>
   <si>
     <t>Тележка для термоконтейнеров Cambro 2030UTсер.</t>
   </si>
   <si>
     <t>2030UTсер.</t>
   </si>
   <si>
     <t>Тележка 2030UT 180. Цвет: серый. Размер: 50х81.5х98см. Размер грузовой площадки: 50х75см. Материал: полиэтилен. Форма: прямоугольная, с хромированной ручкой. Грузоподъёмность: до 272 кг. Оснащена роликами усиленной конструкции диаметром 12.7см.</t>
   </si>
   <si>
+    <t>Тележки грузовые</t>
+  </si>
+  <si>
     <t>00000104543</t>
   </si>
   <si>
     <t>Тележка сервировочная Cambro BC331KD480</t>
   </si>
   <si>
     <t>BC331KD480</t>
   </si>
   <si>
     <t>Маленькая хозяйственная тележка с открытыми полками. Цвет: серый в крапинку. Размер: 83,5х41х96,5см. Размер полки: 62х40х30см. Материал: полки - полипропилен, стойки - алюминий. Грузоподъёмность: 136кг. Термостойкость: от -40 до +70С.</t>
   </si>
   <si>
     <t>00000034105</t>
   </si>
   <si>
     <t>Тележка сервировочная Cambro BC340KD480</t>
   </si>
   <si>
     <t>BC340KD480</t>
   </si>
   <si>
     <t>Крупная подсобная тележка с открытыми полками. Цвет: серый в крапинку. Размер: 101,5х54х95см. Размер полки: 80х52х29,8см. Материал: полки - полипропилен, стойки - алюминий. Грузоподъёмность: 180кг. Термостойкость: от -40 до +70С. 4 поворотных ролика 12,7см, без тормоза.</t>
   </si>
   <si>
     <t>00000034106</t>
@@ -2913,50 +2805,53 @@
     <t>Тележка для обслуживания ВС230 401, с открытыми полками. Цвет: синевато-серый. Размер: 84.5х51х88см. Размер полки: 69х49.5х29см. Материал тележки: полиэтилен. Грузоподъёмность: 227кг. Ударопрочность - высокая. Термостойкость: от -40 до +70С.</t>
   </si>
   <si>
     <t>00000034145</t>
   </si>
   <si>
     <t>Элемент термоизолирующий Cambro EPP3253DIV</t>
   </si>
   <si>
     <t>EPP3253DIV</t>
   </si>
   <si>
     <t>Разделитель-термобарьер сении Go Box EPP3253DIV для термоконтейнера, мод. EPP300, EPP400, UPC400, UPC800, UPC800TR, UPC400TR, UPCS400. Цвет: серый. Материал: пластик. Применение: позволяет перевозить горячие и холодные блюда в одном контейнере одновременно, сводит к минимуму потери температуры в частично заполненном контейнере. Пригоден для машинной мойки.</t>
   </si>
   <si>
     <t>00000272494</t>
   </si>
   <si>
     <t>Термоконтейнер Cambro 1826MTС черный</t>
   </si>
   <si>
     <t>1826MTС черный</t>
   </si>
   <si>
     <t>Tермоконтейнер 1826MTС 110 (для подносов 46х66см и плоских поддонов). Материал: полиэтилен.</t>
+  </si>
+  <si>
+    <t>Подносы</t>
   </si>
   <si>
     <t>00000225907</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro 36E5 151</t>
   </si>
   <si>
     <t>36E5 151</t>
   </si>
   <si>
     <t>Дополнительная секция 36E5 151 для кассеты-стойки на 36 ячеек для формирования стоек CamRack. Цвет: мягко-серый. Размеры: наружный - 49,9х49,9х5,1см, размер внутреннего отделения - 7,3х7,3см, внутренняя высота секции - 4,1см. Материал: полипропилен. Форма: прямоугольная.</t>
   </si>
   <si>
     <t>00000307599</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro 25E5 мягк.-сер.</t>
   </si>
   <si>
     <t>25E5 мягк.-сер.</t>
   </si>
   <si>
     <t>Дополнительная секция 25E5 151 для кассеты-стойки на 25 ячеек для формирования стоек CamRack. Цвет: мягко-серый. Размеры: наружный - 49,9х49,9х5,1см, размер внутреннего отделения - 8,8х8,9см, внутренняя высота секции - 4,1см. Материал: полипропилен. Форма: прямоугольная</t>
   </si>
@@ -3384,62 +3279,50 @@
   <si>
     <t>Кассета для бокалов Cambro 25S318 темно-зел.</t>
   </si>
   <si>
     <t>25S318 темно-зел.</t>
   </si>
   <si>
     <t>Кассета-стойка 25S318 119 серии CamRack для стеклоизделий. Цвет: базовая кассета - шервудский зеленый, дополнительные секции - мягко-серый. Размеры: наружный - 50х50х26.7см. Материал: полипропилен. Форма: прямоугольная, с делениями на 25 ячеек для стеклоизделий</t>
   </si>
   <si>
     <t>00000187985</t>
   </si>
   <si>
     <t>Термоконтейнер Cambro CSR3 серо-коричн.</t>
   </si>
   <si>
     <t>CSR3 серо-коричн.</t>
   </si>
   <si>
     <t>Tермоконтейнер CSR3 417 серии Camserver. Цвет: серо-коричневый. Объём: 11,5л. Размер: 60х34х46.5см. Материал: полиэтилен с теплоизоляционным пеноматериалом. Применение: перевозка, хранение горячих или холодных напитков. Не рекомендуется заливать напитки с температурой выше 88С. Поддержание температуры горячих напитков: падение на 0,5-1,75С за 1 час.  Ударопрочность - высокая. Пригодны для машинной мойки.</t>
   </si>
   <si>
     <t>00000187990</t>
   </si>
   <si>
-    <t>Термоконтейнер EKSI T14grey</t>
-[...10 lines deleted...]
-  <si>
     <t>Элемент охлаждающий Cambro CP6040</t>
   </si>
   <si>
     <t>CP6040</t>
   </si>
   <si>
     <t>Охлаждающий элемент Go Box CP6040 для термоконтейнера Вес: 6,65 кг. Цвет- холодно-голубой</t>
   </si>
   <si>
     <t>00000317513</t>
   </si>
   <si>
     <t>Тележка сервировочная Atesy ТС-Л-2-800.500.850-02</t>
   </si>
   <si>
     <t>ТС-Л-2-800.500.850-02</t>
   </si>
   <si>
     <t>Тележка сервировочная ТС-Л-2-800.500.850-02 (ТС-2) сварная, 800х500х850 мм, 
 Рамы тележки изготовлены из нержавеющей трубы AISI 304 сечением 25х25 мм. К рамам приварены полки размером 750х500 мм, изготовленные из нержавеющей стали AISI 304.
 Полки по периметру имеют герметичный бортик высотой 20 мм. Высота просвета между полками 440 мм. Нагрузка на каждую полку не должна превышать 20 кг.
 Суммарная нагрузка - 40 кг. Тележка снабжена четырьмя колесами диаметром 75 мм, два из которых оснащено тормозом.</t>
   </si>
   <si>
     <t>00000353582</t>
@@ -3483,62 +3366,50 @@
   <si>
     <t>Кассета для бокалов Cambro 20GE2 мягк.-сер.</t>
   </si>
   <si>
     <t>20GE2 мягк.-сер.</t>
   </si>
   <si>
     <t>Дополнительная секция 20GE2 151 для кассеты-стойки на 20 ячеек для формирования стоек CamRack. Цвет: мягко-серый. Размеры: наружный - 49,9х49,9х5,1см, размер внутреннего отделения - 9,8х9,8см, внутренняя высота секции - 4,1см. Материал: полипропилен. Форма: прямоугольная</t>
   </si>
   <si>
     <t>00000277058</t>
   </si>
   <si>
     <t>Термоконтейнер EKSI X11grey</t>
   </si>
   <si>
     <t>X11grey</t>
   </si>
   <si>
     <t>Термоконтейнер для вторых блюд Х11 с вертикальной загрузкой. Вместимость: GN1/1 глубиной 20см – 1 шт., 25,6л. Размер: 65х45х30 см. Материал: полиэтилен с термоизоляцией. Цвет: серый. Герметичная крышка оснащена вентиляционным клапаном. Оснащен защелками из нержавеющей стали и двумя удобными ручками. Соответствует гигиеническим требованиям. Штабелируются.</t>
   </si>
   <si>
     <t>00000260674</t>
   </si>
   <si>
-    <t>Термоконтейнер EKSI T15grey</t>
-[...10 lines deleted...]
-  <si>
     <t>Термоконтейнер EKSI G10grey</t>
   </si>
   <si>
     <t>G10grey</t>
   </si>
   <si>
     <t>Термоконтейнер G10. Объем: 87л. Размеры габаритные: 65х45х62см. Размеры внутренние: глубина 51см, высота 48см, ширина между направляющими 31 см. Материал: полиэтилен с термоизоляцией. Цвет: серый. Вместимость: GN1/1 глубиной 6,5см – 6шт. Герметичная дверь. Наличие вентиляционного клапана. Соответствует гигиеническим требованиям.</t>
   </si>
   <si>
     <t>00000260676</t>
   </si>
   <si>
     <t>Тележка сервировочная Cambro BC330 черн.</t>
   </si>
   <si>
     <t>BC330 черн.</t>
   </si>
   <si>
     <t>Тележка для обслуживания ВС330 110, с закрытыми полками. Цвет: черный. Размер: 84,5х51х88см. Размер полки: 69х46,5х29см. Материал тележки: полиэтилен. Грузоподъёмность: 227кг. Ударопрочность - высокая. Термостойкость: от -40 до +70С.</t>
   </si>
   <si>
     <t>00000211805</t>
   </si>
   <si>
     <t>Кассета для бокалов Cambro BR 258 беж.CH</t>
@@ -3856,50 +3727,53 @@
     <t>Кассета-стойка JW-64B штырьковая, для тарелок. Цвет: бежевый. Размеры: наружный - 49.6х49.6х10см, внутренняя высота стойки - 8.3см. Материал: полипропилен. Форма: прямоугольная, с штырьками. Применение: мойка тарелок. Ударопрочность - высокая.</t>
   </si>
   <si>
     <t>00000099498</t>
   </si>
   <si>
     <t>Кассета для бокалов EKSI JW-P beige</t>
   </si>
   <si>
     <t>JW-P beige</t>
   </si>
   <si>
     <t>Кассета-стойка JW-P дополнительная, без ячеек. Цвет: бежевый. Размеры: наружный - 49.6х49.6х4.5см, внутренняя высота стойки - 4см. Материал: полипропилен. Форма: прямоугольная, без делений. Применение: мойка, хранение, перевозка посуды. Ударопрочность - высокая</t>
   </si>
   <si>
     <t>00000099499</t>
   </si>
   <si>
     <t>Тележка для кассет EKSI JW-RT beige</t>
   </si>
   <si>
     <t>JW-RT beige</t>
   </si>
   <si>
     <t>Тележка JW-RT для кассет. Цвет: бежевый. Материал: полипропилен. Размер: наружный - 54х54х18см. Грузоподъёмность: 150кг. Форма: прямоугольная, на колесах. Ударопрочность - высокая.</t>
+  </si>
+  <si>
+    <t>Тележки-шпильки</t>
   </si>
   <si>
     <t>00000099501</t>
   </si>
   <si>
     <t>Кассета для бокалов EKSI JW-362 beige</t>
   </si>
   <si>
     <t>JW-362 beige</t>
   </si>
   <si>
     <t>Кассета-стойка JW-362 дополнительная, на 36 ячеек. Цвет: бежевый. Размеры: наружный - 49.6х49.6х7см, размер внутреннего отделения - 7.4х7.4х6.3см, внутренняя высота стойки - 4см. Материал: полипропилен. Форма: прямоугольная, с глубокими делениями. Применение: мойка, хранение, перевозка стеклоизделий.</t>
   </si>
   <si>
     <t>00000099505</t>
   </si>
   <si>
     <t>Элемент нагревательный Cambro 1210 PW гранит.-сер.</t>
   </si>
   <si>
     <t>1210 PW гранит.-сер.</t>
   </si>
   <si>
     <t>Нагревательный элемент 1210PW 191 CamWarmer для термоконтейнеров 300MPC, UPC400, UPC400TR, UPCS400, UPC600, UPC800, UPC800TR. Цвет: гранитно-серый. Размер: 34,9х27,6х4см. Материал: композитный пластик. Применение: продлевает срок хранения горячих блюд при безопасной температуре 65С. Правила пользования: нагреть в течении нескольких минут в духовке при температуре 180С, затем установить на нижних направляющих термоконтейнера. Рекомендуется устанавливать 2 нагревателя. Форма: округлая. Штабелируется. Пригоден для машинной мойки.</t>
   </si>
@@ -4028,9252 +3902,8892 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7855bfce4fb28e37362fcc79c3c7aa2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/514ab8656930c293a1cc7428f5cc3e00.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690d779f3798d7590b14318c55050204.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0af8fcdda40ed216fce809fca2e3b32.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185c9af7f3d51a86b45967afcf0f3532.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce516e1e2abc08493852aedbbeb0daa0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df16eea492ccb14b1e2ce92c664195ab.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/290bfcff6f24629b93ec6a70294b960e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245eb1279fc0468bd415282f2d7b98d6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc19014943b8ae176025528ec558a565.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f45de87ad2216cad8048e3e4caf1e3b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/748cd2d31ef1e6e418e6295168164f50.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1cd0bf53c2918dcfb557de0a983a88f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b7fce87815d725c6b6ff74b2454b84.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc205402f547dff64623fd84c37e72e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ead539ad292116ddc3500e19d58a65.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fec846463a9691166005eec842766f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae6ecb0dbdf12ec0411d04e2a90691f4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be72ec68d55294662d4f04372f328c47.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e7c7c18965c5f83f244eb02890de0b.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2b7c45ac420a06c3de778e6002b7fd.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc4680a857484feb809626774facd6c8.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c54e4674ab646d2af53af1d653972095.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c432296bec8e42bd0778bb6af1505fdb.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b453b529ab4bee3095b67b387d4844a2.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1df8a12cbc04d007fbb992e5fad14ff0.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5106adb6574566afbabd99920d4da30.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd94c5d3b34ad55bb36d25dcc8366861.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002cd604c722f312c0b8ae1033b5619c.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29363985a4d1cfa8526110d70be2332e.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36be68e4318b7c9822a74dfde141ad23.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f784a76f93a06a4ea69e3bd2a2200254.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf39f0d1857451f457ffb0e6cc6a81e1.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad1eaf9c940129ba4f946a5065a20a5.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/822e7c9b78a102adcc54fa78494d7e3b.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/584c6ad25bb83433cfca03f3bb9cdf2e.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e34d67f9132cd1756cd67d0e64d3a32.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e73e41198006bb2747bb0092f005a98c.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e64b51177cf0ca556b98f489e9960f.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155aa8a0c18f1e971bf1cc14f28e8f06.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45783fa71424e71a05e6496b50d4b47e.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca6f8c3fdde41eeb8e5641bdf87049a7.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78845c144d4dd00ac48ad7476c9aae08.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50966785bf913410ab3773a102f747e5.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853fbb0c868acb8a5a482c90b8897d8.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e19730a35165905813613facc5fa29ac.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2444134a5eb7c2003c75b666fa3fc01.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1edeb1c06082038bceb502889889383.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f34df4c4c079f6db7b110193523f0e9.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d0fe7b688a48f3f417e47f2533e78ab.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7ba34683ab7cc467b9bc4160fa7bdbe.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808fc3625d3c6d44e3d5fa96f6a09f2e.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28a4a1082c1db05a342eba0a1f009cfe.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e32b32863639455a893d6d2b15fdac.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ee4cc8e6243e6068d44d0ceb5d110c.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ef26285532d05f8fd9beacae8989733.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f9e2cda45f8559da27876a21da5873.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00ca227543546a8e57eca72a537ffd50.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa11fe507c6be438e42094f4d1c5d948.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d06bbf5bab5321bd077ec2428acebf.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595e97ffcb7ba7563cfa3e6220ebc333.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919d8a5fcf5b60f2c2c80cd1959a5905.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3814c778a0ae396c77479ca7fcf344.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c640764d246f8bb68baffcc830106ad0.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430693b9b1f08b71fa494c66967d401a.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d75a2217271ca5d991f68a46b336dfe.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f60775b736078d222f8b5d7610d9ee1.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996fa9ced516a0931dfbeb80e2ea188.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77506f2d1c0c0b16280c4a41ad451972.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cbb45b4e83b2067f0b3ddfbea8ff74.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9eecd9173e0f7102f17d427e89a3098.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fabd5bcd6caccd2e21145867ac166d8.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d53148da3a6bee6b03c22a9e5fa423.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b233b9e4ef601fe29e22668b22a3e47.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624d08ecf13608b62206f0e9afb2994c.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f0a7c42d7363ad677b5e23a6278299.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb0e89d108390790c53e8c7eab2de2c8.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1959082f35c027e2c76bc168156b656.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081fd0db9b53489d2a56bb9458e6d24b.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dbac8cec0660ce171cff02128c1eab1.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5077828de6c6edff6eced9d8f305b7.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17dd0ce7b4d3ae5d438836f89512b30a.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b662eaab580acc1db11f2b22d42c0272.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a958a4a8ad036293e6b5bb63aaa3c77.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd24a89ac347c59b147764a28082e144.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792b52d050384564b2f6f201cecc94b3.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5038a37e461eb9233795cad75787375e.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0fb26482ddb60800833534ced0dee2.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326d5cd30df94fa98f26b24a29c298fc.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf077b1827efabbf5dab1de37789838.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83272b48dbe0e9d9440a3427952ef700.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387092214660aa33f43d01ba6a65cb79.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329239fbb573c5a06c51d994a6d24d7.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab8791617720dc9772b185f06496c0ea.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e805c611841d772149b0baf2d7af152.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96a17b9a216197a789b1a6c74f4dffe0.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759759d2c09a59b1cb0d25f0f91b62a4.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/666d2e99f4c8369eea55f284d66aed9c.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc37137734bcd7ee6ede91f43258d806.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86325c4cc4d87c9284fa7acbd562fc78.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e097b9751b23549574b54b96d74f17c.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe24979e2e093b0fb560c62a6c87489b.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b68f7c240cc1f4aee0cbf7792473948.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ca8c26afc03a64126e70485612a9a2.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a930af4ffc200583e5fedb74478c8c74.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32edaf0ab2e8ea23fc0d2a041ae129ac.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863c2aa180cb35ffc3ff77a76d73a285.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6748ada9fcab14bd72a07ebed44e0536.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ae0fa8aa3100844e32ce8f131296e4.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164e389ae4b8e2418abcf8f8099afce5.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6179e62e3d980fc39e70845ca85f40f1.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5f728d275e546b8dff1a09658ea92b7.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb2ef4ad29dccbd0731370c92cd88d9.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b1dbbf1062e941a69938b1cc638312f.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d352f2981ae691f9b3cd0772cdabfbc7.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc28c711f14b135c9636a7282aa9591a.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18ea358a60f7d0cce1ae48f25a2deb88.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/078acc8801f165e28983b75d596d43f6.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637f7a8b006c3f9b2aa3b19658105c42.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8367c14c46674ca077b8eacfcc4b6a44.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2424ae8da15faa01f75727473fb6a4.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569c68aef87ef44c20ad3b00aed97be8.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f98f36d0424de674ad9a3fb707095ba.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a7a44e73a21f2837c08147e4b7ee18.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca663e5464c1d47e4995ba75baf36ae.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9c2706099bfd2679fff1231f0fe034.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3b350813cc1c092c24ddb707ac4072d.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd8cb49e51c76e527ecbade1b88870d.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed509787b0219113da2326cb60b4f46f.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa9899d62ef52c2e85edf75717b424d3.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cdfae446be49a4cf5faf5bf76596439.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d7bed5a0867e95e4c76b53478320f3.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3c0153bb1dc5d70ebcf3897f948609.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f95c6fb1554917819bf3ed06c92190.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab6996c5c5e6f3d5e45f614ede5c823.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d87c34d1ba7f1fc366701f2e41091ea.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcfb4d8138f0b0e1608901a8b2d8d04a.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60fb49415b6769efb9fac136b4582833.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b4596562e0132ec975663346fba648e.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73986ba6a7822e37ae40e59c24dbf44b.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e8c57cf14187719a63011bb6fd6597.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00a090373a4f898e46aa523f55b150b.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07ecc3c4f8d8f30a9367254bbbd555fc.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/373298a760a73449cf8367d354fc65fc.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe08273a4bc9f8f07a945879869f0de2.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406258c8608f23c099d7426f19b2d9b2.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a30c218c8c3f79dc80da7757a90d7571.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5cff187a5239b6f21b39d61454666bc.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44893a8caa217405896ca910867c4549.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a19ff96894672004da174e9140726b.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ae1eb03bda8734fc70af8ad26d13ab4.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97cc05cc4120e63cf054f86d4e8d4b0.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3521fab00e5ca373f40f26f27718cf4b.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c082fe951c057a4f4dabbbf6e974842.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dbeb94c853ff9c92235f9b5b22ca726.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81639eafa56d4e540c16904cba89bb32.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d236800c9bc128f4f8599e18f11adebb.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b103ed338becbaab7164aa92fc46357d.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c356478889bc4a7ebf6cc74427317f.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197f17e800398ff4c2e22725aa3181c2.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838d3e2be17e6577d1025a855a2789fb.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd0e77577464878647ecc7c4c49e743d.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e145aa4a9d55afc501f8b3dbdeb7354.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72bd4fc4e277c9d298a5bc08017ff54d.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e32eb3e66536e671b6c11b85000ece9.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf63463aab0ba3272274c180ed4dc17.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8967a530a6fbb3a9eaa13c55e3f43b.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d57fe91e9ae7b313fdf14266720d42.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b08b5fff234d043533bfb957ba96af.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74016ad3fb7e6a61a2dd896c2c60511e.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa69db661611c795b9556ef8c264fd2a.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85984a30725f4de64d425a8c2b62b9a.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8ad5c92f016b1464144b78995d3475.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc193690a7d44e47b22d46729155570.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f0a937dd168e8e64f89910381d61c.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f92bfd2e6e6733646288771102f6d3.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7fca831fa760882bf3943b94396af33.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b8f17f3c7012d6e5168a22f8f41aab6.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04bd1848d1db3862e8176c86153a2cc8.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f50811d2c19c1ececa64a0fc3197b62d.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21530b609011de76fcf70b5a6c192c1f.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d5cd2c6544db31141e4556d363f9fef.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec5e8f24d6d68624b56dd640b71f028.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bacf595842f9b9db2143f46566b67c16.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/239de7c3b64dd394cb9dd5110608799a.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835eddc85780631794fcd0b1c9c919a3.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e4019daffff9d8b1c4cabe1a2880b66.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c09e18923104384dd97e99b38544d4.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7710b13eb8ef740de3516b105049f8fc.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee907e86b12dc919418bc7edeafa7e67.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d446bd77778dcb1c4f94d4325437dd7c.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af411173ac1c03d5bdada2a6dcdf7379.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cdb5b90b2878b44a5921a98d5f6e3b3.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e01902a5cfca21553b5adac26827129.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad0871ae6968f841a51a66f0562ede1.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4ec87fe4131ea067e4f190cf02a821.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c929ae9b2d27f7bc6ecf48e38f0ca80.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712bb28bcffd042977c708aaedd0b6dd.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24b86aa898d07642161b3a048697cd05.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453563091a646cf8c8bafbfddec29647.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23e4e1bd186798c23e1e1a5067aa324d.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/036e301317ed524077bf60138af14ae6.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d56c91f3366659a8b4f09dc6e11e35.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/122d0aff9918fb360d83e41ca06202b5.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc801665b683bb9744dd566ecf61395.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f70498468ece9b6b49fae1cae9dda5.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdf7b8a5ae4c282b89794122ebe67b66.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e764cdcb40356693232954779e7a0785.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb3986a7905660c24fad9ca978aa555.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a51843201ee26762dd5571cde99e044.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191754ebcf3b991d26e4af2359882807.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ad69c774dc6a2cc6c73a14a3be83c37.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b4da460e804b9d9ba9634eca9ec893.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b2bd116484e77f15f34068d1d4f158.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7daa1e6adac58c614e18fffd394d8ceb.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d219997d4831edff2beff52628d784.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38c8605ec5ad6b4083aa26e2b51c49fb.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95bb9ec096514efcecbf9f9940334b07.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a695200bf6e7fd6a378228ebe3b3b4b.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ba710a1f426034e051f917dec19ec3.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec7d4c412b3e4f6d6c749bb4528a90b5.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb06242b84dda88c6532e6942eaa644a.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b01ea45223c92fe0ef858e200da578fc.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114ffc0d1dde61b2484d9339287d3b3d.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d70d17b53b5845fb60c755abb4c7f.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbbad074f84b539a99e93ed1a2e2be91.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0f949b8982934b58fb6b5d432422c36.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f627a84398585a17c59062859a8a50a8.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8cabd72f5593722e96b1be8595df45c.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f188ba6012bfb2273519e4f7318e6281.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb042be2e48534ac57b3ff55976fc127.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89ea448a3c32831a17730d97316cb55.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78b4c8e6a6758364dce73194ed0a066.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d87c2c208631689d4a2beddf44e6e16.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8b6772ce732bdd2efee8fd2ca3d0f56.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee27c538df5951b9db56f2835769781.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac4e47497d2f580b1a749c93caa678f9.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dac89f2268178d1799203cbc8e7c497.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576fdafc94d64b71e9c580314d92d27a.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d074b7f0e334eabef4212326344f6ca2.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ba41644de9a36e4cdb8826b35df3f73.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e10ed797e07cf1a614172292e93179.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4391f2f10db661e004c763a71670937b.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcce8c16c1e7d8e15dbab5af272d1be.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622ef542a37dc1f7042cb2049289df95.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af4c40a77ad085ce2ffface6a0da8dd5.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107c0399916fdf11d7be6549dbc02d6b.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba772a5a053a6dbab77981d07f0848d4.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a546b57a2852815f9d1f2f1d52c47bb8.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4864bba34e76d07bb95da26b5a34e54f.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eaff1f9364e21103bf7dcc8479cfbaa.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9b910538881eb3fd074204f60c3c01f.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e950d5b408ee1ed75fd8cb004363e8c1.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55637057cb806f38ec5d9f3fa8944b2b.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa8f3f9d010bb4289d70ea13aa81e50.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0744f2159b726825262eb9b10dd5671.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad35af4a91e0db4f08621873324ccc57.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257bc215402c91543014148e5c341450.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a64817aa1b39bec19007d61bfead30e.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7efcb1efb6372b480d9c8c106346f4ff.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce7fb54091e638bfae75f7655f4afbd.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401885a3dcf6200eec2cce40f5a3f26b.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da072d68cd5de777acc10cf159cb8622.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d186046995971b520521df23aa8d3ad.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2140f0e4c23dbe617ac896168ccb81b.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa88d4b2d91779af6bdef7018d6d5edc.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85adae8e7a930ca8e42b7e0a77ae1180.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/529fb2a75b9d95091a7fcbe096e205e5.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f8dcc68418a6b57a52d69f6b638acf.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/187819edf8d068d55e28ce462fe0ae75.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c56fe2e8613d2bbf01e651fd232a91f.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3bcf57f21eaa713d23e3e2951e05494.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef3224ed101d1db5f6b8046e3ef03b28.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e24f2eb2bb457c57a4b3ff5b3d62f250.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1df4903bc76705af7c7a0009aec3a7d.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d58d04e9c4de3af07ef38625c5fd6547.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094032c513f7cae3baffa0648b4ed216.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8c8e656920b16b7f5e2baab018935c8.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b719d7d9ce93def6155df002e3ffd752.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1e4b75ea9d3f9842af6a7f66864cbc.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940b557fb6da1d084bbc071ef7cbe40.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f569cbe4b0233631e41f9b8beaff40.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fec9e1faa7bb480f7e4067e194dd5d2.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317c287fb9f73654de3d35d4bacc7366.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea48328936fd6e643212465c6554b47.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eff35ab27a96b21a97593f6c58bb52bf.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c656b663cb85fdfcd729233c515a5dc5.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c491d2cc4821628491002355a0ccb6.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4638ae3ff2797fadffdd434b7a6c1cf.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76120465cdcb2675f05c8072b011e407.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c526a4fdfed86baa96c9d06f8a982fa7.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1732000f18c0547720e53b5eff0c99.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1b42c4d76ed11813085f09fe524f398.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083cb9f119c6e25600a8ed0918784adb.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af993b5f6b4bfa088102bd3a84011c8c.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2a68ab35c6ae168987d895b847a75f.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d1f55f80105ebfe60296d839cf60339.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd7549db13df599a38eca43f8b11be7.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3bd9dc302ebb82da827321dec304d9.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30b1835e68e4dcc45e291e0526fc845f.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751042ad5f2bfc0255e2ff8bd834c798.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f546139b539b27e0e4fec64c030106a.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9168c124d57d8f996270e85f3cfe98f.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10cb7c436849a1e29bb48b3d1fe1baaa.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249cb2f011664bcefede9e826ee242bd.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/077d03a1d604c46ec8f1394eb04e5b9d.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8da4577ede1507bcf037410f3a1b893.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7855bfce4fb28e37362fcc79c3c7aa2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690d779f3798d7590b14318c55050204.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0af8fcdda40ed216fce809fca2e3b32.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185c9af7f3d51a86b45967afcf0f3532.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce516e1e2abc08493852aedbbeb0daa0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df16eea492ccb14b1e2ce92c664195ab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/290bfcff6f24629b93ec6a70294b960e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245eb1279fc0468bd415282f2d7b98d6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc19014943b8ae176025528ec558a565.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f45de87ad2216cad8048e3e4caf1e3b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/748cd2d31ef1e6e418e6295168164f50.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1cd0bf53c2918dcfb557de0a983a88f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b7fce87815d725c6b6ff74b2454b84.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc205402f547dff64623fd84c37e72e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ead539ad292116ddc3500e19d58a65.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fec846463a9691166005eec842766f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae6ecb0dbdf12ec0411d04e2a90691f4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be72ec68d55294662d4f04372f328c47.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e7c7c18965c5f83f244eb02890de0b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2b7c45ac420a06c3de778e6002b7fd.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc4680a857484feb809626774facd6c8.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c54e4674ab646d2af53af1d653972095.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c432296bec8e42bd0778bb6af1505fdb.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b453b529ab4bee3095b67b387d4844a2.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1df8a12cbc04d007fbb992e5fad14ff0.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5106adb6574566afbabd99920d4da30.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd94c5d3b34ad55bb36d25dcc8366861.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002cd604c722f312c0b8ae1033b5619c.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29363985a4d1cfa8526110d70be2332e.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36be68e4318b7c9822a74dfde141ad23.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f784a76f93a06a4ea69e3bd2a2200254.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf39f0d1857451f457ffb0e6cc6a81e1.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad1eaf9c940129ba4f946a5065a20a5.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/822e7c9b78a102adcc54fa78494d7e3b.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/584c6ad25bb83433cfca03f3bb9cdf2e.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e34d67f9132cd1756cd67d0e64d3a32.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e73e41198006bb2747bb0092f005a98c.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e64b51177cf0ca556b98f489e9960f.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155aa8a0c18f1e971bf1cc14f28e8f06.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45783fa71424e71a05e6496b50d4b47e.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca6f8c3fdde41eeb8e5641bdf87049a7.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78845c144d4dd00ac48ad7476c9aae08.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50966785bf913410ab3773a102f747e5.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853fbb0c868acb8a5a482c90b8897d8.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e19730a35165905813613facc5fa29ac.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2444134a5eb7c2003c75b666fa3fc01.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1edeb1c06082038bceb502889889383.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f34df4c4c079f6db7b110193523f0e9.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d0fe7b688a48f3f417e47f2533e78ab.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7ba34683ab7cc467b9bc4160fa7bdbe.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808fc3625d3c6d44e3d5fa96f6a09f2e.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e32b32863639455a893d6d2b15fdac.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ee4cc8e6243e6068d44d0ceb5d110c.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f9e2cda45f8559da27876a21da5873.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00ca227543546a8e57eca72a537ffd50.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa11fe507c6be438e42094f4d1c5d948.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d06bbf5bab5321bd077ec2428acebf.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595e97ffcb7ba7563cfa3e6220ebc333.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3814c778a0ae396c77479ca7fcf344.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c640764d246f8bb68baffcc830106ad0.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430693b9b1f08b71fa494c66967d401a.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d75a2217271ca5d991f68a46b336dfe.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f60775b736078d222f8b5d7610d9ee1.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996fa9ced516a0931dfbeb80e2ea188.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77506f2d1c0c0b16280c4a41ad451972.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cbb45b4e83b2067f0b3ddfbea8ff74.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9eecd9173e0f7102f17d427e89a3098.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fabd5bcd6caccd2e21145867ac166d8.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d53148da3a6bee6b03c22a9e5fa423.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b233b9e4ef601fe29e22668b22a3e47.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624d08ecf13608b62206f0e9afb2994c.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f0a7c42d7363ad677b5e23a6278299.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb0e89d108390790c53e8c7eab2de2c8.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1959082f35c027e2c76bc168156b656.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081fd0db9b53489d2a56bb9458e6d24b.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dbac8cec0660ce171cff02128c1eab1.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5077828de6c6edff6eced9d8f305b7.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17dd0ce7b4d3ae5d438836f89512b30a.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b662eaab580acc1db11f2b22d42c0272.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a958a4a8ad036293e6b5bb63aaa3c77.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792b52d050384564b2f6f201cecc94b3.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5038a37e461eb9233795cad75787375e.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0fb26482ddb60800833534ced0dee2.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326d5cd30df94fa98f26b24a29c298fc.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf077b1827efabbf5dab1de37789838.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83272b48dbe0e9d9440a3427952ef700.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387092214660aa33f43d01ba6a65cb79.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329239fbb573c5a06c51d994a6d24d7.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab8791617720dc9772b185f06496c0ea.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e805c611841d772149b0baf2d7af152.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96a17b9a216197a789b1a6c74f4dffe0.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759759d2c09a59b1cb0d25f0f91b62a4.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/666d2e99f4c8369eea55f284d66aed9c.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc37137734bcd7ee6ede91f43258d806.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86325c4cc4d87c9284fa7acbd562fc78.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e097b9751b23549574b54b96d74f17c.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe24979e2e093b0fb560c62a6c87489b.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b68f7c240cc1f4aee0cbf7792473948.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ca8c26afc03a64126e70485612a9a2.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a930af4ffc200583e5fedb74478c8c74.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32edaf0ab2e8ea23fc0d2a041ae129ac.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863c2aa180cb35ffc3ff77a76d73a285.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6748ada9fcab14bd72a07ebed44e0536.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ae0fa8aa3100844e32ce8f131296e4.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164e389ae4b8e2418abcf8f8099afce5.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6179e62e3d980fc39e70845ca85f40f1.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5f728d275e546b8dff1a09658ea92b7.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb2ef4ad29dccbd0731370c92cd88d9.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b1dbbf1062e941a69938b1cc638312f.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d352f2981ae691f9b3cd0772cdabfbc7.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc28c711f14b135c9636a7282aa9591a.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18ea358a60f7d0cce1ae48f25a2deb88.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/078acc8801f165e28983b75d596d43f6.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637f7a8b006c3f9b2aa3b19658105c42.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8367c14c46674ca077b8eacfcc4b6a44.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2424ae8da15faa01f75727473fb6a4.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569c68aef87ef44c20ad3b00aed97be8.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f98f36d0424de674ad9a3fb707095ba.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a7a44e73a21f2837c08147e4b7ee18.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ca663e5464c1d47e4995ba75baf36ae.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9c2706099bfd2679fff1231f0fe034.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3b350813cc1c092c24ddb707ac4072d.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd8cb49e51c76e527ecbade1b88870d.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed509787b0219113da2326cb60b4f46f.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa9899d62ef52c2e85edf75717b424d3.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cdfae446be49a4cf5faf5bf76596439.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d7bed5a0867e95e4c76b53478320f3.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3c0153bb1dc5d70ebcf3897f948609.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f95c6fb1554917819bf3ed06c92190.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab6996c5c5e6f3d5e45f614ede5c823.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d87c34d1ba7f1fc366701f2e41091ea.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcfb4d8138f0b0e1608901a8b2d8d04a.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60fb49415b6769efb9fac136b4582833.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b4596562e0132ec975663346fba648e.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73986ba6a7822e37ae40e59c24dbf44b.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e8c57cf14187719a63011bb6fd6597.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00a090373a4f898e46aa523f55b150b.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07ecc3c4f8d8f30a9367254bbbd555fc.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/373298a760a73449cf8367d354fc65fc.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe08273a4bc9f8f07a945879869f0de2.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406258c8608f23c099d7426f19b2d9b2.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a30c218c8c3f79dc80da7757a90d7571.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5cff187a5239b6f21b39d61454666bc.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44893a8caa217405896ca910867c4549.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a19ff96894672004da174e9140726b.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ae1eb03bda8734fc70af8ad26d13ab4.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97cc05cc4120e63cf054f86d4e8d4b0.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3521fab00e5ca373f40f26f27718cf4b.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c082fe951c057a4f4dabbbf6e974842.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dbeb94c853ff9c92235f9b5b22ca726.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81639eafa56d4e540c16904cba89bb32.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d236800c9bc128f4f8599e18f11adebb.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b103ed338becbaab7164aa92fc46357d.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c356478889bc4a7ebf6cc74427317f.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197f17e800398ff4c2e22725aa3181c2.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838d3e2be17e6577d1025a855a2789fb.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e145aa4a9d55afc501f8b3dbdeb7354.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e32eb3e66536e671b6c11b85000ece9.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf63463aab0ba3272274c180ed4dc17.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d57fe91e9ae7b313fdf14266720d42.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b08b5fff234d043533bfb957ba96af.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74016ad3fb7e6a61a2dd896c2c60511e.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa69db661611c795b9556ef8c264fd2a.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85984a30725f4de64d425a8c2b62b9a.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8ad5c92f016b1464144b78995d3475.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc193690a7d44e47b22d46729155570.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f0a937dd168e8e64f89910381d61c.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f92bfd2e6e6733646288771102f6d3.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7fca831fa760882bf3943b94396af33.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b8f17f3c7012d6e5168a22f8f41aab6.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04bd1848d1db3862e8176c86153a2cc8.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f50811d2c19c1ececa64a0fc3197b62d.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21530b609011de76fcf70b5a6c192c1f.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec5e8f24d6d68624b56dd640b71f028.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bacf595842f9b9db2143f46566b67c16.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/239de7c3b64dd394cb9dd5110608799a.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835eddc85780631794fcd0b1c9c919a3.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e4019daffff9d8b1c4cabe1a2880b66.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c09e18923104384dd97e99b38544d4.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7710b13eb8ef740de3516b105049f8fc.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee907e86b12dc919418bc7edeafa7e67.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af411173ac1c03d5bdada2a6dcdf7379.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cdb5b90b2878b44a5921a98d5f6e3b3.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e01902a5cfca21553b5adac26827129.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad0871ae6968f841a51a66f0562ede1.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4ec87fe4131ea067e4f190cf02a821.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c929ae9b2d27f7bc6ecf48e38f0ca80.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712bb28bcffd042977c708aaedd0b6dd.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24b86aa898d07642161b3a048697cd05.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453563091a646cf8c8bafbfddec29647.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23e4e1bd186798c23e1e1a5067aa324d.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/036e301317ed524077bf60138af14ae6.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d56c91f3366659a8b4f09dc6e11e35.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/122d0aff9918fb360d83e41ca06202b5.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc801665b683bb9744dd566ecf61395.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f70498468ece9b6b49fae1cae9dda5.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdf7b8a5ae4c282b89794122ebe67b66.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e764cdcb40356693232954779e7a0785.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb3986a7905660c24fad9ca978aa555.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a51843201ee26762dd5571cde99e044.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191754ebcf3b991d26e4af2359882807.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ad69c774dc6a2cc6c73a14a3be83c37.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b4da460e804b9d9ba9634eca9ec893.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b2bd116484e77f15f34068d1d4f158.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7daa1e6adac58c614e18fffd394d8ceb.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d219997d4831edff2beff52628d784.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38c8605ec5ad6b4083aa26e2b51c49fb.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95bb9ec096514efcecbf9f9940334b07.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a695200bf6e7fd6a378228ebe3b3b4b.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ba710a1f426034e051f917dec19ec3.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec7d4c412b3e4f6d6c749bb4528a90b5.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb06242b84dda88c6532e6942eaa644a.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b01ea45223c92fe0ef858e200da578fc.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114ffc0d1dde61b2484d9339287d3b3d.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6d70d17b53b5845fb60c755abb4c7f.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbbad074f84b539a99e93ed1a2e2be91.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0f949b8982934b58fb6b5d432422c36.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f627a84398585a17c59062859a8a50a8.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8cabd72f5593722e96b1be8595df45c.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f188ba6012bfb2273519e4f7318e6281.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb042be2e48534ac57b3ff55976fc127.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89ea448a3c32831a17730d97316cb55.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78b4c8e6a6758364dce73194ed0a066.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d87c2c208631689d4a2beddf44e6e16.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8b6772ce732bdd2efee8fd2ca3d0f56.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee27c538df5951b9db56f2835769781.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac4e47497d2f580b1a749c93caa678f9.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dac89f2268178d1799203cbc8e7c497.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576fdafc94d64b71e9c580314d92d27a.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d074b7f0e334eabef4212326344f6ca2.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ba41644de9a36e4cdb8826b35df3f73.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e10ed797e07cf1a614172292e93179.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4391f2f10db661e004c763a71670937b.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcce8c16c1e7d8e15dbab5af272d1be.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622ef542a37dc1f7042cb2049289df95.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af4c40a77ad085ce2ffface6a0da8dd5.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107c0399916fdf11d7be6549dbc02d6b.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba772a5a053a6dbab77981d07f0848d4.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a546b57a2852815f9d1f2f1d52c47bb8.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4864bba34e76d07bb95da26b5a34e54f.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eaff1f9364e21103bf7dcc8479cfbaa.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9b910538881eb3fd074204f60c3c01f.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e950d5b408ee1ed75fd8cb004363e8c1.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55637057cb806f38ec5d9f3fa8944b2b.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa8f3f9d010bb4289d70ea13aa81e50.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0744f2159b726825262eb9b10dd5671.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad35af4a91e0db4f08621873324ccc57.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257bc215402c91543014148e5c341450.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a64817aa1b39bec19007d61bfead30e.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7efcb1efb6372b480d9c8c106346f4ff.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce7fb54091e638bfae75f7655f4afbd.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401885a3dcf6200eec2cce40f5a3f26b.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da072d68cd5de777acc10cf159cb8622.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d186046995971b520521df23aa8d3ad.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2140f0e4c23dbe617ac896168ccb81b.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85adae8e7a930ca8e42b7e0a77ae1180.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/529fb2a75b9d95091a7fcbe096e205e5.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f8dcc68418a6b57a52d69f6b638acf.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/187819edf8d068d55e28ce462fe0ae75.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c56fe2e8613d2bbf01e651fd232a91f.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3bcf57f21eaa713d23e3e2951e05494.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef3224ed101d1db5f6b8046e3ef03b28.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1df4903bc76705af7c7a0009aec3a7d.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d58d04e9c4de3af07ef38625c5fd6547.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094032c513f7cae3baffa0648b4ed216.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8c8e656920b16b7f5e2baab018935c8.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b719d7d9ce93def6155df002e3ffd752.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1e4b75ea9d3f9842af6a7f66864cbc.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940b557fb6da1d084bbc071ef7cbe40.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f569cbe4b0233631e41f9b8beaff40.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fec9e1faa7bb480f7e4067e194dd5d2.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317c287fb9f73654de3d35d4bacc7366.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea48328936fd6e643212465c6554b47.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eff35ab27a96b21a97593f6c58bb52bf.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c656b663cb85fdfcd729233c515a5dc5.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c491d2cc4821628491002355a0ccb6.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4638ae3ff2797fadffdd434b7a6c1cf.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76120465cdcb2675f05c8072b011e407.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c526a4fdfed86baa96c9d06f8a982fa7.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1732000f18c0547720e53b5eff0c99.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1b42c4d76ed11813085f09fe524f398.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083cb9f119c6e25600a8ed0918784adb.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af993b5f6b4bfa088102bd3a84011c8c.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2a68ab35c6ae168987d895b847a75f.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d1f55f80105ebfe60296d839cf60339.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd7549db13df599a38eca43f8b11be7.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3bd9dc302ebb82da827321dec304d9.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30b1835e68e4dcc45e291e0526fc845f.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751042ad5f2bfc0255e2ff8bd834c798.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f546139b539b27e0e4fec64c030106a.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9168c124d57d8f996270e85f3cfe98f.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10cb7c436849a1e29bb48b3d1fe1baaa.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249cb2f011664bcefede9e826ee242bd.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/077d03a1d604c46ec8f1394eb04e5b9d.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8da4577ede1507bcf037410f3a1b893.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="image_11" descr="image_11"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="image_12" descr="image_12"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="image_13" descr="image_13"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="image_14" descr="image_14"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="image_15" descr="image_15"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="image_16" descr="image_16"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="image_17" descr="image_17"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1066800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="image_18" descr="image_18"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="image_19" descr="image_19"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="image_20" descr="image_20"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="image_21" descr="image_21"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="476250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="image_22" descr="image_22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="676275" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="image_23" descr="image_23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="image_24" descr="image_24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="image_25" descr="image_25"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="image_12" descr="image_12"/>
-[...23 lines deleted...]
-      <xdr:row>12</xdr:row>
+        <xdr:cNvPr id="17" name="image_26" descr="image_26"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="image_13" descr="image_13"/>
-[...83 lines deleted...]
-      <xdr:row>15</xdr:row>
+        <xdr:cNvPr id="18" name="image_27" descr="image_27"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="image_16" descr="image_16"/>
-[...23 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="19" name="image_28" descr="image_28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1152525" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="image_29" descr="image_29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="image_17" descr="image_17"/>
-[...23 lines deleted...]
-      <xdr:row>17</xdr:row>
+        <xdr:cNvPr id="21" name="image_30" descr="image_30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="image_31" descr="image_31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="image_18" descr="image_18"/>
-[...23 lines deleted...]
-      <xdr:row>18</xdr:row>
+        <xdr:cNvPr id="23" name="image_32" descr="image_32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="771525" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="image_33" descr="image_33"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="image_34" descr="image_34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="image_35" descr="image_35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="image_36" descr="image_36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="image_37" descr="image_37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="image_38" descr="image_38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="image_39" descr="image_39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="image_40" descr="image_40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="image_41" descr="image_41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="image_42" descr="image_42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1123950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="image_43" descr="image_43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="image_44" descr="image_44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="image_45" descr="image_45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="image_46" descr="image_46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="image_47" descr="image_47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1028700" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="image_48" descr="image_48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104900" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="image_49" descr="image_49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1095375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="image_50" descr="image_50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1066800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="image_19" descr="image_19"/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="42" name="image_51" descr="image_51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1066800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="image_52" descr="image_52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1066800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="image_53" descr="image_53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1066800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="image_54" descr="image_54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1276350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="image_55" descr="image_55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="image_56" descr="image_56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="image_57" descr="image_57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="image_58" descr="image_58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="image_59" descr="image_59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="image_60" descr="image_60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="image_61" descr="image_61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="image_62" descr="image_62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="image_63" descr="image_63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="image_64" descr="image_64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="876300" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="image_65" descr="image_65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="933450" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="image_66" descr="image_66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="image_67" descr="image_67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="image_20" descr="image_20"/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="59" name="image_68" descr="image_68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="image_69" descr="image_69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="image_70" descr="image_70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="image_71" descr="image_71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="828675" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="image_72" descr="image_72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1057275" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="image_73" descr="image_73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="image_74" descr="image_74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="image_21" descr="image_21"/>
-[...23 lines deleted...]
-      <xdr:row>21</xdr:row>
+        <xdr:cNvPr id="66" name="image_75" descr="image_75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="image_76" descr="image_76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="image_77" descr="image_77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="image_78" descr="image_78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="image_79" descr="image_79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="image_80" descr="image_80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="image_81" descr="image_81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="image_82" descr="image_82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="image_83" descr="image_83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="image_84" descr="image_84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="image_85" descr="image_85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="image_22" descr="image_22"/>
-[...83 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="77" name="image_86" descr="image_86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="image_25" descr="image_25"/>
-[...53 lines deleted...]
-      <xdr:row>26</xdr:row>
+        <xdr:cNvPr id="78" name="image_87" descr="image_87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="428625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="image_88" descr="image_88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="image_89" descr="image_89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="image_90" descr="image_90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="image_91" descr="image_91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="image_92" descr="image_92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="image_93" descr="image_93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="image_94" descr="image_94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="image_95" descr="image_95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="image_96" descr="image_96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="image_97" descr="image_97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="image_98" descr="image_98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="image_99" descr="image_99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="image_100" descr="image_100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="image_101" descr="image_101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="image_27" descr="image_27"/>
-[...23 lines deleted...]
-      <xdr:row>27</xdr:row>
+        <xdr:cNvPr id="93" name="image_102" descr="image_102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="image_28" descr="image_28"/>
-[...23 lines deleted...]
-      <xdr:row>28</xdr:row>
+        <xdr:cNvPr id="94" name="image_103" descr="image_103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="image_29" descr="image_29"/>
-[...53 lines deleted...]
-      <xdr:row>30</xdr:row>
+        <xdr:cNvPr id="95" name="image_104" descr="image_104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="image_31" descr="image_31"/>
-[...23 lines deleted...]
-      <xdr:row>31</xdr:row>
+        <xdr:cNvPr id="96" name="image_105" descr="image_105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="image_32" descr="image_32"/>
-[...23 lines deleted...]
-      <xdr:row>32</xdr:row>
+        <xdr:cNvPr id="97" name="image_106" descr="image_106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="676275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="image_107" descr="image_107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="image_108" descr="image_108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="image_109" descr="image_109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="image_110" descr="image_110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="image_111" descr="image_111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="image_112" descr="image_112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="image_113" descr="image_113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="image_114" descr="image_114"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="image_115" descr="image_115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="image_116" descr="image_116"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="image_117" descr="image_117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="image_118" descr="image_118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>118</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="image_33" descr="image_33"/>
-[...53 lines deleted...]
-      <xdr:row>34</xdr:row>
+        <xdr:cNvPr id="110" name="image_119" descr="image_119"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="image_120" descr="image_120"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="image_121" descr="image_121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="image_122" descr="image_122"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="image_123" descr="image_123"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="image_124" descr="image_124"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="image_125" descr="image_125"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="image_35" descr="image_35"/>
-[...23 lines deleted...]
-      <xdr:row>35</xdr:row>
+        <xdr:cNvPr id="117" name="image_126" descr="image_126"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="image_127" descr="image_127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="image_128" descr="image_128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="image_129" descr="image_129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="image_130" descr="image_130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="image_131" descr="image_131"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="image_132" descr="image_132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="image_133" descr="image_133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="image_134" descr="image_134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="image_135" descr="image_135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="638175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="image_136" descr="image_136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="600075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="image_137" descr="image_137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="image_138" descr="image_138"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="image_139" descr="image_139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="image_36" descr="image_36"/>
-[...23 lines deleted...]
-      <xdr:row>36</xdr:row>
+        <xdr:cNvPr id="131" name="image_140" descr="image_140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1190625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="image_141" descr="image_141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="image_37" descr="image_37"/>
-[...23 lines deleted...]
-      <xdr:row>37</xdr:row>
+        <xdr:cNvPr id="133" name="image_142" descr="image_142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="image_38" descr="image_38"/>
-[...23 lines deleted...]
-      <xdr:row>38</xdr:row>
+        <xdr:cNvPr id="134" name="image_143" descr="image_143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="image_39" descr="image_39"/>
-[...23 lines deleted...]
-      <xdr:row>39</xdr:row>
+        <xdr:cNvPr id="135" name="image_144" descr="image_144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="image_40" descr="image_40"/>
-[...23 lines deleted...]
-      <xdr:row>40</xdr:row>
+        <xdr:cNvPr id="136" name="image_145" descr="image_145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="image_41" descr="image_41"/>
-[...23 lines deleted...]
-      <xdr:row>41</xdr:row>
+        <xdr:cNvPr id="137" name="image_146" descr="image_146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="image_147" descr="image_147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="image_148" descr="image_148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="image_149" descr="image_149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="image_150" descr="image_150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="image_151" descr="image_151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="image_152" descr="image_152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="image_153" descr="image_153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="image_154" descr="image_154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="image_155" descr="image_155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="image_156" descr="image_156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="image_157" descr="image_157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="image_159" descr="image_159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="image_160" descr="image_160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="image_161" descr="image_161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="image_162" descr="image_162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1200150" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="image_163" descr="image_163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="image_164" descr="image_164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="image_165" descr="image_165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="image_166" descr="image_166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1314450" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="image_167" descr="image_167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="714375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="image_168" descr="image_168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="685800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="image_169" descr="image_169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="733425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="image_170" descr="image_170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="image_171" descr="image_171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="image_172" descr="image_172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="image_173" descr="image_173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="image_174" descr="image_174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="image_175" descr="image_175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="image_176" descr="image_176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="image_177" descr="image_177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="image_178" descr="image_178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="image_179" descr="image_179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="image_180" descr="image_180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="676275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="image_181" descr="image_181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="image_182" descr="image_182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1171575" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="image_183" descr="image_183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="image_184" descr="image_184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="image_185" descr="image_185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="image_186" descr="image_186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="image_187" descr="image_187"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="image_188" descr="image_188"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>188</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="image_189" descr="image_189"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="image_190" descr="image_190"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>190</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="image_191" descr="image_191"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="image_192" descr="image_192"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="image_193" descr="image_193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1133475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="image_194" descr="image_194"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="image_195" descr="image_195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="image_196" descr="image_196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>196</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="image_197" descr="image_197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="image_198" descr="image_198"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="image_199" descr="image_199"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="image_200" descr="image_200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="image_201" descr="image_201"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="image_202" descr="image_202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="image_203" descr="image_203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="image_204" descr="image_204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="image_205" descr="image_205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="image_206" descr="image_206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="image_207" descr="image_207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="image_208" descr="image_208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="image_209" descr="image_209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="image_210" descr="image_210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="image_211" descr="image_211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>211</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="923925" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="image_42" descr="image_42"/>
-[...23 lines deleted...]
-      <xdr:row>42</xdr:row>
+        <xdr:cNvPr id="202" name="image_212" descr="image_212"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="image_213" descr="image_213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>213</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="image_43" descr="image_43"/>
-[...53 lines deleted...]
-      <xdr:row>44</xdr:row>
+        <xdr:cNvPr id="204" name="image_214" descr="image_214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>214</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="image_45" descr="image_45"/>
-[...23 lines deleted...]
-      <xdr:row>45</xdr:row>
+        <xdr:cNvPr id="205" name="image_215" descr="image_215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>215</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="image_46" descr="image_46"/>
-[...23 lines deleted...]
-      <xdr:row>46</xdr:row>
+        <xdr:cNvPr id="206" name="image_216" descr="image_216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>216</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="image_47" descr="image_47"/>
-[...23 lines deleted...]
-      <xdr:row>47</xdr:row>
+        <xdr:cNvPr id="207" name="image_217" descr="image_217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>217</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="image_48" descr="image_48"/>
-[...53 lines deleted...]
-      <xdr:row>49</xdr:row>
+        <xdr:cNvPr id="208" name="image_218" descr="image_218"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="image_219" descr="image_219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="image_220" descr="image_220"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="image_221" descr="image_221"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="image_222" descr="image_222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="213" name="image_223" descr="image_223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="image_224" descr="image_224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="image_225" descr="image_225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="523875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="image_226" descr="image_226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="image_227" descr="image_227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="image_228" descr="image_228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="image_229" descr="image_229"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="image_230" descr="image_230"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>230</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="image_231" descr="image_231"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="image_232" descr="image_232"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="981075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="image_233" descr="image_233"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="image_234" descr="image_234"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="933450" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="image_235" descr="image_235"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="image_236" descr="image_236"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="image_237" descr="image_237"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>237</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="image_238" descr="image_238"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="image_239" descr="image_239"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="image_240" descr="image_240"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="742950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="image_241" descr="image_241"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="image_242" descr="image_242"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>242</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="image_243" descr="image_243"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>243</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="image_244" descr="image_244"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="733425" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="image_245" descr="image_245"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>245</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="790575" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="image_246" descr="image_246"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="image_247" descr="image_247"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="image_248" descr="image_248"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="image_249" descr="image_249"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>249</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="image_250" descr="image_250"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="241" name="image_251" descr="image_251"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="image_252" descr="image_252"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="243" name="image_253" descr="image_253"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="image_254" descr="image_254"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="image_255" descr="image_255"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1009650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="image_256" descr="image_256"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>256</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="image_257" descr="image_257"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="image_258" descr="image_258"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="image_259" descr="image_259"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="image_260" descr="image_260"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="image_261" descr="image_261"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="252" name="image_262" descr="image_262"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="image_263" descr="image_263"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="image_264" descr="image_264"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="255" name="image_265" descr="image_265"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="485775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="256" name="image_266" descr="image_266"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="809625" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="257" name="image_267" descr="image_267"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="258" name="image_268" descr="image_268"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="259" name="image_269" descr="image_269"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="260" name="image_270" descr="image_270"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="261" name="image_271" descr="image_271"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="262" name="image_272" descr="image_272"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="263" name="image_273" descr="image_273"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="264" name="image_274" descr="image_274"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="265" name="image_275" descr="image_275"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="266" name="image_276" descr="image_276"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="267" name="image_278" descr="image_278"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="268" name="image_279" descr="image_279"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="269" name="image_280" descr="image_280"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>280</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="485775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="270" name="image_281" descr="image_281"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>281</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="271" name="image_282" descr="image_282"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>282</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="272" name="image_283" descr="image_283"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>283</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="273" name="image_284" descr="image_284"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>284</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="274" name="image_285" descr="image_285"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>285</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="514350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="275" name="image_286" descr="image_286"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>286</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="276" name="image_287" descr="image_287"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>287</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="277" name="image_288" descr="image_288"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>288</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1104900" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="image_50" descr="image_50"/>
-[...233 lines deleted...]
-      <xdr:row>57</xdr:row>
+        <xdr:cNvPr id="278" name="image_289" descr="image_289"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>289</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="image_58" descr="image_58"/>
-[...23 lines deleted...]
-      <xdr:row>58</xdr:row>
+        <xdr:cNvPr id="279" name="image_290" descr="image_290"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>290</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="image_59" descr="image_59"/>
-[...23 lines deleted...]
-      <xdr:row>59</xdr:row>
+        <xdr:cNvPr id="280" name="image_291" descr="image_291"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>291</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="281" name="image_292" descr="image_292"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>292</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="282" name="image_293" descr="image_293"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>293</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="image_60" descr="image_60"/>
-[...23 lines deleted...]
-      <xdr:row>60</xdr:row>
+        <xdr:cNvPr id="283" name="image_294" descr="image_294"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>294</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="image_61" descr="image_61"/>
-[...23 lines deleted...]
-      <xdr:row>61</xdr:row>
+        <xdr:cNvPr id="284" name="image_295" descr="image_295"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>295</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="704850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="285" name="image_296" descr="image_296"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>296</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="286" name="image_297" descr="image_297"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>297</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="287" name="image_298" descr="image_298"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>298</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1228725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="288" name="image_299" descr="image_299"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>299</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="image_62" descr="image_62"/>
-[...233 lines deleted...]
-      <xdr:row>69</xdr:row>
+        <xdr:cNvPr id="289" name="image_300" descr="image_300"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>300</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="image_70" descr="image_70"/>
-[...53 lines deleted...]
-      <xdr:row>71</xdr:row>
+        <xdr:cNvPr id="290" name="image_301" descr="image_301"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>301</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="291" name="image_302" descr="image_302"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>302</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1085850" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="292" name="image_303" descr="image_303"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>303</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="293" name="image_304" descr="image_304"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="294" name="image_305" descr="image_305"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>305</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="image_72" descr="image_72"/>
-[...6958 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="295" name="image_306" descr="image_306"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
-        <a:stretch>
-[...358 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -13540,54 +13054,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P318"/>
+  <dimension ref="A1:P306"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P318"/>
+      <selection activeCell="A9" sqref="A9:P306"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -13757,14332 +13271,13770 @@
       <c r="L10" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
     </row>
     <row r="11" spans="1:16" customHeight="1" ht="65">
       <c r="A11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="6">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>0</v>
       </c>
       <c r="D11" s="6">
         <v>0</v>
       </c>
-      <c r="E11" s="6">
-        <v>925.002</v>
+      <c r="E11" s="6" t="s">
+        <v>31</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G11" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H11" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I11" s="6">
+        <v>1.92</v>
+      </c>
+      <c r="J11" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="I11" s="6">
+      <c r="K11" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L11" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="M11" s="6" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
     </row>
     <row r="12" spans="1:16" customHeight="1" ht="65">
       <c r="A12" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="6">
+        <v>0</v>
+      </c>
+      <c r="C12" s="6">
+        <v>0</v>
+      </c>
+      <c r="D12" s="6">
+        <v>0</v>
+      </c>
+      <c r="E12" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="B12" s="6">
-[...8 lines deleted...]
-      <c r="E12" s="6" t="s">
+      <c r="F12" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="F12" s="9" t="s">
+      <c r="G12" s="10" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="6">
-        <v>1.92</v>
+        <v>0.55</v>
       </c>
       <c r="J12" s="10" t="s">
         <v>40</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L12" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M12" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
     </row>
     <row r="13" spans="1:16" customHeight="1" ht="65">
       <c r="A13" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" s="6">
+        <v>0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>0</v>
+      </c>
+      <c r="E13" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="B13" s="6">
-[...8 lines deleted...]
-      <c r="E13" s="6" t="s">
+      <c r="F13" s="9" t="s">
         <v>44</v>
       </c>
-      <c r="F13" s="9" t="s">
+      <c r="G13" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H13" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="G13" s="10" t="s">
+      <c r="I13" s="6">
+        <v>4.34</v>
+      </c>
+      <c r="J13" s="10" t="s">
         <v>46</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L13" s="10" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="M13" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O13" s="6"/>
+      <c r="O13" s="6">
+        <v>32149.94</v>
+      </c>
       <c r="P13" s="6"/>
     </row>
     <row r="14" spans="1:16" customHeight="1" ht="65">
       <c r="A14" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B14" s="6">
+        <v>0</v>
+      </c>
+      <c r="C14" s="6">
+        <v>0</v>
+      </c>
+      <c r="D14" s="6">
+        <v>0</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="B14" s="6">
-[...8 lines deleted...]
-      <c r="E14" s="6" t="s">
+      <c r="G14" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I14" s="6">
+        <v>1.38</v>
+      </c>
+      <c r="J14" s="10" t="s">
         <v>51</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M14" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O14" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O14" s="6"/>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" s="6">
+        <v>0</v>
+      </c>
+      <c r="C15" s="6">
+        <v>0</v>
+      </c>
+      <c r="D15" s="6">
+        <v>0</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="B15" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F15" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G15" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="6">
-        <v>1.38</v>
+        <v>1.13</v>
       </c>
       <c r="J15" s="10" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L15" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B16" s="6">
         <v>0</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G16" s="10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="6">
-        <v>1.13</v>
+        <v>4.25</v>
       </c>
       <c r="J16" s="10" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L16" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M16" s="6" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16" customHeight="1" ht="65">
       <c r="A17" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="6">
+        <v>2</v>
+      </c>
+      <c r="C17" s="6">
+        <v>2</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G17" s="10" t="s">
         <v>65</v>
-      </c>
-[...16 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="6">
-        <v>4.25</v>
+        <v>8.28</v>
       </c>
       <c r="J17" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K17" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="K17" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L17" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>68</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O17" s="6"/>
+      <c r="O17" s="6">
+        <v>1670.45</v>
+      </c>
       <c r="P17" s="6"/>
     </row>
     <row r="18" spans="1:16" customHeight="1" ht="65">
       <c r="A18" s="6" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C18" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
-      <c r="E18" s="6" t="s">
+      <c r="E18" s="6">
+        <v>43030003</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="F18" s="9" t="s">
+      <c r="H18" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="G18" s="10" t="s">
+      <c r="I18" s="6">
+        <v>0.95</v>
+      </c>
+      <c r="J18" s="10" t="s">
         <v>72</v>
       </c>
-      <c r="H18" s="6" t="s">
-[...5 lines deleted...]
-      <c r="J18" s="10" t="s">
+      <c r="K18" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="K18" s="6" t="s">
+      <c r="L18" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="M18" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="L18" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N18" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O18" s="6">
-        <v>1670.45</v>
+        <v>1533.38</v>
       </c>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" s="6">
+        <v>0</v>
+      </c>
+      <c r="C19" s="6">
+        <v>0</v>
+      </c>
+      <c r="D19" s="6">
+        <v>0</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="B19" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F19" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G19" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I19" s="6">
+        <v>52.2</v>
+      </c>
+      <c r="J19" s="10" t="s">
         <v>77</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="K19" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L19" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M19" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="I19" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="N19" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O19" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O19" s="6"/>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16" customHeight="1" ht="65">
       <c r="A20" s="6" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B20" s="6">
         <v>0</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6">
         <v>0</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="6">
-        <v>52.2</v>
+        <v>1.13</v>
       </c>
       <c r="J20" s="10" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L20" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M20" s="6" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16" customHeight="1" ht="65">
       <c r="A21" s="6" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B21" s="6">
         <v>0</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="6">
-        <v>1.13</v>
+        <v>2.65</v>
       </c>
       <c r="J21" s="10" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M21" s="6" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B22" s="6">
         <v>0</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="G22" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="6">
-        <v>2.65</v>
+        <v>3.55</v>
       </c>
       <c r="J22" s="10" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L22" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16" customHeight="1" ht="65">
       <c r="A23" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" s="6">
+        <v>0</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0</v>
+      </c>
+      <c r="D23" s="6">
+        <v>0</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G23" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I23" s="6">
+        <v>0.81</v>
+      </c>
+      <c r="J23" s="10" t="s">
         <v>94</v>
-      </c>
-[...25 lines deleted...]
-        <v>97</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L23" s="10" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O23" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O23" s="6"/>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B24" s="6">
         <v>0</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="G24" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="6">
-        <v>0.81</v>
+        <v>0</v>
       </c>
       <c r="J24" s="10" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L24" s="10" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="M24" s="6" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="B25" s="6">
+        <v>0</v>
+      </c>
+      <c r="C25" s="6">
+        <v>0</v>
+      </c>
+      <c r="D25" s="6">
+        <v>0</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="F25" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="G25" s="10" t="s">
         <v>103</v>
-      </c>
-[...16 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="6">
-        <v>0</v>
+        <v>15.1</v>
       </c>
       <c r="J25" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="L25" s="10" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>107</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O25" s="6"/>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16" customHeight="1" ht="65">
       <c r="A26" s="6" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="6">
         <v>0</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6">
         <v>0</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>109</v>
       </c>
       <c r="F26" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I26" s="6">
+        <v>15.2</v>
+      </c>
+      <c r="J26" s="10" t="s">
         <v>110</v>
       </c>
-      <c r="G26" s="10" t="s">
+      <c r="K26" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="H26" s="6" t="s">
-[...5 lines deleted...]
-      <c r="J26" s="10" t="s">
+      <c r="L26" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="M26" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="K26" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N26" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O26" s="6"/>
+      <c r="O26" s="6">
+        <v>24540</v>
+      </c>
       <c r="P26" s="6"/>
     </row>
     <row r="27" spans="1:16" customHeight="1" ht="65">
       <c r="A27" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" s="6">
+        <v>0</v>
+      </c>
+      <c r="C27" s="6">
+        <v>0</v>
+      </c>
+      <c r="D27" s="6">
+        <v>0</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I27" s="6">
+        <v>0.83</v>
+      </c>
+      <c r="J27" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L27" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="B27" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N27" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O27" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O27" s="6"/>
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B28" s="6">
         <v>0</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G28" s="10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="6">
-        <v>0.83</v>
+        <v>2.9</v>
       </c>
       <c r="J28" s="10" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L28" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O28" s="6"/>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="65">
       <c r="A29" s="6" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G29" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I29" s="6">
-        <v>2.9</v>
+        <v>0.97</v>
       </c>
       <c r="J29" s="10" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L29" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O29" s="6"/>
+      <c r="O29" s="6">
+        <v>5575.05</v>
+      </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G30" s="10" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I30" s="6">
-        <v>0.97</v>
+        <v>35.75</v>
       </c>
       <c r="J30" s="10" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O30" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O30" s="6"/>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B31" s="6">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G31" s="10" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I31" s="6">
-        <v>35.75</v>
+        <v>0.569</v>
       </c>
       <c r="J31" s="10" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L31" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O31" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O31" s="6"/>
       <c r="P31" s="6"/>
     </row>
     <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B32" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C32" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G32" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="6">
-        <v>0.569</v>
+        <v>1.05</v>
       </c>
       <c r="J32" s="10" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L32" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O32" s="6"/>
+      <c r="O32" s="6">
+        <v>1240.96</v>
+      </c>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="65">
       <c r="A33" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B33" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C33" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D33" s="6">
         <v>0</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="G33" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="6">
-        <v>1.05</v>
+        <v>2.14</v>
       </c>
       <c r="J33" s="10" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L33" s="10" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O33" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O33" s="6"/>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B34" s="6">
         <v>0</v>
       </c>
       <c r="C34" s="6">
         <v>0</v>
       </c>
       <c r="D34" s="6">
         <v>0</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="G34" s="10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="6">
-        <v>2.14</v>
+        <v>0.75</v>
       </c>
       <c r="J34" s="10" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="10" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="M34" s="6" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O34" s="6"/>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B35" s="6">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G35" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="6">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="J35" s="10" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O35" s="6"/>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B36" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C36" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G36" s="10" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="6">
-        <v>0</v>
+        <v>0.92</v>
       </c>
       <c r="J36" s="10" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M36" s="6" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O36" s="6"/>
+      <c r="O36" s="6">
+        <v>282.98</v>
+      </c>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B37" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C37" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G37" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="6">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="J37" s="10" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M37" s="6" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O37" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O37" s="6"/>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="65">
       <c r="A38" s="6" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="6">
         <v>0</v>
       </c>
       <c r="J38" s="10" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M38" s="6" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O38" s="6"/>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B39" s="6">
         <v>0</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="6">
         <v>0</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L39" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="65">
       <c r="A40" s="6" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B40" s="6">
         <v>0</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6">
         <v>0</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="6">
         <v>0</v>
       </c>
       <c r="J40" s="10" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O40" s="6"/>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G41" s="10" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="6">
-        <v>0</v>
+        <v>4.5</v>
       </c>
       <c r="J41" s="10" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="K41" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M41" s="6" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O41" s="6"/>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B42" s="6">
         <v>0</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
       <c r="E42" s="6" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G42" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="6">
-        <v>4.5</v>
+        <v>0</v>
       </c>
       <c r="J42" s="10" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L42" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M42" s="6" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O42" s="6"/>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="6">
         <v>0</v>
       </c>
       <c r="J43" s="10" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O43" s="6"/>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="65">
       <c r="A44" s="6" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="6">
-        <v>0</v>
+        <v>0.85</v>
       </c>
       <c r="J44" s="10" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L44" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M44" s="6" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O44" s="6"/>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B45" s="6">
         <v>0</v>
       </c>
       <c r="C45" s="6">
         <v>0</v>
       </c>
       <c r="D45" s="6">
         <v>0</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G45" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="6">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="J45" s="10" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M45" s="6" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O45" s="6"/>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B46" s="6">
         <v>0</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="6">
         <v>0</v>
       </c>
       <c r="J46" s="10" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M46" s="6" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O46" s="6"/>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B47" s="6">
         <v>0</v>
       </c>
       <c r="C47" s="6">
         <v>0</v>
       </c>
       <c r="D47" s="6">
         <v>0</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="6">
-        <v>0</v>
+        <v>1.28</v>
       </c>
       <c r="J47" s="10" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L47" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O47" s="6"/>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B48" s="6">
         <v>0</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G48" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="6">
-        <v>1.28</v>
+        <v>1.33</v>
       </c>
       <c r="J48" s="10" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L48" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M48" s="6" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B49" s="6">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="6">
-        <v>1.33</v>
+        <v>0.71</v>
       </c>
       <c r="J49" s="10" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O49" s="6"/>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B50" s="6">
         <v>0</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
         <v>0</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="6">
-        <v>0.71</v>
+        <v>0.62</v>
       </c>
       <c r="J50" s="10" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M50" s="6" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O50" s="6"/>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="65">
       <c r="A51" s="6" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B51" s="6">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C51" s="6">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D51" s="6">
         <v>0</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G51" s="10" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="6">
-        <v>0.62</v>
+        <v>1.35</v>
       </c>
       <c r="J51" s="10" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L51" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O51" s="6"/>
+      <c r="O51" s="6">
+        <v>3902.08</v>
+      </c>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="65">
       <c r="A52" s="6" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B52" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C52" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D52" s="6">
         <v>0</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G52" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="6">
-        <v>1.35</v>
+        <v>1.38</v>
       </c>
       <c r="J52" s="10" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L52" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M52" s="6" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O52" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O52" s="6"/>
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="65">
       <c r="A53" s="6" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B53" s="6">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="C53" s="6">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="D53" s="6">
         <v>0</v>
       </c>
       <c r="E53" s="6" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G53" s="10" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="6">
-        <v>1.38</v>
+        <v>1.36</v>
       </c>
       <c r="J53" s="10" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L53" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M53" s="6" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O53" s="6"/>
+      <c r="O53" s="6">
+        <v>3902.08</v>
+      </c>
       <c r="P53" s="6"/>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="65">
       <c r="A54" s="6" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B54" s="6">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="C54" s="6">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="D54" s="6">
         <v>0</v>
       </c>
       <c r="E54" s="6" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G54" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="6">
-        <v>1.36</v>
+        <v>1.38</v>
       </c>
       <c r="J54" s="10" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L54" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M54" s="6" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O54" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O54" s="6"/>
       <c r="P54" s="6"/>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="65">
       <c r="A55" s="6" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="B55" s="6">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
         <v>0</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>57</v>
+        <v>228</v>
       </c>
       <c r="G55" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="6">
-        <v>1.38</v>
+        <v>8.5</v>
       </c>
       <c r="J55" s="10" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O55" s="6"/>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="65">
       <c r="A56" s="6" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B56" s="6">
         <v>0</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6">
         <v>0</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="6">
-        <v>8.5</v>
+        <v>14.5</v>
       </c>
       <c r="J56" s="10" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L56" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M56" s="6" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O56" s="6"/>
       <c r="P56" s="6"/>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="65">
       <c r="A57" s="6" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B57" s="6">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6">
         <v>0</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="6">
-        <v>14.5</v>
+        <v>4.8</v>
       </c>
       <c r="J57" s="10" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L57" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M57" s="6" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O57" s="6"/>
       <c r="P57" s="6"/>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="65">
       <c r="A58" s="6" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B58" s="6">
         <v>0</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6">
         <v>0</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="6">
-        <v>4.8</v>
+        <v>9.3</v>
       </c>
       <c r="J58" s="10" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L58" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M58" s="6" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O58" s="6"/>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="B59" s="6">
         <v>0</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6">
         <v>0</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>236</v>
+        <v>44</v>
       </c>
       <c r="G59" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="6">
-        <v>9.3</v>
+        <v>1</v>
       </c>
       <c r="J59" s="10" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L59" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M59" s="6" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O59" s="6"/>
       <c r="P59" s="6"/>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="65">
       <c r="A60" s="6" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B60" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C60" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D60" s="6">
         <v>0</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G60" s="10" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="6">
-        <v>1</v>
+        <v>1.53</v>
       </c>
       <c r="J60" s="10" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="K60" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L60" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M60" s="6" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O60" s="6"/>
+      <c r="O60" s="6">
+        <v>2439.1</v>
+      </c>
       <c r="P60" s="6"/>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B61" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C61" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G61" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="6">
-        <v>1.53</v>
+        <v>1.2</v>
       </c>
       <c r="J61" s="10" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="K61" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L61" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M61" s="6" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O61" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O61" s="6"/>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B62" s="6">
         <v>0</v>
       </c>
       <c r="C62" s="6">
         <v>0</v>
       </c>
       <c r="D62" s="6">
         <v>0</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="G62" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="6">
-        <v>0</v>
+        <v>1.45</v>
       </c>
       <c r="J62" s="10" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="K62" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L62" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M62" s="6" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O62" s="6"/>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="6">
-        <v>1.2</v>
+        <v>0.85</v>
       </c>
       <c r="J63" s="10" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L63" s="10" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O63" s="6"/>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="65">
       <c r="A64" s="6" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B64" s="6">
         <v>0</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6">
         <v>0</v>
       </c>
-      <c r="E64" s="6" t="s">
-        <v>268</v>
+      <c r="E64" s="6">
+        <v>21000002728</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="G64" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I64" s="6">
         <v>23</v>
       </c>
-      <c r="H64" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J64" s="10" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="K64" s="6" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="L64" s="10" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="M64" s="6" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O64" s="6"/>
+      <c r="O64" s="6">
+        <v>43615</v>
+      </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="65">
       <c r="A65" s="6" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B65" s="6">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
-      <c r="E65" s="6" t="s">
-        <v>272</v>
+      <c r="E65" s="6">
+        <v>21000801114</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G65" s="10" t="s">
-        <v>72</v>
+        <v>103</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>78</v>
+        <v>45</v>
       </c>
       <c r="I65" s="6">
-        <v>0.725</v>
+        <v>24</v>
       </c>
       <c r="J65" s="10" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="K65" s="6" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="L65" s="10"/>
+        <v>265</v>
+      </c>
+      <c r="L65" s="10" t="s">
+        <v>106</v>
+      </c>
       <c r="M65" s="6" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O65" s="6"/>
+      <c r="O65" s="6">
+        <v>49989.5</v>
+      </c>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="65">
       <c r="A66" s="6" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="B66" s="6">
         <v>0</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6">
         <v>0</v>
       </c>
       <c r="E66" s="6" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>39</v>
+        <v>272</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="6">
-        <v>0.85</v>
+        <v>1.57</v>
       </c>
       <c r="J66" s="10" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L66" s="10" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="M66" s="6" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O66" s="6"/>
       <c r="P66" s="6"/>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B67" s="6">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>0</v>
       </c>
       <c r="D67" s="6">
         <v>0</v>
       </c>
-      <c r="E67" s="6">
-        <v>21000002728</v>
+      <c r="E67" s="6" t="s">
+        <v>276</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>22</v>
+        <v>272</v>
       </c>
       <c r="G67" s="10" t="s">
-        <v>111</v>
+        <v>70</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I67" s="6">
-        <v>23</v>
+        <v>1.25</v>
       </c>
       <c r="J67" s="10" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="K67" s="6" t="s">
-        <v>281</v>
+        <v>26</v>
       </c>
       <c r="L67" s="10" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O67" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O67" s="6"/>
       <c r="P67" s="6"/>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="65">
       <c r="A68" s="6" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B68" s="6">
         <v>0</v>
       </c>
       <c r="C68" s="6">
         <v>0</v>
       </c>
       <c r="D68" s="6">
         <v>0</v>
       </c>
-      <c r="E68" s="6">
-        <v>21000801114</v>
+      <c r="E68" s="6" t="s">
+        <v>280</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>110</v>
+        <v>32</v>
       </c>
       <c r="G68" s="10" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I68" s="6">
-        <v>24</v>
+        <v>0.84</v>
       </c>
       <c r="J68" s="10" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="K68" s="6" t="s">
-        <v>281</v>
+        <v>26</v>
       </c>
       <c r="L68" s="10" t="s">
-        <v>114</v>
+        <v>34</v>
       </c>
       <c r="M68" s="6" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O68" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O68" s="6"/>
       <c r="P68" s="6"/>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="65">
       <c r="A69" s="6" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B69" s="6">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6">
         <v>0</v>
       </c>
       <c r="E69" s="6" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>288</v>
+        <v>44</v>
       </c>
       <c r="G69" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="6">
-        <v>1.57</v>
+        <v>1</v>
       </c>
       <c r="J69" s="10" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L69" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M69" s="6" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O69" s="6"/>
       <c r="P69" s="6"/>
     </row>
     <row r="70" spans="1:16" customHeight="1" ht="65">
       <c r="A70" s="6" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="B70" s="6">
         <v>0</v>
       </c>
       <c r="C70" s="6">
         <v>0</v>
       </c>
       <c r="D70" s="6">
         <v>0</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>288</v>
+        <v>22</v>
       </c>
       <c r="G70" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="6">
-        <v>1.25</v>
+        <v>35.2</v>
       </c>
       <c r="J70" s="10" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="K70" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L70" s="10" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="M70" s="6" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O70" s="6"/>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="B71" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C71" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="6">
-        <v>0</v>
+        <v>2.36</v>
       </c>
       <c r="J71" s="10" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="K71" s="6" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="L71" s="10"/>
+        <v>26</v>
+      </c>
+      <c r="L71" s="10" t="s">
+        <v>38</v>
+      </c>
       <c r="M71" s="6" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O71" s="6"/>
+      <c r="O71" s="6">
+        <v>8544.5</v>
+      </c>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="65">
       <c r="A72" s="6" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="B72" s="6">
         <v>0</v>
       </c>
       <c r="C72" s="6">
         <v>0</v>
       </c>
       <c r="D72" s="6">
         <v>0</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="F72" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G72" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I72" s="6">
         <v>39</v>
       </c>
-      <c r="G72" s="10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J72" s="10" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="K72" s="6" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="L72" s="10" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O72" s="6"/>
+      <c r="O72" s="6">
+        <v>62599.97</v>
+      </c>
       <c r="P72" s="6"/>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="65">
       <c r="A73" s="6" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="B73" s="6">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6">
         <v>0</v>
       </c>
-      <c r="E73" s="6" t="s">
-        <v>304</v>
+      <c r="E73" s="6">
+        <v>43030002</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="G73" s="10" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I73" s="6">
-        <v>1</v>
+        <v>1.19</v>
       </c>
       <c r="J73" s="10" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="K73" s="6" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="L73" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M73" s="6" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O73" s="6"/>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="B74" s="6">
         <v>0</v>
       </c>
       <c r="C74" s="6">
         <v>0</v>
       </c>
       <c r="D74" s="6">
         <v>0</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G74" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="6">
-        <v>35.2</v>
+        <v>0.84</v>
       </c>
       <c r="J74" s="10" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L74" s="10" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="M74" s="6" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="B75" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C75" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G75" s="10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="6">
-        <v>2.36</v>
+        <v>12.9</v>
       </c>
       <c r="J75" s="10" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L75" s="10" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="M75" s="6" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O75" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O75" s="6"/>
       <c r="P75" s="6"/>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="B76" s="6">
         <v>0</v>
       </c>
       <c r="C76" s="6">
         <v>0</v>
       </c>
       <c r="D76" s="6">
         <v>0</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>110</v>
+        <v>44</v>
       </c>
       <c r="G76" s="10" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I76" s="6">
-        <v>39</v>
+        <v>3.7</v>
       </c>
       <c r="J76" s="10" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="K76" s="6" t="s">
-        <v>119</v>
+        <v>26</v>
       </c>
       <c r="L76" s="10" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O76" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O76" s="6"/>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="B77" s="6">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
-      <c r="E77" s="6">
-        <v>43030002</v>
+      <c r="E77" s="6" t="s">
+        <v>315</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="G77" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="I77" s="6">
-        <v>1.19</v>
+        <v>3.7</v>
       </c>
       <c r="J77" s="10" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="K77" s="6" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="L77" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O77" s="6"/>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B78" s="6">
         <v>0</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G78" s="10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="6">
-        <v>0.84</v>
+        <v>3.7</v>
       </c>
       <c r="J78" s="10" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L78" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M78" s="6" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O78" s="6"/>
       <c r="P78" s="6"/>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="65">
       <c r="A79" s="6" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="B79" s="6">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6">
         <v>0</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="6">
-        <v>12.9</v>
+        <v>11.5</v>
       </c>
       <c r="J79" s="10" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="K79" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L79" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O79" s="6"/>
       <c r="P79" s="6"/>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="65">
       <c r="A80" s="6" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B80" s="6">
         <v>0</v>
       </c>
       <c r="C80" s="6">
         <v>0</v>
       </c>
       <c r="D80" s="6">
         <v>0</v>
       </c>
       <c r="E80" s="6" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="6">
-        <v>3.7</v>
+        <v>12.6</v>
       </c>
       <c r="J80" s="10" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L80" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M80" s="6" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O80" s="6"/>
       <c r="P80" s="6"/>
     </row>
     <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B81" s="6">
         <v>0</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6">
         <v>0</v>
       </c>
       <c r="E81" s="6" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="6">
-        <v>3.7</v>
+        <v>12.6</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L81" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O81" s="6"/>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="65">
       <c r="A82" s="6" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="B82" s="6">
         <v>0</v>
       </c>
       <c r="C82" s="6">
         <v>0</v>
       </c>
       <c r="D82" s="6">
         <v>0</v>
       </c>
       <c r="E82" s="6" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="6">
-        <v>3.7</v>
+        <v>5</v>
       </c>
       <c r="J82" s="10" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L82" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O82" s="6"/>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="B83" s="6">
         <v>0</v>
       </c>
       <c r="C83" s="6">
         <v>0</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="6" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G83" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="6">
-        <v>11.5</v>
+        <v>5</v>
       </c>
       <c r="J83" s="10" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L83" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M83" s="6" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O83" s="6"/>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="B84" s="6">
         <v>0</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="6" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>52</v>
+        <v>344</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="6">
-        <v>12.6</v>
+        <v>1.2</v>
       </c>
       <c r="J84" s="10" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="K84" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L84" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M84" s="6" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O84" s="6"/>
       <c r="P84" s="6"/>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="65">
       <c r="A85" s="6" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B85" s="6">
         <v>0</v>
       </c>
       <c r="C85" s="6">
         <v>0</v>
       </c>
       <c r="D85" s="6">
         <v>0</v>
       </c>
       <c r="E85" s="6" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G85" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="6">
-        <v>12.6</v>
+        <v>13.2</v>
       </c>
       <c r="J85" s="10" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L85" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M85" s="6" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O85" s="6"/>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B86" s="6">
         <v>0</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
       <c r="E86" s="6" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="6">
-        <v>5</v>
+        <v>27.34</v>
       </c>
       <c r="J86" s="10" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="K86" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L86" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="M86" s="6" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O86" s="6"/>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B87" s="6">
         <v>0</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6">
         <v>0</v>
       </c>
       <c r="E87" s="6" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J87" s="10" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="K87" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L87" s="10" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O87" s="6"/>
       <c r="P87" s="6"/>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="B88" s="6">
+        <v>0</v>
+      </c>
+      <c r="C88" s="6">
+        <v>0</v>
+      </c>
+      <c r="D88" s="6">
+        <v>0</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="F88" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="G88" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I88" s="6">
+        <v>0</v>
+      </c>
+      <c r="J88" s="10" t="s">
+        <v>361</v>
+      </c>
+      <c r="K88" s="6" t="s">
         <v>362</v>
       </c>
-      <c r="B88" s="6">
-[...8 lines deleted...]
-      <c r="E88" s="6" t="s">
+      <c r="L88" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="M88" s="6" t="s">
         <v>363</v>
       </c>
-      <c r="F88" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N88" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O88" s="6"/>
+      <c r="O88" s="6">
+        <v>43525.9</v>
+      </c>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B89" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C89" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="D89" s="6">
         <v>0</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="6">
-        <v>13.2</v>
+        <v>0.77</v>
       </c>
       <c r="J89" s="10" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="K89" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L89" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O89" s="6"/>
+      <c r="O89" s="6">
+        <v>763.45</v>
+      </c>
       <c r="P89" s="6"/>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="65">
       <c r="A90" s="6" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B90" s="6">
         <v>0</v>
       </c>
       <c r="C90" s="6">
         <v>0</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
       <c r="E90" s="6" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="6">
-        <v>27.34</v>
+        <v>5.8</v>
       </c>
       <c r="J90" s="10" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L90" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M90" s="6" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O90" s="6"/>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B91" s="6">
         <v>0</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="6">
-        <v>0</v>
+        <v>4.89</v>
       </c>
       <c r="J91" s="10" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="K91" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L91" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O91" s="6"/>
       <c r="P91" s="6"/>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="65">
       <c r="A92" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="B92" s="6">
+        <v>0</v>
+      </c>
+      <c r="C92" s="6">
+        <v>0</v>
+      </c>
+      <c r="D92" s="6">
+        <v>0</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="F92" s="9" t="s">
+        <v>344</v>
+      </c>
+      <c r="G92" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I92" s="6">
+        <v>1.38</v>
+      </c>
+      <c r="J92" s="10" t="s">
+        <v>378</v>
+      </c>
+      <c r="K92" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L92" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="B92" s="6">
-[...8 lines deleted...]
-      <c r="E92" s="6" t="s">
+      <c r="M92" s="6" t="s">
         <v>380</v>
       </c>
-      <c r="F92" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N92" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O92" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O92" s="6"/>
       <c r="P92" s="6"/>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="65">
       <c r="A93" s="6" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B93" s="6">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="C93" s="6">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="D93" s="6">
         <v>0</v>
       </c>
       <c r="E93" s="6" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G93" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="6">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="J93" s="10" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="K93" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L93" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M93" s="6" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O93" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O93" s="6"/>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B94" s="6">
         <v>0</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6">
         <v>0</v>
       </c>
       <c r="E94" s="6" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="G94" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="6">
-        <v>10.51</v>
+        <v>7.4</v>
       </c>
       <c r="J94" s="10" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="K94" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L94" s="10" t="s">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="M94" s="6" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O94" s="6"/>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B95" s="6">
         <v>0</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I95" s="6">
-        <v>5.8</v>
+        <v>7.4</v>
       </c>
       <c r="J95" s="10" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L95" s="10" t="s">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="M95" s="6" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O95" s="6"/>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B96" s="6">
         <v>0</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I96" s="6">
-        <v>4.89</v>
+        <v>8.3</v>
       </c>
       <c r="J96" s="10" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L96" s="10" t="s">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="M96" s="6" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O96" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O96" s="6"/>
       <c r="P96" s="6"/>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="65">
       <c r="A97" s="6" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B97" s="6">
         <v>0</v>
       </c>
       <c r="C97" s="6">
         <v>0</v>
       </c>
       <c r="D97" s="6">
         <v>0</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>364</v>
+        <v>387</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="6">
-        <v>1.38</v>
+        <v>8.3</v>
       </c>
       <c r="J97" s="10" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L97" s="10" t="s">
-        <v>403</v>
+        <v>27</v>
       </c>
       <c r="M97" s="6" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O97" s="6"/>
       <c r="P97" s="6"/>
     </row>
     <row r="98" spans="1:16" customHeight="1" ht="65">
       <c r="A98" s="6" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B98" s="6">
         <v>0</v>
       </c>
       <c r="C98" s="6">
         <v>0</v>
       </c>
       <c r="D98" s="6">
         <v>0</v>
       </c>
       <c r="E98" s="6" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="6">
-        <v>0</v>
+        <v>7.3</v>
       </c>
       <c r="J98" s="10" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L98" s="10" t="s">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c r="M98" s="6" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O98" s="6"/>
       <c r="P98" s="6"/>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="65">
       <c r="A99" s="6" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B99" s="6">
         <v>0</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6">
         <v>0</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>31</v>
+        <v>387</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="6">
-        <v>7.4</v>
+        <v>7.3</v>
       </c>
       <c r="J99" s="10" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L99" s="10" t="s">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O99" s="6"/>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B100" s="6">
         <v>0</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
       <c r="E100" s="6" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>31</v>
+        <v>412</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="6">
-        <v>7.4</v>
+        <v>4.4</v>
       </c>
       <c r="J100" s="10" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="K100" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L100" s="10" t="s">
-        <v>27</v>
+        <v>414</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O100" s="6"/>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="B101" s="6">
+        <v>0</v>
+      </c>
+      <c r="C101" s="6">
+        <v>0</v>
+      </c>
+      <c r="D101" s="6">
+        <v>0</v>
+      </c>
+      <c r="E101" s="6" t="s">
         <v>417</v>
       </c>
-      <c r="B101" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F101" s="9" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="6">
-        <v>8.3</v>
+        <v>7.8</v>
       </c>
       <c r="J101" s="10" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L101" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O101" s="6"/>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="B102" s="6">
+        <v>0</v>
+      </c>
+      <c r="C102" s="6">
+        <v>0</v>
+      </c>
+      <c r="D102" s="6">
+        <v>0</v>
+      </c>
+      <c r="E102" s="6" t="s">
         <v>421</v>
       </c>
-      <c r="B102" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F102" s="9" t="s">
-        <v>31</v>
+        <v>344</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="6">
-        <v>8.3</v>
+        <v>0.17</v>
       </c>
       <c r="J102" s="10" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L102" s="10" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="M102" s="6" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O102" s="6"/>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="B103" s="6">
+        <v>0</v>
+      </c>
+      <c r="C103" s="6">
+        <v>0</v>
+      </c>
+      <c r="D103" s="6">
+        <v>0</v>
+      </c>
+      <c r="E103" s="6" t="s">
         <v>425</v>
       </c>
-      <c r="B103" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F103" s="9" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="6">
-        <v>7.3</v>
+        <v>0</v>
       </c>
       <c r="J103" s="10" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="K103" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L103" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O103" s="6"/>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="B104" s="6">
+        <v>0</v>
+      </c>
+      <c r="C104" s="6">
+        <v>0</v>
+      </c>
+      <c r="D104" s="6">
+        <v>0</v>
+      </c>
+      <c r="E104" s="6" t="s">
         <v>429</v>
       </c>
-      <c r="B104" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F104" s="9" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="G104" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="6">
-        <v>7.3</v>
+        <v>0</v>
       </c>
       <c r="J104" s="10" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="K104" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O104" s="6"/>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="B105" s="6">
+        <v>0</v>
+      </c>
+      <c r="C105" s="6">
+        <v>0</v>
+      </c>
+      <c r="D105" s="6">
+        <v>0</v>
+      </c>
+      <c r="E105" s="6" t="s">
         <v>433</v>
       </c>
-      <c r="B105" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F105" s="9" t="s">
-        <v>435</v>
+        <v>38</v>
       </c>
       <c r="G105" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="6">
-        <v>4.4</v>
+        <v>1.82</v>
       </c>
       <c r="J105" s="10" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="K105" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L105" s="10" t="s">
-        <v>437</v>
+        <v>38</v>
       </c>
       <c r="M105" s="6" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O105" s="6"/>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B106" s="6">
         <v>0</v>
       </c>
       <c r="C106" s="6">
         <v>0</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
       <c r="E106" s="6" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="6">
-        <v>7.8</v>
+        <v>0</v>
       </c>
       <c r="J106" s="10" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="K106" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L106" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M106" s="6" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O106" s="6"/>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="B107" s="6">
         <v>0</v>
       </c>
       <c r="C107" s="6">
         <v>0</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
       <c r="E107" s="6" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>364</v>
+        <v>387</v>
       </c>
       <c r="G107" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="6">
-        <v>0.17</v>
+        <v>4.48</v>
       </c>
       <c r="J107" s="10" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="K107" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L107" s="10" t="s">
-        <v>59</v>
+        <v>387</v>
       </c>
       <c r="M107" s="6" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B108" s="6">
+        <v>0</v>
+      </c>
+      <c r="C108" s="6">
+        <v>0</v>
+      </c>
+      <c r="D108" s="6">
+        <v>0</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="F108" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G108" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H108" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I108" s="6">
+        <v>0</v>
+      </c>
+      <c r="J108" s="10" t="s">
+        <v>446</v>
+      </c>
+      <c r="K108" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="L108" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M108" s="6" t="s">
         <v>447</v>
       </c>
-      <c r="B108" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N108" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O108" s="6"/>
+      <c r="O108" s="6">
+        <v>31843.87</v>
+      </c>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B109" s="6">
         <v>0</v>
       </c>
       <c r="C109" s="6">
         <v>0</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G109" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="6">
-        <v>0</v>
+        <v>0.7</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="K109" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L109" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O109" s="6"/>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>45</v>
+        <v>454</v>
       </c>
       <c r="G110" s="10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="6">
-        <v>1.82</v>
+        <v>22</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="K110" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L110" s="10" t="s">
-        <v>48</v>
+        <v>454</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O110" s="6"/>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B111" s="6">
         <v>0</v>
       </c>
       <c r="C111" s="6">
         <v>0</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>57</v>
+        <v>454</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="6">
         <v>0</v>
       </c>
       <c r="J111" s="10" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="K111" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L111" s="10" t="s">
-        <v>59</v>
+        <v>454</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O111" s="6"/>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="B112" s="6">
+        <v>0</v>
+      </c>
+      <c r="C112" s="6">
+        <v>0</v>
+      </c>
+      <c r="D112" s="6">
+        <v>0</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="F112" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="G112" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I112" s="6">
+        <v>63.2</v>
+      </c>
+      <c r="J112" s="10" t="s">
         <v>463</v>
-      </c>
-[...25 lines deleted...]
-        <v>465</v>
       </c>
       <c r="K112" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L112" s="10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O112" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O112" s="6"/>
       <c r="P112" s="6"/>
     </row>
     <row r="113" spans="1:16" customHeight="1" ht="65">
       <c r="A113" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="B113" s="6">
+        <v>0</v>
+      </c>
+      <c r="C113" s="6">
+        <v>0</v>
+      </c>
+      <c r="D113" s="6">
+        <v>0</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="F113" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="G113" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H113" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I113" s="6">
+        <v>60.3</v>
+      </c>
+      <c r="J113" s="10" t="s">
         <v>467</v>
       </c>
-      <c r="B113" s="6">
-[...8 lines deleted...]
-      <c r="E113" s="6" t="s">
+      <c r="K113" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L113" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="M113" s="6" t="s">
         <v>468</v>
       </c>
-      <c r="F113" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N113" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O113" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O113" s="6"/>
       <c r="P113" s="6"/>
     </row>
     <row r="114" spans="1:16" customHeight="1" ht="65">
       <c r="A114" s="6" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B114" s="6">
         <v>0</v>
       </c>
       <c r="C114" s="6">
         <v>0</v>
       </c>
       <c r="D114" s="6">
         <v>0</v>
       </c>
       <c r="E114" s="6" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G114" s="10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H114" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="6">
-        <v>0.7</v>
+        <v>13</v>
       </c>
       <c r="J114" s="10" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="K114" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L114" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M114" s="6" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O114" s="6"/>
       <c r="P114" s="6"/>
     </row>
     <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B115" s="6">
         <v>0</v>
       </c>
       <c r="C115" s="6">
         <v>0</v>
       </c>
       <c r="D115" s="6">
         <v>0</v>
       </c>
       <c r="E115" s="6" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>477</v>
+        <v>44</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H115" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="6">
-        <v>22</v>
+        <v>6.8</v>
       </c>
       <c r="J115" s="10" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="K115" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L115" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M115" s="6" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O115" s="6"/>
       <c r="P115" s="6"/>
     </row>
     <row r="116" spans="1:16" customHeight="1" ht="65">
       <c r="A116" s="6" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="B116" s="6">
         <v>0</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>477</v>
+        <v>44</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="6">
-        <v>0</v>
+        <v>6.8</v>
       </c>
       <c r="J116" s="10" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="K116" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L116" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M116" s="6" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O116" s="6"/>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="B117" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C117" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="6">
-        <v>63.2</v>
+        <v>6.4</v>
       </c>
       <c r="J117" s="10" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="K117" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L117" s="10" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="M117" s="6" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O117" s="6"/>
+      <c r="O117" s="6">
+        <v>30365.48</v>
+      </c>
       <c r="P117" s="6"/>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="65">
       <c r="A118" s="6" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="B118" s="6">
         <v>0</v>
       </c>
       <c r="C118" s="6">
         <v>0</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
       <c r="E118" s="6" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="6">
-        <v>60.3</v>
+        <v>6.8</v>
       </c>
       <c r="J118" s="10" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="K118" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L118" s="10" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="M118" s="6" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O118" s="6"/>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16" customHeight="1" ht="65">
       <c r="A119" s="6" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="B119" s="6">
         <v>0</v>
       </c>
       <c r="C119" s="6">
         <v>0</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
       <c r="E119" s="6" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I119" s="6">
-        <v>13</v>
+        <v>8.5</v>
       </c>
       <c r="J119" s="10" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="K119" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L119" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M119" s="6" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O119" s="6"/>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="B120" s="6">
         <v>0</v>
       </c>
       <c r="C120" s="6">
         <v>0</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
       <c r="E120" s="6" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H120" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I120" s="6">
-        <v>6.8</v>
+        <v>8.5</v>
       </c>
       <c r="J120" s="10" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="K120" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L120" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M120" s="6" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O120" s="6"/>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="B121" s="6">
         <v>0</v>
       </c>
       <c r="C121" s="6">
         <v>0</v>
       </c>
       <c r="D121" s="6">
         <v>0</v>
       </c>
       <c r="E121" s="6" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G121" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H121" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I121" s="6">
-        <v>6.8</v>
+        <v>10.6</v>
       </c>
       <c r="J121" s="10" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="K121" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L121" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M121" s="6" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O121" s="6"/>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="65">
       <c r="A122" s="6" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="B122" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C122" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
       <c r="E122" s="6" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G122" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H122" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I122" s="6">
-        <v>6.4</v>
+        <v>52.2</v>
       </c>
       <c r="J122" s="10" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="K122" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L122" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M122" s="6" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O122" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O122" s="6"/>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
       <c r="E123" s="6" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G123" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I123" s="6">
-        <v>6.8</v>
+        <v>0</v>
       </c>
       <c r="J123" s="10" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="K123" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L123" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O123" s="6"/>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="B124" s="6">
         <v>0</v>
       </c>
       <c r="C124" s="6">
         <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
       <c r="E124" s="6" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="6">
-        <v>8.5</v>
+        <v>62.5</v>
       </c>
       <c r="J124" s="10" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L124" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O124" s="6"/>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="B125" s="6">
         <v>0</v>
       </c>
       <c r="C125" s="6">
         <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H125" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="6">
-        <v>8.5</v>
+        <v>15</v>
       </c>
       <c r="J125" s="10" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="K125" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L125" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O125" s="6"/>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
       <c r="E126" s="6" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G126" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="6">
-        <v>10.6</v>
+        <v>31</v>
       </c>
       <c r="J126" s="10" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="K126" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L126" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M126" s="6" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O126" s="6"/>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="B127" s="6">
         <v>0</v>
       </c>
       <c r="C127" s="6">
         <v>0</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G127" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="6">
-        <v>52.2</v>
+        <v>39.75</v>
       </c>
       <c r="J127" s="10" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="K127" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L127" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O127" s="6"/>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
       <c r="E128" s="6" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H128" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="6">
-        <v>0</v>
+        <v>7.7</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="K128" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L128" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O128" s="6"/>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="6">
-        <v>62.5</v>
+        <v>7.7</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="K129" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L129" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O129" s="6"/>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
       <c r="E130" s="6" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I130" s="6">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="K130" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L130" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M130" s="6" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O130" s="6"/>
       <c r="P130" s="6"/>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="65">
       <c r="A131" s="6" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="B131" s="6">
         <v>0</v>
       </c>
       <c r="C131" s="6">
         <v>0</v>
       </c>
       <c r="D131" s="6">
         <v>0</v>
       </c>
       <c r="E131" s="6" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="6">
-        <v>31</v>
+        <v>8.88</v>
       </c>
       <c r="J131" s="10" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="K131" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L131" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M131" s="6" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O131" s="6"/>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16" customHeight="1" ht="65">
       <c r="A132" s="6" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="B132" s="6">
         <v>0</v>
       </c>
       <c r="C132" s="6">
         <v>0</v>
       </c>
       <c r="D132" s="6">
         <v>0</v>
       </c>
       <c r="E132" s="6" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H132" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I132" s="6">
-        <v>39.75</v>
+        <v>21</v>
       </c>
       <c r="J132" s="10" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="K132" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L132" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M132" s="6" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O132" s="6"/>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
       <c r="E133" s="6" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H133" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="6">
-        <v>7.7</v>
+        <v>21.1</v>
       </c>
       <c r="J133" s="10" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="K133" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L133" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M133" s="6" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O133" s="6"/>
       <c r="P133" s="6"/>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="65">
       <c r="A134" s="6" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="B134" s="6">
         <v>0</v>
       </c>
       <c r="C134" s="6">
         <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
       <c r="E134" s="6" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="6">
-        <v>7.7</v>
+        <v>6</v>
       </c>
       <c r="J134" s="10" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="K134" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L134" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M134" s="6" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O134" s="6"/>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="B135" s="6">
         <v>0</v>
       </c>
       <c r="C135" s="6">
         <v>0</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
       <c r="E135" s="6" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="G135" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H135" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I135" s="6">
-        <v>8</v>
+        <v>1.35</v>
       </c>
       <c r="J135" s="10" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="K135" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L135" s="10" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="M135" s="6" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O135" s="6"/>
       <c r="P135" s="6"/>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="B136" s="6">
+        <v>0</v>
+      </c>
+      <c r="C136" s="6">
+        <v>0</v>
+      </c>
+      <c r="D136" s="6">
+        <v>0</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="F136" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="G136" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H136" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I136" s="6">
+        <v>0</v>
+      </c>
+      <c r="J136" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="K136" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="L136" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="M136" s="6" t="s">
         <v>560</v>
       </c>
-      <c r="B136" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N136" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O136" s="6">
-        <v>27227.77</v>
+        <v>26245.07</v>
       </c>
       <c r="P136" s="6"/>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B137" s="6">
         <v>0</v>
       </c>
       <c r="C137" s="6">
         <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>52</v>
+        <v>102</v>
       </c>
       <c r="G137" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H137" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="6">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="J137" s="10" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="K137" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L137" s="10" t="s">
-        <v>52</v>
+        <v>564</v>
       </c>
       <c r="M137" s="6" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O137" s="6"/>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="B138" s="6">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <v>0</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G138" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="6">
-        <v>21.1</v>
+        <v>2.95</v>
       </c>
       <c r="J138" s="10" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="K138" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L138" s="10" t="s">
-        <v>52</v>
+        <v>569</v>
       </c>
       <c r="M138" s="6" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O138" s="6"/>
       <c r="P138" s="6"/>
     </row>
     <row r="139" spans="1:16" customHeight="1" ht="65">
       <c r="A139" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="B139" s="6">
+        <v>0</v>
+      </c>
+      <c r="C139" s="6">
+        <v>0</v>
+      </c>
+      <c r="D139" s="6">
+        <v>0</v>
+      </c>
+      <c r="E139" s="6" t="s">
         <v>572</v>
       </c>
-      <c r="B139" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F139" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G139" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="6">
-        <v>6</v>
+        <v>10.6</v>
       </c>
       <c r="J139" s="10" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="K139" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L139" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M139" s="6" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O139" s="6"/>
       <c r="P139" s="6"/>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="65">
       <c r="A140" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="B140" s="6">
+        <v>1</v>
+      </c>
+      <c r="C140" s="6">
+        <v>1</v>
+      </c>
+      <c r="D140" s="6">
+        <v>0</v>
+      </c>
+      <c r="E140" s="6" t="s">
         <v>576</v>
       </c>
-      <c r="B140" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F140" s="9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G140" s="10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="H140" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I140" s="6">
-        <v>1.35</v>
+        <v>5.01</v>
       </c>
       <c r="J140" s="10" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="K140" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L140" s="10" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="M140" s="6" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O140" s="6"/>
+      <c r="O140" s="6">
+        <v>18287.3</v>
+      </c>
       <c r="P140" s="6"/>
     </row>
     <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="B141" s="6">
+        <v>0</v>
+      </c>
+      <c r="C141" s="6">
+        <v>0</v>
+      </c>
+      <c r="D141" s="6">
+        <v>0</v>
+      </c>
+      <c r="E141" s="6" t="s">
         <v>580</v>
       </c>
-      <c r="B141" s="6">
-[...8 lines deleted...]
-      <c r="E141" s="6" t="s">
+      <c r="F141" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G141" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H141" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I141" s="6">
+        <v>0.84</v>
+      </c>
+      <c r="J141" s="10" t="s">
         <v>581</v>
       </c>
-      <c r="F141" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J141" s="10" t="s">
+      <c r="K141" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L141" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M141" s="6" t="s">
         <v>582</v>
       </c>
-      <c r="K141" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N141" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O141" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O141" s="6"/>
       <c r="P141" s="6"/>
     </row>
     <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="B142" s="6">
+        <v>0</v>
+      </c>
+      <c r="C142" s="6">
+        <v>0</v>
+      </c>
+      <c r="D142" s="6">
+        <v>0</v>
+      </c>
+      <c r="E142" s="6" t="s">
         <v>584</v>
       </c>
-      <c r="B142" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F142" s="9" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="G142" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="6">
-        <v>0</v>
+        <v>0.54</v>
       </c>
       <c r="J142" s="10" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="K142" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L142" s="10" t="s">
-        <v>587</v>
+        <v>52</v>
       </c>
       <c r="M142" s="6" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O142" s="6"/>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="6">
-        <v>2.95</v>
+        <v>27</v>
       </c>
       <c r="J143" s="10" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="K143" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L143" s="10" t="s">
-        <v>592</v>
+        <v>564</v>
       </c>
       <c r="M143" s="6" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O143" s="6"/>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16" customHeight="1" ht="65">
       <c r="A144" s="6" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="B144" s="6">
         <v>0</v>
       </c>
       <c r="C144" s="6">
         <v>0</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
       <c r="E144" s="6" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="6">
-        <v>10.6</v>
+        <v>3.39</v>
       </c>
       <c r="J144" s="10" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="K144" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L144" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M144" s="6" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O144" s="6"/>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B145" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C145" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>45</v>
+        <v>454</v>
       </c>
       <c r="G145" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="6">
-        <v>5.01</v>
+        <v>30</v>
       </c>
       <c r="J145" s="10" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="K145" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L145" s="10" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="M145" s="6" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O145" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O145" s="6"/>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G146" s="10" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="6">
-        <v>0.84</v>
+        <v>15.03</v>
       </c>
       <c r="J146" s="10" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="K146" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L146" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M146" s="6" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O146" s="6"/>
       <c r="P146" s="6"/>
     </row>
     <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="B147" s="6">
+        <v>0</v>
+      </c>
+      <c r="C147" s="6">
+        <v>0</v>
+      </c>
+      <c r="D147" s="6">
+        <v>0</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="F147" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G147" s="10" t="s">
+        <v>605</v>
+      </c>
+      <c r="H147" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I147" s="6">
+        <v>4.41</v>
+      </c>
+      <c r="J147" s="10" t="s">
         <v>606</v>
       </c>
-      <c r="B147" s="6">
-[...8 lines deleted...]
-      <c r="E147" s="6" t="s">
+      <c r="K147" s="6" t="s">
         <v>607</v>
       </c>
-      <c r="F147" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J147" s="10" t="s">
+      <c r="L147" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="M147" s="6" t="s">
         <v>608</v>
       </c>
-      <c r="K147" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N147" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O147" s="6"/>
+      <c r="O147" s="6">
+        <v>8940.67</v>
+      </c>
       <c r="P147" s="6"/>
     </row>
     <row r="148" spans="1:16" customHeight="1" ht="65">
       <c r="A148" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="B148" s="6">
+        <v>6</v>
+      </c>
+      <c r="C148" s="6">
+        <v>6</v>
+      </c>
+      <c r="D148" s="6">
+        <v>0</v>
+      </c>
+      <c r="E148" s="6" t="s">
         <v>610</v>
       </c>
-      <c r="B148" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F148" s="9" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="G148" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="6">
-        <v>27</v>
+        <v>0.88</v>
       </c>
       <c r="J148" s="10" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="K148" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L148" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M148" s="6" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O148" s="6"/>
+      <c r="O148" s="6">
+        <v>1240.96</v>
+      </c>
       <c r="P148" s="6"/>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="B149" s="6">
+        <v>0</v>
+      </c>
+      <c r="C149" s="6">
+        <v>0</v>
+      </c>
+      <c r="D149" s="6">
+        <v>0</v>
+      </c>
+      <c r="E149" s="6" t="s">
         <v>614</v>
       </c>
-      <c r="B149" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F149" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="6">
-        <v>3.39</v>
+        <v>0</v>
       </c>
       <c r="J149" s="10" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="K149" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L149" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M149" s="6" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O149" s="6"/>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="B150" s="6">
+        <v>0</v>
+      </c>
+      <c r="C150" s="6">
+        <v>0</v>
+      </c>
+      <c r="D150" s="6">
+        <v>0</v>
+      </c>
+      <c r="E150" s="6" t="s">
         <v>618</v>
       </c>
-      <c r="B150" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F150" s="9" t="s">
-        <v>477</v>
+        <v>44</v>
       </c>
       <c r="G150" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I150" s="6">
-        <v>30</v>
+        <v>0.62</v>
       </c>
       <c r="J150" s="10" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="K150" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L150" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M150" s="6" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O150" s="6"/>
       <c r="P150" s="6"/>
     </row>
     <row r="151" spans="1:16" customHeight="1" ht="65">
       <c r="A151" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="B151" s="6">
+        <v>0</v>
+      </c>
+      <c r="C151" s="6">
+        <v>0</v>
+      </c>
+      <c r="D151" s="6">
+        <v>0</v>
+      </c>
+      <c r="E151" s="6" t="s">
         <v>622</v>
       </c>
-      <c r="B151" s="6">
-[...8 lines deleted...]
-      <c r="E151" s="6" t="s">
+      <c r="F151" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G151" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H151" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I151" s="6">
+        <v>3.75</v>
+      </c>
+      <c r="J151" s="10" t="s">
         <v>623</v>
-      </c>
-[...13 lines deleted...]
-        <v>624</v>
       </c>
       <c r="K151" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L151" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M151" s="6" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O151" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O151" s="6"/>
       <c r="P151" s="6"/>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="65">
       <c r="A152" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="B152" s="6">
+        <v>0</v>
+      </c>
+      <c r="C152" s="6">
+        <v>0</v>
+      </c>
+      <c r="D152" s="6">
+        <v>0</v>
+      </c>
+      <c r="E152" s="6" t="s">
         <v>626</v>
       </c>
-      <c r="B152" s="6">
-[...8 lines deleted...]
-      <c r="E152" s="6" t="s">
+      <c r="F152" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G152" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H152" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I152" s="6">
+        <v>5</v>
+      </c>
+      <c r="J152" s="10" t="s">
         <v>627</v>
       </c>
-      <c r="F152" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J152" s="10" t="s">
+      <c r="K152" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L152" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="M152" s="6" t="s">
         <v>628</v>
       </c>
-      <c r="K152" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N152" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O152" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O152" s="6"/>
       <c r="P152" s="6"/>
     </row>
     <row r="153" spans="1:16" customHeight="1" ht="65">
       <c r="A153" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="B153" s="6">
+        <v>0</v>
+      </c>
+      <c r="C153" s="6">
+        <v>0</v>
+      </c>
+      <c r="D153" s="6">
+        <v>0</v>
+      </c>
+      <c r="E153" s="6" t="s">
         <v>630</v>
       </c>
-      <c r="B153" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F153" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G153" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H153" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="6">
-        <v>0.88</v>
+        <v>5.9</v>
       </c>
       <c r="J153" s="10" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="K153" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L153" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M153" s="6" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O153" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O153" s="6"/>
       <c r="P153" s="6"/>
     </row>
     <row r="154" spans="1:16" customHeight="1" ht="65">
       <c r="A154" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="B154" s="6">
+        <v>0</v>
+      </c>
+      <c r="C154" s="6">
+        <v>0</v>
+      </c>
+      <c r="D154" s="6">
+        <v>0</v>
+      </c>
+      <c r="E154" s="6" t="s">
         <v>634</v>
       </c>
-      <c r="B154" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F154" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I154" s="6">
-        <v>0</v>
+        <v>5.35</v>
       </c>
       <c r="J154" s="10" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="K154" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L154" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M154" s="6" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O154" s="6"/>
       <c r="P154" s="6"/>
     </row>
     <row r="155" spans="1:16" customHeight="1" ht="65">
       <c r="A155" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="B155" s="6">
+        <v>0</v>
+      </c>
+      <c r="C155" s="6">
+        <v>0</v>
+      </c>
+      <c r="D155" s="6">
+        <v>0</v>
+      </c>
+      <c r="E155" s="6" t="s">
         <v>638</v>
       </c>
-      <c r="B155" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F155" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G155" s="10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H155" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="6">
-        <v>0.62</v>
+        <v>5.5</v>
       </c>
       <c r="J155" s="10" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="K155" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L155" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M155" s="6" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="N155" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O155" s="6"/>
       <c r="P155" s="6"/>
     </row>
     <row r="156" spans="1:16" customHeight="1" ht="65">
       <c r="A156" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="B156" s="6">
+        <v>0</v>
+      </c>
+      <c r="C156" s="6">
+        <v>0</v>
+      </c>
+      <c r="D156" s="6">
+        <v>0</v>
+      </c>
+      <c r="E156" s="6" t="s">
         <v>642</v>
       </c>
-      <c r="B156" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F156" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G156" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H156" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I156" s="6">
-        <v>3.75</v>
+        <v>2.8</v>
       </c>
       <c r="J156" s="10" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="K156" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L156" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M156" s="6" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="N156" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O156" s="6"/>
       <c r="P156" s="6"/>
     </row>
     <row r="157" spans="1:16" customHeight="1" ht="65">
       <c r="A157" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="B157" s="6">
+        <v>0</v>
+      </c>
+      <c r="C157" s="6">
+        <v>0</v>
+      </c>
+      <c r="D157" s="6">
+        <v>0</v>
+      </c>
+      <c r="E157" s="6" t="s">
         <v>646</v>
       </c>
-      <c r="B157" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F157" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G157" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H157" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="6">
-        <v>5</v>
+        <v>3.38</v>
       </c>
       <c r="J157" s="10" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="K157" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L157" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M157" s="6" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="N157" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O157" s="6"/>
       <c r="P157" s="6"/>
     </row>
-    <row r="158" spans="1:16" customHeight="1" ht="65">
+    <row r="158" spans="1:16">
       <c r="A158" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="B158" s="6">
+        <v>0</v>
+      </c>
+      <c r="C158" s="6">
+        <v>0</v>
+      </c>
+      <c r="D158" s="6">
+        <v>0</v>
+      </c>
+      <c r="E158" s="6" t="s">
         <v>650</v>
       </c>
-      <c r="B158" s="6">
-[...8 lines deleted...]
-      <c r="E158" s="6" t="s">
+      <c r="F158" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G158" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H158" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I158" s="6">
+        <v>0</v>
+      </c>
+      <c r="J158" s="10" t="s">
         <v>651</v>
       </c>
-      <c r="F158" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J158" s="10" t="s">
+      <c r="K158" s="6" t="s">
         <v>652</v>
       </c>
-      <c r="K158" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L158" s="10" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="M158" s="6" t="s">
         <v>653</v>
       </c>
       <c r="N158" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O158" s="6"/>
+      <c r="O158" s="6">
+        <v>22291.43</v>
+      </c>
       <c r="P158" s="6"/>
     </row>
     <row r="159" spans="1:16" customHeight="1" ht="65">
       <c r="A159" s="6" t="s">
         <v>654</v>
       </c>
       <c r="B159" s="6">
         <v>0</v>
       </c>
       <c r="C159" s="6">
         <v>0</v>
       </c>
       <c r="D159" s="6">
         <v>0</v>
       </c>
       <c r="E159" s="6" t="s">
         <v>655</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G159" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H159" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I159" s="6">
-        <v>5.35</v>
+        <v>0</v>
       </c>
       <c r="J159" s="10" t="s">
         <v>656</v>
       </c>
       <c r="K159" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L159" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M159" s="6" t="s">
         <v>657</v>
       </c>
       <c r="N159" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O159" s="6"/>
       <c r="P159" s="6"/>
     </row>
     <row r="160" spans="1:16" customHeight="1" ht="65">
       <c r="A160" s="6" t="s">
         <v>658</v>
       </c>
       <c r="B160" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C160" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D160" s="6">
         <v>0</v>
       </c>
       <c r="E160" s="6" t="s">
         <v>659</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G160" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H160" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I160" s="6">
-        <v>5.5</v>
+        <v>1.725</v>
       </c>
       <c r="J160" s="10" t="s">
         <v>660</v>
       </c>
       <c r="K160" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L160" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M160" s="6" t="s">
         <v>661</v>
       </c>
       <c r="N160" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O160" s="6"/>
+      <c r="O160" s="6">
+        <v>2479.5</v>
+      </c>
       <c r="P160" s="6"/>
     </row>
     <row r="161" spans="1:16" customHeight="1" ht="65">
       <c r="A161" s="6" t="s">
         <v>662</v>
       </c>
       <c r="B161" s="6">
         <v>0</v>
       </c>
       <c r="C161" s="6">
         <v>0</v>
       </c>
       <c r="D161" s="6">
         <v>0</v>
       </c>
       <c r="E161" s="6" t="s">
         <v>663</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G161" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H161" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="6">
-        <v>2.8</v>
+        <v>0.93</v>
       </c>
       <c r="J161" s="10" t="s">
         <v>664</v>
       </c>
       <c r="K161" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L161" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M161" s="6" t="s">
         <v>665</v>
       </c>
       <c r="N161" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O161" s="6"/>
       <c r="P161" s="6"/>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="65">
       <c r="A162" s="6" t="s">
         <v>666</v>
       </c>
       <c r="B162" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C162" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D162" s="6">
         <v>0</v>
       </c>
       <c r="E162" s="6" t="s">
         <v>667</v>
       </c>
       <c r="F162" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G162" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H162" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="6">
-        <v>3.38</v>
+        <v>1.785</v>
       </c>
       <c r="J162" s="10" t="s">
         <v>668</v>
       </c>
       <c r="K162" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L162" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M162" s="6" t="s">
         <v>669</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O162" s="6"/>
+      <c r="O162" s="6">
+        <v>2871</v>
+      </c>
       <c r="P162" s="6"/>
     </row>
-    <row r="163" spans="1:16">
+    <row r="163" spans="1:16" customHeight="1" ht="65">
       <c r="A163" s="6" t="s">
         <v>670</v>
       </c>
       <c r="B163" s="6">
         <v>0</v>
       </c>
       <c r="C163" s="6">
         <v>0</v>
       </c>
       <c r="D163" s="6">
         <v>0</v>
       </c>
       <c r="E163" s="6" t="s">
         <v>671</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G163" s="10" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="H163" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I163" s="6">
-        <v>0</v>
+        <v>0.962</v>
       </c>
       <c r="J163" s="10" t="s">
         <v>672</v>
       </c>
       <c r="K163" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L163" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="M163" s="6" t="s">
         <v>673</v>
       </c>
-      <c r="L163" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N163" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O163" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O163" s="6"/>
       <c r="P163" s="6"/>
     </row>
     <row r="164" spans="1:16" customHeight="1" ht="65">
       <c r="A164" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="B164" s="6">
+        <v>0</v>
+      </c>
+      <c r="C164" s="6">
+        <v>0</v>
+      </c>
+      <c r="D164" s="6">
+        <v>0</v>
+      </c>
+      <c r="E164" s="6" t="s">
         <v>675</v>
       </c>
-      <c r="B164" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F164" s="9" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="G164" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="6">
-        <v>0</v>
+        <v>4.59</v>
       </c>
       <c r="J164" s="10" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="K164" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L164" s="10" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="M164" s="6" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O164" s="6"/>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="B165" s="6">
+        <v>0</v>
+      </c>
+      <c r="C165" s="6">
+        <v>0</v>
+      </c>
+      <c r="D165" s="6">
+        <v>0</v>
+      </c>
+      <c r="E165" s="6" t="s">
         <v>679</v>
       </c>
-      <c r="B165" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F165" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G165" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H165" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I165" s="6">
-        <v>1.725</v>
+        <v>12.02</v>
       </c>
       <c r="J165" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="K165" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L165" s="10" t="s">
+        <v>564</v>
+      </c>
+      <c r="M165" s="6" t="s">
         <v>681</v>
       </c>
-      <c r="K165" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N165" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O165" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O165" s="6"/>
       <c r="P165" s="6"/>
     </row>
     <row r="166" spans="1:16" customHeight="1" ht="65">
       <c r="A166" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="B166" s="6">
+        <v>0</v>
+      </c>
+      <c r="C166" s="6">
+        <v>0</v>
+      </c>
+      <c r="D166" s="6">
+        <v>0</v>
+      </c>
+      <c r="E166" s="6" t="s">
         <v>683</v>
       </c>
-      <c r="B166" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F166" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G166" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="6">
-        <v>0.93</v>
+        <v>5.945</v>
       </c>
       <c r="J166" s="10" t="s">
+        <v>684</v>
+      </c>
+      <c r="K166" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L166" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="M166" s="6" t="s">
         <v>685</v>
-      </c>
-[...7 lines deleted...]
-        <v>686</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O166" s="6"/>
       <c r="P166" s="6"/>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="65">
       <c r="A167" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="B167" s="6">
+        <v>0</v>
+      </c>
+      <c r="C167" s="6">
+        <v>0</v>
+      </c>
+      <c r="D167" s="6">
+        <v>0</v>
+      </c>
+      <c r="E167" s="6">
+        <v>43004013</v>
+      </c>
+      <c r="F167" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G167" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H167" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I167" s="6">
+        <v>0</v>
+      </c>
+      <c r="J167" s="10" t="s">
         <v>687</v>
       </c>
-      <c r="B167" s="6">
-[...8 lines deleted...]
-      <c r="E167" s="6" t="s">
+      <c r="K167" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="L167" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="M167" s="6" t="s">
         <v>688</v>
       </c>
-      <c r="F167" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N167" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O167" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O167" s="6"/>
       <c r="P167" s="6"/>
     </row>
     <row r="168" spans="1:16" customHeight="1" ht="65">
       <c r="A168" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="B168" s="6">
+        <v>61</v>
+      </c>
+      <c r="C168" s="6">
+        <v>61</v>
+      </c>
+      <c r="D168" s="6">
+        <v>0</v>
+      </c>
+      <c r="E168" s="6">
+        <v>43004014</v>
+      </c>
+      <c r="F168" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G168" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H168" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I168" s="6">
+        <v>0.33</v>
+      </c>
+      <c r="J168" s="10" t="s">
+        <v>690</v>
+      </c>
+      <c r="K168" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="L168" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="M168" s="6" t="s">
         <v>691</v>
       </c>
-      <c r="B168" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N168" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O168" s="6"/>
+      <c r="O168" s="6">
+        <v>445.06</v>
+      </c>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="B169" s="6">
-        <v>0</v>
+        <v>171</v>
       </c>
       <c r="C169" s="6">
-        <v>0</v>
+        <v>171</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
-      <c r="E169" s="6" t="s">
-        <v>696</v>
+      <c r="E169" s="6">
+        <v>43004017</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G169" s="10" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H169" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I169" s="6">
-        <v>4.59</v>
+        <v>0.32</v>
       </c>
       <c r="J169" s="10" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="K169" s="6" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="L169" s="10" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="M169" s="6" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="N169" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O169" s="6"/>
+      <c r="O169" s="6">
+        <v>476.35</v>
+      </c>
       <c r="P169" s="6"/>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="65">
       <c r="A170" s="6" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="B170" s="6">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="C170" s="6">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="D170" s="6">
         <v>0</v>
       </c>
-      <c r="E170" s="6" t="s">
-        <v>700</v>
+      <c r="E170" s="6">
+        <v>43004018</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="G170" s="10" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H170" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I170" s="6">
-        <v>12.02</v>
+        <v>0.51</v>
       </c>
       <c r="J170" s="10" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="K170" s="6" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="L170" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M170" s="6" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O170" s="6"/>
+      <c r="O170" s="6">
+        <v>197.8</v>
+      </c>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="B171" s="6">
         <v>0</v>
       </c>
       <c r="C171" s="6">
         <v>0</v>
       </c>
       <c r="D171" s="6">
         <v>0</v>
       </c>
       <c r="E171" s="6" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="G171" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="6">
-        <v>5.945</v>
+        <v>48</v>
       </c>
       <c r="J171" s="10" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="K171" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L171" s="10" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="M171" s="6" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O171" s="6"/>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="B172" s="6">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="C172" s="6">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="D172" s="6">
         <v>0</v>
       </c>
-      <c r="E172" s="6">
-        <v>43003017</v>
+      <c r="E172" s="6" t="s">
+        <v>703</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G172" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H172" s="6" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="I172" s="6">
-        <v>0.27</v>
+        <v>3.1</v>
       </c>
       <c r="J172" s="10" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="K172" s="6" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="L172" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M172" s="6" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="N172" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O172" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O172" s="6"/>
       <c r="P172" s="6"/>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="65">
       <c r="A173" s="6" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="B173" s="6">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="C173" s="6">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="D173" s="6">
         <v>0</v>
       </c>
-      <c r="E173" s="6">
-        <v>43004013</v>
+      <c r="E173" s="6" t="s">
+        <v>707</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G173" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H173" s="6" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="I173" s="6">
         <v>0</v>
       </c>
       <c r="J173" s="10" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="K173" s="6" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="L173" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M173" s="6" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O173" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O173" s="6"/>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="B174" s="6">
+        <v>0</v>
+      </c>
+      <c r="C174" s="6">
+        <v>0</v>
+      </c>
+      <c r="D174" s="6">
+        <v>0</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>711</v>
+      </c>
+      <c r="F174" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G174" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H174" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I174" s="6">
+        <v>0</v>
+      </c>
+      <c r="J174" s="10" t="s">
+        <v>712</v>
+      </c>
+      <c r="K174" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L174" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M174" s="6" t="s">
         <v>713</v>
       </c>
-      <c r="B174" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N174" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O174" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O174" s="6"/>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="B175" s="6">
+        <v>0</v>
+      </c>
+      <c r="C175" s="6">
+        <v>0</v>
+      </c>
+      <c r="D175" s="6">
+        <v>0</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="F175" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G175" s="10" t="s">
+        <v>127</v>
+      </c>
+      <c r="H175" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I175" s="6">
+        <v>6.63</v>
+      </c>
+      <c r="J175" s="10" t="s">
         <v>716</v>
       </c>
-      <c r="B175" s="6">
-[...23 lines deleted...]
-      <c r="J175" s="10" t="s">
+      <c r="K175" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L175" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="M175" s="6" t="s">
         <v>717</v>
       </c>
-      <c r="K175" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N175" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O175" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O175" s="6"/>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="B176" s="6">
+        <v>3</v>
+      </c>
+      <c r="C176" s="6">
+        <v>3</v>
+      </c>
+      <c r="D176" s="6">
+        <v>0</v>
+      </c>
+      <c r="E176" s="6" t="s">
         <v>719</v>
       </c>
-      <c r="B176" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F176" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G176" s="10" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="H176" s="6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="I176" s="6">
-        <v>0.32</v>
+        <v>1.45</v>
       </c>
       <c r="J176" s="10" t="s">
         <v>720</v>
       </c>
       <c r="K176" s="6" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="L176" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M176" s="6" t="s">
         <v>721</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O176" s="6">
-        <v>476.34</v>
+        <v>640.25</v>
       </c>
       <c r="P176" s="6"/>
     </row>
     <row r="177" spans="1:16" customHeight="1" ht="65">
       <c r="A177" s="6" t="s">
         <v>722</v>
       </c>
       <c r="B177" s="6">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="C177" s="6">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
-      <c r="E177" s="6">
-        <v>43004015</v>
+      <c r="E177" s="6" t="s">
+        <v>723</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G177" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H177" s="6" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="I177" s="6">
         <v>0</v>
       </c>
       <c r="J177" s="10" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="K177" s="6" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="L177" s="10" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="M177" s="6" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="N177" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O177" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O177" s="6"/>
       <c r="P177" s="6"/>
     </row>
     <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B178" s="6">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="C178" s="6">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="D178" s="6">
         <v>0</v>
       </c>
-      <c r="E178" s="6">
-        <v>43004018</v>
+      <c r="E178" s="6" t="s">
+        <v>727</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G178" s="10" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="H178" s="6" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="I178" s="6">
-        <v>0.51</v>
+        <v>0.7</v>
       </c>
       <c r="J178" s="10" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="K178" s="6" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="L178" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M178" s="6" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O178" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O178" s="6"/>
       <c r="P178" s="6"/>
     </row>
     <row r="179" spans="1:16" customHeight="1" ht="65">
       <c r="A179" s="6" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B179" s="6">
         <v>0</v>
       </c>
       <c r="C179" s="6">
         <v>0</v>
       </c>
       <c r="D179" s="6">
         <v>0</v>
       </c>
       <c r="E179" s="6" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H179" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I179" s="6">
-        <v>48</v>
+        <v>7.4</v>
       </c>
       <c r="J179" s="10" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="K179" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L179" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M179" s="6" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="N179" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O179" s="6"/>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B180" s="6">
         <v>0</v>
       </c>
       <c r="C180" s="6">
         <v>0</v>
       </c>
       <c r="D180" s="6">
         <v>0</v>
       </c>
       <c r="E180" s="6" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H180" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I180" s="6">
-        <v>3.1</v>
+        <v>1.09</v>
       </c>
       <c r="J180" s="10" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="K180" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L180" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M180" s="6" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="N180" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O180" s="6"/>
+      <c r="O180" s="6">
+        <v>5866.22</v>
+      </c>
       <c r="P180" s="6"/>
     </row>
     <row r="181" spans="1:16" customHeight="1" ht="65">
       <c r="A181" s="6" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="B181" s="6">
         <v>0</v>
       </c>
       <c r="C181" s="6">
         <v>0</v>
       </c>
       <c r="D181" s="6">
         <v>0</v>
       </c>
       <c r="E181" s="6" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="F181" s="9" t="s">
-        <v>57</v>
+        <v>387</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H181" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I181" s="6">
-        <v>0</v>
+        <v>5.27</v>
       </c>
       <c r="J181" s="10" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="K181" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L181" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M181" s="6" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O181" s="6"/>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B182" s="6">
         <v>0</v>
       </c>
       <c r="C182" s="6">
         <v>0</v>
       </c>
       <c r="D182" s="6">
         <v>0</v>
       </c>
       <c r="E182" s="6" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H182" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I182" s="6">
         <v>0</v>
       </c>
       <c r="J182" s="10" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="K182" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L182" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M182" s="6" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O182" s="6"/>
       <c r="P182" s="6"/>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="65">
       <c r="A183" s="6" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="B183" s="6">
         <v>0</v>
       </c>
       <c r="C183" s="6">
         <v>0</v>
       </c>
       <c r="D183" s="6">
         <v>0</v>
       </c>
       <c r="E183" s="6" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G183" s="10" t="s">
-        <v>135</v>
+        <v>39</v>
       </c>
       <c r="H183" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I183" s="6">
-        <v>6.63</v>
+        <v>1.4</v>
       </c>
       <c r="J183" s="10" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="K183" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L183" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M183" s="6" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O183" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O183" s="6"/>
       <c r="P183" s="6"/>
     </row>
     <row r="184" spans="1:16" customHeight="1" ht="65">
       <c r="A184" s="6" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B184" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C184" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D184" s="6">
         <v>0</v>
       </c>
       <c r="E184" s="6" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G184" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H184" s="6" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="I184" s="6">
-        <v>1.45</v>
+        <v>0</v>
       </c>
       <c r="J184" s="10" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="K184" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L184" s="10" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="M184" s="6" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O184" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O184" s="6"/>
       <c r="P184" s="6"/>
     </row>
     <row r="185" spans="1:16" customHeight="1" ht="65">
       <c r="A185" s="6" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="B185" s="6">
         <v>0</v>
       </c>
       <c r="C185" s="6">
         <v>0</v>
       </c>
       <c r="D185" s="6">
         <v>0</v>
       </c>
       <c r="E185" s="6" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G185" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H185" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I185" s="6">
-        <v>0</v>
+        <v>0.71</v>
       </c>
       <c r="J185" s="10" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="K185" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L185" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M185" s="6" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="N185" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O185" s="6"/>
       <c r="P185" s="6"/>
     </row>
     <row r="186" spans="1:16" customHeight="1" ht="65">
       <c r="A186" s="6" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B186" s="6">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="C186" s="6">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="D186" s="6">
         <v>0</v>
       </c>
       <c r="E186" s="6" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G186" s="10" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="H186" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I186" s="6">
-        <v>0.7</v>
+        <v>0.66</v>
       </c>
       <c r="J186" s="10" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="K186" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L186" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M186" s="6" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="N186" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O186" s="6"/>
+      <c r="O186" s="6">
+        <v>1100.2</v>
+      </c>
       <c r="P186" s="6"/>
     </row>
     <row r="187" spans="1:16" customHeight="1" ht="65">
       <c r="A187" s="6" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="B187" s="6">
         <v>0</v>
       </c>
       <c r="C187" s="6">
         <v>0</v>
       </c>
       <c r="D187" s="6">
         <v>0</v>
       </c>
       <c r="E187" s="6" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G187" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H187" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I187" s="6">
-        <v>7.4</v>
+        <v>0.59</v>
       </c>
       <c r="J187" s="10" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="K187" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L187" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M187" s="6" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="N187" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O187" s="6"/>
       <c r="P187" s="6"/>
     </row>
     <row r="188" spans="1:16" customHeight="1" ht="65">
       <c r="A188" s="6" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B188" s="6">
         <v>0</v>
       </c>
       <c r="C188" s="6">
         <v>0</v>
       </c>
       <c r="D188" s="6">
         <v>0</v>
       </c>
       <c r="E188" s="6" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G188" s="10" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="H188" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I188" s="6">
-        <v>1.09</v>
+        <v>0.75</v>
       </c>
       <c r="J188" s="10" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="K188" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L188" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M188" s="6" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="N188" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O188" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O188" s="6"/>
       <c r="P188" s="6"/>
     </row>
     <row r="189" spans="1:16" customHeight="1" ht="65">
       <c r="A189" s="6" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B189" s="6">
         <v>0</v>
       </c>
       <c r="C189" s="6">
         <v>0</v>
       </c>
       <c r="D189" s="6">
         <v>0</v>
       </c>
       <c r="E189" s="6" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="G189" s="10" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="H189" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I189" s="6">
-        <v>5.27</v>
+        <v>0.92</v>
       </c>
       <c r="J189" s="10" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="K189" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L189" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M189" s="6" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="N189" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O189" s="6"/>
       <c r="P189" s="6"/>
     </row>
     <row r="190" spans="1:16" customHeight="1" ht="65">
       <c r="A190" s="6" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B190" s="6">
         <v>0</v>
       </c>
       <c r="C190" s="6">
         <v>0</v>
       </c>
       <c r="D190" s="6">
         <v>0</v>
       </c>
       <c r="E190" s="6" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="F190" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G190" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H190" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I190" s="6">
-        <v>0</v>
+        <v>0.8</v>
       </c>
       <c r="J190" s="10" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="K190" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L190" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M190" s="6" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="N190" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O190" s="6"/>
       <c r="P190" s="6"/>
     </row>
     <row r="191" spans="1:16" customHeight="1" ht="65">
       <c r="A191" s="6" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B191" s="6">
         <v>0</v>
       </c>
       <c r="C191" s="6">
         <v>0</v>
       </c>
       <c r="D191" s="6">
         <v>0</v>
       </c>
       <c r="E191" s="6" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="F191" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G191" s="10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H191" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I191" s="6">
-        <v>1.4</v>
+        <v>4.35</v>
       </c>
       <c r="J191" s="10" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="K191" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L191" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M191" s="6" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="N191" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O191" s="6"/>
       <c r="P191" s="6"/>
     </row>
     <row r="192" spans="1:16" customHeight="1" ht="65">
       <c r="A192" s="6" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B192" s="6">
         <v>0</v>
       </c>
       <c r="C192" s="6">
         <v>0</v>
       </c>
       <c r="D192" s="6">
         <v>0</v>
       </c>
       <c r="E192" s="6" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G192" s="10" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="H192" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I192" s="6">
         <v>0</v>
       </c>
       <c r="J192" s="10" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="K192" s="6" t="s">
-        <v>382</v>
+        <v>26</v>
       </c>
       <c r="L192" s="10" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="M192" s="6" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="N192" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O192" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O192" s="6"/>
       <c r="P192" s="6"/>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="65">
       <c r="A193" s="6" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="B193" s="6">
         <v>0</v>
       </c>
       <c r="C193" s="6">
         <v>0</v>
       </c>
       <c r="D193" s="6">
         <v>0</v>
       </c>
       <c r="E193" s="6" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>110</v>
+        <v>387</v>
       </c>
       <c r="G193" s="10" t="s">
-        <v>23</v>
+        <v>127</v>
       </c>
       <c r="H193" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I193" s="6">
-        <v>0</v>
+        <v>8.34</v>
       </c>
       <c r="J193" s="10" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="K193" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L193" s="10" t="s">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c r="M193" s="6" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="N193" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O193" s="6"/>
       <c r="P193" s="6"/>
     </row>
     <row r="194" spans="1:16" customHeight="1" ht="65">
       <c r="A194" s="6" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="B194" s="6">
         <v>0</v>
       </c>
       <c r="C194" s="6">
         <v>0</v>
       </c>
       <c r="D194" s="6">
         <v>0</v>
       </c>
       <c r="E194" s="6" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G194" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H194" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I194" s="6">
-        <v>0.71</v>
+        <v>0</v>
       </c>
       <c r="J194" s="10" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="K194" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L194" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M194" s="6" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="N194" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O194" s="6"/>
       <c r="P194" s="6"/>
     </row>
     <row r="195" spans="1:16" customHeight="1" ht="65">
       <c r="A195" s="6" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="B195" s="6">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="C195" s="6">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="D195" s="6">
         <v>0</v>
       </c>
       <c r="E195" s="6" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>57</v>
+        <v>387</v>
       </c>
       <c r="G195" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H195" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I195" s="6">
-        <v>0.66</v>
+        <v>13.357</v>
       </c>
       <c r="J195" s="10" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="K195" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L195" s="10" t="s">
-        <v>59</v>
+        <v>797</v>
       </c>
       <c r="M195" s="6" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="N195" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O195" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O195" s="6"/>
       <c r="P195" s="6"/>
     </row>
     <row r="196" spans="1:16" customHeight="1" ht="65">
       <c r="A196" s="6" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="B196" s="6">
         <v>0</v>
       </c>
       <c r="C196" s="6">
         <v>0</v>
       </c>
       <c r="D196" s="6">
         <v>0</v>
       </c>
       <c r="E196" s="6" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="F196" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G196" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H196" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I196" s="6">
-        <v>0.59</v>
+        <v>9.933</v>
       </c>
       <c r="J196" s="10" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="K196" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L196" s="10" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="M196" s="6" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="N196" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O196" s="6"/>
       <c r="P196" s="6"/>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="65">
       <c r="A197" s="6" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="B197" s="6">
         <v>0</v>
       </c>
       <c r="C197" s="6">
         <v>0</v>
       </c>
       <c r="D197" s="6">
         <v>0</v>
       </c>
       <c r="E197" s="6" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="F197" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G197" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H197" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I197" s="6">
-        <v>0.75</v>
+        <v>14.284</v>
       </c>
       <c r="J197" s="10" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="K197" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L197" s="10" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="M197" s="6" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="N197" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O197" s="6"/>
       <c r="P197" s="6"/>
     </row>
     <row r="198" spans="1:16" customHeight="1" ht="65">
       <c r="A198" s="6" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="B198" s="6">
         <v>0</v>
       </c>
       <c r="C198" s="6">
         <v>0</v>
       </c>
       <c r="D198" s="6">
         <v>0</v>
       </c>
       <c r="E198" s="6" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="F198" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G198" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H198" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I198" s="6">
-        <v>0.92</v>
+        <v>2.24</v>
       </c>
       <c r="J198" s="10" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="K198" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L198" s="10" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="M198" s="6" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="N198" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O198" s="6"/>
       <c r="P198" s="6"/>
     </row>
     <row r="199" spans="1:16" customHeight="1" ht="65">
       <c r="A199" s="6" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="B199" s="6">
         <v>0</v>
       </c>
       <c r="C199" s="6">
         <v>0</v>
       </c>
       <c r="D199" s="6">
         <v>0</v>
       </c>
       <c r="E199" s="6" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="F199" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G199" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H199" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I199" s="6">
-        <v>0.8</v>
+        <v>1.395</v>
       </c>
       <c r="J199" s="10" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="K199" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L199" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M199" s="6" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="N199" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O199" s="6"/>
       <c r="P199" s="6"/>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="65">
       <c r="A200" s="6" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B200" s="6">
         <v>0</v>
       </c>
       <c r="C200" s="6">
         <v>0</v>
       </c>
       <c r="D200" s="6">
         <v>0</v>
       </c>
       <c r="E200" s="6" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G200" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H200" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I200" s="6">
-        <v>4.35</v>
+        <v>1.395</v>
       </c>
       <c r="J200" s="10" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="K200" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L200" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M200" s="6" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="N200" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O200" s="6"/>
       <c r="P200" s="6"/>
     </row>
     <row r="201" spans="1:16" customHeight="1" ht="65">
       <c r="A201" s="6" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B201" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C201" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D201" s="6">
         <v>0</v>
       </c>
       <c r="E201" s="6" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="F201" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G201" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H201" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I201" s="6">
-        <v>10.73</v>
+        <v>1.395</v>
       </c>
       <c r="J201" s="10" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="K201" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L201" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M201" s="6" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="N201" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O201" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O201" s="6"/>
       <c r="P201" s="6"/>
     </row>
     <row r="202" spans="1:16" customHeight="1" ht="65">
       <c r="A202" s="6" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B202" s="6">
         <v>0</v>
       </c>
       <c r="C202" s="6">
         <v>0</v>
       </c>
       <c r="D202" s="6">
         <v>0</v>
       </c>
       <c r="E202" s="6" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>57</v>
+        <v>228</v>
       </c>
       <c r="G202" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H202" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I202" s="6">
-        <v>0</v>
+        <v>4.64</v>
       </c>
       <c r="J202" s="10" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="K202" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L202" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M202" s="6" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="N202" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O202" s="6"/>
       <c r="P202" s="6"/>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="65">
       <c r="A203" s="6" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="B203" s="6">
         <v>0</v>
       </c>
       <c r="C203" s="6">
         <v>0</v>
       </c>
       <c r="D203" s="6">
         <v>0</v>
       </c>
       <c r="E203" s="6" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="G203" s="10" t="s">
-        <v>135</v>
+        <v>65</v>
       </c>
       <c r="H203" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I203" s="6">
-        <v>8.34</v>
+        <v>1.6</v>
       </c>
       <c r="J203" s="10" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="K203" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L203" s="10" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="M203" s="6" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="N203" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O203" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O203" s="6"/>
       <c r="P203" s="6"/>
     </row>
     <row r="204" spans="1:16" customHeight="1" ht="65">
       <c r="A204" s="6" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="B204" s="6">
         <v>0</v>
       </c>
       <c r="C204" s="6">
         <v>0</v>
       </c>
       <c r="D204" s="6">
         <v>0</v>
       </c>
       <c r="E204" s="6" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>57</v>
+        <v>387</v>
       </c>
       <c r="G204" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H204" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I204" s="6">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="J204" s="10" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="K204" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L204" s="10" t="s">
-        <v>59</v>
+        <v>797</v>
       </c>
       <c r="M204" s="6" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="N204" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O204" s="6"/>
       <c r="P204" s="6"/>
     </row>
     <row r="205" spans="1:16" customHeight="1" ht="65">
       <c r="A205" s="6" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="B205" s="6">
         <v>0</v>
       </c>
       <c r="C205" s="6">
         <v>0</v>
       </c>
       <c r="D205" s="6">
         <v>0</v>
       </c>
       <c r="E205" s="6" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="F205" s="9" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G205" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H205" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I205" s="6">
-        <v>13.357</v>
+        <v>51</v>
       </c>
       <c r="J205" s="10" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="K205" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L205" s="10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="M205" s="6" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="N205" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O205" s="6"/>
       <c r="P205" s="6"/>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="65">
       <c r="A206" s="6" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="B206" s="6">
         <v>0</v>
       </c>
       <c r="C206" s="6">
         <v>0</v>
       </c>
       <c r="D206" s="6">
         <v>0</v>
       </c>
       <c r="E206" s="6" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="F206" s="9" t="s">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="G206" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H206" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I206" s="6">
-        <v>9.933</v>
+        <v>51</v>
       </c>
       <c r="J206" s="10" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="K206" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L206" s="10" t="s">
-        <v>587</v>
+        <v>22</v>
       </c>
       <c r="M206" s="6" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="N206" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O206" s="6"/>
       <c r="P206" s="6"/>
     </row>
     <row r="207" spans="1:16" customHeight="1" ht="65">
       <c r="A207" s="6" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="B207" s="6">
         <v>0</v>
       </c>
       <c r="C207" s="6">
         <v>0</v>
       </c>
       <c r="D207" s="6">
         <v>0</v>
       </c>
       <c r="E207" s="6" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="G207" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H207" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I207" s="6">
-        <v>14.284</v>
+        <v>15.5</v>
       </c>
       <c r="J207" s="10" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="K207" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L207" s="10" t="s">
-        <v>587</v>
+        <v>564</v>
       </c>
       <c r="M207" s="6" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="N207" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O207" s="6"/>
       <c r="P207" s="6"/>
     </row>
     <row r="208" spans="1:16" customHeight="1" ht="65">
       <c r="A208" s="6" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="B208" s="6">
         <v>0</v>
       </c>
       <c r="C208" s="6">
         <v>0</v>
       </c>
       <c r="D208" s="6">
         <v>0</v>
       </c>
       <c r="E208" s="6" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="F208" s="9" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="G208" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H208" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I208" s="6">
-        <v>2.24</v>
+        <v>15.5</v>
       </c>
       <c r="J208" s="10" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="K208" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L208" s="10" t="s">
-        <v>587</v>
+        <v>564</v>
       </c>
       <c r="M208" s="6" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="N208" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O208" s="6"/>
       <c r="P208" s="6"/>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="65">
       <c r="A209" s="6" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="B209" s="6">
         <v>0</v>
       </c>
       <c r="C209" s="6">
         <v>0</v>
       </c>
       <c r="D209" s="6">
         <v>0</v>
       </c>
       <c r="E209" s="6" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="F209" s="9" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G209" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H209" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I209" s="6">
-        <v>1.395</v>
+        <v>38</v>
       </c>
       <c r="J209" s="10" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="K209" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L209" s="10" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="M209" s="6" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="N209" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O209" s="6"/>
       <c r="P209" s="6"/>
     </row>
     <row r="210" spans="1:16" customHeight="1" ht="65">
       <c r="A210" s="6" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="B210" s="6">
         <v>0</v>
       </c>
       <c r="C210" s="6">
         <v>0</v>
       </c>
       <c r="D210" s="6">
         <v>0</v>
       </c>
       <c r="E210" s="6" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="F210" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G210" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H210" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I210" s="6">
-        <v>1.395</v>
+        <v>22</v>
       </c>
       <c r="J210" s="10" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="K210" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L210" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M210" s="6" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="N210" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O210" s="6"/>
       <c r="P210" s="6"/>
     </row>
     <row r="211" spans="1:16" customHeight="1" ht="65">
       <c r="A211" s="6" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="B211" s="6">
         <v>0</v>
       </c>
       <c r="C211" s="6">
         <v>0</v>
       </c>
       <c r="D211" s="6">
         <v>0</v>
       </c>
       <c r="E211" s="6" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G211" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H211" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I211" s="6">
-        <v>1.395</v>
+        <v>2.427</v>
       </c>
       <c r="J211" s="10" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="K211" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L211" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M211" s="6" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="N211" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O211" s="6"/>
       <c r="P211" s="6"/>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="65">
       <c r="A212" s="6" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="B212" s="6">
         <v>0</v>
       </c>
       <c r="C212" s="6">
         <v>0</v>
       </c>
       <c r="D212" s="6">
         <v>0</v>
       </c>
       <c r="E212" s="6" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>236</v>
+        <v>50</v>
       </c>
       <c r="G212" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H212" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I212" s="6">
-        <v>4.64</v>
+        <v>2.948</v>
       </c>
       <c r="J212" s="10" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="K212" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L212" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M212" s="6" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="N212" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O212" s="6"/>
       <c r="P212" s="6"/>
     </row>
     <row r="213" spans="1:16" customHeight="1" ht="65">
       <c r="A213" s="6" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="B213" s="6">
         <v>0</v>
       </c>
       <c r="C213" s="6">
         <v>0</v>
       </c>
       <c r="D213" s="6">
         <v>0</v>
       </c>
       <c r="E213" s="6" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G213" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H213" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I213" s="6">
-        <v>1.6</v>
+        <v>2.948</v>
       </c>
       <c r="J213" s="10" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="K213" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L213" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M213" s="6" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="N213" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O213" s="6"/>
       <c r="P213" s="6"/>
     </row>
     <row r="214" spans="1:16" customHeight="1" ht="65">
       <c r="A214" s="6" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="B214" s="6">
         <v>0</v>
       </c>
       <c r="C214" s="6">
         <v>0</v>
       </c>
       <c r="D214" s="6">
         <v>0</v>
       </c>
       <c r="E214" s="6" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="F214" s="9" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="G214" s="10" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H214" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I214" s="6">
-        <v>19</v>
+        <v>5.5</v>
       </c>
       <c r="J214" s="10" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="K214" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L214" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M214" s="6" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="N214" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O214" s="6"/>
       <c r="P214" s="6"/>
     </row>
     <row r="215" spans="1:16" customHeight="1" ht="65">
       <c r="A215" s="6" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="B215" s="6">
         <v>0</v>
       </c>
       <c r="C215" s="6">
         <v>0</v>
       </c>
       <c r="D215" s="6">
         <v>0</v>
       </c>
       <c r="E215" s="6" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="F215" s="9" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G215" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H215" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I215" s="6">
-        <v>51</v>
+        <v>4.75</v>
       </c>
       <c r="J215" s="10" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="K215" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L215" s="10" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="M215" s="6" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="N215" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O215" s="6"/>
       <c r="P215" s="6"/>
     </row>
     <row r="216" spans="1:16" customHeight="1" ht="65">
       <c r="A216" s="6" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="B216" s="6">
         <v>0</v>
       </c>
       <c r="C216" s="6">
         <v>0</v>
       </c>
       <c r="D216" s="6">
         <v>0</v>
       </c>
       <c r="E216" s="6" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="F216" s="9" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G216" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H216" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I216" s="6">
-        <v>51</v>
+        <v>2.8</v>
       </c>
       <c r="J216" s="10" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="K216" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L216" s="10" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="M216" s="6" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="N216" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O216" s="6"/>
       <c r="P216" s="6"/>
     </row>
     <row r="217" spans="1:16" customHeight="1" ht="65">
       <c r="A217" s="6" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="B217" s="6">
         <v>0</v>
       </c>
       <c r="C217" s="6">
         <v>0</v>
       </c>
       <c r="D217" s="6">
         <v>0</v>
       </c>
       <c r="E217" s="6" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="F217" s="9" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="G217" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H217" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I217" s="6">
-        <v>15.5</v>
+        <v>3.8</v>
       </c>
       <c r="J217" s="10" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="K217" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L217" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M217" s="6" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="N217" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O217" s="6"/>
       <c r="P217" s="6"/>
     </row>
     <row r="218" spans="1:16" customHeight="1" ht="65">
       <c r="A218" s="6" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="B218" s="6">
         <v>0</v>
       </c>
       <c r="C218" s="6">
         <v>0</v>
       </c>
       <c r="D218" s="6">
         <v>0</v>
       </c>
       <c r="E218" s="6" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="F218" s="9" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="G218" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H218" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I218" s="6">
-        <v>15.5</v>
+        <v>4.45</v>
       </c>
       <c r="J218" s="10" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="K218" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L218" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M218" s="6" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="N218" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O218" s="6"/>
       <c r="P218" s="6"/>
     </row>
     <row r="219" spans="1:16" customHeight="1" ht="65">
       <c r="A219" s="6" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="B219" s="6">
         <v>0</v>
       </c>
       <c r="C219" s="6">
         <v>0</v>
       </c>
       <c r="D219" s="6">
         <v>0</v>
       </c>
       <c r="E219" s="6" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="F219" s="9" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G219" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H219" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I219" s="6">
-        <v>38</v>
+        <v>4.75</v>
       </c>
       <c r="J219" s="10" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="K219" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L219" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M219" s="6" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="N219" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O219" s="6"/>
       <c r="P219" s="6"/>
     </row>
     <row r="220" spans="1:16" customHeight="1" ht="65">
       <c r="A220" s="6" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="B220" s="6">
         <v>0</v>
       </c>
       <c r="C220" s="6">
         <v>0</v>
       </c>
       <c r="D220" s="6">
         <v>0</v>
       </c>
       <c r="E220" s="6" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="F220" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G220" s="10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="H220" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I220" s="6">
-        <v>22</v>
+        <v>5.15</v>
       </c>
       <c r="J220" s="10" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="K220" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L220" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M220" s="6" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="N220" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O220" s="6"/>
       <c r="P220" s="6"/>
     </row>
     <row r="221" spans="1:16" customHeight="1" ht="65">
       <c r="A221" s="6" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="B221" s="6">
         <v>0</v>
       </c>
       <c r="C221" s="6">
         <v>0</v>
       </c>
       <c r="D221" s="6">
         <v>0</v>
       </c>
       <c r="E221" s="6" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="F221" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G221" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H221" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I221" s="6">
-        <v>2.427</v>
+        <v>4.75</v>
       </c>
       <c r="J221" s="10" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="K221" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L221" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M221" s="6" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="N221" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O221" s="6"/>
       <c r="P221" s="6"/>
     </row>
     <row r="222" spans="1:16" customHeight="1" ht="65">
       <c r="A222" s="6" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="B222" s="6">
         <v>0</v>
       </c>
       <c r="C222" s="6">
         <v>0</v>
       </c>
       <c r="D222" s="6">
         <v>0</v>
       </c>
       <c r="E222" s="6" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="F222" s="9" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="G222" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H222" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I222" s="6">
-        <v>2.948</v>
+        <v>71.5</v>
       </c>
       <c r="J222" s="10" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="K222" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L222" s="10" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="M222" s="6" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="N222" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O222" s="6"/>
       <c r="P222" s="6"/>
     </row>
     <row r="223" spans="1:16" customHeight="1" ht="65">
       <c r="A223" s="6" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="B223" s="6">
         <v>0</v>
       </c>
       <c r="C223" s="6">
         <v>0</v>
       </c>
       <c r="D223" s="6">
         <v>0</v>
       </c>
       <c r="E223" s="6" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="F223" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G223" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H223" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I223" s="6">
-        <v>2.948</v>
+        <v>17.3</v>
       </c>
       <c r="J223" s="10" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="K223" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L223" s="10" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="M223" s="6" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="N223" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O223" s="6"/>
       <c r="P223" s="6"/>
     </row>
     <row r="224" spans="1:16" customHeight="1" ht="65">
       <c r="A224" s="6" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="B224" s="6">
         <v>0</v>
       </c>
       <c r="C224" s="6">
         <v>0</v>
       </c>
       <c r="D224" s="6">
         <v>0</v>
       </c>
       <c r="E224" s="6" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="F224" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G224" s="10" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="H224" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I224" s="6">
-        <v>5.5</v>
+        <v>25.3</v>
       </c>
       <c r="J224" s="10" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="K224" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L224" s="10" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="M224" s="6" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="N224" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O224" s="6"/>
       <c r="P224" s="6"/>
     </row>
     <row r="225" spans="1:16" customHeight="1" ht="65">
       <c r="A225" s="6" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="B225" s="6">
         <v>0</v>
       </c>
       <c r="C225" s="6">
         <v>0</v>
       </c>
       <c r="D225" s="6">
         <v>0</v>
       </c>
       <c r="E225" s="6" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="F225" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G225" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H225" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I225" s="6">
-        <v>4.75</v>
+        <v>25.3</v>
       </c>
       <c r="J225" s="10" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="K225" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L225" s="10" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="M225" s="6" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="N225" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O225" s="6"/>
       <c r="P225" s="6"/>
     </row>
     <row r="226" spans="1:16" customHeight="1" ht="65">
       <c r="A226" s="6" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="B226" s="6">
         <v>0</v>
       </c>
       <c r="C226" s="6">
         <v>0</v>
       </c>
       <c r="D226" s="6">
         <v>0</v>
       </c>
       <c r="E226" s="6" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="F226" s="9" t="s">
-        <v>57</v>
+        <v>344</v>
       </c>
       <c r="G226" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H226" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I226" s="6">
-        <v>2.8</v>
+        <v>0.372</v>
       </c>
       <c r="J226" s="10" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="K226" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L226" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M226" s="6" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="N226" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O226" s="6"/>
       <c r="P226" s="6"/>
     </row>
     <row r="227" spans="1:16" customHeight="1" ht="65">
       <c r="A227" s="6" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="B227" s="6">
         <v>0</v>
       </c>
       <c r="C227" s="6">
         <v>0</v>
       </c>
       <c r="D227" s="6">
         <v>0</v>
       </c>
       <c r="E227" s="6" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="F227" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G227" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H227" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I227" s="6">
-        <v>3.8</v>
+        <v>0</v>
       </c>
       <c r="J227" s="10" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="K227" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L227" s="10" t="s">
-        <v>59</v>
+        <v>926</v>
       </c>
       <c r="M227" s="6" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="N227" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O227" s="6"/>
       <c r="P227" s="6"/>
     </row>
     <row r="228" spans="1:16" customHeight="1" ht="65">
       <c r="A228" s="6" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="B228" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C228" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D228" s="6">
         <v>0</v>
       </c>
       <c r="E228" s="6" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="F228" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G228" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H228" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I228" s="6">
-        <v>4.45</v>
+        <v>1.05</v>
       </c>
       <c r="J228" s="10" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="K228" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L228" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M228" s="6" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="N228" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O228" s="6"/>
+      <c r="O228" s="6">
+        <v>1857.12</v>
+      </c>
       <c r="P228" s="6"/>
     </row>
     <row r="229" spans="1:16" customHeight="1" ht="65">
       <c r="A229" s="6" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="B229" s="6">
         <v>0</v>
       </c>
       <c r="C229" s="6">
         <v>0</v>
       </c>
       <c r="D229" s="6">
         <v>0</v>
       </c>
       <c r="E229" s="6" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="F229" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G229" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H229" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I229" s="6">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="J229" s="10" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="K229" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L229" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M229" s="6" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="N229" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O229" s="6"/>
       <c r="P229" s="6"/>
     </row>
     <row r="230" spans="1:16" customHeight="1" ht="65">
       <c r="A230" s="6" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="B230" s="6">
         <v>0</v>
       </c>
       <c r="C230" s="6">
         <v>0</v>
       </c>
       <c r="D230" s="6">
         <v>0</v>
       </c>
-      <c r="E230" s="6" t="s">
-        <v>932</v>
+      <c r="E230" s="6">
+        <v>5026</v>
       </c>
       <c r="F230" s="9" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G230" s="10" t="s">
-        <v>77</v>
+        <v>937</v>
       </c>
       <c r="H230" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I230" s="6">
-        <v>5.15</v>
+        <v>27</v>
       </c>
       <c r="J230" s="10" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="K230" s="6" t="s">
-        <v>26</v>
+        <v>939</v>
       </c>
       <c r="L230" s="10" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="M230" s="6" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="N230" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O230" s="6"/>
+      <c r="O230" s="6">
+        <v>107461.12</v>
+      </c>
       <c r="P230" s="6"/>
     </row>
     <row r="231" spans="1:16" customHeight="1" ht="65">
       <c r="A231" s="6" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="B231" s="6">
         <v>0</v>
       </c>
       <c r="C231" s="6">
         <v>0</v>
       </c>
       <c r="D231" s="6">
         <v>0</v>
       </c>
-      <c r="E231" s="6" t="s">
-        <v>936</v>
+      <c r="E231" s="6">
+        <v>6102</v>
       </c>
       <c r="F231" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G231" s="10" t="s">
-        <v>23</v>
+        <v>937</v>
       </c>
       <c r="H231" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I231" s="6">
-        <v>4.75</v>
+        <v>27</v>
       </c>
       <c r="J231" s="10" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="K231" s="6" t="s">
-        <v>26</v>
+        <v>939</v>
       </c>
       <c r="L231" s="10" t="s">
-        <v>59</v>
+        <v>106</v>
       </c>
       <c r="M231" s="6" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="N231" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O231" s="6"/>
+      <c r="O231" s="6">
+        <v>113948.06</v>
+      </c>
       <c r="P231" s="6"/>
     </row>
     <row r="232" spans="1:16" customHeight="1" ht="65">
       <c r="A232" s="6" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B232" s="6">
         <v>0</v>
       </c>
       <c r="C232" s="6">
         <v>0</v>
       </c>
       <c r="D232" s="6">
         <v>0</v>
       </c>
       <c r="E232" s="6" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="F232" s="9" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="G232" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H232" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I232" s="6">
-        <v>71.5</v>
+        <v>4.2</v>
       </c>
       <c r="J232" s="10" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="K232" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L232" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M232" s="6" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="N232" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O232" s="6"/>
       <c r="P232" s="6"/>
     </row>
     <row r="233" spans="1:16" customHeight="1" ht="65">
       <c r="A233" s="6" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="B233" s="6">
         <v>0</v>
       </c>
       <c r="C233" s="6">
         <v>0</v>
       </c>
       <c r="D233" s="6">
         <v>0</v>
       </c>
       <c r="E233" s="6" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="F233" s="9" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="G233" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H233" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I233" s="6">
-        <v>17.3</v>
+        <v>2.45</v>
       </c>
       <c r="J233" s="10" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="K233" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L233" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M233" s="6" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="N233" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O233" s="6"/>
       <c r="P233" s="6"/>
     </row>
     <row r="234" spans="1:16" customHeight="1" ht="65">
       <c r="A234" s="6" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="B234" s="6">
         <v>0</v>
       </c>
       <c r="C234" s="6">
         <v>0</v>
       </c>
       <c r="D234" s="6">
         <v>0</v>
       </c>
       <c r="E234" s="6" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="F234" s="9" t="s">
-        <v>110</v>
+        <v>44</v>
       </c>
       <c r="G234" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H234" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I234" s="6">
-        <v>25.3</v>
+        <v>7.4</v>
       </c>
       <c r="J234" s="10" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="K234" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L234" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M234" s="6" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="N234" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O234" s="6"/>
       <c r="P234" s="6"/>
     </row>
     <row r="235" spans="1:16" customHeight="1" ht="65">
       <c r="A235" s="6" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="B235" s="6">
         <v>0</v>
       </c>
       <c r="C235" s="6">
         <v>0</v>
       </c>
       <c r="D235" s="6">
         <v>0</v>
       </c>
       <c r="E235" s="6" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="F235" s="9" t="s">
-        <v>110</v>
+        <v>44</v>
       </c>
       <c r="G235" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H235" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I235" s="6">
-        <v>25.3</v>
+        <v>1</v>
       </c>
       <c r="J235" s="10" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="K235" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L235" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M235" s="6" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="N235" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O235" s="6"/>
       <c r="P235" s="6"/>
     </row>
     <row r="236" spans="1:16" customHeight="1" ht="65">
       <c r="A236" s="6" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="B236" s="6">
         <v>0</v>
       </c>
       <c r="C236" s="6">
         <v>0</v>
       </c>
       <c r="D236" s="6">
         <v>0</v>
       </c>
       <c r="E236" s="6" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="F236" s="9" t="s">
-        <v>364</v>
+        <v>102</v>
       </c>
       <c r="G236" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H236" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I236" s="6">
-        <v>0.372</v>
+        <v>29</v>
       </c>
       <c r="J236" s="10" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="K236" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L236" s="10" t="s">
-        <v>52</v>
+        <v>564</v>
       </c>
       <c r="M236" s="6" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="N236" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O236" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O236" s="6"/>
       <c r="P236" s="6"/>
     </row>
     <row r="237" spans="1:16" customHeight="1" ht="65">
       <c r="A237" s="6" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="B237" s="6">
         <v>0</v>
       </c>
       <c r="C237" s="6">
         <v>0</v>
       </c>
       <c r="D237" s="6">
         <v>0</v>
       </c>
       <c r="E237" s="6" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="F237" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G237" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H237" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I237" s="6">
-        <v>0</v>
+        <v>5.205</v>
       </c>
       <c r="J237" s="10" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="K237" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L237" s="10" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="M237" s="6" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="N237" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O237" s="6"/>
       <c r="P237" s="6"/>
     </row>
     <row r="238" spans="1:16" customHeight="1" ht="65">
       <c r="A238" s="6" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="B238" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C238" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D238" s="6">
         <v>0</v>
       </c>
       <c r="E238" s="6" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="F238" s="9" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="G238" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H238" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I238" s="6">
-        <v>1.05</v>
+        <v>71.5</v>
       </c>
       <c r="J238" s="10" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="K238" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L238" s="10" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="M238" s="6" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="N238" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O238" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O238" s="6"/>
       <c r="P238" s="6"/>
     </row>
     <row r="239" spans="1:16" customHeight="1" ht="65">
       <c r="A239" s="6" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="B239" s="6">
         <v>0</v>
       </c>
       <c r="C239" s="6">
         <v>0</v>
       </c>
       <c r="D239" s="6">
         <v>0</v>
       </c>
       <c r="E239" s="6" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="F239" s="9" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="G239" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H239" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I239" s="6">
-        <v>0</v>
+        <v>71.5</v>
       </c>
       <c r="J239" s="10" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="K239" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L239" s="10" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="M239" s="6" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="N239" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O239" s="6"/>
       <c r="P239" s="6"/>
     </row>
     <row r="240" spans="1:16" customHeight="1" ht="65">
       <c r="A240" s="6" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="B240" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C240" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D240" s="6">
         <v>0</v>
       </c>
-      <c r="E240" s="6">
-        <v>5026</v>
+      <c r="E240" s="6" t="s">
+        <v>977</v>
       </c>
       <c r="F240" s="9" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G240" s="10" t="s">
-        <v>972</v>
+        <v>65</v>
       </c>
       <c r="H240" s="6" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I240" s="6">
-        <v>27</v>
+        <v>13.49</v>
       </c>
       <c r="J240" s="10" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="K240" s="6" t="s">
-        <v>974</v>
+        <v>67</v>
       </c>
       <c r="L240" s="10" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="M240" s="6" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="N240" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O240" s="6">
-        <v>107461.12</v>
+        <v>30405.6</v>
       </c>
       <c r="P240" s="6"/>
     </row>
     <row r="241" spans="1:16" customHeight="1" ht="65">
       <c r="A241" s="6" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="B241" s="6">
         <v>0</v>
       </c>
       <c r="C241" s="6">
         <v>0</v>
       </c>
       <c r="D241" s="6">
         <v>0</v>
       </c>
       <c r="E241" s="6">
-        <v>6102</v>
+        <v>5000</v>
       </c>
       <c r="F241" s="9" t="s">
-        <v>110</v>
+        <v>64</v>
       </c>
       <c r="G241" s="10" t="s">
-        <v>972</v>
+        <v>605</v>
       </c>
       <c r="H241" s="6" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="I241" s="6">
-        <v>27</v>
+        <v>1.47</v>
       </c>
       <c r="J241" s="10" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="K241" s="6" t="s">
-        <v>974</v>
+        <v>607</v>
       </c>
       <c r="L241" s="10" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="M241" s="6" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="N241" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O241" s="6">
-        <v>113948.06</v>
+        <v>4059.32</v>
       </c>
       <c r="P241" s="6"/>
     </row>
     <row r="242" spans="1:16" customHeight="1" ht="65">
       <c r="A242" s="6" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="B242" s="6">
         <v>0</v>
       </c>
       <c r="C242" s="6">
         <v>0</v>
       </c>
       <c r="D242" s="6">
         <v>0</v>
       </c>
-      <c r="E242" s="6" t="s">
-        <v>980</v>
+      <c r="E242" s="6">
+        <v>5001</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G242" s="10" t="s">
-        <v>23</v>
+        <v>605</v>
       </c>
       <c r="H242" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I242" s="6">
-        <v>4.2</v>
+        <v>0.41</v>
       </c>
       <c r="J242" s="10" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="K242" s="6" t="s">
-        <v>26</v>
+        <v>607</v>
       </c>
       <c r="L242" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M242" s="6" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="N242" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O242" s="6"/>
+      <c r="O242" s="6">
+        <v>1329.53</v>
+      </c>
       <c r="P242" s="6"/>
     </row>
     <row r="243" spans="1:16" customHeight="1" ht="65">
       <c r="A243" s="6" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="B243" s="6">
         <v>0</v>
       </c>
       <c r="C243" s="6">
         <v>0</v>
       </c>
       <c r="D243" s="6">
         <v>0</v>
       </c>
       <c r="E243" s="6" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="F243" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G243" s="10" t="s">
-        <v>23</v>
+        <v>605</v>
       </c>
       <c r="H243" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I243" s="6">
-        <v>2.45</v>
+        <v>1.47</v>
       </c>
       <c r="J243" s="10" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="K243" s="6" t="s">
-        <v>26</v>
+        <v>607</v>
       </c>
       <c r="L243" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M243" s="6" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="N243" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O243" s="6"/>
+      <c r="O243" s="6">
+        <v>3564.29</v>
+      </c>
       <c r="P243" s="6"/>
     </row>
     <row r="244" spans="1:16" customHeight="1" ht="65">
       <c r="A244" s="6" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="B244" s="6">
         <v>0</v>
       </c>
       <c r="C244" s="6">
         <v>0</v>
       </c>
       <c r="D244" s="6">
         <v>0</v>
       </c>
       <c r="E244" s="6" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F244" s="9" t="s">
-        <v>52</v>
+        <v>272</v>
       </c>
       <c r="G244" s="10" t="s">
-        <v>23</v>
+        <v>605</v>
       </c>
       <c r="H244" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I244" s="6">
-        <v>7.4</v>
+        <v>1.91</v>
       </c>
       <c r="J244" s="10" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="K244" s="6" t="s">
-        <v>26</v>
+        <v>607</v>
       </c>
       <c r="L244" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M244" s="6" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="N244" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O244" s="6"/>
+      <c r="O244" s="6">
+        <v>4059.32</v>
+      </c>
       <c r="P244" s="6"/>
     </row>
     <row r="245" spans="1:16" customHeight="1" ht="65">
       <c r="A245" s="6" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B245" s="6">
         <v>0</v>
       </c>
       <c r="C245" s="6">
         <v>0</v>
       </c>
       <c r="D245" s="6">
         <v>0</v>
       </c>
       <c r="E245" s="6" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="F245" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G245" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="H245" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I245" s="6">
-        <v>1</v>
+        <v>6.1</v>
       </c>
       <c r="J245" s="10" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="K245" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L245" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M245" s="6" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="N245" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O245" s="6"/>
       <c r="P245" s="6"/>
     </row>
     <row r="246" spans="1:16" customHeight="1" ht="65">
       <c r="A246" s="6" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B246" s="6">
         <v>0</v>
       </c>
       <c r="C246" s="6">
         <v>0</v>
       </c>
       <c r="D246" s="6">
         <v>0</v>
       </c>
-      <c r="E246" s="6" t="s">
-        <v>996</v>
+      <c r="E246" s="6">
+        <v>21000801027</v>
       </c>
       <c r="F246" s="9" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="G246" s="10" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="H246" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I246" s="6">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="J246" s="10" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="K246" s="6" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="L246" s="10" t="s">
-        <v>27</v>
+        <v>106</v>
       </c>
       <c r="M246" s="6" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="N246" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O246" s="6"/>
+      <c r="O246" s="6">
+        <v>34556.5</v>
+      </c>
       <c r="P246" s="6"/>
     </row>
     <row r="247" spans="1:16" customHeight="1" ht="65">
       <c r="A247" s="6" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="B247" s="6">
         <v>0</v>
       </c>
       <c r="C247" s="6">
         <v>0</v>
       </c>
       <c r="D247" s="6">
         <v>0</v>
       </c>
       <c r="E247" s="6" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="F247" s="9" t="s">
-        <v>57</v>
+        <v>387</v>
       </c>
       <c r="G247" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H247" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I247" s="6">
-        <v>5.205</v>
+        <v>7.8</v>
       </c>
       <c r="J247" s="10" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="K247" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L247" s="10" t="s">
-        <v>59</v>
+        <v>387</v>
       </c>
       <c r="M247" s="6" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="N247" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O247" s="6"/>
       <c r="P247" s="6"/>
     </row>
     <row r="248" spans="1:16" customHeight="1" ht="65">
       <c r="A248" s="6" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B248" s="6">
         <v>0</v>
       </c>
       <c r="C248" s="6">
         <v>0</v>
       </c>
       <c r="D248" s="6">
         <v>0</v>
       </c>
       <c r="E248" s="6" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="F248" s="9" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="G248" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H248" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I248" s="6">
-        <v>71.5</v>
+        <v>8.5</v>
       </c>
       <c r="J248" s="10" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="K248" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L248" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M248" s="6" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="N248" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O248" s="6"/>
       <c r="P248" s="6"/>
     </row>
     <row r="249" spans="1:16" customHeight="1" ht="65">
       <c r="A249" s="6" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="B249" s="6">
         <v>0</v>
       </c>
       <c r="C249" s="6">
         <v>0</v>
       </c>
       <c r="D249" s="6">
         <v>0</v>
       </c>
       <c r="E249" s="6" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="F249" s="9" t="s">
-        <v>105</v>
+        <v>454</v>
       </c>
       <c r="G249" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H249" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I249" s="6">
-        <v>71.5</v>
+        <v>22</v>
       </c>
       <c r="J249" s="10" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="K249" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L249" s="10" t="s">
-        <v>27</v>
+        <v>454</v>
       </c>
       <c r="M249" s="6" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="N249" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O249" s="6"/>
       <c r="P249" s="6"/>
     </row>
     <row r="250" spans="1:16" customHeight="1" ht="65">
       <c r="A250" s="6" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B250" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C250" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D250" s="6">
         <v>0</v>
       </c>
       <c r="E250" s="6" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="F250" s="9" t="s">
-        <v>52</v>
+        <v>1015</v>
       </c>
       <c r="G250" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H250" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I250" s="6">
-        <v>13.49</v>
+        <v>0.76</v>
       </c>
       <c r="J250" s="10" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="K250" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L250" s="10" t="s">
-        <v>52</v>
+        <v>1017</v>
       </c>
       <c r="M250" s="6" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="N250" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O250" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O250" s="6"/>
       <c r="P250" s="6"/>
     </row>
     <row r="251" spans="1:16" customHeight="1" ht="65">
       <c r="A251" s="6" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="B251" s="6">
         <v>0</v>
       </c>
       <c r="C251" s="6">
         <v>0</v>
       </c>
       <c r="D251" s="6">
         <v>0</v>
       </c>
-      <c r="E251" s="6">
-        <v>5000</v>
+      <c r="E251" s="6" t="s">
+        <v>1020</v>
       </c>
       <c r="F251" s="9" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="G251" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H251" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I251" s="6">
-        <v>1.47</v>
+        <v>18.9</v>
       </c>
       <c r="J251" s="10" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="K251" s="6" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="L251" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M251" s="6" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="N251" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O251" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O251" s="6"/>
       <c r="P251" s="6"/>
     </row>
     <row r="252" spans="1:16" customHeight="1" ht="65">
       <c r="A252" s="6" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="B252" s="6">
         <v>0</v>
       </c>
       <c r="C252" s="6">
         <v>0</v>
       </c>
       <c r="D252" s="6">
         <v>0</v>
       </c>
-      <c r="E252" s="6">
-        <v>5001</v>
+      <c r="E252" s="6" t="s">
+        <v>1024</v>
       </c>
       <c r="F252" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G252" s="10" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="H252" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I252" s="6">
-        <v>0.41</v>
+        <v>0.75</v>
       </c>
       <c r="J252" s="10" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="K252" s="6" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="L252" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M252" s="6" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="N252" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O252" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O252" s="6"/>
       <c r="P252" s="6"/>
     </row>
     <row r="253" spans="1:16" customHeight="1" ht="65">
       <c r="A253" s="6" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="B253" s="6">
         <v>0</v>
       </c>
       <c r="C253" s="6">
         <v>0</v>
       </c>
       <c r="D253" s="6">
         <v>0</v>
       </c>
       <c r="E253" s="6" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="F253" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G253" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H253" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I253" s="6">
-        <v>1.47</v>
+        <v>2.948</v>
       </c>
       <c r="J253" s="10" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="K253" s="6" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="L253" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M253" s="6" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="N253" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O253" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O253" s="6"/>
       <c r="P253" s="6"/>
     </row>
     <row r="254" spans="1:16" customHeight="1" ht="65">
       <c r="A254" s="6" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="B254" s="6">
         <v>0</v>
       </c>
       <c r="C254" s="6">
         <v>0</v>
       </c>
       <c r="D254" s="6">
         <v>0</v>
       </c>
       <c r="E254" s="6" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="F254" s="9" t="s">
-        <v>288</v>
+        <v>50</v>
       </c>
       <c r="G254" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H254" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I254" s="6">
-        <v>1.91</v>
+        <v>3.6</v>
       </c>
       <c r="J254" s="10" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="K254" s="6" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="L254" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M254" s="6" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="N254" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O254" s="6"/>
       <c r="P254" s="6"/>
     </row>
     <row r="255" spans="1:16" customHeight="1" ht="65">
       <c r="A255" s="6" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="B255" s="6">
         <v>0</v>
       </c>
       <c r="C255" s="6">
         <v>0</v>
       </c>
       <c r="D255" s="6">
         <v>0</v>
       </c>
       <c r="E255" s="6" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="F255" s="9" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="G255" s="10" t="s">
-        <v>46</v>
+        <v>103</v>
       </c>
       <c r="H255" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I255" s="6">
-        <v>6.1</v>
+        <v>0</v>
       </c>
       <c r="J255" s="10" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="K255" s="6" t="s">
-        <v>26</v>
+        <v>1038</v>
       </c>
       <c r="L255" s="10" t="s">
-        <v>52</v>
+        <v>1039</v>
       </c>
       <c r="M255" s="6" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="N255" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O255" s="6"/>
       <c r="P255" s="6"/>
     </row>
     <row r="256" spans="1:16" customHeight="1" ht="65">
       <c r="A256" s="6" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
       <c r="B256" s="6">
         <v>0</v>
       </c>
       <c r="C256" s="6">
         <v>0</v>
       </c>
       <c r="D256" s="6">
         <v>0</v>
       </c>
-      <c r="E256" s="6">
-        <v>21000801027</v>
+      <c r="E256" s="6" t="s">
+        <v>1042</v>
       </c>
       <c r="F256" s="9" t="s">
-        <v>110</v>
+        <v>44</v>
       </c>
       <c r="G256" s="10" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="H256" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I256" s="6">
-        <v>20</v>
+        <v>2.47</v>
       </c>
       <c r="J256" s="10" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="K256" s="6" t="s">
-        <v>281</v>
+        <v>26</v>
       </c>
       <c r="L256" s="10" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="M256" s="6" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="N256" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O256" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O256" s="6"/>
       <c r="P256" s="6"/>
     </row>
     <row r="257" spans="1:16" customHeight="1" ht="65">
       <c r="A257" s="6" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="B257" s="6">
         <v>0</v>
       </c>
       <c r="C257" s="6">
         <v>0</v>
       </c>
       <c r="D257" s="6">
         <v>0</v>
       </c>
       <c r="E257" s="6" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="F257" s="9" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="G257" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H257" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I257" s="6">
-        <v>7.8</v>
+        <v>0</v>
       </c>
       <c r="J257" s="10" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="K257" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L257" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M257" s="6" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="N257" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O257" s="6"/>
       <c r="P257" s="6"/>
     </row>
     <row r="258" spans="1:16" customHeight="1" ht="65">
       <c r="A258" s="6" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="B258" s="6">
         <v>0</v>
       </c>
       <c r="C258" s="6">
         <v>0</v>
       </c>
       <c r="D258" s="6">
         <v>0</v>
       </c>
       <c r="E258" s="6" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="F258" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G258" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H258" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I258" s="6">
-        <v>8.5</v>
+        <v>5.2</v>
       </c>
       <c r="J258" s="10" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="K258" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L258" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M258" s="6" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="N258" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O258" s="6"/>
       <c r="P258" s="6"/>
     </row>
     <row r="259" spans="1:16" customHeight="1" ht="65">
       <c r="A259" s="6" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="B259" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C259" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D259" s="6">
         <v>0</v>
       </c>
       <c r="E259" s="6" t="s">
-        <v>1045</v>
+        <v>1054</v>
       </c>
       <c r="F259" s="9" t="s">
-        <v>477</v>
+        <v>50</v>
       </c>
       <c r="G259" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H259" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I259" s="6">
-        <v>22</v>
+        <v>0.65</v>
       </c>
       <c r="J259" s="10" t="s">
-        <v>1046</v>
+        <v>1055</v>
       </c>
       <c r="K259" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L259" s="10" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="M259" s="6" t="s">
-        <v>1047</v>
+        <v>1056</v>
       </c>
       <c r="N259" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O259" s="6"/>
+      <c r="O259" s="6">
+        <v>1383.3</v>
+      </c>
       <c r="P259" s="6"/>
     </row>
     <row r="260" spans="1:16" customHeight="1" ht="65">
       <c r="A260" s="6" t="s">
-        <v>1048</v>
+        <v>1057</v>
       </c>
       <c r="B260" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C260" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D260" s="6">
         <v>0</v>
       </c>
       <c r="E260" s="6" t="s">
-        <v>1049</v>
+        <v>1058</v>
       </c>
       <c r="F260" s="9" t="s">
-        <v>1050</v>
+        <v>50</v>
       </c>
       <c r="G260" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H260" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I260" s="6">
-        <v>0.76</v>
+        <v>0.81</v>
       </c>
       <c r="J260" s="10" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="K260" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L260" s="10" t="s">
-        <v>1052</v>
+        <v>52</v>
       </c>
       <c r="M260" s="6" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="N260" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O260" s="6">
-        <v>974.63</v>
+        <v>1618.22</v>
       </c>
       <c r="P260" s="6"/>
     </row>
     <row r="261" spans="1:16" customHeight="1" ht="65">
       <c r="A261" s="6" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B261" s="6">
         <v>0</v>
       </c>
       <c r="C261" s="6">
         <v>0</v>
       </c>
       <c r="D261" s="6">
         <v>0</v>
       </c>
       <c r="E261" s="6" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="F261" s="9" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="G261" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H261" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I261" s="6">
-        <v>18.9</v>
+        <v>1.5</v>
       </c>
       <c r="J261" s="10" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="K261" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L261" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M261" s="6" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="N261" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O261" s="6"/>
       <c r="P261" s="6"/>
     </row>
     <row r="262" spans="1:16" customHeight="1" ht="65">
       <c r="A262" s="6" t="s">
-        <v>1058</v>
+        <v>1065</v>
       </c>
       <c r="B262" s="6">
         <v>0</v>
       </c>
       <c r="C262" s="6">
         <v>0</v>
       </c>
       <c r="D262" s="6">
         <v>0</v>
       </c>
       <c r="E262" s="6" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="F262" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G262" s="10" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="H262" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I262" s="6">
-        <v>0.75</v>
+        <v>1.395</v>
       </c>
       <c r="J262" s="10" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="K262" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L262" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M262" s="6" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="N262" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O262" s="6"/>
       <c r="P262" s="6"/>
     </row>
     <row r="263" spans="1:16" customHeight="1" ht="65">
       <c r="A263" s="6" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="B263" s="6">
         <v>0</v>
       </c>
       <c r="C263" s="6">
         <v>0</v>
       </c>
       <c r="D263" s="6">
         <v>0</v>
       </c>
       <c r="E263" s="6" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="F263" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G263" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H263" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I263" s="6">
-        <v>2.948</v>
+        <v>13</v>
       </c>
       <c r="J263" s="10" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="K263" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L263" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M263" s="6" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="N263" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O263" s="6"/>
       <c r="P263" s="6"/>
     </row>
     <row r="264" spans="1:16" customHeight="1" ht="65">
       <c r="A264" s="6" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="B264" s="6">
         <v>0</v>
       </c>
       <c r="C264" s="6">
         <v>0</v>
       </c>
       <c r="D264" s="6">
         <v>0</v>
       </c>
       <c r="E264" s="6" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="F264" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G264" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H264" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I264" s="6">
-        <v>3.6</v>
+        <v>2.5</v>
       </c>
       <c r="J264" s="10" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="K264" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L264" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M264" s="6" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="N264" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O264" s="6"/>
       <c r="P264" s="6"/>
     </row>
     <row r="265" spans="1:16" customHeight="1" ht="65">
       <c r="A265" s="6" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="B265" s="6">
         <v>0</v>
       </c>
       <c r="C265" s="6">
         <v>0</v>
       </c>
       <c r="D265" s="6">
         <v>0</v>
       </c>
       <c r="E265" s="6" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="F265" s="9" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G265" s="10" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="H265" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I265" s="6">
-        <v>0</v>
+        <v>8.3</v>
       </c>
       <c r="J265" s="10" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="K265" s="6" t="s">
-        <v>1073</v>
+        <v>26</v>
       </c>
       <c r="L265" s="10" t="s">
-        <v>1074</v>
+        <v>44</v>
       </c>
       <c r="M265" s="6" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="N265" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O265" s="6"/>
       <c r="P265" s="6"/>
     </row>
     <row r="266" spans="1:16" customHeight="1" ht="65">
       <c r="A266" s="6" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="B266" s="6">
         <v>0</v>
       </c>
       <c r="C266" s="6">
         <v>0</v>
       </c>
       <c r="D266" s="6">
         <v>0</v>
       </c>
       <c r="E266" s="6" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="F266" s="9" t="s">
-        <v>52</v>
+        <v>412</v>
       </c>
       <c r="G266" s="10" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="H266" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I266" s="6">
-        <v>2.47</v>
+        <v>0</v>
       </c>
       <c r="J266" s="10" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="K266" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L266" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M266" s="6" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="N266" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O266" s="6"/>
       <c r="P266" s="6"/>
     </row>
     <row r="267" spans="1:16" customHeight="1" ht="65">
       <c r="A267" s="6" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="B267" s="6">
         <v>0</v>
       </c>
       <c r="C267" s="6">
         <v>0</v>
       </c>
       <c r="D267" s="6">
         <v>0</v>
       </c>
       <c r="E267" s="6" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="F267" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G267" s="10" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="H267" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I267" s="6">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J267" s="10" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="K267" s="6" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="L267" s="10" t="s">
-        <v>59</v>
+        <v>106</v>
       </c>
       <c r="M267" s="6" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="N267" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O267" s="6"/>
+      <c r="O267" s="6">
+        <v>20149.99</v>
+      </c>
       <c r="P267" s="6"/>
     </row>
     <row r="268" spans="1:16" customHeight="1" ht="65">
       <c r="A268" s="6" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="B268" s="6">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="C268" s="6">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="D268" s="6">
         <v>0</v>
       </c>
       <c r="E268" s="6" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="F268" s="9" t="s">
-        <v>57</v>
+        <v>387</v>
       </c>
       <c r="G268" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H268" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I268" s="6">
-        <v>5.2</v>
+        <v>6.22</v>
       </c>
       <c r="J268" s="10" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="K268" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L268" s="10" t="s">
-        <v>59</v>
+        <v>387</v>
       </c>
       <c r="M268" s="6" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="N268" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O268" s="6"/>
+      <c r="O268" s="6">
+        <v>12698.02</v>
+      </c>
       <c r="P268" s="6"/>
     </row>
     <row r="269" spans="1:16" customHeight="1" ht="65">
       <c r="A269" s="6" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="B269" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C269" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D269" s="6">
         <v>0</v>
       </c>
       <c r="E269" s="6" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="F269" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G269" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H269" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I269" s="6">
-        <v>0.65</v>
+        <v>0</v>
       </c>
       <c r="J269" s="10" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="K269" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L269" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M269" s="6" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="N269" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O269" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O269" s="6"/>
       <c r="P269" s="6"/>
     </row>
     <row r="270" spans="1:16" customHeight="1" ht="65">
       <c r="A270" s="6" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="B270" s="6">
         <v>0</v>
       </c>
       <c r="C270" s="6">
         <v>0</v>
       </c>
       <c r="D270" s="6">
         <v>0</v>
       </c>
       <c r="E270" s="6" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="F270" s="9" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G270" s="10" t="s">
-        <v>72</v>
+        <v>103</v>
       </c>
       <c r="H270" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I270" s="6">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="J270" s="10" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="K270" s="6" t="s">
-        <v>74</v>
+        <v>362</v>
       </c>
       <c r="L270" s="10" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="M270" s="6" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="N270" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O270" s="6"/>
+      <c r="O270" s="6">
+        <v>33647.96</v>
+      </c>
       <c r="P270" s="6"/>
     </row>
     <row r="271" spans="1:16" customHeight="1" ht="65">
       <c r="A271" s="6" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="B271" s="6">
         <v>0</v>
       </c>
       <c r="C271" s="6">
         <v>0</v>
       </c>
       <c r="D271" s="6">
         <v>0</v>
       </c>
       <c r="E271" s="6" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="F271" s="9" t="s">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="G271" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H271" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I271" s="6">
-        <v>1.5</v>
+        <v>0</v>
       </c>
       <c r="J271" s="10" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="K271" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L271" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M271" s="6" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="N271" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O271" s="6"/>
       <c r="P271" s="6"/>
     </row>
     <row r="272" spans="1:16" customHeight="1" ht="65">
       <c r="A272" s="6" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="B272" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C272" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D272" s="6">
         <v>0</v>
       </c>
       <c r="E272" s="6" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="F272" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G272" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H272" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I272" s="6">
-        <v>1.395</v>
+        <v>10.34</v>
       </c>
       <c r="J272" s="10" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="K272" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L272" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M272" s="6" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="N272" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O272" s="6"/>
+      <c r="O272" s="6">
+        <v>21911.27</v>
+      </c>
       <c r="P272" s="6"/>
     </row>
     <row r="273" spans="1:16" customHeight="1" ht="65">
       <c r="A273" s="6" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="B273" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C273" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D273" s="6">
         <v>0</v>
       </c>
       <c r="E273" s="6" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="F273" s="9" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G273" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H273" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="I273" s="6">
-        <v>13</v>
+        <v>15.97</v>
       </c>
       <c r="J273" s="10" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="K273" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L273" s="10" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="M273" s="6" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="N273" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O273" s="6"/>
+      <c r="O273" s="6">
+        <v>40562.61</v>
+      </c>
       <c r="P273" s="6"/>
     </row>
     <row r="274" spans="1:16" customHeight="1" ht="65">
       <c r="A274" s="6" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="B274" s="6">
         <v>0</v>
       </c>
       <c r="C274" s="6">
         <v>0</v>
       </c>
       <c r="D274" s="6">
         <v>0</v>
       </c>
       <c r="E274" s="6" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="F274" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G274" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H274" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I274" s="6">
-        <v>2.5</v>
+        <v>29</v>
       </c>
       <c r="J274" s="10" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="K274" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L274" s="10" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="M274" s="6" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="N274" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O274" s="6"/>
       <c r="P274" s="6"/>
     </row>
     <row r="275" spans="1:16" customHeight="1" ht="65">
       <c r="A275" s="6" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="B275" s="6">
         <v>0</v>
       </c>
       <c r="C275" s="6">
         <v>0</v>
       </c>
       <c r="D275" s="6">
         <v>0</v>
       </c>
       <c r="E275" s="6" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="F275" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G275" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H275" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I275" s="6">
-        <v>8.3</v>
+        <v>1.395</v>
       </c>
       <c r="J275" s="10" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="K275" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L275" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M275" s="6" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="N275" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O275" s="6"/>
       <c r="P275" s="6"/>
     </row>
     <row r="276" spans="1:16" customHeight="1" ht="65">
       <c r="A276" s="6" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="B276" s="6">
         <v>0</v>
       </c>
       <c r="C276" s="6">
         <v>0</v>
       </c>
       <c r="D276" s="6">
         <v>0</v>
       </c>
       <c r="E276" s="6" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="F276" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G276" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H276" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I276" s="6">
-        <v>6.3</v>
+        <v>1.395</v>
       </c>
       <c r="J276" s="10" t="s">
-        <v>1118</v>
+        <v>1123</v>
       </c>
       <c r="K276" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L276" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M276" s="6" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="N276" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O276" s="6"/>
       <c r="P276" s="6"/>
     </row>
-    <row r="277" spans="1:16" customHeight="1" ht="65">
+    <row r="277" spans="1:16">
       <c r="A277" s="6" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="B277" s="6">
         <v>0</v>
       </c>
       <c r="C277" s="6">
         <v>0</v>
       </c>
       <c r="D277" s="6">
         <v>0</v>
       </c>
-      <c r="E277" s="6" t="s">
-        <v>1121</v>
+      <c r="E277" s="6">
+        <v>919.0</v>
       </c>
       <c r="F277" s="9" t="s">
-        <v>435</v>
+        <v>38</v>
       </c>
       <c r="G277" s="10" t="s">
-        <v>46</v>
+        <v>605</v>
       </c>
       <c r="H277" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I277" s="6">
-        <v>0</v>
+        <v>2.8</v>
       </c>
       <c r="J277" s="10" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="K277" s="6" t="s">
-        <v>26</v>
+        <v>607</v>
       </c>
       <c r="L277" s="10" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="M277" s="6" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="N277" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O277" s="6"/>
+      <c r="O277" s="6">
+        <v>28908.57</v>
+      </c>
       <c r="P277" s="6"/>
     </row>
     <row r="278" spans="1:16" customHeight="1" ht="65">
       <c r="A278" s="6" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="B278" s="6">
         <v>0</v>
       </c>
       <c r="C278" s="6">
         <v>0</v>
       </c>
       <c r="D278" s="6">
         <v>0</v>
       </c>
       <c r="E278" s="6" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="F278" s="9" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="G278" s="10" t="s">
-        <v>111</v>
+        <v>605</v>
       </c>
       <c r="H278" s="6" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="I278" s="6">
-        <v>12</v>
+        <v>0.84</v>
       </c>
       <c r="J278" s="10" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="K278" s="6" t="s">
-        <v>119</v>
+        <v>607</v>
       </c>
       <c r="L278" s="10" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="M278" s="6" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="N278" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O278" s="6">
-        <v>22390</v>
+        <v>1957.18</v>
       </c>
       <c r="P278" s="6"/>
     </row>
     <row r="279" spans="1:16" customHeight="1" ht="65">
       <c r="A279" s="6" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="B279" s="6">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="C279" s="6">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="D279" s="6">
         <v>0</v>
       </c>
       <c r="E279" s="6" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="F279" s="9" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="G279" s="10" t="s">
-        <v>72</v>
+        <v>605</v>
       </c>
       <c r="H279" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I279" s="6">
-        <v>6.22</v>
+        <v>2.024</v>
       </c>
       <c r="J279" s="10" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="K279" s="6" t="s">
-        <v>74</v>
+        <v>607</v>
       </c>
       <c r="L279" s="10" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="M279" s="6" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="N279" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O279" s="6">
-        <v>12698.01</v>
+        <v>4598.57</v>
       </c>
       <c r="P279" s="6"/>
     </row>
     <row r="280" spans="1:16" customHeight="1" ht="65">
       <c r="A280" s="6" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="B280" s="6">
         <v>0</v>
       </c>
       <c r="C280" s="6">
         <v>0</v>
       </c>
       <c r="D280" s="6">
         <v>0</v>
       </c>
       <c r="E280" s="6" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="F280" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G280" s="10" t="s">
+        <v>605</v>
+      </c>
+      <c r="H280" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I280" s="6">
+        <v>0.71</v>
+      </c>
+      <c r="J280" s="10" t="s">
+        <v>1138</v>
+      </c>
+      <c r="K280" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="L280" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="G280" s="10" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M280" s="6" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="N280" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O280" s="6"/>
+      <c r="O280" s="6">
+        <v>2061.49</v>
+      </c>
       <c r="P280" s="6"/>
     </row>
     <row r="281" spans="1:16" customHeight="1" ht="65">
       <c r="A281" s="6" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="B281" s="6">
         <v>0</v>
       </c>
       <c r="C281" s="6">
         <v>0</v>
       </c>
       <c r="D281" s="6">
         <v>0</v>
       </c>
       <c r="E281" s="6" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="F281" s="9" t="s">
-        <v>22</v>
+        <v>412</v>
       </c>
       <c r="G281" s="10" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="H281" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I281" s="6">
-        <v>0</v>
+        <v>3.9</v>
       </c>
       <c r="J281" s="10" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="K281" s="6" t="s">
-        <v>382</v>
+        <v>26</v>
       </c>
       <c r="L281" s="10" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="M281" s="6" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="N281" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O281" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O281" s="6"/>
       <c r="P281" s="6"/>
     </row>
     <row r="282" spans="1:16" customHeight="1" ht="65">
       <c r="A282" s="6" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="B282" s="6">
         <v>0</v>
       </c>
       <c r="C282" s="6">
         <v>0</v>
       </c>
       <c r="D282" s="6">
         <v>0</v>
       </c>
       <c r="E282" s="6" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="F282" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G282" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H282" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I282" s="6">
-        <v>0</v>
+        <v>5.5</v>
       </c>
       <c r="J282" s="10" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="K282" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L282" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M282" s="6" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="N282" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O282" s="6"/>
       <c r="P282" s="6"/>
     </row>
     <row r="283" spans="1:16" customHeight="1" ht="65">
       <c r="A283" s="6" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="B283" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C283" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D283" s="6">
         <v>0</v>
       </c>
       <c r="E283" s="6" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="F283" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G283" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H283" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I283" s="6">
-        <v>10.34</v>
+        <v>5.75</v>
       </c>
       <c r="J283" s="10" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="K283" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L283" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M283" s="6" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="N283" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O283" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O283" s="6"/>
       <c r="P283" s="6"/>
     </row>
     <row r="284" spans="1:16" customHeight="1" ht="65">
       <c r="A284" s="6" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="B284" s="6">
         <v>0</v>
       </c>
       <c r="C284" s="6">
         <v>0</v>
       </c>
       <c r="D284" s="6">
         <v>0</v>
       </c>
       <c r="E284" s="6" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="F284" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G284" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H284" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I284" s="6">
-        <v>7.89</v>
+        <v>5.9</v>
       </c>
       <c r="J284" s="10" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="K284" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L284" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M284" s="6" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="N284" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O284" s="6"/>
       <c r="P284" s="6"/>
     </row>
     <row r="285" spans="1:16" customHeight="1" ht="65">
       <c r="A285" s="6" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B285" s="6">
         <v>0</v>
       </c>
       <c r="C285" s="6">
         <v>0</v>
       </c>
       <c r="D285" s="6">
         <v>0</v>
       </c>
       <c r="E285" s="6" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="F285" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G285" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H285" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I285" s="6">
-        <v>15.97</v>
+        <v>5.5</v>
       </c>
       <c r="J285" s="10" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="K285" s="6" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="L285" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M285" s="6" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="N285" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O285" s="6"/>
       <c r="P285" s="6"/>
     </row>
     <row r="286" spans="1:16" customHeight="1" ht="65">
       <c r="A286" s="6" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="B286" s="6">
         <v>0</v>
       </c>
       <c r="C286" s="6">
         <v>0</v>
       </c>
       <c r="D286" s="6">
         <v>0</v>
       </c>
       <c r="E286" s="6" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="F286" s="9" t="s">
-        <v>110</v>
+        <v>387</v>
       </c>
       <c r="G286" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H286" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I286" s="6">
-        <v>29</v>
+        <v>8.5</v>
       </c>
       <c r="J286" s="10" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="K286" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L286" s="10" t="s">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c r="M286" s="6" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="N286" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O286" s="6"/>
       <c r="P286" s="6"/>
     </row>
     <row r="287" spans="1:16" customHeight="1" ht="65">
       <c r="A287" s="6" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="B287" s="6">
         <v>0</v>
       </c>
       <c r="C287" s="6">
         <v>0</v>
       </c>
       <c r="D287" s="6">
         <v>0</v>
       </c>
       <c r="E287" s="6" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="F287" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G287" s="10" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="H287" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I287" s="6">
-        <v>1.395</v>
+        <v>0</v>
       </c>
       <c r="J287" s="10" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="K287" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L287" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M287" s="6" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="N287" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O287" s="6"/>
       <c r="P287" s="6"/>
     </row>
     <row r="288" spans="1:16" customHeight="1" ht="65">
       <c r="A288" s="6" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="B288" s="6">
         <v>0</v>
       </c>
       <c r="C288" s="6">
         <v>0</v>
       </c>
       <c r="D288" s="6">
         <v>0</v>
       </c>
       <c r="E288" s="6" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="F288" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G288" s="10" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="H288" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I288" s="6">
-        <v>1.395</v>
+        <v>0</v>
       </c>
       <c r="J288" s="10" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="K288" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L288" s="10" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M288" s="6" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="N288" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O288" s="6"/>
       <c r="P288" s="6"/>
     </row>
-    <row r="289" spans="1:16">
+    <row r="289" spans="1:16" customHeight="1" ht="65">
       <c r="A289" s="6" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="B289" s="6">
         <v>0</v>
       </c>
       <c r="C289" s="6">
         <v>0</v>
       </c>
       <c r="D289" s="6">
         <v>0</v>
       </c>
       <c r="E289" s="6">
-        <v>919.0</v>
+        <v>5018</v>
       </c>
       <c r="F289" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G289" s="10" t="s">
+        <v>605</v>
+      </c>
+      <c r="H289" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="G289" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I289" s="6">
-        <v>2.8</v>
+        <v>0.8</v>
       </c>
       <c r="J289" s="10" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="K289" s="6" t="s">
-        <v>35</v>
+        <v>607</v>
       </c>
       <c r="L289" s="10" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="M289" s="6" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="N289" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O289" s="6">
-        <v>26217.98</v>
+        <v>4046.95</v>
       </c>
       <c r="P289" s="6"/>
     </row>
     <row r="290" spans="1:16" customHeight="1" ht="65">
       <c r="A290" s="6" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="B290" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C290" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D290" s="6">
         <v>0</v>
       </c>
       <c r="E290" s="6" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="F290" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G290" s="10" t="s">
-        <v>32</v>
+        <v>605</v>
       </c>
       <c r="H290" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I290" s="6">
-        <v>0.84</v>
+        <v>1.79</v>
       </c>
       <c r="J290" s="10" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="K290" s="6" t="s">
-        <v>35</v>
+        <v>607</v>
       </c>
       <c r="L290" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M290" s="6" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="N290" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O290" s="6">
-        <v>12.5</v>
+        <v>4153.03</v>
       </c>
       <c r="P290" s="6"/>
     </row>
     <row r="291" spans="1:16" customHeight="1" ht="65">
       <c r="A291" s="6" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="B291" s="6">
         <v>0</v>
       </c>
       <c r="C291" s="6">
         <v>0</v>
       </c>
       <c r="D291" s="6">
         <v>0</v>
       </c>
       <c r="E291" s="6" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="F291" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G291" s="10" t="s">
-        <v>32</v>
+        <v>605</v>
       </c>
       <c r="H291" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I291" s="6">
-        <v>2.024</v>
+        <v>0.774</v>
       </c>
       <c r="J291" s="10" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="K291" s="6" t="s">
-        <v>35</v>
+        <v>607</v>
       </c>
       <c r="L291" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M291" s="6" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="N291" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O291" s="6"/>
+      <c r="O291" s="6">
+        <v>1916.51</v>
+      </c>
       <c r="P291" s="6"/>
     </row>
     <row r="292" spans="1:16" customHeight="1" ht="65">
       <c r="A292" s="6" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="B292" s="6">
         <v>0</v>
       </c>
       <c r="C292" s="6">
         <v>0</v>
       </c>
       <c r="D292" s="6">
         <v>0</v>
       </c>
       <c r="E292" s="6" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="F292" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G292" s="10" t="s">
-        <v>32</v>
+        <v>605</v>
       </c>
       <c r="H292" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I292" s="6">
-        <v>0.71</v>
+        <v>1.82</v>
       </c>
       <c r="J292" s="10" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="K292" s="6" t="s">
-        <v>35</v>
+        <v>607</v>
       </c>
       <c r="L292" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M292" s="6" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="N292" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O292" s="6"/>
+      <c r="O292" s="6">
+        <v>4289.17</v>
+      </c>
       <c r="P292" s="6"/>
     </row>
     <row r="293" spans="1:16" customHeight="1" ht="65">
       <c r="A293" s="6" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="B293" s="6">
         <v>0</v>
       </c>
       <c r="C293" s="6">
         <v>0</v>
       </c>
       <c r="D293" s="6">
         <v>0</v>
       </c>
       <c r="E293" s="6" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="F293" s="9" t="s">
-        <v>435</v>
+        <v>50</v>
       </c>
       <c r="G293" s="10" t="s">
-        <v>46</v>
+        <v>605</v>
       </c>
       <c r="H293" s="6" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="I293" s="6">
-        <v>3.9</v>
+        <v>0.78</v>
       </c>
       <c r="J293" s="10" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="K293" s="6" t="s">
-        <v>26</v>
+        <v>607</v>
       </c>
       <c r="L293" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M293" s="6" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="N293" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O293" s="6">
-        <v>9820.93</v>
+        <v>2015.52</v>
       </c>
       <c r="P293" s="6"/>
     </row>
     <row r="294" spans="1:16" customHeight="1" ht="65">
       <c r="A294" s="6" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="B294" s="6">
         <v>0</v>
       </c>
       <c r="C294" s="6">
         <v>0</v>
       </c>
       <c r="D294" s="6">
         <v>0</v>
       </c>
       <c r="E294" s="6" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="F294" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G294" s="10" t="s">
-        <v>23</v>
+        <v>605</v>
       </c>
       <c r="H294" s="6" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I294" s="6">
-        <v>5.5</v>
+        <v>1.87</v>
       </c>
       <c r="J294" s="10" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="K294" s="6" t="s">
-        <v>26</v>
+        <v>607</v>
       </c>
       <c r="L294" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M294" s="6" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="N294" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O294" s="6"/>
+      <c r="O294" s="6">
+        <v>4441.22</v>
+      </c>
       <c r="P294" s="6"/>
     </row>
     <row r="295" spans="1:16" customHeight="1" ht="65">
       <c r="A295" s="6" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="B295" s="6">
         <v>0</v>
       </c>
       <c r="C295" s="6">
         <v>0</v>
       </c>
       <c r="D295" s="6">
         <v>0</v>
       </c>
       <c r="E295" s="6" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="F295" s="9" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G295" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H295" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I295" s="6">
-        <v>5.75</v>
+        <v>0</v>
       </c>
       <c r="J295" s="10" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="K295" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L295" s="10" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="M295" s="6" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="N295" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O295" s="6"/>
       <c r="P295" s="6"/>
     </row>
     <row r="296" spans="1:16" customHeight="1" ht="65">
       <c r="A296" s="6" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="B296" s="6">
         <v>0</v>
       </c>
       <c r="C296" s="6">
         <v>0</v>
       </c>
       <c r="D296" s="6">
         <v>0</v>
       </c>
       <c r="E296" s="6" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="F296" s="9" t="s">
-        <v>57</v>
+        <v>102</v>
       </c>
       <c r="G296" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H296" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I296" s="6">
-        <v>5.9</v>
+        <v>24.857</v>
       </c>
       <c r="J296" s="10" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="K296" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L296" s="10" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="M296" s="6" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="N296" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O296" s="6"/>
       <c r="P296" s="6"/>
     </row>
     <row r="297" spans="1:16" customHeight="1" ht="65">
       <c r="A297" s="6" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="B297" s="6">
         <v>0</v>
       </c>
       <c r="C297" s="6">
         <v>0</v>
       </c>
       <c r="D297" s="6">
         <v>0</v>
       </c>
       <c r="E297" s="6" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="F297" s="9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G297" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H297" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I297" s="6">
-        <v>5.5</v>
+        <v>0</v>
       </c>
       <c r="J297" s="10" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="K297" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L297" s="10" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="M297" s="6" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="N297" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O297" s="6"/>
       <c r="P297" s="6"/>
     </row>
     <row r="298" spans="1:16" customHeight="1" ht="65">
       <c r="A298" s="6" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="B298" s="6">
         <v>0</v>
       </c>
       <c r="C298" s="6">
         <v>0</v>
       </c>
       <c r="D298" s="6">
         <v>0</v>
       </c>
       <c r="E298" s="6" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="F298" s="9" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="G298" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H298" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I298" s="6">
-        <v>8.5</v>
+        <v>117</v>
       </c>
       <c r="J298" s="10" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="K298" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L298" s="10" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M298" s="6" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="N298" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O298" s="6"/>
       <c r="P298" s="6"/>
     </row>
     <row r="299" spans="1:16" customHeight="1" ht="65">
       <c r="A299" s="6" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="B299" s="6">
         <v>0</v>
       </c>
       <c r="C299" s="6">
         <v>0</v>
       </c>
       <c r="D299" s="6">
         <v>0</v>
       </c>
       <c r="E299" s="6" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="F299" s="9" t="s">
-        <v>52</v>
+        <v>272</v>
       </c>
       <c r="G299" s="10" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H299" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I299" s="6">
         <v>0</v>
       </c>
       <c r="J299" s="10" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="K299" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L299" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M299" s="6" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="N299" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O299" s="6"/>
       <c r="P299" s="6"/>
     </row>
     <row r="300" spans="1:16" customHeight="1" ht="65">
       <c r="A300" s="6" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="B300" s="6">
         <v>0</v>
       </c>
       <c r="C300" s="6">
         <v>0</v>
       </c>
       <c r="D300" s="6">
         <v>0</v>
       </c>
       <c r="E300" s="6" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="F300" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G300" s="10" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H300" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I300" s="6">
-        <v>0</v>
+        <v>2.16</v>
       </c>
       <c r="J300" s="10" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="K300" s="6" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="L300" s="10" t="s">
         <v>52</v>
       </c>
       <c r="M300" s="6" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="N300" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O300" s="6"/>
       <c r="P300" s="6"/>
     </row>
     <row r="301" spans="1:16" customHeight="1" ht="65">
       <c r="A301" s="6" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="B301" s="6">
         <v>0</v>
       </c>
       <c r="C301" s="6">
         <v>0</v>
       </c>
       <c r="D301" s="6">
         <v>0</v>
       </c>
-      <c r="E301" s="6">
-        <v>5018</v>
+      <c r="E301" s="6" t="s">
+        <v>1220</v>
       </c>
       <c r="F301" s="9" t="s">
-        <v>71</v>
+        <v>272</v>
       </c>
       <c r="G301" s="10" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="H301" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I301" s="6">
-        <v>0.8</v>
+        <v>1.79</v>
       </c>
       <c r="J301" s="10" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="K301" s="6" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="L301" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M301" s="6" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="N301" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O301" s="6"/>
       <c r="P301" s="6"/>
     </row>
     <row r="302" spans="1:16" customHeight="1" ht="65">
       <c r="A302" s="6" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="B302" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C302" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="D302" s="6">
         <v>0</v>
       </c>
       <c r="E302" s="6" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="F302" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G302" s="10" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="H302" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I302" s="6">
-        <v>1.79</v>
+        <v>0.435</v>
       </c>
       <c r="J302" s="10" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="K302" s="6" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="L302" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M302" s="6" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
       <c r="N302" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O302" s="6"/>
+      <c r="O302" s="6">
+        <v>1435.53</v>
+      </c>
       <c r="P302" s="6"/>
     </row>
     <row r="303" spans="1:16" customHeight="1" ht="65">
       <c r="A303" s="6" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="B303" s="6">
         <v>0</v>
       </c>
       <c r="C303" s="6">
         <v>0</v>
       </c>
       <c r="D303" s="6">
         <v>0</v>
       </c>
       <c r="E303" s="6" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="F303" s="9" t="s">
-        <v>57</v>
+        <v>228</v>
       </c>
       <c r="G303" s="10" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="H303" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I303" s="6">
-        <v>0.774</v>
+        <v>3.88</v>
       </c>
       <c r="J303" s="10" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="K303" s="6" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="L303" s="10" t="s">
-        <v>59</v>
+        <v>1230</v>
       </c>
       <c r="M303" s="6" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="N303" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O303" s="6"/>
       <c r="P303" s="6"/>
     </row>
     <row r="304" spans="1:16" customHeight="1" ht="65">
       <c r="A304" s="6" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="B304" s="6">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="C304" s="6">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="D304" s="6">
         <v>0</v>
       </c>
       <c r="E304" s="6" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="F304" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G304" s="10" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="H304" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I304" s="6">
-        <v>1.82</v>
+        <v>1.08</v>
       </c>
       <c r="J304" s="10" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="K304" s="6" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="L304" s="10" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M304" s="6" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
       <c r="N304" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O304" s="6"/>
+      <c r="O304" s="6">
+        <v>1461.55</v>
+      </c>
       <c r="P304" s="6"/>
     </row>
     <row r="305" spans="1:16" customHeight="1" ht="65">
       <c r="A305" s="6" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="B305" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C305" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D305" s="6">
         <v>0</v>
       </c>
       <c r="E305" s="6" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="F305" s="9" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="G305" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H305" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I305" s="6">
-        <v>0.78</v>
+        <v>1.65</v>
       </c>
       <c r="J305" s="10" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="K305" s="6" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="L305" s="10" t="s">
-        <v>59</v>
+        <v>1239</v>
       </c>
       <c r="M305" s="6" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="N305" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O305" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O305" s="6"/>
       <c r="P305" s="6"/>
     </row>
     <row r="306" spans="1:16" customHeight="1" ht="65">
       <c r="A306" s="6" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="B306" s="6">
         <v>0</v>
       </c>
       <c r="C306" s="6">
         <v>0</v>
       </c>
       <c r="D306" s="6">
         <v>0</v>
       </c>
       <c r="E306" s="6" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="F306" s="9" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="G306" s="10" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="H306" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I306" s="6">
-        <v>1.87</v>
+        <v>60.3</v>
       </c>
       <c r="J306" s="10" t="s">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="K306" s="6" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="L306" s="10" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="M306" s="6" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="N306" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O306" s="6"/>
       <c r="P306" s="6"/>
-    </row>
-[...554 lines deleted...]
-      <c r="P318" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>