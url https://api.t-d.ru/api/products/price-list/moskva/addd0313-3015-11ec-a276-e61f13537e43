--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1739">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1731">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>04.11.2025 17:16:00</t>
+    <t>21.12.2025 08:14:55</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -1974,63 +1974,50 @@
   <si>
     <t>00000476928</t>
   </si>
   <si>
     <t>Фланец в мойку BORT Washing flange FS60</t>
   </si>
   <si>
     <t>Материал - Нержавеющая сталь, Совместим со всеми измельчителями серии TITAN, Габариты упаковки 114 x 114 x 60 мм. Размер 114x60 мм</t>
   </si>
   <si>
     <t>00000476929</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ AE57002CLQ</t>
   </si>
   <si>
     <t>AE57002CLQ</t>
   </si>
   <si>
     <t>Диспенсер для туалетной бумаги AE57002CLQ, белый, корпус пластиковый. Вместимость: 1 рулон 300 м с шириной 90 мм и диаметром не более Ø 220 мм. Диаметр втулки мм: Ø45. Размеры: высота - 283 мм, ширина - 275 мм., глубина - 120 мм. Рулон можно легко и быстро заменить, открыв переднюю панель диспенсера. Прозрачная вставка на передней части корпуса позволяет визуально контролировать наличие бумаги в диспенсере. Крышка диспенсера фиксируется к корпусу специальным ключом. Диспенсер крепится на стену.</t>
   </si>
   <si>
     <t>00000289566</t>
   </si>
   <si>
-    <t>Дозатор CLEANEQ AC27052CLQ</t>
-[...11 lines deleted...]
-  <si>
     <t>Ловушка для насекомых Jofel AJ54010</t>
   </si>
   <si>
     <t>AJ54010</t>
   </si>
   <si>
     <t>Ловушка для насекомых AJ54010, 540*160*400 мм, 2х15Вт, нержавеющая сталь, полированная поверхность.
 Надежный аппарат для уничтожения насекомых. Оснащен ультрафиолетовыми лампами для привлечения насекомых. Способ уничтожения - высоковольтный разряд тока. Защищаемая площадь 400 м2</t>
   </si>
   <si>
     <t>00000324737</t>
   </si>
   <si>
     <t>Ловушка для насекомых Jofel AJ56010</t>
   </si>
   <si>
     <t>AJ56010</t>
   </si>
   <si>
     <t>Ловушка для насекомых AJ56010, 540*160*400 мм, 3х15Вт, нержавеющая сталь, полированная поверхность.
 Надежный аппарат для уничтожения насекомых. Оснащен ультрафиолетовыми лампами для привлечения насекомых. Способ уничтожения - высоковольтный разряд тока.</t>
   </si>
   <si>
     <t>00000324738</t>
   </si>
@@ -2238,50 +2225,134 @@
     <t>Поручень Jofel Clasica прямой настенный левый/правый, материал: нерж. сталь AISI 304, матовая поверхность. Габариты: 800 мм.</t>
   </si>
   <si>
     <t>00000324754</t>
   </si>
   <si>
     <t>Ершик Jofel AW61000</t>
   </si>
   <si>
     <t>AW61000</t>
   </si>
   <si>
     <t>Щетка для унитаза, цилиндрическая форма, высота 417 мм, материал: нерж. сталь AISI 304, полированная поверхность. Возможность фиксации на стене (дюбели и винты входят в комплект поставки).</t>
   </si>
   <si>
     <t>00000324755</t>
   </si>
   <si>
     <t>BRITA GmbH Головная часть с bypass 0%, G3/8  для фильтров серии PURITY C</t>
   </si>
   <si>
     <t>Головная часть с bypass 0%, G3/8  для фильтров серии PURITY C</t>
   </si>
   <si>
     <t>00000094159</t>
+  </si>
+  <si>
+    <t>ALKADEM WP Средство жидкое моющее тм CLEANEQ, для пароконвектоматов, канистра 5 л</t>
+  </si>
+  <si>
+    <t>CLQ-WP-K5-L5</t>
+  </si>
+  <si>
+    <t>Очистители</t>
+  </si>
+  <si>
+    <t>ЦБ-00035917</t>
+  </si>
+  <si>
+    <t>ACIDEM RP Средство жидкое моющее тм CLEANEQ, ополаскиватель для пароконвектоматов, канистра 5 л</t>
+  </si>
+  <si>
+    <t>CLQ-RP-K6-L5</t>
+  </si>
+  <si>
+    <t>ЦБ-00035918</t>
+  </si>
+  <si>
+    <t>ACIDEM P Средство жидкое моющее тм CLEANEQ для очистки камеры пароконвектоматов от накипи, канистра 5 л</t>
+  </si>
+  <si>
+    <t>CLQ-P-K6-L5</t>
+  </si>
+  <si>
+    <t>ЦБ-00035919</t>
+  </si>
+  <si>
+    <t>ACIDEM DP Средство жидкое моющее тм CLEANEQ для декальцинации бойлера пароконвектомата, канистра 5 л</t>
+  </si>
+  <si>
+    <t>CLQ-DP-K6-L5</t>
+  </si>
+  <si>
+    <t>ЦБ-00035920</t>
+  </si>
+  <si>
+    <t>ALKADEM XА11 Средство специальное жидкое моющее тм CLEANEQ,  для очистки пригаров, канистра 5 л</t>
+  </si>
+  <si>
+    <t>CLQ-XA11-K1-L5</t>
+  </si>
+  <si>
+    <t>ЦБ-00035921</t>
+  </si>
+  <si>
+    <t>ALKADEM W1 Средство жидкое моющее тм CLEANEQ, для посудомоечных машин, канистра 5 л</t>
+  </si>
+  <si>
+    <t>CLQ-W1-K5-L5</t>
+  </si>
+  <si>
+    <t>ЦБ-00035922</t>
+  </si>
+  <si>
+    <t>ACIDEM R1 Средство специальное жидкое моющее тм CLEANEQ для посудомоечных машин, канистра 5 л</t>
+  </si>
+  <si>
+    <t>CLQ-R1-K6-L5</t>
+  </si>
+  <si>
+    <t>ЦБ-00035923</t>
+  </si>
+  <si>
+    <t>ALKADEM DWR Средство жидкое моющее тм CLEANEQ,  для конвекционных печей Debag, Miwe, MXM, флакон с ручкой 1 л</t>
+  </si>
+  <si>
+    <t>CLQ-DWR-F8-L1</t>
+  </si>
+  <si>
+    <t>ЦБ-00035926</t>
+  </si>
+  <si>
+    <t>Моющее средство для пароконвектоматов CLEANEQ CLQ-WRP-F7-L1</t>
+  </si>
+  <si>
+    <t>CLQ-WRP-F7-L1</t>
+  </si>
+  <si>
+    <t>ЦБ-00035927</t>
   </si>
   <si>
     <t>Электросушитель Jofel AA 13000 Pulsador</t>
   </si>
   <si>
     <t>AA 13000 Pulsador</t>
   </si>
   <si>
     <t>Электросушитель для рук серии Standard AA13000. Материал: ABS пластик. Тип включения: кнопочный. Мощность: 2кВт. Производительность: 40л/с. Размеры: 23х31х15см</t>
   </si>
   <si>
     <t>00000048911</t>
   </si>
   <si>
     <t>Электросушитель Jofel AA 14000 Electronico</t>
   </si>
   <si>
     <t>AA 14000 Electronico</t>
   </si>
   <si>
     <t>Электросушитель для рук серии Standard AA14000. Материал: ABS пластик. Тип включения: сенсорный. Мощность: 2кВт. Производительность: 40л/с. Размеры: 23х31х14см</t>
   </si>
   <si>
     <t>00000048912</t>
   </si>
@@ -3244,72 +3315,60 @@
   <si>
     <t>Диспенсер Jofel AH66000</t>
   </si>
   <si>
     <t>AH66000</t>
   </si>
   <si>
     <t>Диспенсер для косметических салфеток AH66000, матовая поверхность. Размеры: 65х267х132. Материал: нержавеющая сталь.</t>
   </si>
   <si>
     <t>00000165800</t>
   </si>
   <si>
     <t>Дозатор Jofel AC27650</t>
   </si>
   <si>
     <t>AC27650</t>
   </si>
   <si>
     <t>Дозатор для мыла AC27650 (черный, 1л), материал: ABS-пластик. Габариты: ширина 119 мм, длина 236 мм, глубина 89 мм.</t>
   </si>
   <si>
     <t>00000319265</t>
   </si>
   <si>
-    <t>Моющее средство для посудомоечных машин Dr. Weigert Alka  220 25кг</t>
-[...5 lines deleted...]
-    <t>Neodisher Alka 220 жидкое интенсивное моющее средство для посудомоечных машин. Высокая моющая способность сочетается с хорошей отделяющей способностью, они позволяют быстро размягчать и удалять пищевые остатки, в особенности крахмала и протеина. Жесткость воды должна быть не выше 5d (Германская шкала жесткости) по рекомендациям «Ассоциации производителей посудомоечных машин». Фарфор, нержавеющая сталь и пластик не повреждаются. Не подходит для алюминия, анодированного алюминия и сплавов легких металлов. Применение:  Используется в посудомоечных машинах: 2 - 4 мл/л при температуре выше 60С. После процедуры мойки  раствор neodisher Alka 220 должен полностью смываться соответствующим ополаскивателем. Не смешивать с другими продуктами. Промыть систему, включая все шланги, водой при переходе на другое моющее средство. Область применения: используется в госпиталях, полевых кухнях, закусочных, отелях и ресторанах. Канистра 25кг</t>
+    <t>Моющее средство для посудомоечных машин Dr. Weigert Alka 500 1л</t>
+  </si>
+  <si>
+    <t>Alka 500 1л</t>
+  </si>
+  <si>
+    <t>Neodisher Alka 500 это среднещелочной жидкий детергент с высокой защитой материала. Служит для удаления остатков соков, напитков, молока, молочных коктейлей, мороженого, пива, вина и спирта, а также губной помады без размазывания и полос. Стаканы выходят после мойки в машине без посторонних запахов. Neodisher Alka 500 был разработан в тесном сотрудничестве с ведущими производителями стаканомоечных машин. Применение: использование в стаканомоечных машинах: 1,5мл/л neodisher Alka 500 добавляется в моющий раствор вручную или при  помощи дозирующей системы. Для оборудования вспенивающего молоко: 3% раствор в соответствии с инструкцией производителя оборудования. После использования раствор neodisher Alka 500 должен полностью смываться при помощи соответствующих ополаскивателей. Не смешивать с другими средствами. Области применения: используется в качестве моющего средства в стаканомоечных машинах. Промывка молочных трубок в кофемашинах. Флакон 1л</t>
   </si>
   <si>
     <t>Dr. Weigert</t>
-  </si>
-[...10 lines deleted...]
-    <t>Neodisher Alka 500 это среднещелочной жидкий детергент с высокой защитой материала. Служит для удаления остатков соков, напитков, молока, молочных коктейлей, мороженого, пива, вина и спирта, а также губной помады без размазывания и полос. Стаканы выходят после мойки в машине без посторонних запахов. Neodisher Alka 500 был разработан в тесном сотрудничестве с ведущими производителями стаканомоечных машин. Применение: использование в стаканомоечных машинах: 1,5мл/л neodisher Alka 500 добавляется в моющий раствор вручную или при  помощи дозирующей системы. Для оборудования вспенивающего молоко: 3% раствор в соответствии с инструкцией производителя оборудования. После использования раствор neodisher Alka 500 должен полностью смываться при помощи соответствующих ополаскивателей. Не смешивать с другими средствами. Области применения: используется в качестве моющего средства в стаканомоечных машинах. Промывка молочных трубок в кофемашинах. Флакон 1л</t>
   </si>
   <si>
     <t>00000058874</t>
   </si>
   <si>
     <t>Моющее средство для кофемашин Dr. Weigert CM Tabs 0,4кг</t>
   </si>
   <si>
     <t>CM Tabs 0,4кг</t>
   </si>
   <si>
     <t>Neodisher CM tabs используются для основной и текущей мойки автоматов для приготовления эспресо. Удаляет остатки кофе, масел, воска, танинов и других тяжело выводимых  загрязнений. Применение: автоматы для приготовления эспрессо необходимо мыть каждый день. Дозировка 1 таблетка на мойку. Всегда следуйте инструкции производителя машины! Не смешивать с другими продуктами. Только для профессионального использования. Области применения: мойка автоматов для приготовления эспрессо. Банка 0,4 кг, 200 таблеток ( по 2 г.)</t>
   </si>
   <si>
     <t>00000058881</t>
   </si>
   <si>
     <t>Моющее средство для кофемашин Dr. Weigert Neodisher CMspec.1кг</t>
   </si>
   <si>
     <t>Neodisher CMspec.1кг</t>
   </si>
   <si>
     <t>Neodisher CM special кислотное моющее порошкообразное средство для удаления известкового налета с бойлеров, автоматов для приготовления кофе и любых других устройств. Его высоко-кислотное содержимое позволяет удалять любые кислото-растворимые загрязнения, такие как окалину в бойлере, неорганические отложения и накипь, в частности оксиды тяжелых металлов, таких как железо и магний. Neodisher CM special не влияет на вкус и полностью инертен по отношению к нержавеющей стали и уплотняющих материалов. Применение: Всегда следуйте инструкциям производителя оборудования. Покрытый накипью водонагревательный прибор заполните наполовину водой. Добавьте 50-100г neodisher CM special на литр воды. Нагрейте раствор до 60 – 70С оставив аппарат открытым. Для очистки трубочек и кранов закройте бойлер и аккуратно прокачайте раствор через них как только прибор будет находится под давлением. После процедуры очистки бойлер и все его части (трубки и краны) необходимо промыть несколько раз большим количеством горячей воды. Не смешивать с другими продуктами. Области применения: Используется для удаления известкового налета с бойлеров, автоматов для приготовления кофе и любых других устройств. Упаковка 1 кг</t>
   </si>
@@ -3327,53 +3386,50 @@
   </si>
   <si>
     <t>00000583522</t>
   </si>
   <si>
     <t>Ополаскивающее средство Dr. Weigert Neodisher GL</t>
   </si>
   <si>
     <t>Neodisher GL</t>
   </si>
   <si>
     <t>Ополаскивающие средства для посудомоечных машин</t>
   </si>
   <si>
     <t>Neodisher GL специальное ополаскивающее средство для стаканомоечных машин. Имеет хорошие смачивающие свойства по отношению к стеклу и глазурованным поверхностям и обеспечивает быстрое высыхание стаканов. Neodisher GL удовлетворяет особым требованиям к качеству мытья стаканов. Стаканы после мойки блестят, на них отсутствуют разводы и отпечатки пальцев, а также средство обладает нейтральным запахом и вкусом. В вымытых бокалах пиво прекрасно держит пену, игристое вино пузырится, а хорошее вино сохраняет свой букет. Применение: Используется в стаканомоечных машинах: 0,2 – 0,5 мл/л в финальном ополаскивании.
 Для использования необходима подходящая система дозирования. Предпочтительно использовать в мягкой воде. Для стаканомоечных машин рекомендуется использовать полностью или частично деионизированную воду. В соответствующих условиях neodisher GL может использоваться также и в посудомоечных машинах. Области приминения: Используется в стаканомоечных машинах. Канистра 10л</t>
   </si>
   <si>
     <t>00000058892</t>
   </si>
   <si>
     <t>Очиститель Dr. Weigert Neodisher Grill 0,75</t>
   </si>
   <si>
     <t>Neodisher Grill 0,75</t>
-  </si>
-[...1 lines deleted...]
-    <t>Очистители</t>
   </si>
   <si>
     <t>Neodisher grill интенсивное специальное моющее средство для удаления сильно приставших пищевых остатков, уже пригоревших или обуглившихся. Для удаления угля и смолянистых отложений на внутренней части печей и сковородах. Neodisher grill необходимо применять исключительно для поверхностей из железа или нержавеющей стали. neodisher grill не должен использоваться в контакте алюминием или после предварительной проверки и только в течение короткого времени воздействия. Для алюминия необходимо использовать caraform R. Применение: Средство используется посредством намазывания или используя спрей в виде концентрата или в растворе (10%) на холодные или остывшие поверхности. Затем нагревается до температуры 50-70С. Необходимо избегать высоких температур, так как это может приводить к испарению средства и появлению пятен на нержавеющей стали. После нагревания необходимо выдержать при указанной температуре (не более 5 мин.) а затем удалить остатки и тщательно смыть водой. Не смешивать с другими продуктами. Для основной мойки: автоматические конвектоматы и грили, печи и плиты на больших кухнях, печи в хлебобулочных и кондитерских, стальные колпаки для соковыжималок. Флакон 0,75л</t>
   </si>
   <si>
     <t>00000058893</t>
   </si>
   <si>
     <t>Очиститель Dr. Weigert Neodisher Grill 10л</t>
   </si>
   <si>
     <t>Neodisher Grill 10л</t>
   </si>
   <si>
     <t>Neodisher grill интенсивное специальное моющее средство для удаления сильно приставших пищевых остатков, уже пригоревших или обуглившихся. Для удаления угля и смолянистых отложений на внутренней части печей и сковородах. Neodisher grill необходимо применять исключительно для поверхностей из железа или нержавеющей стали. neodisher grill не должен использоваться в контакте алюминием или после предварительной проверки и только в течение короткого времени воздействия. Для алюминия необходимо использовать caraform R. Применение: Средство используется посредством намазывания или используя спрей в виде концентрата или в растворе (10%) на холодные или остывшие поверхности. Затем нагревается до температуры 50-70С. Необходимо избегать высоких температур, так как это может приводить к испарению средства и появлению пятен на нержавеющей стали. После нагревания необходимо выдержать при указанной температуре (не более 5 мин.) а затем удалить остатки и тщательно смыть водой. Не смешивать с другими продуктами. Для основной мойки: автоматические конвектоматы и грили, печи и плиты на больших кухнях, печи в хлебобулочных и кондитерских, стальные колпаки для соковыжималок. Канистра 10л</t>
   </si>
   <si>
     <t>00000058894</t>
   </si>
   <si>
     <t>Ополаскивающее средство Dr. Weigert Neodisher TS</t>
   </si>
   <si>
     <t>Neodisher TS</t>
   </si>
@@ -4194,53 +4250,50 @@
   </si>
   <si>
     <t>Hiwater счетчик воды HM Digital для фильтрационной системы
 Измеритель скорости потока воды (ротаметр) в диапазоне 0.8-8.0 литров в минуту (до 480 литров/час), 0.2-2.1 gpm предназначен для мониторинга производительности установки обратного осмоса.
 Вес 0.228 кг
 Бренд HM Digital, Inc. (Южная Корея)
 Описание:
 Отображает скорость потока воды в LPM (литр/мин) и GPM (галлон/мин)
 Измерение общего потребления воды в литрах или галлонах
 Идеален для размещения вод раковину или столешницу
 LCD дисплей
 Простая и быстрая самостоятельная установка и инсталляция
 Программируемый сигнал о превышении установленного значения
 Характеристики:
 Диапазоны потока: 0.8-8.0 литров в минуту (до 480 литров/час), 0.2-2.1 gpm, 0-99999 g/l
 Шаг измерения: 0.1 LPM/GPM, 1 g/l
 Погрешность: ±10%
 Вход/выход: 1/4" цанга
 Сигнал: программируемый
 Дисплей: LCD
 Питание: 2 х 1.5V AA батарейки 
 Размеры, мм: 66 x 90 x 63
 Вес, грамм: 207</t>
   </si>
   <si>
-    <t>Аксессуары для оборудования по приготовлению кофе</t>
-[...1 lines deleted...]
-  <si>
     <t>00000426822</t>
   </si>
   <si>
     <t>Моющее средство для посудомоечных машин Abat DW (5л)</t>
   </si>
   <si>
     <t>Дозировка:
 - для посудомоечных машин туннельного типа - 2-5 мл на 1 л воды
 - для посудомоечных машин купольного типа - 2-4 мл на 1 л воды
 Температура рабочего раствора - 50-70 °С.
 Концентрированное жидкое щелочное моющее средство DW предназначено для мытья различных видов посуды в посудомоечных машинах. Применяется для мытья стеклянной, фарфоровой, фаянсовой посуды, а также посуды из нержавеющей стали и пластмассы.</t>
   </si>
   <si>
     <t>00000381861</t>
   </si>
   <si>
     <t>Контейнер для мусора Cambro WBFC3045LID229</t>
   </si>
   <si>
     <t>WBFC3045LID229</t>
   </si>
   <si>
     <t>Габаритные размеры: 408х398х60 мм. Цвет: желтый. Материал: пластик.</t>
   </si>
   <si>
@@ -4388,66 +4441,50 @@
     <t>00000319323</t>
   </si>
   <si>
     <t>Ополаскивающее средство Abat DR (5л)</t>
   </si>
   <si>
     <t>Применяется после щелочных моющих средств.
 Используется в сочетании с моющим средством "Abat DW" или "Abat DW/AL".
 Дозировка:
 - для посудомоечных машин туннельного типа - 0,8-1,0 мл на 1 л воды,
 - для посудомоечных машин купольного типа - 0,2-0,5 мл на 1 л воды.
 Температура рабочего раствора - 20-95 °С.</t>
   </si>
   <si>
     <t>00000407829</t>
   </si>
   <si>
     <t>Контейнер для мусора Рестола 431202630</t>
   </si>
   <si>
     <t>Габариты 235х195х280 мм, с педалью.
 Цвет светло-серый, материал полипропилен, объем 7 л, крышка в комплекте.</t>
   </si>
   <si>
     <t>00000365266</t>
-  </si>
-[...14 lines deleted...]
-    <t>00000569356</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1092 серебристый</t>
   </si>
   <si>
     <t>KW-1092 серебристый</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1092, для рук, серебристый. Размеры: 297х183х665 мм, 220 В, 1650 Вт, температура воздуха: 40 ℃, скорость воздуха: 160 м/с, время высыхания: 9 секунд, уровень защиты: IP24, щеточный двигатель: 30000 об/мин, 1250 Вт, Материал: АБС-пластик, Цвет: серебристый, фильтр грубой очистки и HEPA</t>
   </si>
   <si>
     <t>00000569357</t>
   </si>
   <si>
     <t>Диспенсер Jofel AE58300</t>
   </si>
   <si>
     <t>AE58300</t>
   </si>
   <si>
     <t>Диспенсер для туалетной бумаги AE58300 (серия Nickel, 300 м) Материал: ABS пластик, никелированный. Вместимость: 1 рулон 300 м с шириной 90 мм и диаметром не более Ø 220 мм. Диаметр втулки мм: Ø45. Размеры: высота - 278 мм, ширина - 275 мм., глубина - 135 мм. Рулон можно легко и быстро заменить, открыв переднюю панель диспенсера. Прозрачная вставка на передней части корпуса позволяет визуально контролировать наличие бумаги в диспенсере. Крышка диспенсера фиксируется к корпусу специальным ключом. Диспенсер крепится на стену.</t>
   </si>
   <si>
     <t>00000319325</t>
   </si>
@@ -4532,71 +4569,50 @@
   <si>
     <t>Водоумягчитель Vortmax VSD 12</t>
   </si>
   <si>
     <t>VSD 12</t>
   </si>
   <si>
     <t>Габариты: 190х255х500мм , соединение 3/4, 12л, соль/рег. 1,5 кг, смола 8,4 л.</t>
   </si>
   <si>
     <t>00000277132</t>
   </si>
   <si>
     <t>Контейнер для мусора Cambro WBFC3045LID158</t>
   </si>
   <si>
     <t>WBFC3045LID158</t>
   </si>
   <si>
     <t>Габаритные размеры: 408х398х60 мм. Цвет: ярко-красный. Материал: пластик.</t>
   </si>
   <si>
     <t>00000569204</t>
   </si>
   <si>
-    <t>Фильтр водоподготовки Brita 1008951</t>
-[...19 lines deleted...]
-  <si>
     <t>Электросушитель CLEANEQ KW-1034 черный матовый</t>
   </si>
   <si>
     <t>KW-1034 черный матовый</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1034, для рук, черный матовый. Габаритные размеры: 295х165х320, 220В, 1800 Вт, температура воздуха: 45 ℃, скорость воздуха: 100 м/с, диапазон датчика: 5–15 см, уровень защиты: IP23, щеточный двигатель: 22000 об/мин, 550 Вт, Материал: нержавеющая сталь 304, окрашена в  цвет: черный матовый. Видимый сервисный синий светодиод, переключение горячего/холодного воздуха, бесступенчатое управление звуком и скоростью, HEPA-фильтр в комплекте.</t>
   </si>
   <si>
     <t>00000569362</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1040 шлифованная сталь</t>
   </si>
   <si>
     <t>KW-1040 шлифованная сталь</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1040, для рук, шлифованная сталь. Габаритные размеры: 286х102х321 мм, 220 В, Мощность1000 Вт, температура воздуха: 40 ℃, скорость воздуха: 105 м/с, диапазон датчика: 5–15 см., уровень защиты: IP23. Материал: нержавеющая сталь 304 с матовой поверхностью. Щеточный двигатель, 32000 об/мин., 600Вт, видимый сервисный синий светодиод, переключение горячего/холодного воздуха, бесступенчатое управление звуком и скоростью, HEPA-фильтр в комплекте.</t>
   </si>
   <si>
     <t>00000569363</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1040 белый глянец</t>
@@ -4635,102 +4651,63 @@
     <t>00000319326</t>
   </si>
   <si>
     <t>Защитное средство для печей и пароконвектоматов TURBO SAFE PROTECTOR, 0,6 л</t>
   </si>
   <si>
     <t>TURBO SAFE PROTECTOR 0,6л</t>
   </si>
   <si>
     <t>Создает защитный барьер, препятствует глубокому проникновению частиц термической обработки продуктов.
 В упаковке 12 бутылок по 0,6 л, низкощелочная среда рН=9.</t>
   </si>
   <si>
     <t>00000423676</t>
   </si>
   <si>
     <t>Моющее средство для пароконвектоматов Abat PW&amp;R tabs 2 в 1 (100 шт)</t>
   </si>
   <si>
     <t>Моющие таблетки 2 в 1 Abat PW&amp;R tabs (100 шт) с ополаскивающим эффектом предназначены для очистки поверхности камеры пароконвектоматов и конвекционных печей, оснащенных функцией автоматической мойки таблетками.</t>
   </si>
   <si>
     <t>00000413011</t>
   </si>
   <si>
-    <t>Диспенсер CLEANEQ KW-7336 черный глянец</t>
-[...24 lines deleted...]
-  <si>
     <t>Диспенсер CLEANEQ KW-7316 белый глянец</t>
   </si>
   <si>
     <t>KW-7316 белый глянец</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7316, для туалетной бумаги, белый глянец.Габаритные размеры: 291×118×293 мм, размер рулона: макс. диам. Ширина полотна 240 мм: макс. ширина 115 мм, рулон диаметр 45 мм или 70 мм, материал: ударопрочный пластик, цвет: белый глянцевый
 Диспенсер запираемый</t>
   </si>
   <si>
     <t>00000569369</t>
   </si>
   <si>
-    <t>Диспенсер CLEANEQ KW-7316 черный глянец</t>
-[...11 lines deleted...]
-  <si>
     <t>Диспенсер Jofel AE51000</t>
   </si>
   <si>
     <t>AE51000</t>
   </si>
   <si>
     <t>Диспенсер для туалетной бумаги в профессиональных рулонах  Azur AE51000. Материал: ABS пластик. Цвет: белый. Размеры: 27х12,6см. Вместимость: 1рулон 300м. Диаметр втулки: 4,5 см.</t>
   </si>
   <si>
     <t>00000100270</t>
   </si>
   <si>
     <t>Диспенсер Jofel AF50000</t>
   </si>
   <si>
     <t>AF50000</t>
   </si>
   <si>
     <t>Диспенсер для туалетной бумаги Azur AF50000. Материал: ABS пластик. Цвет: белый. Размеры: 14,1х28,7х13,8см. Вместимость: 2 стандартных рулона</t>
   </si>
   <si>
     <t>00000100272</t>
   </si>
   <si>
     <t>Моющее средство для пароконвектоматов Rational M56.00.562, 150 шт.</t>
@@ -4839,62 +4816,50 @@
     <t>00000569372</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7300 черный матовый</t>
   </si>
   <si>
     <t>KW-7300 черный матовый</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7300, для туалетной бумаги, черный матовый.Габаритные размеры: 255×120×260 мм, емкость салфеток: макс. диаметр 230 мм, ширина рулона салфеток: макс. 115 мм, трубка рулона салфеток: диаметр 45 и 70 мм. Цвет: Черный  матовый. Диспенсер запираемый. Материал: нержавеющая сталь 201</t>
   </si>
   <si>
     <t>00000569373</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7322 шлифованная сталь</t>
   </si>
   <si>
     <t>KW-7322 шлифованная сталь</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7322, для бумажных полотенец, шлифованная сталь. Габаритные размеры: 263х103х279 мм, толщина корпуса и основания: 0,7 мм, размер полотенца: рекомендуемый. 264 x 70 мм, сложенное в C/Z-300/500 шт., цвет: шлифованная сталь, материал: нержавеющая сталь 201 Диспенсер запираемый на ключ</t>
   </si>
   <si>
     <t>00000569374</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000569375</t>
   </si>
   <si>
     <t>Контейнер для мусора Bolognini AF07310 25L</t>
   </si>
   <si>
     <t>AF07310 25L</t>
   </si>
   <si>
     <t>Контейнер для мусора AF07310 25L (квадратный, 25л), 340х280х440мм, для промышленных и бытовых отходов, полипропилен</t>
   </si>
   <si>
     <t>00000252751</t>
   </si>
   <si>
     <t>Фен Jofel AB68500</t>
   </si>
   <si>
     <t>AB68500</t>
   </si>
   <si>
     <t>Электросушитель для волос серии Standard AB68500. Материал: ABS пластик. Мощность: 1,2кВт. Цвет: белый. Размеры: 19,2х15х7,4 см</t>
   </si>
   <si>
     <t>00000253005</t>
   </si>
@@ -5254,50 +5219,53 @@
     <t>00000280481</t>
   </si>
   <si>
     <t>Контейнер для мусора Simeco 048.0US.06466</t>
   </si>
   <si>
     <t>048.0US.06466</t>
   </si>
   <si>
     <t>Модель БМ50П      н/ст,AISI 304,D=380мм,H=600мм,с педалью</t>
   </si>
   <si>
     <t>Simeco</t>
   </si>
   <si>
     <t>00000293832</t>
   </si>
   <si>
     <t>Моющее средство для кофемашин Purocaff PUROCAFF</t>
   </si>
   <si>
     <t>PUROCAFF</t>
   </si>
   <si>
     <t>Чистящее средство для кофемашин PUROCAFF Cleaner (800 гр.). Профессиональное средство для удаления кофейных масел в порошке Purocaff предназначено для ежедневного использования. Достаточно мощное, чтобы удалить любые загрязнения и абсолютно безопасное как для организма, так и для оборудования. Как правило для одной чистки достаточно не более 2-3 граммов средства. Средство сохраняет свою активность гораздо дольше, чем аналогичные благодаря тщательному подбору ингредиентов. PUROCAFF отлично работает даже в жесткой воде. После чистки необходимо промыть оборудование чистой проточной водой. Средство упаковано в герметичную банку. Вес нетто: 800 г</t>
+  </si>
+  <si>
+    <t>Аксессуары для оборудования по приготовлению кофе</t>
   </si>
   <si>
     <t>00000286882</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1009 шлифованная сталь</t>
   </si>
   <si>
     <t>KW-1009 шлифованная сталь</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1009, для рук, шлифованная сталь. Габаритные размеры: 165х225×285 мм, напряжение 220В, эл. мощность 1650Вт, температура воздуха: 65 ℃, скорость воздуха: 13 м/с, диапазон датчика: 5–15 см., уровень защиты: IP23, электрическая изоляция: КЛАСС I, цвет: шлифофанная сталь, материал: нержавеющая сталь 304, двигатель: асинхронный двигатель, 2300 об/мин.</t>
   </si>
   <si>
     <t>00000570708</t>
   </si>
   <si>
     <t>Моющее средство для посудомоечных машин Abat Abat GR</t>
   </si>
   <si>
     <t>Abat GR (5 л) - жидкое кислотное концентрированное ополаскивающее средство для стаканомоечных машин</t>
   </si>
   <si>
     <t>Аксессуары для посудомоечного оборудования</t>
   </si>
@@ -5558,51 +5526,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64165c3f9763029f2b589ca01b701f8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4796c7065f78213abb178b66f19dc50.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd385e3b0a41b5b186a875c0e4c9d3a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caaf3542b7ac91f6ade12189dfbda3c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2280dc75701d982272ae09449c5e47a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65571d5004cd15614e941bdda6ad9e2.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be068caf02e9a6d8855223d0265d276.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7955b59aefb23e35c36721b846603d6a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52712eb58822a830c83bf7d457fc36e1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0d88339dbdd84c4c24157db4923645b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f65ea7a7ba48a4c1fb30eedec33259b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d734759353e60713e6405c298883b26d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42af88c50c330d11e0dc66339940f19a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6856c017e959bb3d2c33013d8eba1d8b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f526559e56fbd7902afac36564a3a90.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/410b3aaff8142b74e7f87eaa4a2a4d8a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef063300f3f918b2dc5fdf89aebdd06.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9d38921b5b1830f103261d3e5658eb4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3166a2e90ffe8134df2494e56fd1bdc7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9f26f3a07309ff71e8a560cbe982b5.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cba581be424400afb84f0ce14fa2212.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3ec4cd4daca8e97a371a2a89a03d9.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2715331ba3ae214190e8e1132665f6a.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca83211c755bf970377d816bea43e16.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ec9925439ee643876583f65a119ae4.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9814918ca404ff122ecdb6f94d19c758.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94ebbeb9a1d67c78dadadbb06fa26f8.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a88a5d85a1821e29661911e90988af.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0e51617e8ed7abe579fe71a3735d3d.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cec6f909c3dfff12249c081fd2649f5.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333c9671749762684938a7872ea14cb1.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640e8d7d9a32c8f2edbe4bc23a91b128.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c224d85d26f91f194e788b92551125.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186b544a08278b8886a04315f4f0d9a2.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea63d2a69c1095f2ce17ac4832afb0d.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395350fd271a9cd1a3f867f4fa8d4c60.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f482ca5f5d4ef2fda516315ea8dcb2c.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126e16efa76867a607138c51e262cbcb.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f72f57f345862d8df05d5b54ec4b5c.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401307bcbf1aa098bb00858ca6ab6937.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77093c697b05336259e7aa26e5f91ddc.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d169cfbddf699ee36291b4bbcf9da75.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b308ec142b084c0a107ff4aea765f8.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f967c15a0fb87763a11c33aa0f5890d.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae2aa9a23773d05741d1841168f9953.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f385a09d2806b79e89b9cae080fb127.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1ecf7b0d4f7667b5022c1c0a00714c.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502330c1155f9d2f21a086ee7c4ab820.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6180c0d9658d10ed38740b04a1d2d452.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d838c36ea363ff6b4c09960e2deec74d.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9a070a389fb261758b33edc20c6525.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aeec792f5883992d9f757f1296054e2.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18e13c2fdacbf9999b9d2a886926e9e0.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b713e391c1d9043c9516887ce269e7.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/994d1b0114b38fa99c77a06c5991335b.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae10ce7cee11d165b216cf772d8f1cc.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569786c13df209c023c030eb3e7839f9.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadbd332a24b9b79990c35d19487ac6f.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d5c19e8b8a720acfe215a318f93893d.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03db4398d5f06acd61eb44bf220858c2.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8133364a70598b2d3f61b9ddf83e5411.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f96256a9f783411b5146e55980826b.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303f4a0bf52a1b089c8832349a607a0.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05dfbffc42acb7a5a161d57d67461e2c.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa3554e94d972c8d800c4a07d52c77c8.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c3a7d58e5ad440e50400575957e846.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f63ae1a9179733ebae76d87d3c39ba.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e9cee81364c44925a1b344a74031a45.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c89fc2ffaa58767597fe4cd77a02409.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29101ed0b4eb5485815959608edc04d.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09136264cf6506f626c5d8c194e04e7.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232ccb6670c8ae1a8fdf1f1a03ff4125.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208a4c6551eaa90ad843d4ba19c603cd.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d916dd17b286c67ca2fc1e585f07abe.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56207b1d53a0c65b81c8fa74dc92942.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f05a2ae5baf246fbd889b18ccab26b9.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172365022fa4fb4309627e92fc97c26b.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37abb60eb2e46e73260ea2c63d62ab1.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c868f075bad7c71bee918528f9fb919.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0809a18043ae386fa8a966135c12222f.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4290252979a9a866640d7588a69273.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916f86f0c8673ad17a16aaf87669bbb5.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd27b9a149ff00e0e14b082690093c31.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971324b97116abb59c42c325ba51cd32.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd11e91c8fab9875b39c233ddb40d89.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ac3938c24aa30946248e33930fe587.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace36b1415f244d53b260a5584ce8ae5.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8311c4c2bc97c53d3a813ecfe12dd6c3.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d89f0b8b7d15c789c2c12477724489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1acc0fdb5ff4950b3dfc14385d133775.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c07714b71fdaef34ca653f84e44367a.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffddad46493fc1f292a01c081f8c1c22.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78b5b18e8c1229239db337bbaca79f4e.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d27dad159ef698cac3e80465b08711.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01527696cf79a5a33a0101e6c726c8f.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28084a3b8dbbeb30988a4b5d05f3cab5.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346c82dab28b258c8a6e23abde9cc6f6.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d7f6c73c9202a974c46d88d2a1e3a4.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2403dc26b9b384c5c2645d97a58cb96.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c8680ebb881b6038aec5d821ab4f0e.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/187d12191d868dfc51f3aaaee9f1bd3c.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37625e0f9a3c7047b6c0f9594a6b31.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b787b0b8709dcc499e81bffa38e39759.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12bbc514b34d75252781906767f40aef.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7478edd24852f7e805e307a3bef852.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5845ba0fe99b61ab7ef260450b880c86.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bebd962bbd03b26184e5f8da4d704bcd.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1712eb5f839df776af76239b48440d79.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be73324bababeca13dab19a0b17d9e8a.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1643b54506e9f5e68f408425565c4384.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf54b9ad76a641ac3c93bbceadfdc2fa.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5883655740d50aabe8c4a10845e0892f.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a863cea7614ef32d68f65759f0700d68.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba8a4a651c027eff53300cc16c048d01.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44cd83be7bd702a406c2af53165b7a34.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4075cba5c896376db4e3fcf1dd693a0c.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1657f9e59d1961ece0145f6dafadc85.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d901ee7177d60bfd17d4cdb8d4b8e8b5.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e2c23affd157a5dd9b6a5eb8b12e1f.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/424f11d75d54ad614aec5932c491d64f.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87036cbd80debf6e0c5293d21a6d582b.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e65bd39c25ee3d5ffe8bbc604cc4680.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c57cd77a008a93f817849cd99199a5.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e387fe049a99afcbec0cddb75333a4.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6050f7fb02a731e2356b4242bdab66a2.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403113334685bc67c32b3486faf362b3.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc42073d883a827b097d17a45ac345a.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/229db670263227096514cde373788835.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0c268ca6b617308c1433d1f75f74ed.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e4ef6153c7ea306733369690f65b11.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c709be850605cef7355bc755148b219b.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d23c60402304dfa4149ea750f1f92cb8.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e53dbd35f8175280af3627895d98ed2.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b2225bc039a62948c0ed391462acaa3.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c096a9580bba16de7d91b0686946e3.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b364b40b98811d1ec06b27fec36035f.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bddea5b9c41a4ab0063d8dc4b3e55f.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5beae6b382df6c425bdb18d92ec7016.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6394d7d29efb0cc8181411e70df7da83.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860d24c8d63d710230f4e8d7b5fe965a.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d0b22843c956496dc032d75a917ce2.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3023e5642d7a1fd1ba346f14384d20b7.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff5e3d049bee05fc6a35abda08ea4c2.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b89cec8d66acf83eadb7e194b7fff36.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04b34d4898c6207d7bdfb1b7e0f10ef.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e50b01ee553ac9a247bc9a1607202807.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88cc019a713c4f2a4eed0297a51ec6cc.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90227d1b720bef7b60e406105389dc96.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d293900276232ff435f1a30524613b52.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f237eeb4454237c112ab7fb91983ea3f.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b372ecea6e7b94092251d1baa6b23c32.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a38a43d19923943d769ca1bea9bccb.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b329d41c5d525bae3c65de1df18e48ee.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da2e87b8a20ed93504c50b66f3af7db.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf673283745d14810e054231a543f0a.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f747ffaf32da3bec8cac9e7be06ee750.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b229fee8dd395dc88287b42621546b76.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/997c71d9163f36d09a7a862520368d7d.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7773472b3e7b7eb021fcf5105f4c175.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2389e178dc01262d2c88c1341303fa7.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee76720db32f9d1ea223d5d48a0352f8.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10bfe43c5e6469961d26d4f13d0dae20.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e999109e1fd3a33218b51669b9fe6457.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae68a80cf014fa9e8219f63c8859c811.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b5444340fc3a4c43f738249a10e8a54.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8bc36a641128eac8ae866926943211.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b0b63f335661679915b488a363fb81.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f24f47a167354b6d2026a027b76fa2.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5689c64af9e202cc9cd6928ddab77c7.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8df642c77453fdec8320fc0dc3e85df9.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578a3d1aebfa56577dfb5e7b8fda10db.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b042631c5cb2c22de1540f8d9ad8da55.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f6633a4c772a4c627a2158acf3fae6.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec685f284b30f0896485e34bbfb64bb.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec97c2823dbf9a5630ecd0ab56e4413.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5392a6f7ee76e140cae32219a5c2493.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790e05131dddc45342485e496226ff92.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7278e41343f8b481835655e9745cc4a0.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458abb6ccf864a0b2b3034faa8a7331.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7375531bd92d046ffdeb61c2cf84aed4.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0744507fcb05aa06afa5dde87636fd6.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51cedbd1fcb476d714f76779ce5c609c.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445fd78fc5c87bf28cdc34b7240ca9e4.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c8b5133faee4748a92a066087a2eca.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb71daa453d251f8bec73498081f119.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/580a74d4f1cd684840002d6763f8901a.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38709f10b97e982b31f44fa6197c25a.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f83ca73d0e36fa8396c8e723bf1196.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cede6d83105ba124a43dda5e769905bf.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf68e9b96e69022e21fb344280aa157.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e733e86f16cba36183ad167cff574d0.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1c4586939613dd39c9c07face7467a5.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad443bf8e3c85a290f91198448e9c9cd.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8997507cbd3f71f9d07d532c63c970.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dd27103df0cb90eb7d956a9a2c4406.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c194c25517490e06181115595080df3.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06fb0ece9da503ba9be7c0ea30e8b77e.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d35ddf51a788ea0d1213731cf669d7f6.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c161705e44d7069b36f8316c9f6fd79.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a1ff0a9ba3f26fa40d5e2cdab25c97.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ab41b1202b9dbb5c7d82f311d98766.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b0e714f9e73b0b658ca00e88ba9b868.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f30679a8f76fa6c1f76c85650f72427.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4b63956b59b3f6c2d66f48c6b4a74b.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daacee860ab4c1b53a246b454510e041.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe1a7edf0019076a14a82b11925e798.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d76129aa7631c3423e98761c67f56c.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc097e94b7eb384f3317f826e7174b9.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5318224f35de5f22d04bb96b42ad3e.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6259d87aeb73945ca18012ad0a04d7e.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9e76ce025005324018168a1516d6f7.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47971b09d1468296a1ddf793f0833c5e.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539896a3ef4e8049e496b4a6ad31d972.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c44fa018a2cc8bb5056f9d4a839ae57.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/611b0fa74bab019e96c98b0840154b4f.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f444015b3a4683d02f7e24325139859e.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5f34e020e16b171cb21b95ce614d36.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f960fe18d1021ed64c0c39e20a87da15.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c53ed8e806a2c44771ad767a805b32a.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6b5682e57b395514cc2bbaecdc29b4.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfaaaa334fa4d8b43d2034ad90d51eba.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d1f21b3dc0a7c489d17156fd36f3a02.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2e4e092d485c3b2debf02b59a239d9.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb88d5f255806e8c6500997e55e279be.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba76072b700118399abc51961c26677e.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ea2b5ae61ccdd5476f88b1a97f5664.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d953611137fd67fe0cd7acbd267765.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3907927be18cbacb4a538ca4eb8ed37.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/051f4209af74b206f64297c8a427f228.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e3ab124792e994090e20c421585d635.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac3a82c1f1a260ea489b2f5261bf12d.JPG"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389bc9faa2530ffcb559cefecbe76784.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d418770b64557b76be84d529b0e21053.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e927d0dd3040534fb04ba57e84d08d33.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49201417b99ae914cceb568a34051d79.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41b930ae09c7c6ffa12b2c5977e9758.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50d8f2777b831826d37a12411c671621.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27b08e5e31dafc376a146bb445d5c75e.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/276b479655235708b66c0deaa42aa654.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ee48cf8327698d7242cc42df1cc85d.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8608423734e2bd542e449aa976c1bdb.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76606785cd297207307f932d281f7a73.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9cc1a2a644f8651a58b0dd98de2779.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5ebcfd55024713ccb52ee6103076e1.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d37d368ffa6bd0b3782aa158a1cf56.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51dee1d798c68a7150b58211e47ce300.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2781f8e9e9d3847c385e716e3743347.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08399eff7ff298dfa392a677a7b8da8.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72db1fc6214ec36eede55dc60829ad8d.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b592b39b00740a8d6179cfa5db3a548.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/384de0ba9b81439e9a07bf6af1426171.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c18d21ab2e506c64ce0c013c5085d9f.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26267dd29b8c19cffc733bb3c9cf9ef1.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c8d12d07bcc549530f8f88858c2ab4a.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a6ae9b46a0be953300117243822e65.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a971222fbe5f69eaa21d84122c6055af.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd162c1b81cd6e4a7d89abd4629ca0ae.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07df136c45b35a448b114aad19b9882.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e9eb3fba48f8980f00edda9de1dcb7.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bed59a7f0e32ee6cfe75e567f1f0c78.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bb138ff632f320bb68f276778c4c34.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c745c55fd8ae1f32a74c643efcb03493.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545c25ce200b59950fc1f1f6fa48ef93.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cca5ca44489a4e175dbe2ff857fa46.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0bb96f9d1326b96b071c8bf19385ab.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c61fc872063c35e173f50bd90c13445f.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df172cb467b32533f5b9552e10ee0102.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222c483d74823c6131edbb5b1837ab8.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07be44474b8b14094d48dd3280dfd8b.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92996926cae6872de8702934c870368.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0e96f381e885eb24e550e0fdc3e2d7.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9645d152dc5c73ec71babdd65c19b54d.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e228989bdd664c21a3833248cdba7c5.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d37da476c8631aa66cc37b4b1cee280.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5301ff05a494175851f0d0f0b26bfd.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb54b47cb0af364df6e2c3083b71049e.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4cc280b2731b04cd733a4e5b55afe1b.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e682dd7a7ca3626db9e501bd1ca75825.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ef80314442115d973974f45512963a9.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b840999362f8997914c3b7d4b3ba5b9.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf77ee2884375414e022a536ba56868.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41ee50bde49e9ff13b9c79297c30054f.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0443283a7d8ff63695e94af7fa292ba7.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bc271ebbbff70730ea18a5b7ae059d.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9042e9329343d38fdebf7bb4b0c25b.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad02ef5c3a6438d841a2f3e697e0403e.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39554fbaaadbe424398cba3e79fbb4b2.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cc5e271867e1e7e4612da96d22b524d.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db6b0a99653bb00a09f9bca68e9cf0d.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708d4aa412479341c010ded0ffd583d4.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d20698d9bf6697e6eef61c7b25e1d651.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8f99e68efd1cf2f14e487d20aceaed.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abcad4da107cd6cafd1152c6cbae2a86.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e7b8d6ff49155af26f3d38f8d4e01db.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5011871f0f5d97690a11e90ac6cdf00.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5488633d070cf5d2efb8d7fe931534ff.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23df75b98dad9d4ff2a40f0e1d268ff9.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637d19155cc2ed5d1c8aecd40fa384a2.JPG"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2355658aa99ee359a9b377f339e54bf.JPG"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf2aee3ca01dc3411e19207e89b9489.JPG"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d039699f24ace85f21f7836958a48d60.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37eb8ee49b88485c11ae8816a02eaf8d.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5e5d2b6e8b90a852a5aea9f18a9c40.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81402179b3ed55364e99618784f33ba.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16085abfb0ce69226949057594436f2b.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f20253c84dd655cf167a5753c064e5.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fe687d10caa12536a4a334d85f017bc.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d51f3e94132401b42a092728493b817.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f9859748b3b17dbce9c91b00ea54386.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9caef698edb28e1eca5fcf48742441.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0d8452ec14745f7cfc6b539886dde1.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4d01d748afa4fe325d5120dc944984.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81555354dbf8e8e3601df475228f4966.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e0c7f50cb195c7ad6892d6cded3eae.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f033350976b9c04ad3c108762f49269b.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811dbf3ad0439ec522503a21441ca48b.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/952b8a408edef3f0560ab84cfbf28002.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c57807712bafe157efdf231000e34c.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e74e7e8181d4407d5cca2a6ca8b6f41.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f089836d7418abac8f4cf8e4c91e70.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89543d5265a423933342d9c6330bf604.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fb4d2e49c29c530fa31218c15d0c9c.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57d3c4d600a4b3d3e8355195cb64e97.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f37b82a244153ec23780a352909ef4.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a30eeb824283b224e24d02ebb7875a.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f9aca276e85077b91cded4dec1a9d53.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ae8cf591fac2de6817e688546395e0.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4211396574da04d69c428c5362985b1.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e965a8ca9f644131949777d24818852.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38a7389cbcf4d58388022f4fbbed333.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7341021b16069447bda31ba32198968.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e311e1e32b555328b2f71ca860e1bd77.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f39bf2ab3ca492018d7ea2787d13c2b.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85d69249a1682c0608c004520be5fd9.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/057edf41c55904662c25e8e63ba95ab1.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa513dc6dac097741d85d64718ae5ad1.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6212e16b82f41b7404114da50509c914.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a724f7cdd5c09a7bba326db02c599f9.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6117654e7328ac0e54b49940593615b0.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45420c0ad52ac0eab8909da3867432b9.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf18d45644e4149fb3b8210895d71134.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d3d767225bb341dfc57a7646414695d.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128355795fc8f5d7f722e6b352676292.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7442e7f78d8b100820318d307d1c9c08.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b161babf49a622cb851edb336866d3c4.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9bf634f81f93e3205fd1211d3d90d81.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3648e0f2047b9077a452b620e1f0a04b.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4e70918bfc44ce11c85814e931c059.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e1627f3512e5d369882e00082f5021.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6deb0895003be0ac32630cd38fce4502.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976266b3b454707d239c033a779cd31b.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b506c64e96ef0c52372e5a250edc98ba.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf3a4b83885e95a22c39f127e38dbd3.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a6311e62356860448ce551e613299f.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46d23b1d951d4a5d5bc9635779914277.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/957d569d3ac8f15ab826b13b8ee04656.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b92c20875641c4e1fa006b979a4ba9.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8522e57458533eac991a40dc03834bfb.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2400b42bdb389fedee87f07a7c5c1f.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f3670d86080188225ede6e99b389d9.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e6db0873c0ba15df7d777e200aa917.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a20ab23dafb16e50f2ac28fc7249ddea.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cd8e89db06697aff8f1348f1801796.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b617dc07e1572cd601a1da30d84dfc8d.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f953fd62114e8a7cbf3724fd9b635ccb.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df41004bd3d25e8a3894c827a54794b.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7021f6218b865c915efea35f606fa04e.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2503a9b023146886ce16382dafdd9528.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbd7ed56d8afc0afeb0d8e2461ab83d5.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f6db6d962ecab3cd9111d28e35a7ff.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f56681754e8834ccb02e96403754aa.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae109ee08e596f2c6fd0e914de11648f.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7216c2156ea1455f062196f921889cdf.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844422fbd6230c8b2282ced0142493d3.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f970577f685ab26f383e7446fdf97715.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890acd22911adcd74e55564be7dfe02d.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85924c751c8b62983a63e59815574e9.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90cc9742bb2f895353317a89021a51ff.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fae08e31109dba54633bc2091aa3830.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14dcecd5672ba8f6ef1fb5328bfbd6c9.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbcdfc3a1fe0f896466f5f683ce5aa0f.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3da16bde3c23c174e08ef42f04095da.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f89c9ca6a59c181c6e3ab2fb68f2da.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d31d3ef536916b1b19262fe635ac3d.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36889d3a4263c95f3a8bf32e32e7ae20.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114f4a4d61fb279c9aeec2f0b0871138.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6c5463cf0ef24bb0d895f540b4a41c.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b994f2d06ac351375acddcd2095155aa.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e113e5b6c55f37a9a4f97b57c61b59ac.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df0941f7e6e9725067cf9c14b321dcf.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eae3da85051cafec38a0bf81331d212.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3842d4a0d9c44ee5299ea67cd37fd08.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738f8c135bb165136c94702e40c94e21.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73fbe61fde98dc4fb73512eb2200b220.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4ac48bff4f19885bad42bc610e523f.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6186173444b8c2c4b30319b0b690be5e.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334dee78984330f7215f0e71459f6d7c.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a70cb75628ee5a9b9c26ca5734608c.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3989d36d2ced0361ccad25982b2bcc34.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35bbd10afab7a3f4960cd9d3d173c8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64165c3f9763029f2b589ca01b701f8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4796c7065f78213abb178b66f19dc50.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd385e3b0a41b5b186a875c0e4c9d3a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caaf3542b7ac91f6ade12189dfbda3c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2280dc75701d982272ae09449c5e47a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65571d5004cd15614e941bdda6ad9e2.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be068caf02e9a6d8855223d0265d276.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7955b59aefb23e35c36721b846603d6a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52712eb58822a830c83bf7d457fc36e1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0d88339dbdd84c4c24157db4923645b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f65ea7a7ba48a4c1fb30eedec33259b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d734759353e60713e6405c298883b26d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42af88c50c330d11e0dc66339940f19a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6856c017e959bb3d2c33013d8eba1d8b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f526559e56fbd7902afac36564a3a90.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/410b3aaff8142b74e7f87eaa4a2a4d8a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef063300f3f918b2dc5fdf89aebdd06.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9d38921b5b1830f103261d3e5658eb4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3166a2e90ffe8134df2494e56fd1bdc7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9f26f3a07309ff71e8a560cbe982b5.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cba581be424400afb84f0ce14fa2212.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3ec4cd4daca8e97a371a2a89a03d9.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2715331ba3ae214190e8e1132665f6a.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca83211c755bf970377d816bea43e16.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ec9925439ee643876583f65a119ae4.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9814918ca404ff122ecdb6f94d19c758.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94ebbeb9a1d67c78dadadbb06fa26f8.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a88a5d85a1821e29661911e90988af.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0e51617e8ed7abe579fe71a3735d3d.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cec6f909c3dfff12249c081fd2649f5.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333c9671749762684938a7872ea14cb1.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640e8d7d9a32c8f2edbe4bc23a91b128.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c224d85d26f91f194e788b92551125.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186b544a08278b8886a04315f4f0d9a2.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea63d2a69c1095f2ce17ac4832afb0d.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395350fd271a9cd1a3f867f4fa8d4c60.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f482ca5f5d4ef2fda516315ea8dcb2c.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126e16efa76867a607138c51e262cbcb.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f72f57f345862d8df05d5b54ec4b5c.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401307bcbf1aa098bb00858ca6ab6937.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77093c697b05336259e7aa26e5f91ddc.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d169cfbddf699ee36291b4bbcf9da75.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b308ec142b084c0a107ff4aea765f8.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f967c15a0fb87763a11c33aa0f5890d.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae2aa9a23773d05741d1841168f9953.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f385a09d2806b79e89b9cae080fb127.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1ecf7b0d4f7667b5022c1c0a00714c.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502330c1155f9d2f21a086ee7c4ab820.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6180c0d9658d10ed38740b04a1d2d452.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d838c36ea363ff6b4c09960e2deec74d.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9a070a389fb261758b33edc20c6525.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aeec792f5883992d9f757f1296054e2.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18e13c2fdacbf9999b9d2a886926e9e0.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b713e391c1d9043c9516887ce269e7.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/994d1b0114b38fa99c77a06c5991335b.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae10ce7cee11d165b216cf772d8f1cc.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569786c13df209c023c030eb3e7839f9.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadbd332a24b9b79990c35d19487ac6f.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d5c19e8b8a720acfe215a318f93893d.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03db4398d5f06acd61eb44bf220858c2.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8133364a70598b2d3f61b9ddf83e5411.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f96256a9f783411b5146e55980826b.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303f4a0bf52a1b089c8832349a607a0.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05dfbffc42acb7a5a161d57d67461e2c.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa3554e94d972c8d800c4a07d52c77c8.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c3a7d58e5ad440e50400575957e846.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f63ae1a9179733ebae76d87d3c39ba.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e9cee81364c44925a1b344a74031a45.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c89fc2ffaa58767597fe4cd77a02409.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29101ed0b4eb5485815959608edc04d.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09136264cf6506f626c5d8c194e04e7.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232ccb6670c8ae1a8fdf1f1a03ff4125.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208a4c6551eaa90ad843d4ba19c603cd.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d916dd17b286c67ca2fc1e585f07abe.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56207b1d53a0c65b81c8fa74dc92942.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f05a2ae5baf246fbd889b18ccab26b9.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172365022fa4fb4309627e92fc97c26b.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37abb60eb2e46e73260ea2c63d62ab1.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c868f075bad7c71bee918528f9fb919.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0809a18043ae386fa8a966135c12222f.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4290252979a9a866640d7588a69273.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916f86f0c8673ad17a16aaf87669bbb5.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd27b9a149ff00e0e14b082690093c31.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971324b97116abb59c42c325ba51cd32.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd11e91c8fab9875b39c233ddb40d89.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ac3938c24aa30946248e33930fe587.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace36b1415f244d53b260a5584ce8ae5.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8311c4c2bc97c53d3a813ecfe12dd6c3.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d89f0b8b7d15c789c2c12477724489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1acc0fdb5ff4950b3dfc14385d133775.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c07714b71fdaef34ca653f84e44367a.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffddad46493fc1f292a01c081f8c1c22.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78b5b18e8c1229239db337bbaca79f4e.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d27dad159ef698cac3e80465b08711.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01527696cf79a5a33a0101e6c726c8f.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28084a3b8dbbeb30988a4b5d05f3cab5.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346c82dab28b258c8a6e23abde9cc6f6.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d7f6c73c9202a974c46d88d2a1e3a4.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2403dc26b9b384c5c2645d97a58cb96.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c8680ebb881b6038aec5d821ab4f0e.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/187d12191d868dfc51f3aaaee9f1bd3c.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37625e0f9a3c7047b6c0f9594a6b31.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b787b0b8709dcc499e81bffa38e39759.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12bbc514b34d75252781906767f40aef.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7478edd24852f7e805e307a3bef852.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5845ba0fe99b61ab7ef260450b880c86.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bebd962bbd03b26184e5f8da4d704bcd.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1712eb5f839df776af76239b48440d79.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be73324bababeca13dab19a0b17d9e8a.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1643b54506e9f5e68f408425565c4384.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf54b9ad76a641ac3c93bbceadfdc2fa.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5883655740d50aabe8c4a10845e0892f.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a863cea7614ef32d68f65759f0700d68.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba8a4a651c027eff53300cc16c048d01.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44cd83be7bd702a406c2af53165b7a34.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4075cba5c896376db4e3fcf1dd693a0c.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1657f9e59d1961ece0145f6dafadc85.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d901ee7177d60bfd17d4cdb8d4b8e8b5.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e2c23affd157a5dd9b6a5eb8b12e1f.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/424f11d75d54ad614aec5932c491d64f.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87036cbd80debf6e0c5293d21a6d582b.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e65bd39c25ee3d5ffe8bbc604cc4680.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c57cd77a008a93f817849cd99199a5.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e387fe049a99afcbec0cddb75333a4.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6050f7fb02a731e2356b4242bdab66a2.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403113334685bc67c32b3486faf362b3.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc42073d883a827b097d17a45ac345a.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/229db670263227096514cde373788835.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0c268ca6b617308c1433d1f75f74ed.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e4ef6153c7ea306733369690f65b11.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c709be850605cef7355bc755148b219b.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d23c60402304dfa4149ea750f1f92cb8.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e53dbd35f8175280af3627895d98ed2.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b2225bc039a62948c0ed391462acaa3.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c096a9580bba16de7d91b0686946e3.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b364b40b98811d1ec06b27fec36035f.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bddea5b9c41a4ab0063d8dc4b3e55f.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5beae6b382df6c425bdb18d92ec7016.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6394d7d29efb0cc8181411e70df7da83.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860d24c8d63d710230f4e8d7b5fe965a.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d0b22843c956496dc032d75a917ce2.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3023e5642d7a1fd1ba346f14384d20b7.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff5e3d049bee05fc6a35abda08ea4c2.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b89cec8d66acf83eadb7e194b7fff36.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04b34d4898c6207d7bdfb1b7e0f10ef.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e50b01ee553ac9a247bc9a1607202807.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88cc019a713c4f2a4eed0297a51ec6cc.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90227d1b720bef7b60e406105389dc96.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d293900276232ff435f1a30524613b52.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b372ecea6e7b94092251d1baa6b23c32.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a38a43d19923943d769ca1bea9bccb.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b329d41c5d525bae3c65de1df18e48ee.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da2e87b8a20ed93504c50b66f3af7db.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf673283745d14810e054231a543f0a.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f747ffaf32da3bec8cac9e7be06ee750.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b229fee8dd395dc88287b42621546b76.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/997c71d9163f36d09a7a862520368d7d.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7773472b3e7b7eb021fcf5105f4c175.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2389e178dc01262d2c88c1341303fa7.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee76720db32f9d1ea223d5d48a0352f8.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10bfe43c5e6469961d26d4f13d0dae20.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e999109e1fd3a33218b51669b9fe6457.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae68a80cf014fa9e8219f63c8859c811.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b5444340fc3a4c43f738249a10e8a54.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8bc36a641128eac8ae866926943211.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b0b63f335661679915b488a363fb81.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f24f47a167354b6d2026a027b76fa2.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5689c64af9e202cc9cd6928ddab77c7.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8df642c77453fdec8320fc0dc3e85df9.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578a3d1aebfa56577dfb5e7b8fda10db.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b042631c5cb2c22de1540f8d9ad8da55.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f6633a4c772a4c627a2158acf3fae6.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec685f284b30f0896485e34bbfb64bb.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec97c2823dbf9a5630ecd0ab56e4413.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5392a6f7ee76e140cae32219a5c2493.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790e05131dddc45342485e496226ff92.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7278e41343f8b481835655e9745cc4a0.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458abb6ccf864a0b2b3034faa8a7331.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7375531bd92d046ffdeb61c2cf84aed4.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0744507fcb05aa06afa5dde87636fd6.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51cedbd1fcb476d714f76779ce5c609c.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445fd78fc5c87bf28cdc34b7240ca9e4.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c8b5133faee4748a92a066087a2eca.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb71daa453d251f8bec73498081f119.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/580a74d4f1cd684840002d6763f8901a.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38709f10b97e982b31f44fa6197c25a.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f83ca73d0e36fa8396c8e723bf1196.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cede6d83105ba124a43dda5e769905bf.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf68e9b96e69022e21fb344280aa157.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e733e86f16cba36183ad167cff574d0.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1c4586939613dd39c9c07face7467a5.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad443bf8e3c85a290f91198448e9c9cd.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8997507cbd3f71f9d07d532c63c970.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dd27103df0cb90eb7d956a9a2c4406.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c194c25517490e06181115595080df3.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06fb0ece9da503ba9be7c0ea30e8b77e.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d35ddf51a788ea0d1213731cf669d7f6.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c161705e44d7069b36f8316c9f6fd79.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a1ff0a9ba3f26fa40d5e2cdab25c97.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ab41b1202b9dbb5c7d82f311d98766.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b0e714f9e73b0b658ca00e88ba9b868.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f30679a8f76fa6c1f76c85650f72427.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4b63956b59b3f6c2d66f48c6b4a74b.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daacee860ab4c1b53a246b454510e041.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe1a7edf0019076a14a82b11925e798.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d76129aa7631c3423e98761c67f56c.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc097e94b7eb384f3317f826e7174b9.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5318224f35de5f22d04bb96b42ad3e.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6259d87aeb73945ca18012ad0a04d7e.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9e76ce025005324018168a1516d6f7.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47971b09d1468296a1ddf793f0833c5e.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539896a3ef4e8049e496b4a6ad31d972.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c44fa018a2cc8bb5056f9d4a839ae57.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/611b0fa74bab019e96c98b0840154b4f.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f444015b3a4683d02f7e24325139859e.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5f34e020e16b171cb21b95ce614d36.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f960fe18d1021ed64c0c39e20a87da15.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c53ed8e806a2c44771ad767a805b32a.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6b5682e57b395514cc2bbaecdc29b4.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfaaaa334fa4d8b43d2034ad90d51eba.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d1f21b3dc0a7c489d17156fd36f3a02.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2e4e092d485c3b2debf02b59a239d9.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb88d5f255806e8c6500997e55e279be.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba76072b700118399abc51961c26677e.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ea2b5ae61ccdd5476f88b1a97f5664.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d953611137fd67fe0cd7acbd267765.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3907927be18cbacb4a538ca4eb8ed37.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/051f4209af74b206f64297c8a427f228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e3ab124792e994090e20c421585d635.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac3a82c1f1a260ea489b2f5261bf12d.JPG"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389bc9faa2530ffcb559cefecbe76784.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d418770b64557b76be84d529b0e21053.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e927d0dd3040534fb04ba57e84d08d33.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49201417b99ae914cceb568a34051d79.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41b930ae09c7c6ffa12b2c5977e9758.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50d8f2777b831826d37a12411c671621.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27b08e5e31dafc376a146bb445d5c75e.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/276b479655235708b66c0deaa42aa654.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ee48cf8327698d7242cc42df1cc85d.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8608423734e2bd542e449aa976c1bdb.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76606785cd297207307f932d281f7a73.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9cc1a2a644f8651a58b0dd98de2779.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5ebcfd55024713ccb52ee6103076e1.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d37d368ffa6bd0b3782aa158a1cf56.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51dee1d798c68a7150b58211e47ce300.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08399eff7ff298dfa392a677a7b8da8.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72db1fc6214ec36eede55dc60829ad8d.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b592b39b00740a8d6179cfa5db3a548.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/384de0ba9b81439e9a07bf6af1426171.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c18d21ab2e506c64ce0c013c5085d9f.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26267dd29b8c19cffc733bb3c9cf9ef1.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c8d12d07bcc549530f8f88858c2ab4a.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a6ae9b46a0be953300117243822e65.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a971222fbe5f69eaa21d84122c6055af.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd162c1b81cd6e4a7d89abd4629ca0ae.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07df136c45b35a448b114aad19b9882.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e9eb3fba48f8980f00edda9de1dcb7.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bed59a7f0e32ee6cfe75e567f1f0c78.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bb138ff632f320bb68f276778c4c34.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c745c55fd8ae1f32a74c643efcb03493.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545c25ce200b59950fc1f1f6fa48ef93.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cca5ca44489a4e175dbe2ff857fa46.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0bb96f9d1326b96b071c8bf19385ab.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c61fc872063c35e173f50bd90c13445f.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df172cb467b32533f5b9552e10ee0102.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222c483d74823c6131edbb5b1837ab8.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07be44474b8b14094d48dd3280dfd8b.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92996926cae6872de8702934c870368.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0e96f381e885eb24e550e0fdc3e2d7.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9645d152dc5c73ec71babdd65c19b54d.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e228989bdd664c21a3833248cdba7c5.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d37da476c8631aa66cc37b4b1cee280.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5301ff05a494175851f0d0f0b26bfd.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb54b47cb0af364df6e2c3083b71049e.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4cc280b2731b04cd733a4e5b55afe1b.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e682dd7a7ca3626db9e501bd1ca75825.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ef80314442115d973974f45512963a9.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b840999362f8997914c3b7d4b3ba5b9.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf77ee2884375414e022a536ba56868.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41ee50bde49e9ff13b9c79297c30054f.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0443283a7d8ff63695e94af7fa292ba7.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bc271ebbbff70730ea18a5b7ae059d.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9042e9329343d38fdebf7bb4b0c25b.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad02ef5c3a6438d841a2f3e697e0403e.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39554fbaaadbe424398cba3e79fbb4b2.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cc5e271867e1e7e4612da96d22b524d.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db6b0a99653bb00a09f9bca68e9cf0d.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708d4aa412479341c010ded0ffd583d4.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d20698d9bf6697e6eef61c7b25e1d651.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8f99e68efd1cf2f14e487d20aceaed.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abcad4da107cd6cafd1152c6cbae2a86.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e7b8d6ff49155af26f3d38f8d4e01db.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5011871f0f5d97690a11e90ac6cdf00.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5488633d070cf5d2efb8d7fe931534ff.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23df75b98dad9d4ff2a40f0e1d268ff9.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637d19155cc2ed5d1c8aecd40fa384a2.JPG"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2355658aa99ee359a9b377f339e54bf.JPG"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf2aee3ca01dc3411e19207e89b9489.JPG"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d039699f24ace85f21f7836958a48d60.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37eb8ee49b88485c11ae8816a02eaf8d.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5e5d2b6e8b90a852a5aea9f18a9c40.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81402179b3ed55364e99618784f33ba.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16085abfb0ce69226949057594436f2b.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f20253c84dd655cf167a5753c064e5.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fe687d10caa12536a4a334d85f017bc.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d51f3e94132401b42a092728493b817.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f9859748b3b17dbce9c91b00ea54386.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9caef698edb28e1eca5fcf48742441.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0d8452ec14745f7cfc6b539886dde1.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4d01d748afa4fe325d5120dc944984.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81555354dbf8e8e3601df475228f4966.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e0c7f50cb195c7ad6892d6cded3eae.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f033350976b9c04ad3c108762f49269b.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811dbf3ad0439ec522503a21441ca48b.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/952b8a408edef3f0560ab84cfbf28002.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c57807712bafe157efdf231000e34c.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e74e7e8181d4407d5cca2a6ca8b6f41.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f089836d7418abac8f4cf8e4c91e70.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89543d5265a423933342d9c6330bf604.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fb4d2e49c29c530fa31218c15d0c9c.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57d3c4d600a4b3d3e8355195cb64e97.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f37b82a244153ec23780a352909ef4.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a30eeb824283b224e24d02ebb7875a.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f9aca276e85077b91cded4dec1a9d53.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ae8cf591fac2de6817e688546395e0.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4211396574da04d69c428c5362985b1.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38a7389cbcf4d58388022f4fbbed333.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7341021b16069447bda31ba32198968.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e311e1e32b555328b2f71ca860e1bd77.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f39bf2ab3ca492018d7ea2787d13c2b.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85d69249a1682c0608c004520be5fd9.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/057edf41c55904662c25e8e63ba95ab1.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa513dc6dac097741d85d64718ae5ad1.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6212e16b82f41b7404114da50509c914.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a724f7cdd5c09a7bba326db02c599f9.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf18d45644e4149fb3b8210895d71134.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d3d767225bb341dfc57a7646414695d.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128355795fc8f5d7f722e6b352676292.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7442e7f78d8b100820318d307d1c9c08.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b161babf49a622cb851edb336866d3c4.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4e70918bfc44ce11c85814e931c059.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6deb0895003be0ac32630cd38fce4502.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976266b3b454707d239c033a779cd31b.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b506c64e96ef0c52372e5a250edc98ba.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf3a4b83885e95a22c39f127e38dbd3.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a6311e62356860448ce551e613299f.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46d23b1d951d4a5d5bc9635779914277.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/957d569d3ac8f15ab826b13b8ee04656.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b92c20875641c4e1fa006b979a4ba9.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8522e57458533eac991a40dc03834bfb.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2400b42bdb389fedee87f07a7c5c1f.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f3670d86080188225ede6e99b389d9.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e6db0873c0ba15df7d777e200aa917.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cd8e89db06697aff8f1348f1801796.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b617dc07e1572cd601a1da30d84dfc8d.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f953fd62114e8a7cbf3724fd9b635ccb.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df41004bd3d25e8a3894c827a54794b.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7021f6218b865c915efea35f606fa04e.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2503a9b023146886ce16382dafdd9528.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbd7ed56d8afc0afeb0d8e2461ab83d5.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f6db6d962ecab3cd9111d28e35a7ff.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f56681754e8834ccb02e96403754aa.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae109ee08e596f2c6fd0e914de11648f.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7216c2156ea1455f062196f921889cdf.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844422fbd6230c8b2282ced0142493d3.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f970577f685ab26f383e7446fdf97715.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890acd22911adcd74e55564be7dfe02d.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85924c751c8b62983a63e59815574e9.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90cc9742bb2f895353317a89021a51ff.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fae08e31109dba54633bc2091aa3830.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14dcecd5672ba8f6ef1fb5328bfbd6c9.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbcdfc3a1fe0f896466f5f683ce5aa0f.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3da16bde3c23c174e08ef42f04095da.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f89c9ca6a59c181c6e3ab2fb68f2da.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d31d3ef536916b1b19262fe635ac3d.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36889d3a4263c95f3a8bf32e32e7ae20.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114f4a4d61fb279c9aeec2f0b0871138.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6c5463cf0ef24bb0d895f540b4a41c.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b994f2d06ac351375acddcd2095155aa.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e113e5b6c55f37a9a4f97b57c61b59ac.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df0941f7e6e9725067cf9c14b321dcf.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eae3da85051cafec38a0bf81331d212.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3842d4a0d9c44ee5299ea67cd37fd08.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738f8c135bb165136c94702e40c94e21.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73fbe61fde98dc4fb73512eb2200b220.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4ac48bff4f19885bad42bc610e523f.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6186173444b8c2c4b30319b0b690be5e.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334dee78984330f7215f0e71459f6d7c.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a70cb75628ee5a9b9c26ca5734608c.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3989d36d2ced0361ccad25982b2bcc34.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35bbd10afab7a3f4960cd9d3d173c8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="866775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10040,7560 +10008,7290 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>165</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="image_166" descr="image_166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="image_167" descr="image_167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="image_168" descr="image_168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="image_169" descr="image_169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="image_170" descr="image_170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="image_166" descr="image_166"/>
-[...23 lines deleted...]
-      <xdr:row>166</xdr:row>
+        <xdr:cNvPr id="155" name="image_171" descr="image_171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="image_172" descr="image_172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="image_173" descr="image_173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="image_174" descr="image_174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="image_175" descr="image_175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="image_176" descr="image_176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="image_177" descr="image_177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="image_178" descr="image_178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="790575" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="image_179" descr="image_179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="600075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="image_180" descr="image_180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="image_181" descr="image_181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="image_182" descr="image_182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="image_183" descr="image_183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="image_184" descr="image_184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1076325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="image_185" descr="image_185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="image_186" descr="image_186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="image_196" descr="image_196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>196</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="image_197" descr="image_197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="image_198" descr="image_198"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="image_199" descr="image_199"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>199</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="image_167" descr="image_167"/>
-[...23 lines deleted...]
-      <xdr:row>167</xdr:row>
+        <xdr:cNvPr id="175" name="image_200" descr="image_200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="942975" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="image_202" descr="image_202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>202</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="image_168" descr="image_168"/>
-[...23 lines deleted...]
-      <xdr:row>168</xdr:row>
+        <xdr:cNvPr id="177" name="image_203" descr="image_203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="image_204" descr="image_204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="image_205" descr="image_205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>205</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="image_169" descr="image_169"/>
-[...23 lines deleted...]
-      <xdr:row>169</xdr:row>
+        <xdr:cNvPr id="180" name="image_206" descr="image_206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="image_207" descr="image_207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="image_208" descr="image_208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="image_209" descr="image_209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="image_210" descr="image_210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="image_211" descr="image_211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="image_212" descr="image_212"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="image_213" descr="image_213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="image_214" descr="image_214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>214</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="image_170" descr="image_170"/>
-[...23 lines deleted...]
-      <xdr:row>170</xdr:row>
+        <xdr:cNvPr id="189" name="image_215" descr="image_215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="image_216" descr="image_216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="image_217" descr="image_217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>217</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="image_218" descr="image_218"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="image_219" descr="image_219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="image_220" descr="image_220"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="image_221" descr="image_221"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="image_222" descr="image_222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="image_223" descr="image_223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="image_224" descr="image_224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="image_225" descr="image_225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="image_226" descr="image_226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>226</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="image_171" descr="image_171"/>
-[...23 lines deleted...]
-      <xdr:row>171</xdr:row>
+        <xdr:cNvPr id="201" name="image_227" descr="image_227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="image_228" descr="image_228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1133475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="image_229" descr="image_229"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>229</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="image_172" descr="image_172"/>
-[...23 lines deleted...]
-      <xdr:row>172</xdr:row>
+        <xdr:cNvPr id="204" name="image_230" descr="image_230"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>230</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="image_173" descr="image_173"/>
-[...23 lines deleted...]
-      <xdr:row>173</xdr:row>
+        <xdr:cNvPr id="205" name="image_231" descr="image_231"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="image_232" descr="image_232"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="207" name="image_233" descr="image_233"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="208" name="image_234" descr="image_234"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="image_235" descr="image_235"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="image_236" descr="image_236"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="image_237" descr="image_237"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>237</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="image_238" descr="image_238"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="image_174" descr="image_174"/>
-[...23 lines deleted...]
-      <xdr:row>174</xdr:row>
+        <xdr:cNvPr id="213" name="image_239" descr="image_239"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="466725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="image_240" descr="image_240"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="image_241" descr="image_241"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="image_242" descr="image_242"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>242</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="image_243" descr="image_243"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>243</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="image_244" descr="image_244"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="image_245" descr="image_245"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>245</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="657225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="image_246" descr="image_246"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1285875" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="image_247" descr="image_247"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="image_248" descr="image_248"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="image_249" descr="image_249"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>249</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="image_250" descr="image_250"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="image_251" descr="image_251"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="image_252" descr="image_252"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="image_253" descr="image_253"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="image_254" descr="image_254"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="image_255" descr="image_255"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="933450" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="image_256" descr="image_256"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>256</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="image_257" descr="image_257"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="image_258" descr="image_258"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="image_259" descr="image_259"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>259</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="image_175" descr="image_175"/>
-[...23 lines deleted...]
-      <xdr:row>175</xdr:row>
+        <xdr:cNvPr id="234" name="image_260" descr="image_260"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="581025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="image_261" descr="image_261"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="image_262" descr="image_262"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="image_263" descr="image_263"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="image_264" descr="image_264"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="image_265" descr="image_265"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="image_266" descr="image_266"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>266</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="image_176" descr="image_176"/>
-[...23 lines deleted...]
-      <xdr:row>176</xdr:row>
+        <xdr:cNvPr id="241" name="image_267" descr="image_267"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="image_268" descr="image_268"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="image_177" descr="image_177"/>
-[...23 lines deleted...]
-      <xdr:row>177</xdr:row>
+        <xdr:cNvPr id="243" name="image_270" descr="image_270"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="image_271" descr="image_271"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="image_272" descr="image_272"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="image_273" descr="image_273"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="image_274" descr="image_274"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="image_275" descr="image_275"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="image_276" descr="image_276"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="image_277" descr="image_277"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="image_278" descr="image_278"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="252" name="image_279" descr="image_279"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="image_280" descr="image_280"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>280</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="image_178" descr="image_178"/>
-[...23 lines deleted...]
-      <xdr:row>178</xdr:row>
+        <xdr:cNvPr id="254" name="image_281" descr="image_281"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>281</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="image_179" descr="image_179"/>
-[...83 lines deleted...]
-      <xdr:row>181</xdr:row>
+        <xdr:cNvPr id="255" name="image_282" descr="image_282"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>282</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="256" name="image_283" descr="image_283"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>283</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="257" name="image_284" descr="image_284"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>284</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="166" name="image_182" descr="image_182"/>
-[...23 lines deleted...]
-      <xdr:row>182</xdr:row>
+        <xdr:cNvPr id="258" name="image_285" descr="image_285"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>285</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="image_183" descr="image_183"/>
-[...23 lines deleted...]
-      <xdr:row>183</xdr:row>
+        <xdr:cNvPr id="259" name="image_286" descr="image_286"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>286</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="260" name="image_287" descr="image_287"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>287</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="261" name="image_288" descr="image_288"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>288</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="262" name="image_289" descr="image_289"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>289</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="263" name="image_290" descr="image_290"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>290</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="264" name="image_291" descr="image_291"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>291</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="265" name="image_292" descr="image_292"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>292</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="266" name="image_293" descr="image_293"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="267" name="image_294" descr="image_294"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>294</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="268" name="image_295" descr="image_295"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>295</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="269" name="image_296" descr="image_296"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>296</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="image_184" descr="image_184"/>
-[...23 lines deleted...]
-      <xdr:row>184</xdr:row>
+        <xdr:cNvPr id="270" name="image_297" descr="image_297"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>297</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="271" name="image_298" descr="image_298"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>298</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="272" name="image_299" descr="image_299"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>299</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="273" name="image_300" descr="image_300"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>300</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="image_185" descr="image_185"/>
-[...53 lines deleted...]
-      <xdr:row>186</xdr:row>
+        <xdr:cNvPr id="274" name="image_301" descr="image_301"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>301</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="image_187" descr="image_187"/>
-[...23 lines deleted...]
-      <xdr:row>187</xdr:row>
+        <xdr:cNvPr id="275" name="image_302" descr="image_302"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>302</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="276" name="image_303" descr="image_303"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>303</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="277" name="image_304" descr="image_304"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="278" name="image_305" descr="image_305"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>305</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="279" name="image_306" descr="image_306"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>306</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="280" name="image_307" descr="image_307"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>309</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="281" name="image_310" descr="image_310"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>310</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="282" name="image_311" descr="image_311"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>311</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="323850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="283" name="image_312" descr="image_312"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>312</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="561975" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="284" name="image_313" descr="image_313"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>313</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="285" name="image_314" descr="image_314"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>314</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="286" name="image_315" descr="image_315"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>315</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="287" name="image_316" descr="image_316"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>316</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="288" name="image_317" descr="image_317"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>317</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="289" name="image_318" descr="image_318"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>318</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="290" name="image_319" descr="image_319"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>319</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="291" name="image_320" descr="image_320"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>320</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="292" name="image_321" descr="image_321"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>321</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="293" name="image_322" descr="image_322"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>322</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="294" name="image_323" descr="image_323"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>323</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="295" name="image_324" descr="image_324"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>325</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="296" name="image_326" descr="image_326"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>326</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="297" name="image_327" descr="image_327"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>327</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="298" name="image_328" descr="image_328"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>328</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="299" name="image_329" descr="image_329"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>330</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="300" name="image_331" descr="image_331"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>331</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="301" name="image_332" descr="image_332"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>332</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="302" name="image_333" descr="image_333"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>333</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="303" name="image_334" descr="image_334"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>334</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="304" name="image_335" descr="image_335"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>335</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="305" name="image_336" descr="image_336"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="image_188" descr="image_188"/>
-[...23 lines deleted...]
-      <xdr:row>188</xdr:row>
+        <xdr:cNvPr id="306" name="image_337" descr="image_337"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>337</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="307" name="image_338" descr="image_338"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>338</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="308" name="image_339" descr="image_339"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>339</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="309" name="image_340" descr="image_340"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>340</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="310" name="image_341" descr="image_341"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>341</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="311" name="image_342" descr="image_342"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>342</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="312" name="image_343" descr="image_343"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>343</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="313" name="image_344" descr="image_344"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>346</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="314" name="image_347" descr="image_347"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>347</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="315" name="image_348" descr="image_348"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>348</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="542925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="316" name="image_349" descr="image_349"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>349</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="317" name="image_350" descr="image_350"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>350</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="318" name="image_351" descr="image_351"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>351</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="319" name="image_352" descr="image_352"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>352</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="320" name="image_353" descr="image_353"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>353</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="321" name="image_354" descr="image_354"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>354</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="322" name="image_355" descr="image_355"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>355</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="476250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="323" name="image_356" descr="image_356"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>356</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="324" name="image_357" descr="image_357"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>357</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="325" name="image_358" descr="image_358"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>359</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="326" name="image_360" descr="image_360"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>360</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="327" name="image_361" descr="image_361"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>361</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="328" name="image_362" descr="image_362"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>362</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="329" name="image_363" descr="image_363"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>363</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="330" name="image_364" descr="image_364"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>364</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="331" name="image_365" descr="image_365"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>365</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="332" name="image_366" descr="image_366"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>366</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="371475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="333" name="image_367" descr="image_367"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>367</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="334" name="image_368" descr="image_368"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>368</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="335" name="image_369" descr="image_369"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>370</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="336" name="image_371" descr="image_371"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>371</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="337" name="image_372" descr="image_372"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>372</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="338" name="image_373" descr="image_373"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>373</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="339" name="image_374" descr="image_374"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>374</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="340" name="image_375" descr="image_375"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>377</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="341" name="image_378" descr="image_378"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>378</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="342" name="image_379" descr="image_379"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>379</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="343" name="image_380" descr="image_380"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>380</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="344" name="image_381" descr="image_381"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>381</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="345" name="image_382" descr="image_382"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>383</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="346" name="image_384" descr="image_384"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>384</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="347" name="image_385" descr="image_385"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>385</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="348" name="image_386" descr="image_386"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>386</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="349" name="image_387" descr="image_387"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>387</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="723900" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="350" name="image_388" descr="image_388"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>388</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="351" name="image_389" descr="image_389"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>389</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="352" name="image_390" descr="image_390"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>390</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="353" name="image_391" descr="image_391"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>391</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="354" name="image_392" descr="image_392"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>392</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="355" name="image_393" descr="image_393"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>393</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="356" name="image_394" descr="image_394"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>394</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="357" name="image_395" descr="image_395"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>395</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="358" name="image_396" descr="image_396"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>396</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="466725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="359" name="image_397" descr="image_397"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>397</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="466725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="360" name="image_398" descr="image_398"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>398</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="361" name="image_399" descr="image_399"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>399</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="362" name="image_400" descr="image_400"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>400</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="363" name="image_401" descr="image_401"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>401</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="image_189" descr="image_189"/>
-[...23 lines deleted...]
-      <xdr:row>189</xdr:row>
+        <xdr:cNvPr id="364" name="image_402" descr="image_402"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>402</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="365" name="image_403" descr="image_403"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>403</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="174" name="image_190" descr="image_190"/>
-[...23 lines deleted...]
-      <xdr:row>190</xdr:row>
+        <xdr:cNvPr id="366" name="image_404" descr="image_404"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>404</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="367" name="image_405" descr="image_405"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>405</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="368" name="image_406" descr="image_406"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>406</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="369" name="image_407" descr="image_407"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>407</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="370" name="image_408" descr="image_408"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>408</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="371" name="image_409" descr="image_409"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>409</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="372" name="image_410" descr="image_410"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>410</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="373" name="image_411" descr="image_411"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>411</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="374" name="image_412" descr="image_412"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>412</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="375" name="image_413" descr="image_413"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>413</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="200025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="376" name="image_414" descr="image_414"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId376"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>414</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="377" name="image_415" descr="image_415"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>416</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="378" name="image_417" descr="image_417"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>418</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="379" name="image_419" descr="image_419"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>419</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="380" name="image_420" descr="image_420"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>422</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="381" name="image_423" descr="image_423"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>424</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="382" name="image_425" descr="image_425"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>425</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="383" name="image_426" descr="image_426"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>431</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="384" name="image_432" descr="image_432"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>432</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="385" name="image_433" descr="image_433"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>433</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="386" name="image_434" descr="image_434"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>434</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="387" name="image_435" descr="image_435"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>435</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="image_191" descr="image_191"/>
-[...23 lines deleted...]
-      <xdr:row>191</xdr:row>
+        <xdr:cNvPr id="388" name="image_436" descr="image_436"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>436</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1019175" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="176" name="image_192" descr="image_192"/>
-[...3623 lines deleted...]
-      <xdr:row>316</xdr:row>
+        <xdr:cNvPr id="389" name="image_437" descr="image_437"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>437</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="504825" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="297" name="image_317" descr="image_317"/>
-[...2789 lines deleted...]
-        <xdr:cNvPr id="390" name="image_423" descr="image_423"/>
+        <xdr:cNvPr id="390" name="image_438" descr="image_438"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId390"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>424</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="391" name="image_425" descr="image_425"/>
+      <xdr:row>438</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="619125" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="391" name="image_439" descr="image_439"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391"/>
-        <a:stretch>
-[...268 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -18044,69 +17742,69 @@
       <c r="A10" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="6">
         <v>0</v>
       </c>
       <c r="C10" s="6">
         <v>0</v>
       </c>
       <c r="D10" s="6">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>21</v>
       </c>
       <c r="F10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="6">
-        <v>0</v>
+        <v>1.4</v>
       </c>
       <c r="J10" s="10" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O10" s="6">
-        <v>2520.65</v>
+        <v>2571.07</v>
       </c>
       <c r="P10" s="6"/>
     </row>
     <row r="11" spans="1:16" customHeight="1" ht="65">
       <c r="A11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="6">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>0</v>
       </c>
       <c r="D11" s="6">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>31</v>
       </c>
@@ -18202,99 +17900,99 @@
       <c r="G13" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="6">
         <v>4</v>
       </c>
       <c r="J13" s="10" t="s">
         <v>48</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L13" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O13" s="6">
-        <v>12750.37</v>
+        <v>13005.38</v>
       </c>
       <c r="P13" s="6"/>
     </row>
     <row r="14" spans="1:16" customHeight="1" ht="65">
       <c r="A14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="6">
         <v>0</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="6">
         <v>5.5</v>
       </c>
       <c r="J14" s="10" t="s">
         <v>53</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>54</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O14" s="6">
-        <v>20550.6</v>
+        <v>20961.62</v>
       </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="B15" s="6">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6">
         <v>12000137121</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>56</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>39</v>
       </c>
@@ -18537,54 +18235,54 @@
         <v>1.325</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>86</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>87</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>88</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16" customHeight="1" ht="65">
       <c r="A21" s="6" t="s">
         <v>89</v>
       </c>
       <c r="B21" s="6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C21" s="6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>90</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I21" s="6">
         <v>10</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>91</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>42</v>
       </c>
@@ -18624,147 +18322,147 @@
       <c r="G22" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="6">
         <v>0</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>95</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>71</v>
       </c>
       <c r="L22" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>96</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O22" s="6">
-        <v>430.2</v>
+        <v>438.81</v>
       </c>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16" customHeight="1" ht="65">
       <c r="A23" s="6" t="s">
         <v>97</v>
       </c>
       <c r="B23" s="6">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C23" s="6">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
       <c r="E23" s="6">
         <v>431253613</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G23" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I23" s="6">
         <v>1.59</v>
       </c>
       <c r="J23" s="10" t="s">
         <v>99</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>100</v>
       </c>
       <c r="L23" s="10" t="s">
         <v>101</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O23" s="6">
-        <v>1192.93</v>
+        <v>1204.87</v>
       </c>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
         <v>103</v>
       </c>
       <c r="B24" s="6">
         <v>0</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>104</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="6">
         <v>1.74</v>
       </c>
       <c r="J24" s="10" t="s">
         <v>105</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L24" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>107</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O24" s="6">
-        <v>12579.99</v>
+        <v>12831.58</v>
       </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
         <v>108</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>109</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>39</v>
       </c>
@@ -18860,195 +18558,195 @@
       <c r="G27" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="6">
         <v>24</v>
       </c>
       <c r="J27" s="10" t="s">
         <v>121</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L27" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>122</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O27" s="6">
-        <v>28519.99</v>
+        <v>29090.4</v>
       </c>
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
         <v>123</v>
       </c>
       <c r="B28" s="6">
         <v>0</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>124</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="6">
         <v>32</v>
       </c>
       <c r="J28" s="10" t="s">
         <v>125</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L28" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>126</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O28" s="6">
-        <v>40719.98</v>
+        <v>41534.39</v>
       </c>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="65">
       <c r="A29" s="6" t="s">
         <v>127</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="6">
         <v>32</v>
       </c>
       <c r="J29" s="10" t="s">
         <v>129</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L29" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>130</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O29" s="6">
-        <v>44799.98</v>
+        <v>45695.97</v>
       </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
         <v>131</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>132</v>
       </c>
       <c r="F30" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="6">
         <v>52.25</v>
       </c>
       <c r="J30" s="10" t="s">
         <v>133</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L30" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>134</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O30" s="6">
-        <v>100259.95</v>
+        <v>102265.15</v>
       </c>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="B31" s="6">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>39</v>
       </c>
@@ -19144,51 +18842,51 @@
       <c r="G33" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="6">
         <v>5</v>
       </c>
       <c r="J33" s="10" t="s">
         <v>148</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>149</v>
       </c>
       <c r="L33" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>150</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O33" s="6">
-        <v>2455.93</v>
+        <v>3131.4</v>
       </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
         <v>151</v>
       </c>
       <c r="B34" s="6">
         <v>0</v>
       </c>
       <c r="C34" s="6">
         <v>0</v>
       </c>
       <c r="D34" s="6">
         <v>0</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>152</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>63</v>
       </c>
@@ -19199,138 +18897,138 @@
         <v>0</v>
       </c>
       <c r="J34" s="10" t="s">
         <v>153</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L34" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>154</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O34" s="6"/>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B35" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C35" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>156</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I35" s="6">
         <v>0</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>157</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>158</v>
       </c>
       <c r="L35" s="10" t="s">
         <v>159</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>160</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O35" s="6">
-        <v>25887.26</v>
+        <v>25642.8</v>
       </c>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B36" s="6">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C36" s="6">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>162</v>
       </c>
       <c r="F36" s="9" t="s">
         <v>163</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I36" s="6">
         <v>0</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>164</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L36" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>166</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O36" s="6">
-        <v>1450</v>
+        <v>23.41</v>
       </c>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
         <v>167</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6">
         <v>93410754</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>168</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>23</v>
       </c>
@@ -19709,186 +19407,186 @@
         <v>4</v>
       </c>
       <c r="J45" s="10" t="s">
         <v>194</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>170</v>
       </c>
       <c r="L45" s="10" t="s">
         <v>168</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>195</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O45" s="6"/>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
         <v>196</v>
       </c>
       <c r="B46" s="6">
-        <v>223</v>
+        <v>542</v>
       </c>
       <c r="C46" s="6">
-        <v>223</v>
+        <v>542</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>197</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I46" s="6">
         <v>0</v>
       </c>
       <c r="J46" s="10" t="s">
         <v>198</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>199</v>
       </c>
       <c r="L46" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M46" s="6" t="s">
         <v>200</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O46" s="6">
-        <v>501.76</v>
+        <v>506.78</v>
       </c>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
         <v>201</v>
       </c>
       <c r="B47" s="6">
         <v>0</v>
       </c>
       <c r="C47" s="6">
         <v>0</v>
       </c>
       <c r="D47" s="6">
         <v>0</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>202</v>
       </c>
       <c r="F47" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="6">
         <v>1.78</v>
       </c>
       <c r="J47" s="10" t="s">
         <v>203</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L47" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>204</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O47" s="6">
-        <v>3750</v>
+        <v>3825</v>
       </c>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
         <v>205</v>
       </c>
       <c r="B48" s="6">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="C48" s="6">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
       <c r="E48" s="6">
         <v>432106221</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G48" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I48" s="6">
         <v>2.19</v>
       </c>
       <c r="J48" s="10" t="s">
         <v>206</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>138</v>
       </c>
       <c r="L48" s="10" t="s">
         <v>101</v>
       </c>
       <c r="M48" s="6" t="s">
         <v>207</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O48" s="6">
-        <v>1877.31</v>
+        <v>1896.09</v>
       </c>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
         <v>208</v>
       </c>
       <c r="B49" s="6">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>209</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>63</v>
       </c>
@@ -19917,73 +19615,71 @@
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
         <v>212</v>
       </c>
       <c r="B50" s="6">
         <v>0</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
         <v>0</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>213</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>214</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I50" s="6">
         <v>2.6</v>
       </c>
       <c r="J50" s="10" t="s">
         <v>215</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>216</v>
       </c>
       <c r="L50" s="10" t="s">
         <v>214</v>
       </c>
       <c r="M50" s="6" t="s">
         <v>217</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O50" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O50" s="6"/>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="65">
       <c r="A51" s="6" t="s">
         <v>218</v>
       </c>
       <c r="B51" s="6">
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6">
         <v>0</v>
       </c>
       <c r="E51" s="6">
         <v>91275769</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>168</v>
       </c>
       <c r="G51" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H51" s="6" t="s">
@@ -20400,243 +20096,243 @@
       <c r="G60" s="10" t="s">
         <v>247</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="6">
         <v>0.48</v>
       </c>
       <c r="J60" s="10" t="s">
         <v>248</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>249</v>
       </c>
       <c r="L60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>250</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O60" s="6">
-        <v>383.62</v>
+        <v>391.68</v>
       </c>
       <c r="P60" s="6"/>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
         <v>251</v>
       </c>
       <c r="B61" s="6">
-        <v>62</v>
+        <v>4</v>
       </c>
       <c r="C61" s="6">
-        <v>62</v>
+        <v>4</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>252</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G61" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I61" s="6">
         <v>6.8</v>
       </c>
       <c r="J61" s="10" t="s">
         <v>253</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>158</v>
       </c>
       <c r="L61" s="10" t="s">
         <v>159</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>254</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O61" s="6">
-        <v>19921.72</v>
+        <v>19733.53</v>
       </c>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
         <v>255</v>
       </c>
       <c r="B62" s="6">
         <v>4</v>
       </c>
       <c r="C62" s="6">
         <v>4</v>
       </c>
       <c r="D62" s="6">
         <v>0</v>
       </c>
       <c r="E62" s="6" t="s">
         <v>256</v>
       </c>
       <c r="F62" s="9" t="s">
         <v>257</v>
       </c>
       <c r="G62" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="6">
         <v>3</v>
       </c>
       <c r="J62" s="10" t="s">
         <v>258</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>158</v>
       </c>
       <c r="L62" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M62" s="6" t="s">
         <v>259</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O62" s="6">
-        <v>13252.29</v>
+        <v>13257.32</v>
       </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
         <v>260</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
         <v>261</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>257</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="6">
         <v>10</v>
       </c>
       <c r="J63" s="10" t="s">
         <v>262</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>158</v>
       </c>
       <c r="L63" s="10" t="s">
         <v>257</v>
       </c>
       <c r="M63" s="6" t="s">
         <v>263</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O63" s="6">
-        <v>14278.48</v>
+        <v>14283.69</v>
       </c>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="65">
       <c r="A64" s="6" t="s">
         <v>264</v>
       </c>
       <c r="B64" s="6">
         <v>0</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6">
         <v>0</v>
       </c>
       <c r="E64" s="6" t="s">
         <v>265</v>
       </c>
       <c r="F64" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="6">
         <v>10</v>
       </c>
       <c r="J64" s="10" t="s">
         <v>266</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>158</v>
       </c>
       <c r="L64" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M64" s="6" t="s">
         <v>267</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O64" s="6">
-        <v>14278.47</v>
+        <v>14283.67</v>
       </c>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="65">
       <c r="A65" s="6" t="s">
         <v>268</v>
       </c>
       <c r="B65" s="6">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>269</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>63</v>
       </c>
@@ -21376,147 +21072,147 @@
       <c r="G81" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="6">
         <v>16</v>
       </c>
       <c r="J81" s="10" t="s">
         <v>324</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>325</v>
       </c>
       <c r="L81" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M81" s="6" t="s">
         <v>326</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O81" s="6">
-        <v>14500.31</v>
+        <v>11651.57</v>
       </c>
       <c r="P81" s="6"/>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" s="6" t="s">
         <v>327</v>
       </c>
       <c r="B82" s="6">
         <v>3</v>
       </c>
       <c r="C82" s="6">
         <v>3</v>
       </c>
       <c r="D82" s="6">
         <v>0</v>
       </c>
       <c r="E82" s="6" t="s">
         <v>328</v>
       </c>
       <c r="F82" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>247</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="6">
         <v>0.69</v>
       </c>
       <c r="J82" s="10" t="s">
         <v>329</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>249</v>
       </c>
       <c r="L82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M82" s="6" t="s">
         <v>330</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O82" s="6">
-        <v>564.49</v>
+        <v>576.01</v>
       </c>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
         <v>331</v>
       </c>
       <c r="B83" s="6">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="C83" s="6">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="6" t="s">
         <v>332</v>
       </c>
       <c r="F83" s="9" t="s">
         <v>333</v>
       </c>
       <c r="G83" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I83" s="6">
         <v>3</v>
       </c>
       <c r="J83" s="10" t="s">
         <v>334</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>111</v>
       </c>
       <c r="L83" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>335</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O83" s="6">
-        <v>29198.4</v>
+        <v>29490.38</v>
       </c>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
         <v>336</v>
       </c>
       <c r="B84" s="6">
         <v>0</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="6" t="s">
         <v>337</v>
       </c>
       <c r="F84" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>63</v>
       </c>
@@ -21573,89 +21269,91 @@
         <v>0.235</v>
       </c>
       <c r="J85" s="10" t="s">
         <v>342</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L85" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M85" s="6" t="s">
         <v>343</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O85" s="6"/>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
         <v>344</v>
       </c>
       <c r="B86" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C86" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
       <c r="E86" s="6" t="s">
         <v>345</v>
       </c>
       <c r="F86" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I86" s="6">
         <v>12</v>
       </c>
       <c r="J86" s="10" t="s">
         <v>346</v>
       </c>
       <c r="K86" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L86" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M86" s="6" t="s">
         <v>347</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O86" s="6"/>
+      <c r="O86" s="6">
+        <v>3649.94</v>
+      </c>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
         <v>348</v>
       </c>
       <c r="B87" s="6">
         <v>0</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6">
         <v>0</v>
       </c>
       <c r="E87" s="6" t="s">
         <v>349</v>
       </c>
       <c r="F87" s="9" t="s">
         <v>56</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H87" s="6" t="s">
@@ -21752,99 +21450,99 @@
       <c r="G89" s="10" t="s">
         <v>85</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I89" s="6">
         <v>0</v>
       </c>
       <c r="J89" s="10" t="s">
         <v>358</v>
       </c>
       <c r="K89" s="6" t="s">
         <v>359</v>
       </c>
       <c r="L89" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M89" s="6" t="s">
         <v>360</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O89" s="6">
-        <v>21320.09</v>
+        <v>21533.16</v>
       </c>
       <c r="P89" s="6"/>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="65">
       <c r="A90" s="6" t="s">
         <v>361</v>
       </c>
       <c r="B90" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C90" s="6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
       <c r="E90" s="6">
         <v>432106021</v>
       </c>
       <c r="F90" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="6">
         <v>1.04</v>
       </c>
       <c r="J90" s="10" t="s">
         <v>362</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>138</v>
       </c>
       <c r="L90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>363</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O90" s="6">
-        <v>705.95</v>
+        <v>720.06</v>
       </c>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
         <v>364</v>
       </c>
       <c r="B91" s="6">
         <v>0</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
       <c r="E91" s="6" t="s">
         <v>365</v>
       </c>
       <c r="F91" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>63</v>
       </c>
@@ -22952,99 +22650,99 @@
       <c r="G115" s="10" t="s">
         <v>247</v>
       </c>
       <c r="H115" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="6">
         <v>0.67</v>
       </c>
       <c r="J115" s="10" t="s">
         <v>452</v>
       </c>
       <c r="K115" s="6" t="s">
         <v>249</v>
       </c>
       <c r="L115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M115" s="6" t="s">
         <v>453</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O115" s="6">
-        <v>564.49</v>
+        <v>576.01</v>
       </c>
       <c r="P115" s="6"/>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" s="6" t="s">
         <v>454</v>
       </c>
       <c r="B116" s="6">
         <v>0</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6" t="s">
         <v>455</v>
       </c>
       <c r="F116" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>247</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="6">
         <v>0</v>
       </c>
       <c r="J116" s="10" t="s">
         <v>456</v>
       </c>
       <c r="K116" s="6" t="s">
         <v>249</v>
       </c>
       <c r="L116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M116" s="6" t="s">
         <v>457</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O116" s="6">
-        <v>3931.78</v>
+        <v>4010.12</v>
       </c>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
         <v>458</v>
       </c>
       <c r="B117" s="6">
         <v>1</v>
       </c>
       <c r="C117" s="6">
         <v>1</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6" t="s">
         <v>459</v>
       </c>
       <c r="F117" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>39</v>
       </c>
@@ -23096,99 +22794,99 @@
       <c r="G118" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="6">
         <v>10.52</v>
       </c>
       <c r="J118" s="10" t="s">
         <v>464</v>
       </c>
       <c r="K118" s="6" t="s">
         <v>359</v>
       </c>
       <c r="L118" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M118" s="6" t="s">
         <v>465</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O118" s="6">
-        <v>33009.36</v>
+        <v>33669.54</v>
       </c>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" s="6" t="s">
         <v>466</v>
       </c>
       <c r="B119" s="6">
         <v>5</v>
       </c>
       <c r="C119" s="6">
         <v>5</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
       <c r="E119" s="6" t="s">
         <v>467</v>
       </c>
       <c r="F119" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>247</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I119" s="6">
         <v>0.69</v>
       </c>
       <c r="J119" s="10" t="s">
         <v>468</v>
       </c>
       <c r="K119" s="6" t="s">
         <v>249</v>
       </c>
       <c r="L119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M119" s="6" t="s">
         <v>469</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O119" s="6">
-        <v>564.49</v>
+        <v>576.01</v>
       </c>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
         <v>470</v>
       </c>
       <c r="B120" s="6">
         <v>0</v>
       </c>
       <c r="C120" s="6">
         <v>0</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
       <c r="E120" s="6" t="s">
         <v>471</v>
       </c>
       <c r="F120" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>63</v>
       </c>
@@ -23238,99 +22936,99 @@
       <c r="G121" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H121" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I121" s="6">
         <v>4.5</v>
       </c>
       <c r="J121" s="10" t="s">
         <v>476</v>
       </c>
       <c r="K121" s="6" t="s">
         <v>71</v>
       </c>
       <c r="L121" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M121" s="6" t="s">
         <v>477</v>
       </c>
       <c r="N121" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O121" s="6">
-        <v>18821.3</v>
+        <v>19197.73</v>
       </c>
       <c r="P121" s="6"/>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" s="6" t="s">
         <v>478</v>
       </c>
       <c r="B122" s="6">
         <v>0</v>
       </c>
       <c r="C122" s="6">
         <v>0</v>
       </c>
       <c r="D122" s="6">
         <v>0</v>
       </c>
       <c r="E122" s="6" t="s">
         <v>479</v>
       </c>
       <c r="F122" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G122" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H122" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I122" s="6">
         <v>0</v>
       </c>
       <c r="J122" s="10" t="s">
         <v>480</v>
       </c>
       <c r="K122" s="6" t="s">
         <v>481</v>
       </c>
       <c r="L122" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M122" s="6" t="s">
         <v>482</v>
       </c>
       <c r="N122" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O122" s="6">
-        <v>1747.49</v>
+        <v>1782.44</v>
       </c>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
         <v>483</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
       <c r="E123" s="6" t="s">
         <v>484</v>
       </c>
       <c r="F123" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G123" s="10" t="s">
         <v>63</v>
       </c>
@@ -24348,99 +24046,99 @@
       <c r="G145" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H145" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="6">
         <v>5</v>
       </c>
       <c r="J145" s="10" t="s">
         <v>566</v>
       </c>
       <c r="K145" s="6" t="s">
         <v>111</v>
       </c>
       <c r="L145" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M145" s="6" t="s">
         <v>567</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O145" s="6">
-        <v>18311.3</v>
+        <v>18677.53</v>
       </c>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
         <v>568</v>
       </c>
       <c r="B146" s="6">
         <v>0</v>
       </c>
       <c r="C146" s="6">
         <v>0</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
         <v>569</v>
       </c>
       <c r="F146" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="6">
         <v>0</v>
       </c>
       <c r="J146" s="10" t="s">
         <v>570</v>
       </c>
       <c r="K146" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L146" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M146" s="6" t="s">
         <v>571</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O146" s="6">
-        <v>21870.64</v>
+        <v>22308.04</v>
       </c>
       <c r="P146" s="6"/>
     </row>
     <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
         <v>572</v>
       </c>
       <c r="B147" s="6">
         <v>0</v>
       </c>
       <c r="C147" s="6">
         <v>0</v>
       </c>
       <c r="D147" s="6">
         <v>0</v>
       </c>
       <c r="E147" s="6" t="s">
         <v>573</v>
       </c>
       <c r="F147" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G147" s="10" t="s">
         <v>63</v>
       </c>
@@ -24538,51 +24236,51 @@
       <c r="G149" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="6">
         <v>32</v>
       </c>
       <c r="J149" s="10" t="s">
         <v>582</v>
       </c>
       <c r="K149" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L149" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M149" s="6" t="s">
         <v>583</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O149" s="6">
-        <v>45849</v>
+        <v>61460.5</v>
       </c>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
         <v>584</v>
       </c>
       <c r="B150" s="6">
         <v>0</v>
       </c>
       <c r="C150" s="6">
         <v>0</v>
       </c>
       <c r="D150" s="6">
         <v>0</v>
       </c>
       <c r="E150" s="6" t="s">
         <v>585</v>
       </c>
       <c r="F150" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G150" s="10" t="s">
         <v>63</v>
       </c>
@@ -25237,139 +24935,137 @@
         <v>0.16</v>
       </c>
       <c r="J164" s="10" t="s">
         <v>635</v>
       </c>
       <c r="K164" s="6" t="s">
         <v>170</v>
       </c>
       <c r="L164" s="10" t="s">
         <v>168</v>
       </c>
       <c r="M164" s="6" t="s">
         <v>636</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O164" s="6"/>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
         <v>637</v>
       </c>
       <c r="B165" s="6">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C165" s="6">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D165" s="6">
         <v>0</v>
       </c>
       <c r="E165" s="6" t="s">
         <v>638</v>
       </c>
       <c r="F165" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G165" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H165" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I165" s="6">
         <v>0.46</v>
       </c>
       <c r="J165" s="10" t="s">
         <v>639</v>
       </c>
       <c r="K165" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L165" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M165" s="6" t="s">
         <v>640</v>
       </c>
       <c r="N165" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O165" s="6">
-        <v>1632.96</v>
+        <v>1631.36</v>
       </c>
       <c r="P165" s="6"/>
     </row>
     <row r="166" spans="1:16" customHeight="1" ht="65">
       <c r="A166" s="6" t="s">
         <v>641</v>
       </c>
       <c r="B166" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C166" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D166" s="6">
         <v>0</v>
       </c>
       <c r="E166" s="6" t="s">
         <v>642</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>75</v>
+        <v>214</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H166" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I166" s="6">
-        <v>0.37</v>
+        <v>0</v>
       </c>
       <c r="J166" s="10" t="s">
         <v>643</v>
       </c>
       <c r="K166" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L166" s="10" t="s">
-        <v>75</v>
+        <v>214</v>
       </c>
       <c r="M166" s="6" t="s">
         <v>644</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O166" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O166" s="6"/>
       <c r="P166" s="6"/>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="65">
       <c r="A167" s="6" t="s">
         <v>645</v>
       </c>
       <c r="B167" s="6">
         <v>0</v>
       </c>
       <c r="C167" s="6">
         <v>0</v>
       </c>
       <c r="D167" s="6">
         <v>0</v>
       </c>
       <c r="E167" s="6" t="s">
         <v>646</v>
       </c>
       <c r="F167" s="9" t="s">
         <v>214</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H167" s="6" t="s">
@@ -25437,12745 +25133,12727 @@
         <v>652</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O168" s="6"/>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
         <v>653</v>
       </c>
       <c r="B169" s="6">
         <v>0</v>
       </c>
       <c r="C169" s="6">
         <v>0</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
       <c r="E169" s="6" t="s">
         <v>654</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>214</v>
+        <v>655</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H169" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I169" s="6">
         <v>0</v>
       </c>
       <c r="J169" s="10" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="K169" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L169" s="10" t="s">
-        <v>214</v>
+        <v>657</v>
       </c>
       <c r="M169" s="6" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="N169" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O169" s="6"/>
       <c r="P169" s="6"/>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="65">
       <c r="A170" s="6" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="B170" s="6">
         <v>0</v>
       </c>
       <c r="C170" s="6">
         <v>0</v>
       </c>
       <c r="D170" s="6">
         <v>0</v>
       </c>
       <c r="E170" s="6" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I170" s="6">
         <v>0</v>
       </c>
       <c r="J170" s="10" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="K170" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L170" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M170" s="6" t="s">
         <v>662</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O170" s="6"/>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
         <v>663</v>
       </c>
       <c r="B171" s="6">
         <v>0</v>
       </c>
       <c r="C171" s="6">
         <v>0</v>
       </c>
       <c r="D171" s="6">
         <v>0</v>
       </c>
       <c r="E171" s="6" t="s">
         <v>664</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G171" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I171" s="6">
         <v>0</v>
       </c>
       <c r="J171" s="10" t="s">
         <v>665</v>
       </c>
       <c r="K171" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L171" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M171" s="6" t="s">
         <v>666</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O171" s="6"/>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
         <v>667</v>
       </c>
       <c r="B172" s="6">
         <v>0</v>
       </c>
       <c r="C172" s="6">
         <v>0</v>
       </c>
       <c r="D172" s="6">
         <v>0</v>
       </c>
       <c r="E172" s="6" t="s">
         <v>668</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G172" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I172" s="6">
         <v>0</v>
       </c>
       <c r="J172" s="10" t="s">
         <v>669</v>
       </c>
       <c r="K172" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L172" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M172" s="6" t="s">
         <v>670</v>
       </c>
       <c r="N172" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O172" s="6"/>
       <c r="P172" s="6"/>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="65">
       <c r="A173" s="6" t="s">
         <v>671</v>
       </c>
       <c r="B173" s="6">
         <v>0</v>
       </c>
       <c r="C173" s="6">
         <v>0</v>
       </c>
       <c r="D173" s="6">
         <v>0</v>
       </c>
       <c r="E173" s="6" t="s">
         <v>672</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I173" s="6">
         <v>0</v>
       </c>
       <c r="J173" s="10" t="s">
         <v>673</v>
       </c>
       <c r="K173" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L173" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M173" s="6" t="s">
         <v>674</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O173" s="6"/>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
         <v>675</v>
       </c>
       <c r="B174" s="6">
         <v>0</v>
       </c>
       <c r="C174" s="6">
         <v>0</v>
       </c>
       <c r="D174" s="6">
         <v>0</v>
       </c>
       <c r="E174" s="6" t="s">
         <v>676</v>
       </c>
       <c r="F174" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H174" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I174" s="6">
         <v>0</v>
       </c>
       <c r="J174" s="10" t="s">
         <v>677</v>
       </c>
       <c r="K174" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L174" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M174" s="6" t="s">
         <v>678</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O174" s="6"/>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
         <v>679</v>
       </c>
       <c r="B175" s="6">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <v>0</v>
       </c>
       <c r="D175" s="6">
         <v>0</v>
       </c>
       <c r="E175" s="6" t="s">
         <v>680</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G175" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H175" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I175" s="6">
         <v>0</v>
       </c>
       <c r="J175" s="10" t="s">
         <v>681</v>
       </c>
       <c r="K175" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L175" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M175" s="6" t="s">
         <v>682</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O175" s="6"/>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
         <v>683</v>
       </c>
       <c r="B176" s="6">
         <v>0</v>
       </c>
       <c r="C176" s="6">
         <v>0</v>
       </c>
       <c r="D176" s="6">
         <v>0</v>
       </c>
       <c r="E176" s="6" t="s">
         <v>684</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H176" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I176" s="6">
         <v>0</v>
       </c>
       <c r="J176" s="10" t="s">
         <v>685</v>
       </c>
       <c r="K176" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L176" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M176" s="6" t="s">
         <v>686</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O176" s="6"/>
       <c r="P176" s="6"/>
     </row>
     <row r="177" spans="1:16" customHeight="1" ht="65">
       <c r="A177" s="6" t="s">
         <v>687</v>
       </c>
       <c r="B177" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C177" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
-      <c r="E177" s="6" t="s">
+      <c r="E177" s="6">
+        <v>431243130</v>
+      </c>
+      <c r="F177" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G177" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H177" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I177" s="6">
+        <v>0.2</v>
+      </c>
+      <c r="J177" s="10" t="s">
         <v>688</v>
       </c>
-      <c r="F177" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J177" s="10" t="s">
+      <c r="K177" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="L177" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M177" s="6" t="s">
         <v>689</v>
       </c>
-      <c r="K177" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N177" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O177" s="6"/>
+      <c r="O177" s="6">
+        <v>202.62</v>
+      </c>
       <c r="P177" s="6"/>
     </row>
     <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="B178" s="6">
+        <v>0</v>
+      </c>
+      <c r="C178" s="6">
+        <v>0</v>
+      </c>
+      <c r="D178" s="6">
+        <v>0</v>
+      </c>
+      <c r="E178" s="6" t="s">
         <v>691</v>
       </c>
-      <c r="B178" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F178" s="9" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H178" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I178" s="6">
-        <v>0.2</v>
+        <v>16.5</v>
       </c>
       <c r="J178" s="10" t="s">
         <v>692</v>
       </c>
       <c r="K178" s="6" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="L178" s="10" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="M178" s="6" t="s">
         <v>693</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O178" s="6">
-        <v>198.65</v>
+        <v>33874.18</v>
       </c>
       <c r="P178" s="6"/>
     </row>
     <row r="179" spans="1:16" customHeight="1" ht="65">
       <c r="A179" s="6" t="s">
         <v>694</v>
       </c>
       <c r="B179" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C179" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D179" s="6">
         <v>0</v>
       </c>
       <c r="E179" s="6" t="s">
         <v>695</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>47</v>
+        <v>214</v>
       </c>
       <c r="G179" s="10" t="s">
-        <v>39</v>
+        <v>534</v>
       </c>
       <c r="H179" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I179" s="6">
-        <v>16.5</v>
+        <v>5.9</v>
       </c>
       <c r="J179" s="10" t="s">
         <v>696</v>
       </c>
       <c r="K179" s="6" t="s">
-        <v>106</v>
+        <v>536</v>
       </c>
       <c r="L179" s="10" t="s">
-        <v>47</v>
+        <v>214</v>
       </c>
       <c r="M179" s="6" t="s">
         <v>697</v>
       </c>
       <c r="N179" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O179" s="6">
-        <v>33209.98</v>
+        <v>14473.83</v>
       </c>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
         <v>698</v>
       </c>
       <c r="B180" s="6">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="C180" s="6">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D180" s="6">
         <v>0</v>
       </c>
-      <c r="E180" s="6" t="s">
+      <c r="E180" s="6">
+        <v>41000000004</v>
+      </c>
+      <c r="F180" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="G180" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H180" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I180" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="J180" s="10" t="s">
         <v>699</v>
       </c>
-      <c r="F180" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J180" s="10" t="s">
+      <c r="K180" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L180" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="M180" s="6" t="s">
         <v>700</v>
       </c>
-      <c r="K180" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N180" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O180" s="6">
-        <v>14473.8</v>
+        <v>20900</v>
       </c>
       <c r="P180" s="6"/>
     </row>
     <row r="181" spans="1:16" customHeight="1" ht="65">
       <c r="A181" s="6" t="s">
+        <v>701</v>
+      </c>
+      <c r="B181" s="6">
+        <v>0</v>
+      </c>
+      <c r="C181" s="6">
+        <v>0</v>
+      </c>
+      <c r="D181" s="6">
+        <v>0</v>
+      </c>
+      <c r="E181" s="6" t="s">
         <v>702</v>
       </c>
-      <c r="B181" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F181" s="9" t="s">
-        <v>120</v>
+        <v>655</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H181" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I181" s="6">
-        <v>8.5</v>
+        <v>0</v>
       </c>
       <c r="J181" s="10" t="s">
         <v>703</v>
       </c>
       <c r="K181" s="6" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="L181" s="10" t="s">
-        <v>120</v>
+        <v>657</v>
       </c>
       <c r="M181" s="6" t="s">
         <v>704</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O181" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O181" s="6"/>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
         <v>705</v>
       </c>
       <c r="B182" s="6">
         <v>0</v>
       </c>
       <c r="C182" s="6">
         <v>0</v>
       </c>
       <c r="D182" s="6">
         <v>0</v>
       </c>
       <c r="E182" s="6" t="s">
         <v>706</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H182" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I182" s="6">
         <v>0</v>
       </c>
       <c r="J182" s="10" t="s">
         <v>707</v>
       </c>
       <c r="K182" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L182" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M182" s="6" t="s">
         <v>708</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O182" s="6"/>
       <c r="P182" s="6"/>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="65">
       <c r="A183" s="6" t="s">
         <v>709</v>
       </c>
       <c r="B183" s="6">
         <v>0</v>
       </c>
       <c r="C183" s="6">
         <v>0</v>
       </c>
       <c r="D183" s="6">
         <v>0</v>
       </c>
       <c r="E183" s="6" t="s">
         <v>710</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H183" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I183" s="6">
         <v>0</v>
       </c>
       <c r="J183" s="10" t="s">
         <v>711</v>
       </c>
       <c r="K183" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L183" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M183" s="6" t="s">
         <v>712</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O183" s="6"/>
       <c r="P183" s="6"/>
     </row>
     <row r="184" spans="1:16" customHeight="1" ht="65">
       <c r="A184" s="6" t="s">
         <v>713</v>
       </c>
       <c r="B184" s="6">
         <v>0</v>
       </c>
       <c r="C184" s="6">
         <v>0</v>
       </c>
       <c r="D184" s="6">
         <v>0</v>
       </c>
       <c r="E184" s="6" t="s">
         <v>714</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G184" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H184" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I184" s="6">
         <v>0</v>
       </c>
       <c r="J184" s="10" t="s">
         <v>715</v>
       </c>
       <c r="K184" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L184" s="10" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="M184" s="6" t="s">
         <v>716</v>
       </c>
       <c r="N184" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O184" s="6"/>
       <c r="P184" s="6"/>
     </row>
     <row r="185" spans="1:16" customHeight="1" ht="65">
       <c r="A185" s="6" t="s">
         <v>717</v>
       </c>
       <c r="B185" s="6">
         <v>0</v>
       </c>
       <c r="C185" s="6">
         <v>0</v>
       </c>
       <c r="D185" s="6">
         <v>0</v>
       </c>
       <c r="E185" s="6" t="s">
         <v>718</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>659</v>
+        <v>142</v>
       </c>
       <c r="G185" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H185" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I185" s="6">
-        <v>0</v>
+        <v>0.78</v>
       </c>
       <c r="J185" s="10" t="s">
         <v>719</v>
       </c>
       <c r="K185" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L185" s="10" t="s">
-        <v>661</v>
+        <v>144</v>
       </c>
       <c r="M185" s="6" t="s">
         <v>720</v>
       </c>
       <c r="N185" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O185" s="6"/>
       <c r="P185" s="6"/>
     </row>
     <row r="186" spans="1:16" customHeight="1" ht="65">
       <c r="A186" s="6" t="s">
         <v>721</v>
       </c>
       <c r="B186" s="6">
         <v>0</v>
       </c>
       <c r="C186" s="6">
         <v>0</v>
       </c>
       <c r="D186" s="6">
         <v>0</v>
       </c>
-      <c r="E186" s="6" t="s">
-        <v>722</v>
+      <c r="E186" s="6">
+        <v>1002949</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>142</v>
+        <v>333</v>
       </c>
       <c r="G186" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H186" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I186" s="6">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="J186" s="10" t="s">
+        <v>722</v>
+      </c>
+      <c r="K186" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="L186" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M186" s="6" t="s">
         <v>723</v>
-      </c>
-[...7 lines deleted...]
-        <v>724</v>
       </c>
       <c r="N186" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O186" s="6"/>
       <c r="P186" s="6"/>
     </row>
-    <row r="187" spans="1:16" customHeight="1" ht="65">
+    <row r="187" spans="1:16">
       <c r="A187" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="B187" s="6">
+        <v>20</v>
+      </c>
+      <c r="C187" s="6">
+        <v>20</v>
+      </c>
+      <c r="D187" s="6">
+        <v>0</v>
+      </c>
+      <c r="E187" s="6" t="s">
         <v>725</v>
       </c>
-      <c r="B187" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F187" s="9" t="s">
-        <v>333</v>
+        <v>726</v>
       </c>
       <c r="G187" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H187" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I187" s="6">
         <v>0</v>
       </c>
-      <c r="J187" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J187" s="10"/>
       <c r="K187" s="6" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="L187" s="10" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="M187" s="6" t="s">
         <v>727</v>
       </c>
       <c r="N187" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O187" s="6"/>
+      <c r="O187" s="6">
+        <v>2230.73</v>
+      </c>
       <c r="P187" s="6"/>
     </row>
-    <row r="188" spans="1:16" customHeight="1" ht="65">
+    <row r="188" spans="1:16">
       <c r="A188" s="6" t="s">
         <v>728</v>
       </c>
       <c r="B188" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="C188" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D188" s="6">
         <v>0</v>
       </c>
       <c r="E188" s="6" t="s">
         <v>729</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>62</v>
+        <v>726</v>
       </c>
       <c r="G188" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H188" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I188" s="6">
-        <v>2.92</v>
-[...1 lines deleted...]
-      <c r="J188" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="J188" s="10"/>
+      <c r="K188" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L188" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M188" s="6" t="s">
         <v>730</v>
       </c>
-      <c r="K188" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M188" s="6" t="s">
+      <c r="N188" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" s="6">
+        <v>1968.29</v>
+      </c>
+      <c r="P188" s="6"/>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" s="6" t="s">
         <v>731</v>
       </c>
-      <c r="N188" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A189" s="6" t="s">
+      <c r="B189" s="6">
+        <v>9</v>
+      </c>
+      <c r="C189" s="6">
+        <v>9</v>
+      </c>
+      <c r="D189" s="6">
+        <v>0</v>
+      </c>
+      <c r="E189" s="6" t="s">
         <v>732</v>
       </c>
-      <c r="B189" s="6">
-[...8 lines deleted...]
-      <c r="E189" s="6" t="s">
+      <c r="F189" s="9" t="s">
+        <v>726</v>
+      </c>
+      <c r="G189" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H189" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I189" s="6">
+        <v>0</v>
+      </c>
+      <c r="J189" s="10"/>
+      <c r="K189" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L189" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M189" s="6" t="s">
         <v>733</v>
       </c>
-      <c r="F189" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J189" s="10" t="s">
+      <c r="N189" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O189" s="6">
+        <v>992.35</v>
+      </c>
+      <c r="P189" s="6"/>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" s="6" t="s">
         <v>734</v>
       </c>
-      <c r="K189" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M189" s="6" t="s">
+      <c r="B190" s="6">
+        <v>6</v>
+      </c>
+      <c r="C190" s="6">
+        <v>6</v>
+      </c>
+      <c r="D190" s="6">
+        <v>0</v>
+      </c>
+      <c r="E190" s="6" t="s">
         <v>735</v>
       </c>
-      <c r="N189" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A190" s="6" t="s">
+      <c r="F190" s="9" t="s">
+        <v>726</v>
+      </c>
+      <c r="G190" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H190" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I190" s="6">
+        <v>0</v>
+      </c>
+      <c r="J190" s="10"/>
+      <c r="K190" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L190" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M190" s="6" t="s">
         <v>736</v>
       </c>
-      <c r="B190" s="6">
-[...8 lines deleted...]
-      <c r="E190" s="6" t="s">
+      <c r="N190" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O190" s="6">
+        <v>2263.53</v>
+      </c>
+      <c r="P190" s="6"/>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" s="6" t="s">
         <v>737</v>
       </c>
-      <c r="F190" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J190" s="10" t="s">
+      <c r="B191" s="6">
+        <v>7</v>
+      </c>
+      <c r="C191" s="6">
+        <v>7</v>
+      </c>
+      <c r="D191" s="6">
+        <v>0</v>
+      </c>
+      <c r="E191" s="6" t="s">
         <v>738</v>
       </c>
-      <c r="K190" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M190" s="6" t="s">
+      <c r="F191" s="9" t="s">
+        <v>726</v>
+      </c>
+      <c r="G191" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H191" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I191" s="6">
+        <v>0</v>
+      </c>
+      <c r="J191" s="10"/>
+      <c r="K191" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L191" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M191" s="6" t="s">
         <v>739</v>
       </c>
-      <c r="N190" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A191" s="6" t="s">
+      <c r="N191" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O191" s="6">
+        <v>2726.08</v>
+      </c>
+      <c r="P191" s="6"/>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" s="6" t="s">
         <v>740</v>
       </c>
-      <c r="B191" s="6">
-[...8 lines deleted...]
-      <c r="E191" s="6" t="s">
+      <c r="B192" s="6">
+        <v>48</v>
+      </c>
+      <c r="C192" s="6">
+        <v>48</v>
+      </c>
+      <c r="D192" s="6">
+        <v>0</v>
+      </c>
+      <c r="E192" s="6" t="s">
         <v>741</v>
       </c>
-      <c r="F191" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J191" s="10" t="s">
+      <c r="F192" s="9" t="s">
+        <v>726</v>
+      </c>
+      <c r="G192" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H192" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I192" s="6">
+        <v>0</v>
+      </c>
+      <c r="J192" s="10"/>
+      <c r="K192" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L192" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M192" s="6" t="s">
         <v>742</v>
       </c>
-      <c r="K191" s="6" t="s">
-[...53 lines deleted...]
-      </c>
       <c r="N192" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O192" s="6">
-        <v>5383.21</v>
+        <v>2214.32</v>
       </c>
       <c r="P192" s="6"/>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" s="6" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="B193" s="6">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="C193" s="6">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="D193" s="6">
         <v>0</v>
       </c>
       <c r="E193" s="6" t="s">
-        <v>751</v>
+        <v>744</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>22</v>
+        <v>726</v>
       </c>
       <c r="G193" s="10" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="H193" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I193" s="6">
-        <v>0.48</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J193" s="10"/>
       <c r="K193" s="6" t="s">
-        <v>249</v>
+        <v>42</v>
       </c>
       <c r="L193" s="10" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="M193" s="6" t="s">
-        <v>753</v>
+        <v>745</v>
       </c>
       <c r="N193" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O193" s="6">
-        <v>383.62</v>
+        <v>2499.73</v>
       </c>
       <c r="P193" s="6"/>
     </row>
-    <row r="194" spans="1:16" customHeight="1" ht="65">
+    <row r="194" spans="1:16">
       <c r="A194" s="6" t="s">
-        <v>754</v>
+        <v>746</v>
       </c>
       <c r="B194" s="6">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C194" s="6">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D194" s="6">
         <v>0</v>
       </c>
       <c r="E194" s="6" t="s">
-        <v>755</v>
+        <v>747</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>68</v>
+        <v>726</v>
       </c>
       <c r="G194" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H194" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I194" s="6">
         <v>0</v>
       </c>
-      <c r="J194" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J194" s="10"/>
       <c r="K194" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L194" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M194" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="N194" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" s="6">
+        <v>610.18</v>
+      </c>
+      <c r="P194" s="6"/>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="B195" s="6">
         <v>111</v>
       </c>
-      <c r="L194" s="10" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="C195" s="6">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="D195" s="6">
         <v>0</v>
       </c>
       <c r="E195" s="6" t="s">
-        <v>759</v>
+        <v>750</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="G195" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H195" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I195" s="6">
-        <v>0.54</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J195" s="10"/>
       <c r="K195" s="6" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L195" s="10" t="s">
-        <v>761</v>
+        <v>43</v>
       </c>
       <c r="M195" s="6" t="s">
-        <v>762</v>
+        <v>751</v>
       </c>
       <c r="N195" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O195" s="6"/>
+      <c r="O195" s="6">
+        <v>610.18</v>
+      </c>
       <c r="P195" s="6"/>
     </row>
     <row r="196" spans="1:16" customHeight="1" ht="65">
       <c r="A196" s="6" t="s">
-        <v>763</v>
+        <v>752</v>
       </c>
       <c r="B196" s="6">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="C196" s="6">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="D196" s="6">
         <v>0</v>
       </c>
       <c r="E196" s="6" t="s">
-        <v>764</v>
+        <v>753</v>
       </c>
       <c r="F196" s="9" t="s">
-        <v>120</v>
+        <v>62</v>
       </c>
       <c r="G196" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H196" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I196" s="6">
-        <v>24</v>
+        <v>2.92</v>
       </c>
       <c r="J196" s="10" t="s">
-        <v>765</v>
+        <v>754</v>
       </c>
       <c r="K196" s="6" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="L196" s="10" t="s">
-        <v>120</v>
+        <v>62</v>
       </c>
       <c r="M196" s="6" t="s">
-        <v>766</v>
+        <v>755</v>
       </c>
       <c r="N196" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O196" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O196" s="6"/>
       <c r="P196" s="6"/>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="65">
       <c r="A197" s="6" t="s">
-        <v>767</v>
+        <v>756</v>
       </c>
       <c r="B197" s="6">
         <v>0</v>
       </c>
       <c r="C197" s="6">
         <v>0</v>
       </c>
       <c r="D197" s="6">
         <v>0</v>
       </c>
       <c r="E197" s="6" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="F197" s="9" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="G197" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H197" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I197" s="6">
-        <v>1.36</v>
+        <v>2.915</v>
       </c>
       <c r="J197" s="10" t="s">
-        <v>769</v>
+        <v>758</v>
       </c>
       <c r="K197" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L197" s="10" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="M197" s="6" t="s">
-        <v>770</v>
+        <v>759</v>
       </c>
       <c r="N197" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O197" s="6"/>
       <c r="P197" s="6"/>
     </row>
     <row r="198" spans="1:16" customHeight="1" ht="65">
       <c r="A198" s="6" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="B198" s="6">
         <v>0</v>
       </c>
       <c r="C198" s="6">
         <v>0</v>
       </c>
       <c r="D198" s="6">
         <v>0</v>
       </c>
       <c r="E198" s="6" t="s">
-        <v>772</v>
+        <v>761</v>
       </c>
       <c r="F198" s="9" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="G198" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H198" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I198" s="6">
-        <v>1.36</v>
+        <v>3.585</v>
       </c>
       <c r="J198" s="10" t="s">
-        <v>773</v>
+        <v>762</v>
       </c>
       <c r="K198" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L198" s="10" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="M198" s="6" t="s">
-        <v>774</v>
+        <v>763</v>
       </c>
       <c r="N198" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O198" s="6"/>
       <c r="P198" s="6"/>
     </row>
     <row r="199" spans="1:16" customHeight="1" ht="65">
       <c r="A199" s="6" t="s">
-        <v>775</v>
+        <v>764</v>
       </c>
       <c r="B199" s="6">
         <v>0</v>
       </c>
       <c r="C199" s="6">
         <v>0</v>
       </c>
       <c r="D199" s="6">
         <v>0</v>
       </c>
       <c r="E199" s="6" t="s">
-        <v>776</v>
+        <v>765</v>
       </c>
       <c r="F199" s="9" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="G199" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H199" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I199" s="6">
-        <v>0</v>
+        <v>3.585</v>
       </c>
       <c r="J199" s="10" t="s">
-        <v>777</v>
+        <v>766</v>
       </c>
       <c r="K199" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L199" s="10" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="M199" s="6" t="s">
-        <v>778</v>
+        <v>767</v>
       </c>
       <c r="N199" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O199" s="6"/>
       <c r="P199" s="6"/>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="65">
       <c r="A200" s="6" t="s">
-        <v>779</v>
+        <v>768</v>
       </c>
       <c r="B200" s="6">
         <v>0</v>
       </c>
       <c r="C200" s="6">
         <v>0</v>
       </c>
       <c r="D200" s="6">
         <v>0</v>
       </c>
       <c r="E200" s="6" t="s">
-        <v>780</v>
+        <v>769</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>115</v>
+        <v>214</v>
       </c>
       <c r="G200" s="10" t="s">
-        <v>63</v>
+        <v>770</v>
       </c>
       <c r="H200" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I200" s="6">
-        <v>0.265</v>
+        <v>3</v>
       </c>
       <c r="J200" s="10" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
       <c r="K200" s="6" t="s">
-        <v>65</v>
+        <v>772</v>
       </c>
       <c r="L200" s="10" t="s">
-        <v>115</v>
+        <v>214</v>
       </c>
       <c r="M200" s="6" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="N200" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O200" s="6"/>
+      <c r="O200" s="6">
+        <v>5383.2</v>
+      </c>
       <c r="P200" s="6"/>
     </row>
-    <row r="201" spans="1:16" customHeight="1" ht="65">
+    <row r="201" spans="1:16">
       <c r="A201" s="6" t="s">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="B201" s="6">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="C201" s="6">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="D201" s="6">
         <v>0</v>
       </c>
       <c r="E201" s="6" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="F201" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G201" s="10" t="s">
-        <v>23</v>
+        <v>247</v>
       </c>
       <c r="H201" s="6" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I201" s="6">
-        <v>2.85</v>
+        <v>0.48</v>
       </c>
       <c r="J201" s="10" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="K201" s="6" t="s">
-        <v>216</v>
+        <v>249</v>
       </c>
       <c r="L201" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M201" s="6" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="N201" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O201" s="6">
-        <v>1763.2</v>
+        <v>391.68</v>
       </c>
       <c r="P201" s="6"/>
     </row>
     <row r="202" spans="1:16" customHeight="1" ht="65">
       <c r="A202" s="6" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="B202" s="6">
         <v>25</v>
       </c>
       <c r="C202" s="6">
         <v>25</v>
       </c>
       <c r="D202" s="6">
         <v>0</v>
       </c>
       <c r="E202" s="6" t="s">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="G202" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H202" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I202" s="6">
-        <v>4.26</v>
+        <v>0</v>
       </c>
       <c r="J202" s="10" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="K202" s="6" t="s">
-        <v>216</v>
+        <v>111</v>
       </c>
       <c r="L202" s="10" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="M202" s="6" t="s">
-        <v>790</v>
+        <v>781</v>
       </c>
       <c r="N202" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O202" s="6">
-        <v>2910.96</v>
+        <v>19494.12</v>
       </c>
       <c r="P202" s="6"/>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="65">
       <c r="A203" s="6" t="s">
-        <v>791</v>
+        <v>782</v>
       </c>
       <c r="B203" s="6">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="C203" s="6">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="D203" s="6">
         <v>0</v>
       </c>
       <c r="E203" s="6" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G203" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H203" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I203" s="6">
-        <v>0.76</v>
+        <v>0.54</v>
       </c>
       <c r="J203" s="10" t="s">
-        <v>793</v>
+        <v>784</v>
       </c>
       <c r="K203" s="6" t="s">
-        <v>216</v>
+        <v>65</v>
       </c>
       <c r="L203" s="10" t="s">
-        <v>22</v>
+        <v>785</v>
       </c>
       <c r="M203" s="6" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="N203" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O203" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O203" s="6"/>
       <c r="P203" s="6"/>
     </row>
     <row r="204" spans="1:16" customHeight="1" ht="65">
       <c r="A204" s="6" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="B204" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C204" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D204" s="6">
         <v>0</v>
       </c>
       <c r="E204" s="6" t="s">
-        <v>796</v>
+        <v>788</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="G204" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H204" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I204" s="6">
-        <v>0.8</v>
+        <v>24</v>
       </c>
       <c r="J204" s="10" t="s">
-        <v>797</v>
+        <v>789</v>
       </c>
       <c r="K204" s="6" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="L204" s="10" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="M204" s="6" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="N204" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O204" s="6"/>
+      <c r="O204" s="6">
+        <v>33340.08</v>
+      </c>
       <c r="P204" s="6"/>
     </row>
     <row r="205" spans="1:16" customHeight="1" ht="65">
       <c r="A205" s="6" t="s">
-        <v>799</v>
+        <v>791</v>
       </c>
       <c r="B205" s="6">
         <v>0</v>
       </c>
       <c r="C205" s="6">
         <v>0</v>
       </c>
       <c r="D205" s="6">
         <v>0</v>
       </c>
       <c r="E205" s="6" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="F205" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G205" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H205" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I205" s="6">
-        <v>0.8</v>
+        <v>1.36</v>
       </c>
       <c r="J205" s="10" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="K205" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L205" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M205" s="6" t="s">
-        <v>802</v>
+        <v>794</v>
       </c>
       <c r="N205" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O205" s="6"/>
       <c r="P205" s="6"/>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="65">
       <c r="A206" s="6" t="s">
-        <v>803</v>
+        <v>795</v>
       </c>
       <c r="B206" s="6">
         <v>0</v>
       </c>
       <c r="C206" s="6">
         <v>0</v>
       </c>
       <c r="D206" s="6">
         <v>0</v>
       </c>
       <c r="E206" s="6" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="F206" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G206" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H206" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I206" s="6">
-        <v>24.5</v>
+        <v>1.36</v>
       </c>
       <c r="J206" s="10" t="s">
-        <v>805</v>
+        <v>797</v>
       </c>
       <c r="K206" s="6" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="L206" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M206" s="6" t="s">
-        <v>806</v>
+        <v>798</v>
       </c>
       <c r="N206" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O206" s="6"/>
       <c r="P206" s="6"/>
     </row>
     <row r="207" spans="1:16" customHeight="1" ht="65">
       <c r="A207" s="6" t="s">
-        <v>807</v>
+        <v>799</v>
       </c>
       <c r="B207" s="6">
         <v>0</v>
       </c>
       <c r="C207" s="6">
         <v>0</v>
       </c>
       <c r="D207" s="6">
         <v>0</v>
       </c>
       <c r="E207" s="6" t="s">
-        <v>808</v>
+        <v>800</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>809</v>
+        <v>115</v>
       </c>
       <c r="G207" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H207" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I207" s="6">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="J207" s="10" t="s">
-        <v>810</v>
+        <v>801</v>
       </c>
       <c r="K207" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L207" s="10" t="s">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="M207" s="6" t="s">
-        <v>811</v>
+        <v>802</v>
       </c>
       <c r="N207" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O207" s="6"/>
       <c r="P207" s="6"/>
     </row>
     <row r="208" spans="1:16" customHeight="1" ht="65">
       <c r="A208" s="6" t="s">
-        <v>812</v>
+        <v>803</v>
       </c>
       <c r="B208" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C208" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D208" s="6">
         <v>0</v>
       </c>
       <c r="E208" s="6" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
       <c r="F208" s="9" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="G208" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H208" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I208" s="6">
-        <v>0.58</v>
+        <v>0.265</v>
       </c>
       <c r="J208" s="10" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="K208" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L208" s="10" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="M208" s="6" t="s">
-        <v>815</v>
+        <v>806</v>
       </c>
       <c r="N208" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O208" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O208" s="6"/>
       <c r="P208" s="6"/>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="65">
       <c r="A209" s="6" t="s">
-        <v>816</v>
+        <v>807</v>
       </c>
       <c r="B209" s="6">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="C209" s="6">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="D209" s="6">
         <v>0</v>
       </c>
       <c r="E209" s="6" t="s">
-        <v>817</v>
+        <v>808</v>
       </c>
       <c r="F209" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G209" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H209" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I209" s="6">
-        <v>0.58</v>
+        <v>2.85</v>
       </c>
       <c r="J209" s="10" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
       <c r="K209" s="6" t="s">
-        <v>65</v>
+        <v>216</v>
       </c>
       <c r="L209" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M209" s="6" t="s">
-        <v>819</v>
+        <v>810</v>
       </c>
       <c r="N209" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O209" s="6"/>
+      <c r="O209" s="6">
+        <v>1780.75</v>
+      </c>
       <c r="P209" s="6"/>
     </row>
     <row r="210" spans="1:16" customHeight="1" ht="65">
       <c r="A210" s="6" t="s">
-        <v>820</v>
+        <v>811</v>
       </c>
       <c r="B210" s="6">
-        <v>1</v>
+        <v>98</v>
       </c>
       <c r="C210" s="6">
-        <v>1</v>
+        <v>98</v>
       </c>
       <c r="D210" s="6">
         <v>0</v>
       </c>
       <c r="E210" s="6" t="s">
-        <v>821</v>
+        <v>812</v>
       </c>
       <c r="F210" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G210" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H210" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I210" s="6">
-        <v>0.408</v>
+        <v>4.26</v>
       </c>
       <c r="J210" s="10" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="K210" s="6" t="s">
-        <v>65</v>
+        <v>216</v>
       </c>
       <c r="L210" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M210" s="6" t="s">
-        <v>823</v>
+        <v>814</v>
       </c>
       <c r="N210" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O210" s="6">
-        <v>2025.09</v>
+        <v>2940.21</v>
       </c>
       <c r="P210" s="6"/>
     </row>
     <row r="211" spans="1:16" customHeight="1" ht="65">
       <c r="A211" s="6" t="s">
-        <v>824</v>
+        <v>815</v>
       </c>
       <c r="B211" s="6">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="C211" s="6">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="D211" s="6">
         <v>0</v>
       </c>
       <c r="E211" s="6" t="s">
-        <v>825</v>
+        <v>816</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G211" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H211" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I211" s="6">
-        <v>0.42</v>
+        <v>0.76</v>
       </c>
       <c r="J211" s="10" t="s">
-        <v>826</v>
+        <v>817</v>
       </c>
       <c r="K211" s="6" t="s">
-        <v>65</v>
+        <v>216</v>
       </c>
       <c r="L211" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M211" s="6" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="N211" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O211" s="6"/>
+      <c r="O211" s="6">
+        <v>624.97</v>
+      </c>
       <c r="P211" s="6"/>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="65">
       <c r="A212" s="6" t="s">
-        <v>828</v>
+        <v>819</v>
       </c>
       <c r="B212" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C212" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D212" s="6">
         <v>0</v>
       </c>
       <c r="E212" s="6" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G212" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H212" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I212" s="6">
-        <v>0.59</v>
+        <v>0.8</v>
       </c>
       <c r="J212" s="10" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="K212" s="6" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="L212" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M212" s="6" t="s">
-        <v>831</v>
+        <v>822</v>
       </c>
       <c r="N212" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O212" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O212" s="6"/>
       <c r="P212" s="6"/>
     </row>
     <row r="213" spans="1:16" customHeight="1" ht="65">
       <c r="A213" s="6" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="B213" s="6">
         <v>0</v>
       </c>
       <c r="C213" s="6">
         <v>0</v>
       </c>
       <c r="D213" s="6">
         <v>0</v>
       </c>
       <c r="E213" s="6" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G213" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H213" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I213" s="6">
-        <v>0.25</v>
+        <v>0.8</v>
       </c>
       <c r="J213" s="10" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="K213" s="6" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="L213" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M213" s="6" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
       <c r="N213" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O213" s="6"/>
       <c r="P213" s="6"/>
     </row>
     <row r="214" spans="1:16" customHeight="1" ht="65">
       <c r="A214" s="6" t="s">
-        <v>836</v>
+        <v>827</v>
       </c>
       <c r="B214" s="6">
         <v>0</v>
       </c>
       <c r="C214" s="6">
         <v>0</v>
       </c>
       <c r="D214" s="6">
         <v>0</v>
       </c>
       <c r="E214" s="6" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
       <c r="F214" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G214" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H214" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I214" s="6">
-        <v>1.14</v>
+        <v>24.5</v>
       </c>
       <c r="J214" s="10" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
       <c r="K214" s="6" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="L214" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M214" s="6" t="s">
-        <v>839</v>
+        <v>830</v>
       </c>
       <c r="N214" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O214" s="6"/>
       <c r="P214" s="6"/>
     </row>
     <row r="215" spans="1:16" customHeight="1" ht="65">
       <c r="A215" s="6" t="s">
-        <v>840</v>
+        <v>831</v>
       </c>
       <c r="B215" s="6">
         <v>0</v>
       </c>
       <c r="C215" s="6">
         <v>0</v>
       </c>
       <c r="D215" s="6">
         <v>0</v>
       </c>
       <c r="E215" s="6" t="s">
-        <v>841</v>
+        <v>832</v>
       </c>
       <c r="F215" s="9" t="s">
-        <v>115</v>
+        <v>833</v>
       </c>
       <c r="G215" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H215" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I215" s="6">
-        <v>1.06</v>
+        <v>0.5</v>
       </c>
       <c r="J215" s="10" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="K215" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L215" s="10" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="M215" s="6" t="s">
-        <v>843</v>
+        <v>835</v>
       </c>
       <c r="N215" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O215" s="6"/>
       <c r="P215" s="6"/>
     </row>
     <row r="216" spans="1:16" customHeight="1" ht="65">
       <c r="A216" s="6" t="s">
-        <v>844</v>
+        <v>836</v>
       </c>
       <c r="B216" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C216" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D216" s="6">
         <v>0</v>
       </c>
       <c r="E216" s="6" t="s">
-        <v>845</v>
+        <v>837</v>
       </c>
       <c r="F216" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G216" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H216" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I216" s="6">
-        <v>0.99</v>
+        <v>0.58</v>
       </c>
       <c r="J216" s="10" t="s">
-        <v>846</v>
+        <v>838</v>
       </c>
       <c r="K216" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L216" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M216" s="6" t="s">
-        <v>847</v>
+        <v>839</v>
       </c>
       <c r="N216" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O216" s="6">
-        <v>1277.65</v>
+        <v>1148.49</v>
       </c>
       <c r="P216" s="6"/>
     </row>
     <row r="217" spans="1:16" customHeight="1" ht="65">
       <c r="A217" s="6" t="s">
-        <v>848</v>
+        <v>840</v>
       </c>
       <c r="B217" s="6">
         <v>0</v>
       </c>
       <c r="C217" s="6">
         <v>0</v>
       </c>
       <c r="D217" s="6">
         <v>0</v>
       </c>
       <c r="E217" s="6" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="F217" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G217" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H217" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I217" s="6">
-        <v>0.96</v>
+        <v>0.58</v>
       </c>
       <c r="J217" s="10" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="K217" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L217" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M217" s="6" t="s">
-        <v>851</v>
+        <v>843</v>
       </c>
       <c r="N217" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O217" s="6"/>
       <c r="P217" s="6"/>
     </row>
     <row r="218" spans="1:16" customHeight="1" ht="65">
       <c r="A218" s="6" t="s">
-        <v>852</v>
+        <v>844</v>
       </c>
       <c r="B218" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C218" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D218" s="6">
         <v>0</v>
       </c>
       <c r="E218" s="6" t="s">
-        <v>853</v>
+        <v>845</v>
       </c>
       <c r="F218" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G218" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H218" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I218" s="6">
-        <v>1.2</v>
+        <v>0.408</v>
       </c>
       <c r="J218" s="10" t="s">
-        <v>854</v>
+        <v>846</v>
       </c>
       <c r="K218" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L218" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M218" s="6" t="s">
-        <v>855</v>
+        <v>847</v>
       </c>
       <c r="N218" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O218" s="6"/>
+      <c r="O218" s="6">
+        <v>2025.09</v>
+      </c>
       <c r="P218" s="6"/>
     </row>
     <row r="219" spans="1:16" customHeight="1" ht="65">
       <c r="A219" s="6" t="s">
-        <v>856</v>
+        <v>848</v>
       </c>
       <c r="B219" s="6">
         <v>0</v>
       </c>
       <c r="C219" s="6">
         <v>0</v>
       </c>
       <c r="D219" s="6">
         <v>0</v>
       </c>
       <c r="E219" s="6" t="s">
-        <v>857</v>
+        <v>849</v>
       </c>
       <c r="F219" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G219" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H219" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I219" s="6">
-        <v>1.905</v>
+        <v>0.42</v>
       </c>
       <c r="J219" s="10" t="s">
-        <v>858</v>
+        <v>850</v>
       </c>
       <c r="K219" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L219" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M219" s="6" t="s">
-        <v>859</v>
+        <v>851</v>
       </c>
       <c r="N219" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O219" s="6"/>
       <c r="P219" s="6"/>
     </row>
     <row r="220" spans="1:16" customHeight="1" ht="65">
       <c r="A220" s="6" t="s">
-        <v>860</v>
+        <v>852</v>
       </c>
       <c r="B220" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C220" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D220" s="6">
         <v>0</v>
       </c>
       <c r="E220" s="6" t="s">
-        <v>861</v>
+        <v>853</v>
       </c>
       <c r="F220" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G220" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H220" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I220" s="6">
-        <v>1.71</v>
+        <v>0.59</v>
       </c>
       <c r="J220" s="10" t="s">
-        <v>862</v>
+        <v>854</v>
       </c>
       <c r="K220" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L220" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M220" s="6" t="s">
-        <v>863</v>
+        <v>855</v>
       </c>
       <c r="N220" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O220" s="6"/>
+      <c r="O220" s="6">
+        <v>478.4</v>
+      </c>
       <c r="P220" s="6"/>
     </row>
     <row r="221" spans="1:16" customHeight="1" ht="65">
       <c r="A221" s="6" t="s">
-        <v>864</v>
+        <v>856</v>
       </c>
       <c r="B221" s="6">
         <v>0</v>
       </c>
       <c r="C221" s="6">
         <v>0</v>
       </c>
       <c r="D221" s="6">
         <v>0</v>
       </c>
       <c r="E221" s="6" t="s">
-        <v>865</v>
+        <v>857</v>
       </c>
       <c r="F221" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G221" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H221" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I221" s="6">
-        <v>1.71</v>
+        <v>0.25</v>
       </c>
       <c r="J221" s="10" t="s">
-        <v>866</v>
+        <v>858</v>
       </c>
       <c r="K221" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L221" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M221" s="6" t="s">
-        <v>867</v>
+        <v>859</v>
       </c>
       <c r="N221" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O221" s="6"/>
       <c r="P221" s="6"/>
     </row>
     <row r="222" spans="1:16" customHeight="1" ht="65">
       <c r="A222" s="6" t="s">
-        <v>868</v>
+        <v>860</v>
       </c>
       <c r="B222" s="6">
         <v>0</v>
       </c>
       <c r="C222" s="6">
         <v>0</v>
       </c>
       <c r="D222" s="6">
         <v>0</v>
       </c>
       <c r="E222" s="6" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="F222" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G222" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H222" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I222" s="6">
-        <v>1.505</v>
+        <v>1.14</v>
       </c>
       <c r="J222" s="10" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K222" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L222" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M222" s="6" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="N222" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O222" s="6"/>
       <c r="P222" s="6"/>
     </row>
     <row r="223" spans="1:16" customHeight="1" ht="65">
       <c r="A223" s="6" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="B223" s="6">
         <v>0</v>
       </c>
       <c r="C223" s="6">
         <v>0</v>
       </c>
       <c r="D223" s="6">
         <v>0</v>
       </c>
       <c r="E223" s="6" t="s">
-        <v>873</v>
+        <v>865</v>
       </c>
       <c r="F223" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G223" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H223" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I223" s="6">
-        <v>1.6</v>
+        <v>1.06</v>
       </c>
       <c r="J223" s="10" t="s">
-        <v>874</v>
+        <v>866</v>
       </c>
       <c r="K223" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L223" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M223" s="6" t="s">
-        <v>875</v>
+        <v>867</v>
       </c>
       <c r="N223" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O223" s="6"/>
       <c r="P223" s="6"/>
     </row>
     <row r="224" spans="1:16" customHeight="1" ht="65">
       <c r="A224" s="6" t="s">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="B224" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C224" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D224" s="6">
         <v>0</v>
       </c>
       <c r="E224" s="6" t="s">
-        <v>877</v>
+        <v>869</v>
       </c>
       <c r="F224" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G224" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H224" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I224" s="6">
-        <v>3.32</v>
+        <v>0.99</v>
       </c>
       <c r="J224" s="10" t="s">
-        <v>878</v>
+        <v>870</v>
       </c>
       <c r="K224" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L224" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M224" s="6" t="s">
-        <v>879</v>
+        <v>871</v>
       </c>
       <c r="N224" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O224" s="6"/>
+      <c r="O224" s="6">
+        <v>1277.66</v>
+      </c>
       <c r="P224" s="6"/>
     </row>
     <row r="225" spans="1:16" customHeight="1" ht="65">
       <c r="A225" s="6" t="s">
-        <v>880</v>
+        <v>872</v>
       </c>
       <c r="B225" s="6">
         <v>0</v>
       </c>
       <c r="C225" s="6">
         <v>0</v>
       </c>
       <c r="D225" s="6">
         <v>0</v>
       </c>
       <c r="E225" s="6" t="s">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="F225" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G225" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H225" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I225" s="6">
-        <v>3.435</v>
+        <v>0.96</v>
       </c>
       <c r="J225" s="10" t="s">
-        <v>882</v>
+        <v>874</v>
       </c>
       <c r="K225" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L225" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M225" s="6" t="s">
-        <v>883</v>
+        <v>875</v>
       </c>
       <c r="N225" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O225" s="6"/>
       <c r="P225" s="6"/>
     </row>
     <row r="226" spans="1:16" customHeight="1" ht="65">
       <c r="A226" s="6" t="s">
-        <v>884</v>
+        <v>876</v>
       </c>
       <c r="B226" s="6">
         <v>0</v>
       </c>
       <c r="C226" s="6">
         <v>0</v>
       </c>
       <c r="D226" s="6">
         <v>0</v>
       </c>
       <c r="E226" s="6" t="s">
-        <v>885</v>
+        <v>877</v>
       </c>
       <c r="F226" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G226" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H226" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I226" s="6">
-        <v>6.5</v>
+        <v>1.2</v>
       </c>
       <c r="J226" s="10" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K226" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L226" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M226" s="6" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="N226" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O226" s="6"/>
       <c r="P226" s="6"/>
     </row>
     <row r="227" spans="1:16" customHeight="1" ht="65">
       <c r="A227" s="6" t="s">
-        <v>888</v>
+        <v>880</v>
       </c>
       <c r="B227" s="6">
         <v>0</v>
       </c>
       <c r="C227" s="6">
         <v>0</v>
       </c>
       <c r="D227" s="6">
         <v>0</v>
       </c>
       <c r="E227" s="6" t="s">
-        <v>889</v>
+        <v>881</v>
       </c>
       <c r="F227" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G227" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H227" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I227" s="6">
-        <v>9.1</v>
+        <v>1.905</v>
       </c>
       <c r="J227" s="10" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="K227" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L227" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M227" s="6" t="s">
-        <v>891</v>
+        <v>883</v>
       </c>
       <c r="N227" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O227" s="6"/>
       <c r="P227" s="6"/>
     </row>
     <row r="228" spans="1:16" customHeight="1" ht="65">
       <c r="A228" s="6" t="s">
-        <v>892</v>
+        <v>884</v>
       </c>
       <c r="B228" s="6">
         <v>0</v>
       </c>
       <c r="C228" s="6">
         <v>0</v>
       </c>
       <c r="D228" s="6">
         <v>0</v>
       </c>
       <c r="E228" s="6" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="F228" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G228" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H228" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I228" s="6">
-        <v>1.1</v>
+        <v>1.71</v>
       </c>
       <c r="J228" s="10" t="s">
-        <v>894</v>
+        <v>886</v>
       </c>
       <c r="K228" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L228" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M228" s="6" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="N228" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O228" s="6"/>
       <c r="P228" s="6"/>
     </row>
     <row r="229" spans="1:16" customHeight="1" ht="65">
       <c r="A229" s="6" t="s">
-        <v>896</v>
+        <v>888</v>
       </c>
       <c r="B229" s="6">
         <v>0</v>
       </c>
       <c r="C229" s="6">
         <v>0</v>
       </c>
       <c r="D229" s="6">
         <v>0</v>
       </c>
       <c r="E229" s="6" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="F229" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G229" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H229" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I229" s="6">
-        <v>1.81</v>
+        <v>1.71</v>
       </c>
       <c r="J229" s="10" t="s">
-        <v>898</v>
+        <v>890</v>
       </c>
       <c r="K229" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L229" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M229" s="6" t="s">
-        <v>899</v>
+        <v>891</v>
       </c>
       <c r="N229" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O229" s="6"/>
       <c r="P229" s="6"/>
     </row>
     <row r="230" spans="1:16" customHeight="1" ht="65">
       <c r="A230" s="6" t="s">
-        <v>900</v>
+        <v>892</v>
       </c>
       <c r="B230" s="6">
         <v>0</v>
       </c>
       <c r="C230" s="6">
         <v>0</v>
       </c>
       <c r="D230" s="6">
         <v>0</v>
       </c>
       <c r="E230" s="6" t="s">
-        <v>901</v>
+        <v>893</v>
       </c>
       <c r="F230" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G230" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H230" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I230" s="6">
-        <v>3.7</v>
+        <v>1.505</v>
       </c>
       <c r="J230" s="10" t="s">
-        <v>902</v>
+        <v>894</v>
       </c>
       <c r="K230" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L230" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M230" s="6" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="N230" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O230" s="6"/>
       <c r="P230" s="6"/>
     </row>
     <row r="231" spans="1:16" customHeight="1" ht="65">
       <c r="A231" s="6" t="s">
-        <v>904</v>
+        <v>896</v>
       </c>
       <c r="B231" s="6">
         <v>0</v>
       </c>
       <c r="C231" s="6">
         <v>0</v>
       </c>
       <c r="D231" s="6">
         <v>0</v>
       </c>
       <c r="E231" s="6" t="s">
-        <v>905</v>
+        <v>897</v>
       </c>
       <c r="F231" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G231" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H231" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I231" s="6">
-        <v>11.8</v>
+        <v>1.6</v>
       </c>
       <c r="J231" s="10" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
       <c r="K231" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L231" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M231" s="6" t="s">
-        <v>907</v>
+        <v>899</v>
       </c>
       <c r="N231" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O231" s="6"/>
       <c r="P231" s="6"/>
     </row>
     <row r="232" spans="1:16" customHeight="1" ht="65">
       <c r="A232" s="6" t="s">
-        <v>908</v>
+        <v>900</v>
       </c>
       <c r="B232" s="6">
         <v>0</v>
       </c>
       <c r="C232" s="6">
         <v>0</v>
       </c>
       <c r="D232" s="6">
         <v>0</v>
       </c>
       <c r="E232" s="6" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="F232" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G232" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H232" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I232" s="6">
-        <v>0</v>
+        <v>3.32</v>
       </c>
       <c r="J232" s="10" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="K232" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L232" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M232" s="6" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="N232" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O232" s="6"/>
       <c r="P232" s="6"/>
     </row>
     <row r="233" spans="1:16" customHeight="1" ht="65">
       <c r="A233" s="6" t="s">
-        <v>912</v>
+        <v>904</v>
       </c>
       <c r="B233" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C233" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D233" s="6">
         <v>0</v>
       </c>
       <c r="E233" s="6" t="s">
-        <v>913</v>
+        <v>905</v>
       </c>
       <c r="F233" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G233" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H233" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I233" s="6">
-        <v>0.42</v>
+        <v>3.435</v>
       </c>
       <c r="J233" s="10" t="s">
-        <v>914</v>
+        <v>906</v>
       </c>
       <c r="K233" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L233" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M233" s="6" t="s">
-        <v>915</v>
+        <v>907</v>
       </c>
       <c r="N233" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O233" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O233" s="6"/>
       <c r="P233" s="6"/>
     </row>
     <row r="234" spans="1:16" customHeight="1" ht="65">
       <c r="A234" s="6" t="s">
-        <v>916</v>
+        <v>908</v>
       </c>
       <c r="B234" s="6">
         <v>0</v>
       </c>
       <c r="C234" s="6">
         <v>0</v>
       </c>
       <c r="D234" s="6">
         <v>0</v>
       </c>
       <c r="E234" s="6" t="s">
-        <v>917</v>
+        <v>909</v>
       </c>
       <c r="F234" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G234" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H234" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I234" s="6">
-        <v>0.415</v>
+        <v>6.5</v>
       </c>
       <c r="J234" s="10" t="s">
-        <v>918</v>
+        <v>910</v>
       </c>
       <c r="K234" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L234" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M234" s="6" t="s">
-        <v>919</v>
+        <v>911</v>
       </c>
       <c r="N234" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O234" s="6"/>
       <c r="P234" s="6"/>
     </row>
     <row r="235" spans="1:16" customHeight="1" ht="65">
       <c r="A235" s="6" t="s">
-        <v>920</v>
+        <v>912</v>
       </c>
       <c r="B235" s="6">
         <v>0</v>
       </c>
       <c r="C235" s="6">
         <v>0</v>
       </c>
       <c r="D235" s="6">
         <v>0</v>
       </c>
       <c r="E235" s="6" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="F235" s="9" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="G235" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H235" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I235" s="6">
-        <v>12</v>
+        <v>9.1</v>
       </c>
       <c r="J235" s="10" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="K235" s="6" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
       <c r="L235" s="10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="M235" s="6" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="N235" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O235" s="6"/>
       <c r="P235" s="6"/>
     </row>
     <row r="236" spans="1:16" customHeight="1" ht="65">
       <c r="A236" s="6" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="B236" s="6">
         <v>0</v>
       </c>
       <c r="C236" s="6">
         <v>0</v>
       </c>
       <c r="D236" s="6">
         <v>0</v>
       </c>
       <c r="E236" s="6" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="F236" s="9" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="G236" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H236" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I236" s="6">
-        <v>10</v>
+        <v>1.1</v>
       </c>
       <c r="J236" s="10" t="s">
-        <v>926</v>
+        <v>918</v>
       </c>
       <c r="K236" s="6" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
       <c r="L236" s="10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="M236" s="6" t="s">
-        <v>927</v>
+        <v>919</v>
       </c>
       <c r="N236" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O236" s="6"/>
       <c r="P236" s="6"/>
     </row>
     <row r="237" spans="1:16" customHeight="1" ht="65">
       <c r="A237" s="6" t="s">
-        <v>928</v>
+        <v>920</v>
       </c>
       <c r="B237" s="6">
         <v>0</v>
       </c>
       <c r="C237" s="6">
         <v>0</v>
       </c>
       <c r="D237" s="6">
         <v>0</v>
       </c>
       <c r="E237" s="6" t="s">
-        <v>929</v>
+        <v>921</v>
       </c>
       <c r="F237" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G237" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H237" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I237" s="6">
-        <v>1.74</v>
+        <v>1.81</v>
       </c>
       <c r="J237" s="10" t="s">
-        <v>930</v>
+        <v>922</v>
       </c>
       <c r="K237" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L237" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M237" s="6" t="s">
-        <v>931</v>
+        <v>923</v>
       </c>
       <c r="N237" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O237" s="6"/>
       <c r="P237" s="6"/>
     </row>
     <row r="238" spans="1:16" customHeight="1" ht="65">
       <c r="A238" s="6" t="s">
-        <v>932</v>
+        <v>924</v>
       </c>
       <c r="B238" s="6">
         <v>0</v>
       </c>
       <c r="C238" s="6">
         <v>0</v>
       </c>
       <c r="D238" s="6">
         <v>0</v>
       </c>
       <c r="E238" s="6" t="s">
-        <v>933</v>
+        <v>925</v>
       </c>
       <c r="F238" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G238" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H238" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I238" s="6">
-        <v>3.34</v>
+        <v>3.7</v>
       </c>
       <c r="J238" s="10" t="s">
-        <v>934</v>
+        <v>926</v>
       </c>
       <c r="K238" s="6" t="s">
-        <v>216</v>
+        <v>65</v>
       </c>
       <c r="L238" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M238" s="6" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
       <c r="N238" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O238" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O238" s="6"/>
       <c r="P238" s="6"/>
     </row>
     <row r="239" spans="1:16" customHeight="1" ht="65">
       <c r="A239" s="6" t="s">
-        <v>936</v>
+        <v>928</v>
       </c>
       <c r="B239" s="6">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="C239" s="6">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="D239" s="6">
         <v>0</v>
       </c>
       <c r="E239" s="6" t="s">
-        <v>937</v>
+        <v>929</v>
       </c>
       <c r="F239" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G239" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H239" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I239" s="6">
-        <v>1.87</v>
+        <v>11.8</v>
       </c>
       <c r="J239" s="10" t="s">
-        <v>938</v>
+        <v>930</v>
       </c>
       <c r="K239" s="6" t="s">
-        <v>216</v>
+        <v>65</v>
       </c>
       <c r="L239" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M239" s="6" t="s">
-        <v>939</v>
+        <v>931</v>
       </c>
       <c r="N239" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O239" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O239" s="6"/>
       <c r="P239" s="6"/>
     </row>
     <row r="240" spans="1:16" customHeight="1" ht="65">
       <c r="A240" s="6" t="s">
-        <v>940</v>
+        <v>932</v>
       </c>
       <c r="B240" s="6">
         <v>0</v>
       </c>
       <c r="C240" s="6">
         <v>0</v>
       </c>
       <c r="D240" s="6">
         <v>0</v>
       </c>
       <c r="E240" s="6" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="F240" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G240" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H240" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I240" s="6">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="J240" s="10" t="s">
-        <v>942</v>
+        <v>934</v>
       </c>
       <c r="K240" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L240" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M240" s="6" t="s">
-        <v>943</v>
+        <v>935</v>
       </c>
       <c r="N240" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O240" s="6"/>
       <c r="P240" s="6"/>
     </row>
     <row r="241" spans="1:16" customHeight="1" ht="65">
       <c r="A241" s="6" t="s">
-        <v>944</v>
+        <v>936</v>
       </c>
       <c r="B241" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C241" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D241" s="6">
         <v>0</v>
       </c>
       <c r="E241" s="6" t="s">
-        <v>945</v>
+        <v>937</v>
       </c>
       <c r="F241" s="9" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="G241" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H241" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I241" s="6">
-        <v>1</v>
+        <v>0.42</v>
       </c>
       <c r="J241" s="10" t="s">
-        <v>946</v>
+        <v>938</v>
       </c>
       <c r="K241" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L241" s="10" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="M241" s="6" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
       <c r="N241" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O241" s="6">
-        <v>1619.49</v>
+        <v>504.72</v>
       </c>
       <c r="P241" s="6"/>
     </row>
     <row r="242" spans="1:16" customHeight="1" ht="65">
       <c r="A242" s="6" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="B242" s="6">
         <v>0</v>
       </c>
       <c r="C242" s="6">
         <v>0</v>
       </c>
       <c r="D242" s="6">
         <v>0</v>
       </c>
       <c r="E242" s="6" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="G242" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H242" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I242" s="6">
-        <v>1</v>
+        <v>0.415</v>
       </c>
       <c r="J242" s="10" t="s">
-        <v>950</v>
+        <v>942</v>
       </c>
       <c r="K242" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L242" s="10" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="M242" s="6" t="s">
-        <v>951</v>
+        <v>943</v>
       </c>
       <c r="N242" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O242" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O242" s="6"/>
       <c r="P242" s="6"/>
     </row>
     <row r="243" spans="1:16" customHeight="1" ht="65">
       <c r="A243" s="6" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="B243" s="6">
         <v>0</v>
       </c>
       <c r="C243" s="6">
         <v>0</v>
       </c>
       <c r="D243" s="6">
         <v>0</v>
       </c>
       <c r="E243" s="6" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="F243" s="9" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="G243" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H243" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I243" s="6">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J243" s="10" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="K243" s="6" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="L243" s="10" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="M243" s="6" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="N243" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O243" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O243" s="6"/>
       <c r="P243" s="6"/>
     </row>
     <row r="244" spans="1:16" customHeight="1" ht="65">
       <c r="A244" s="6" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="B244" s="6">
         <v>0</v>
       </c>
       <c r="C244" s="6">
         <v>0</v>
       </c>
       <c r="D244" s="6">
         <v>0</v>
       </c>
       <c r="E244" s="6" t="s">
-        <v>957</v>
+        <v>949</v>
       </c>
       <c r="F244" s="9" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="G244" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H244" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I244" s="6">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J244" s="10" t="s">
-        <v>958</v>
+        <v>950</v>
       </c>
       <c r="K244" s="6" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="L244" s="10" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="M244" s="6" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
       <c r="N244" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O244" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O244" s="6"/>
       <c r="P244" s="6"/>
     </row>
     <row r="245" spans="1:16" customHeight="1" ht="65">
       <c r="A245" s="6" t="s">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="B245" s="6">
         <v>0</v>
       </c>
       <c r="C245" s="6">
         <v>0</v>
       </c>
       <c r="D245" s="6">
         <v>0</v>
       </c>
       <c r="E245" s="6" t="s">
-        <v>961</v>
+        <v>953</v>
       </c>
       <c r="F245" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G245" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H245" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I245" s="6">
-        <v>1</v>
+        <v>1.74</v>
       </c>
       <c r="J245" s="10" t="s">
-        <v>962</v>
+        <v>954</v>
       </c>
       <c r="K245" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L245" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M245" s="6" t="s">
-        <v>963</v>
+        <v>955</v>
       </c>
       <c r="N245" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O245" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O245" s="6"/>
       <c r="P245" s="6"/>
     </row>
     <row r="246" spans="1:16" customHeight="1" ht="65">
       <c r="A246" s="6" t="s">
-        <v>964</v>
+        <v>956</v>
       </c>
       <c r="B246" s="6">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="C246" s="6">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="D246" s="6">
         <v>0</v>
       </c>
       <c r="E246" s="6" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="F246" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G246" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H246" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I246" s="6">
-        <v>1.25</v>
+        <v>3.34</v>
       </c>
       <c r="J246" s="10" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="K246" s="6" t="s">
-        <v>26</v>
+        <v>216</v>
       </c>
       <c r="L246" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M246" s="6" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="N246" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O246" s="6">
-        <v>2130.28</v>
+        <v>3215.18</v>
       </c>
       <c r="P246" s="6"/>
     </row>
     <row r="247" spans="1:16" customHeight="1" ht="65">
       <c r="A247" s="6" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="B247" s="6">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="C247" s="6">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="D247" s="6">
         <v>0</v>
       </c>
       <c r="E247" s="6" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="F247" s="9" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G247" s="10" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="H247" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I247" s="6">
-        <v>0</v>
+        <v>1.87</v>
       </c>
       <c r="J247" s="10" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="K247" s="6" t="s">
-        <v>971</v>
+        <v>216</v>
       </c>
       <c r="L247" s="10" t="s">
-        <v>972</v>
+        <v>22</v>
       </c>
       <c r="M247" s="6" t="s">
-        <v>973</v>
+        <v>963</v>
       </c>
       <c r="N247" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O247" s="6"/>
+      <c r="O247" s="6">
+        <v>1110.33</v>
+      </c>
       <c r="P247" s="6"/>
     </row>
     <row r="248" spans="1:16" customHeight="1" ht="65">
       <c r="A248" s="6" t="s">
-        <v>974</v>
+        <v>964</v>
       </c>
       <c r="B248" s="6">
         <v>0</v>
       </c>
       <c r="C248" s="6">
         <v>0</v>
       </c>
       <c r="D248" s="6">
         <v>0</v>
       </c>
-      <c r="E248" s="6">
-        <v>12000137117</v>
+      <c r="E248" s="6" t="s">
+        <v>965</v>
       </c>
       <c r="F248" s="9" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G248" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H248" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I248" s="6">
-        <v>0</v>
+        <v>0.8</v>
       </c>
       <c r="J248" s="10" t="s">
-        <v>975</v>
+        <v>966</v>
       </c>
       <c r="K248" s="6" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="L248" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M248" s="6" t="s">
-        <v>976</v>
+        <v>967</v>
       </c>
       <c r="N248" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O248" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O248" s="6"/>
       <c r="P248" s="6"/>
     </row>
     <row r="249" spans="1:16" customHeight="1" ht="65">
       <c r="A249" s="6" t="s">
-        <v>977</v>
+        <v>968</v>
       </c>
       <c r="B249" s="6">
         <v>0</v>
       </c>
       <c r="C249" s="6">
         <v>0</v>
       </c>
       <c r="D249" s="6">
         <v>0</v>
       </c>
       <c r="E249" s="6" t="s">
-        <v>978</v>
+        <v>969</v>
       </c>
       <c r="F249" s="9" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="G249" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H249" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I249" s="6">
-        <v>3.655</v>
+        <v>1</v>
       </c>
       <c r="J249" s="10" t="s">
-        <v>979</v>
+        <v>970</v>
       </c>
       <c r="K249" s="6" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="L249" s="10" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="M249" s="6" t="s">
-        <v>980</v>
+        <v>971</v>
       </c>
       <c r="N249" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O249" s="6"/>
+      <c r="O249" s="6">
+        <v>1651.88</v>
+      </c>
       <c r="P249" s="6"/>
     </row>
     <row r="250" spans="1:16" customHeight="1" ht="65">
       <c r="A250" s="6" t="s">
-        <v>981</v>
+        <v>972</v>
       </c>
       <c r="B250" s="6">
         <v>0</v>
       </c>
       <c r="C250" s="6">
         <v>0</v>
       </c>
       <c r="D250" s="6">
         <v>0</v>
       </c>
       <c r="E250" s="6" t="s">
-        <v>982</v>
+        <v>973</v>
       </c>
       <c r="F250" s="9" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G250" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H250" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I250" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J250" s="10" t="s">
-        <v>983</v>
+        <v>974</v>
       </c>
       <c r="K250" s="6" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="L250" s="10" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="M250" s="6" t="s">
-        <v>984</v>
+        <v>975</v>
       </c>
       <c r="N250" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O250" s="6">
-        <v>23330.68</v>
+        <v>1529.04</v>
       </c>
       <c r="P250" s="6"/>
     </row>
     <row r="251" spans="1:16" customHeight="1" ht="65">
       <c r="A251" s="6" t="s">
-        <v>985</v>
+        <v>976</v>
       </c>
       <c r="B251" s="6">
         <v>0</v>
       </c>
       <c r="C251" s="6">
         <v>0</v>
       </c>
       <c r="D251" s="6">
         <v>0</v>
       </c>
       <c r="E251" s="6" t="s">
-        <v>986</v>
+        <v>977</v>
       </c>
       <c r="F251" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G251" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H251" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I251" s="6">
-        <v>0.68</v>
+        <v>1</v>
       </c>
       <c r="J251" s="10" t="s">
-        <v>987</v>
+        <v>978</v>
       </c>
       <c r="K251" s="6" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="L251" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M251" s="6" t="s">
-        <v>988</v>
+        <v>979</v>
       </c>
       <c r="N251" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O251" s="6"/>
+      <c r="O251" s="6">
+        <v>1496.74</v>
+      </c>
       <c r="P251" s="6"/>
     </row>
     <row r="252" spans="1:16" customHeight="1" ht="65">
       <c r="A252" s="6" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="B252" s="6">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="C252" s="6">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="D252" s="6">
         <v>0</v>
       </c>
       <c r="E252" s="6" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F252" s="9" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G252" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H252" s="6" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I252" s="6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J252" s="10" t="s">
-        <v>991</v>
+        <v>982</v>
       </c>
       <c r="K252" s="6" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="L252" s="10" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="M252" s="6" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="N252" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O252" s="6">
-        <v>19040</v>
+        <v>2019.31</v>
       </c>
       <c r="P252" s="6"/>
     </row>
     <row r="253" spans="1:16" customHeight="1" ht="65">
       <c r="A253" s="6" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="B253" s="6">
         <v>0</v>
       </c>
       <c r="C253" s="6">
         <v>0</v>
       </c>
       <c r="D253" s="6">
         <v>0</v>
       </c>
       <c r="E253" s="6" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="F253" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G253" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H253" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I253" s="6">
-        <v>5.8</v>
+        <v>1</v>
       </c>
       <c r="J253" s="10" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="K253" s="6" t="s">
-        <v>996</v>
+        <v>26</v>
       </c>
       <c r="L253" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M253" s="6" t="s">
-        <v>997</v>
+        <v>987</v>
       </c>
       <c r="N253" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O253" s="6">
-        <v>9903.27</v>
+        <v>1958.13</v>
       </c>
       <c r="P253" s="6"/>
     </row>
     <row r="254" spans="1:16" customHeight="1" ht="65">
       <c r="A254" s="6" t="s">
-        <v>998</v>
+        <v>988</v>
       </c>
       <c r="B254" s="6">
         <v>0</v>
       </c>
       <c r="C254" s="6">
         <v>0</v>
       </c>
       <c r="D254" s="6">
         <v>0</v>
       </c>
       <c r="E254" s="6" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
       <c r="F254" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G254" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H254" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I254" s="6">
-        <v>0</v>
+        <v>1.25</v>
       </c>
       <c r="J254" s="10" t="s">
-        <v>1000</v>
+        <v>990</v>
       </c>
       <c r="K254" s="6" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="L254" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M254" s="6" t="s">
-        <v>1001</v>
+        <v>991</v>
       </c>
       <c r="N254" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O254" s="6"/>
+      <c r="O254" s="6">
+        <v>2172.88</v>
+      </c>
       <c r="P254" s="6"/>
     </row>
     <row r="255" spans="1:16" customHeight="1" ht="65">
       <c r="A255" s="6" t="s">
-        <v>1002</v>
+        <v>992</v>
       </c>
       <c r="B255" s="6">
         <v>0</v>
       </c>
       <c r="C255" s="6">
         <v>0</v>
       </c>
       <c r="D255" s="6">
         <v>0</v>
       </c>
       <c r="E255" s="6" t="s">
-        <v>1003</v>
+        <v>993</v>
       </c>
       <c r="F255" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G255" s="10" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="H255" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I255" s="6">
         <v>0</v>
       </c>
       <c r="J255" s="10" t="s">
-        <v>1004</v>
+        <v>994</v>
       </c>
       <c r="K255" s="6" t="s">
-        <v>1005</v>
+        <v>995</v>
       </c>
       <c r="L255" s="10" t="s">
-        <v>22</v>
+        <v>996</v>
       </c>
       <c r="M255" s="6" t="s">
-        <v>1006</v>
+        <v>997</v>
       </c>
       <c r="N255" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O255" s="6"/>
       <c r="P255" s="6"/>
     </row>
     <row r="256" spans="1:16" customHeight="1" ht="65">
       <c r="A256" s="6" t="s">
-        <v>1007</v>
+        <v>998</v>
       </c>
       <c r="B256" s="6">
         <v>0</v>
       </c>
       <c r="C256" s="6">
         <v>0</v>
       </c>
       <c r="D256" s="6">
         <v>0</v>
       </c>
-      <c r="E256" s="6" t="s">
-        <v>1008</v>
+      <c r="E256" s="6">
+        <v>12000137117</v>
       </c>
       <c r="F256" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G256" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H256" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I256" s="6">
-        <v>1.25</v>
+        <v>0</v>
       </c>
       <c r="J256" s="10" t="s">
-        <v>1009</v>
+        <v>999</v>
       </c>
       <c r="K256" s="6" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="L256" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M256" s="6" t="s">
-        <v>1010</v>
+        <v>1000</v>
       </c>
       <c r="N256" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O256" s="6">
-        <v>1829.6</v>
+        <v>2900.01</v>
       </c>
       <c r="P256" s="6"/>
     </row>
     <row r="257" spans="1:16" customHeight="1" ht="65">
       <c r="A257" s="6" t="s">
-        <v>1011</v>
+        <v>1001</v>
       </c>
       <c r="B257" s="6">
         <v>0</v>
       </c>
       <c r="C257" s="6">
         <v>0</v>
       </c>
       <c r="D257" s="6">
         <v>0</v>
       </c>
       <c r="E257" s="6" t="s">
-        <v>1012</v>
+        <v>1002</v>
       </c>
       <c r="F257" s="9" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="G257" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H257" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I257" s="6">
-        <v>1.25</v>
+        <v>3.655</v>
       </c>
       <c r="J257" s="10" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="K257" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L257" s="10" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="M257" s="6" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="N257" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O257" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O257" s="6"/>
       <c r="P257" s="6"/>
     </row>
     <row r="258" spans="1:16" customHeight="1" ht="65">
       <c r="A258" s="6" t="s">
-        <v>1015</v>
+        <v>1005</v>
       </c>
       <c r="B258" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C258" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D258" s="6">
         <v>0</v>
       </c>
       <c r="E258" s="6" t="s">
-        <v>1016</v>
+        <v>1006</v>
       </c>
       <c r="F258" s="9" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="G258" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H258" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I258" s="6">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J258" s="10" t="s">
-        <v>1017</v>
+        <v>1007</v>
       </c>
       <c r="K258" s="6" t="s">
-        <v>1018</v>
+        <v>49</v>
       </c>
       <c r="L258" s="10" t="s">
-        <v>1019</v>
+        <v>47</v>
       </c>
       <c r="M258" s="6" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
       <c r="N258" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O258" s="6">
-        <v>16148.79</v>
+        <v>23797.29</v>
       </c>
       <c r="P258" s="6"/>
     </row>
     <row r="259" spans="1:16" customHeight="1" ht="65">
       <c r="A259" s="6" t="s">
-        <v>1021</v>
+        <v>1009</v>
       </c>
       <c r="B259" s="6">
         <v>0</v>
       </c>
       <c r="C259" s="6">
         <v>0</v>
       </c>
       <c r="D259" s="6">
         <v>0</v>
       </c>
-      <c r="E259" s="6">
-        <v>431227609</v>
+      <c r="E259" s="6" t="s">
+        <v>1010</v>
       </c>
       <c r="F259" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G259" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H259" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I259" s="6">
-        <v>0</v>
+        <v>0.68</v>
       </c>
       <c r="J259" s="10" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="K259" s="6" t="s">
-        <v>138</v>
+        <v>65</v>
       </c>
       <c r="L259" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M259" s="6" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
       <c r="N259" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O259" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O259" s="6"/>
       <c r="P259" s="6"/>
     </row>
     <row r="260" spans="1:16" customHeight="1" ht="65">
       <c r="A260" s="6" t="s">
-        <v>1024</v>
+        <v>1013</v>
       </c>
       <c r="B260" s="6">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="C260" s="6">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="D260" s="6">
         <v>0</v>
       </c>
-      <c r="E260" s="6">
-        <v>432106121</v>
+      <c r="E260" s="6" t="s">
+        <v>1014</v>
       </c>
       <c r="F260" s="9" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="G260" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H260" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I260" s="6">
-        <v>1.57</v>
+        <v>5</v>
       </c>
       <c r="J260" s="10" t="s">
-        <v>1025</v>
+        <v>1015</v>
       </c>
       <c r="K260" s="6" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="L260" s="10" t="s">
-        <v>101</v>
+        <v>47</v>
       </c>
       <c r="M260" s="6" t="s">
-        <v>1026</v>
+        <v>1016</v>
       </c>
       <c r="N260" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O260" s="6">
-        <v>1412.13</v>
+        <v>19230.39</v>
       </c>
       <c r="P260" s="6"/>
     </row>
-    <row r="261" spans="1:16">
+    <row r="261" spans="1:16" customHeight="1" ht="65">
       <c r="A261" s="6" t="s">
-        <v>1027</v>
+        <v>1017</v>
       </c>
       <c r="B261" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C261" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D261" s="6">
         <v>0</v>
       </c>
       <c r="E261" s="6" t="s">
-        <v>1028</v>
+        <v>1018</v>
       </c>
       <c r="F261" s="9" t="s">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="G261" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H261" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I261" s="6">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="J261" s="10"/>
+        <v>5.8</v>
+      </c>
+      <c r="J261" s="10" t="s">
+        <v>1019</v>
+      </c>
       <c r="K261" s="6" t="s">
-        <v>106</v>
+        <v>1020</v>
       </c>
       <c r="L261" s="10" t="s">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="M261" s="6" t="s">
-        <v>1029</v>
+        <v>1021</v>
       </c>
       <c r="N261" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O261" s="6">
-        <v>168549.92</v>
+        <v>10101.34</v>
       </c>
       <c r="P261" s="6"/>
     </row>
     <row r="262" spans="1:16" customHeight="1" ht="65">
       <c r="A262" s="6" t="s">
-        <v>1030</v>
+        <v>1022</v>
       </c>
       <c r="B262" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C262" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D262" s="6">
         <v>0</v>
       </c>
       <c r="E262" s="6" t="s">
-        <v>1031</v>
+        <v>1023</v>
       </c>
       <c r="F262" s="9" t="s">
-        <v>1032</v>
+        <v>75</v>
       </c>
       <c r="G262" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H262" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I262" s="6">
         <v>0</v>
       </c>
       <c r="J262" s="10" t="s">
-        <v>1033</v>
+        <v>1024</v>
       </c>
       <c r="K262" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L262" s="10" t="s">
-        <v>1034</v>
+        <v>75</v>
       </c>
       <c r="M262" s="6" t="s">
-        <v>1035</v>
+        <v>1025</v>
       </c>
       <c r="N262" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O262" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O262" s="6"/>
       <c r="P262" s="6"/>
     </row>
     <row r="263" spans="1:16" customHeight="1" ht="65">
       <c r="A263" s="6" t="s">
-        <v>1036</v>
+        <v>1026</v>
       </c>
       <c r="B263" s="6">
         <v>0</v>
       </c>
       <c r="C263" s="6">
         <v>0</v>
       </c>
       <c r="D263" s="6">
         <v>0</v>
       </c>
       <c r="E263" s="6" t="s">
-        <v>1037</v>
+        <v>1027</v>
       </c>
       <c r="F263" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G263" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H263" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I263" s="6">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="J263" s="10" t="s">
-        <v>1038</v>
+        <v>1028</v>
       </c>
       <c r="K263" s="6" t="s">
-        <v>65</v>
+        <v>1029</v>
       </c>
       <c r="L263" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M263" s="6" t="s">
-        <v>1039</v>
+        <v>1030</v>
       </c>
       <c r="N263" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O263" s="6"/>
       <c r="P263" s="6"/>
     </row>
     <row r="264" spans="1:16" customHeight="1" ht="65">
       <c r="A264" s="6" t="s">
-        <v>1040</v>
+        <v>1031</v>
       </c>
       <c r="B264" s="6">
         <v>0</v>
       </c>
       <c r="C264" s="6">
         <v>0</v>
       </c>
       <c r="D264" s="6">
         <v>0</v>
       </c>
       <c r="E264" s="6" t="s">
-        <v>1041</v>
+        <v>1032</v>
       </c>
       <c r="F264" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G264" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H264" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I264" s="6">
-        <v>0.36</v>
+        <v>1.25</v>
       </c>
       <c r="J264" s="10" t="s">
-        <v>1042</v>
+        <v>1033</v>
       </c>
       <c r="K264" s="6" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="L264" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M264" s="6" t="s">
-        <v>1043</v>
+        <v>1034</v>
       </c>
       <c r="N264" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O264" s="6"/>
+      <c r="O264" s="6">
+        <v>1866.2</v>
+      </c>
       <c r="P264" s="6"/>
     </row>
     <row r="265" spans="1:16" customHeight="1" ht="65">
       <c r="A265" s="6" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="B265" s="6">
         <v>0</v>
       </c>
       <c r="C265" s="6">
         <v>0</v>
       </c>
       <c r="D265" s="6">
         <v>0</v>
       </c>
       <c r="E265" s="6" t="s">
-        <v>1045</v>
+        <v>1036</v>
       </c>
       <c r="F265" s="9" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="G265" s="10" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="H265" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I265" s="6">
-        <v>0</v>
+        <v>1.25</v>
       </c>
       <c r="J265" s="10" t="s">
-        <v>1046</v>
+        <v>1037</v>
       </c>
       <c r="K265" s="6" t="s">
-        <v>1047</v>
+        <v>26</v>
       </c>
       <c r="L265" s="10" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="M265" s="6" t="s">
-        <v>1048</v>
+        <v>1038</v>
       </c>
       <c r="N265" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O265" s="6"/>
+      <c r="O265" s="6">
+        <v>1934.21</v>
+      </c>
       <c r="P265" s="6"/>
     </row>
     <row r="266" spans="1:16" customHeight="1" ht="65">
       <c r="A266" s="6" t="s">
-        <v>1049</v>
+        <v>1039</v>
       </c>
       <c r="B266" s="6">
         <v>1</v>
       </c>
       <c r="C266" s="6">
         <v>1</v>
       </c>
       <c r="D266" s="6">
         <v>0</v>
       </c>
       <c r="E266" s="6" t="s">
-        <v>1050</v>
+        <v>1040</v>
       </c>
       <c r="F266" s="9" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="G266" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H266" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I266" s="6">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J266" s="10" t="s">
-        <v>1051</v>
+        <v>1041</v>
       </c>
       <c r="K266" s="6" t="s">
-        <v>1047</v>
+        <v>1042</v>
       </c>
       <c r="L266" s="10" t="s">
-        <v>43</v>
+        <v>1043</v>
       </c>
       <c r="M266" s="6" t="s">
-        <v>1052</v>
+        <v>1044</v>
       </c>
       <c r="N266" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O266" s="6">
-        <v>1890.78</v>
+        <v>16148.79</v>
       </c>
       <c r="P266" s="6"/>
     </row>
     <row r="267" spans="1:16" customHeight="1" ht="65">
       <c r="A267" s="6" t="s">
-        <v>1053</v>
+        <v>1045</v>
       </c>
       <c r="B267" s="6">
         <v>0</v>
       </c>
       <c r="C267" s="6">
         <v>0</v>
       </c>
       <c r="D267" s="6">
         <v>0</v>
       </c>
-      <c r="E267" s="6" t="s">
-        <v>1054</v>
+      <c r="E267" s="6">
+        <v>431227609</v>
       </c>
       <c r="F267" s="9" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="G267" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H267" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I267" s="6">
         <v>0</v>
       </c>
       <c r="J267" s="10" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="K267" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="L267" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M267" s="6" t="s">
         <v>1047</v>
       </c>
-      <c r="L267" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N267" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O267" s="6"/>
+      <c r="O267" s="6">
+        <v>1440.37</v>
+      </c>
       <c r="P267" s="6"/>
     </row>
     <row r="268" spans="1:16" customHeight="1" ht="65">
       <c r="A268" s="6" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="B268" s="6">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="C268" s="6">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="D268" s="6">
         <v>0</v>
       </c>
-      <c r="E268" s="6" t="s">
-        <v>1058</v>
+      <c r="E268" s="6">
+        <v>432106121</v>
       </c>
       <c r="F268" s="9" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="G268" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H268" s="6" t="s">
-        <v>32</v>
+        <v>98</v>
       </c>
       <c r="I268" s="6">
-        <v>0</v>
+        <v>1.57</v>
       </c>
       <c r="J268" s="10" t="s">
-        <v>1059</v>
+        <v>1049</v>
       </c>
       <c r="K268" s="6" t="s">
-        <v>1047</v>
+        <v>138</v>
       </c>
       <c r="L268" s="10" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="M268" s="6" t="s">
-        <v>1060</v>
+        <v>1050</v>
       </c>
       <c r="N268" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O268" s="6">
-        <v>2558.81</v>
+        <v>1426.26</v>
       </c>
       <c r="P268" s="6"/>
     </row>
-    <row r="269" spans="1:16" customHeight="1" ht="65">
+    <row r="269" spans="1:16">
       <c r="A269" s="6" t="s">
-        <v>1061</v>
+        <v>1051</v>
       </c>
       <c r="B269" s="6">
         <v>0</v>
       </c>
       <c r="C269" s="6">
         <v>0</v>
       </c>
       <c r="D269" s="6">
         <v>0</v>
       </c>
       <c r="E269" s="6" t="s">
-        <v>1062</v>
+        <v>1052</v>
       </c>
       <c r="F269" s="9" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="G269" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H269" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I269" s="6">
-        <v>0</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="J269" s="10"/>
       <c r="K269" s="6" t="s">
-        <v>216</v>
+        <v>106</v>
       </c>
       <c r="L269" s="10" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="M269" s="6" t="s">
-        <v>1064</v>
+        <v>1053</v>
       </c>
       <c r="N269" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O269" s="6"/>
+      <c r="O269" s="6">
+        <v>171920.92</v>
+      </c>
       <c r="P269" s="6"/>
     </row>
     <row r="270" spans="1:16" customHeight="1" ht="65">
       <c r="A270" s="6" t="s">
-        <v>1065</v>
+        <v>1054</v>
       </c>
       <c r="B270" s="6">
         <v>0</v>
       </c>
       <c r="C270" s="6">
         <v>0</v>
       </c>
       <c r="D270" s="6">
         <v>0</v>
       </c>
       <c r="E270" s="6" t="s">
-        <v>1066</v>
+        <v>1055</v>
       </c>
       <c r="F270" s="9" t="s">
-        <v>1067</v>
+        <v>1056</v>
       </c>
       <c r="G270" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H270" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I270" s="6">
         <v>0</v>
       </c>
       <c r="J270" s="10" t="s">
-        <v>1068</v>
+        <v>1057</v>
       </c>
       <c r="K270" s="6" t="s">
-        <v>1047</v>
+        <v>42</v>
       </c>
       <c r="L270" s="10" t="s">
-        <v>43</v>
+        <v>1058</v>
       </c>
       <c r="M270" s="6" t="s">
-        <v>1069</v>
+        <v>1059</v>
       </c>
       <c r="N270" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O270" s="6"/>
       <c r="P270" s="6"/>
     </row>
     <row r="271" spans="1:16" customHeight="1" ht="65">
       <c r="A271" s="6" t="s">
-        <v>1070</v>
+        <v>1060</v>
       </c>
       <c r="B271" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C271" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D271" s="6">
         <v>0</v>
       </c>
       <c r="E271" s="6" t="s">
-        <v>1071</v>
+        <v>1061</v>
       </c>
       <c r="F271" s="9" t="s">
-        <v>1072</v>
+        <v>115</v>
       </c>
       <c r="G271" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H271" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I271" s="6">
-        <v>0</v>
+        <v>0.46</v>
       </c>
       <c r="J271" s="10" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
       <c r="K271" s="6" t="s">
-        <v>1047</v>
+        <v>65</v>
       </c>
       <c r="L271" s="10" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="M271" s="6" t="s">
-        <v>1074</v>
+        <v>1063</v>
       </c>
       <c r="N271" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O271" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O271" s="6"/>
       <c r="P271" s="6"/>
     </row>
     <row r="272" spans="1:16" customHeight="1" ht="65">
       <c r="A272" s="6" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="B272" s="6">
         <v>0</v>
       </c>
       <c r="C272" s="6">
         <v>0</v>
       </c>
       <c r="D272" s="6">
         <v>0</v>
       </c>
       <c r="E272" s="6" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
       <c r="F272" s="9" t="s">
-        <v>1072</v>
+        <v>75</v>
       </c>
       <c r="G272" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H272" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I272" s="6">
-        <v>10</v>
+        <v>0.36</v>
       </c>
       <c r="J272" s="10" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="K272" s="6" t="s">
-        <v>1047</v>
+        <v>65</v>
       </c>
       <c r="L272" s="10" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="M272" s="6" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="N272" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O272" s="6"/>
       <c r="P272" s="6"/>
     </row>
     <row r="273" spans="1:16" customHeight="1" ht="65">
       <c r="A273" s="6" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="B273" s="6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C273" s="6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D273" s="6">
         <v>0</v>
       </c>
       <c r="E273" s="6" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="F273" s="9" t="s">
-        <v>1067</v>
+        <v>56</v>
       </c>
       <c r="G273" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H273" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I273" s="6">
         <v>0</v>
       </c>
       <c r="J273" s="10" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="K273" s="6" t="s">
-        <v>1047</v>
+        <v>1071</v>
       </c>
       <c r="L273" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M273" s="6" t="s">
-        <v>1082</v>
+        <v>1072</v>
       </c>
       <c r="N273" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O273" s="6">
-        <v>14223.48</v>
+        <v>1890.78</v>
       </c>
       <c r="P273" s="6"/>
     </row>
     <row r="274" spans="1:16" customHeight="1" ht="65">
       <c r="A274" s="6" t="s">
-        <v>1083</v>
+        <v>1073</v>
       </c>
       <c r="B274" s="6">
         <v>0</v>
       </c>
       <c r="C274" s="6">
         <v>0</v>
       </c>
       <c r="D274" s="6">
         <v>0</v>
       </c>
       <c r="E274" s="6" t="s">
-        <v>1084</v>
+        <v>1074</v>
       </c>
       <c r="F274" s="9" t="s">
-        <v>1032</v>
+        <v>84</v>
       </c>
       <c r="G274" s="10" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="H274" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I274" s="6">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="J274" s="10" t="s">
-        <v>1085</v>
+        <v>1075</v>
       </c>
       <c r="K274" s="6" t="s">
-        <v>42</v>
+        <v>1071</v>
       </c>
       <c r="L274" s="10" t="s">
-        <v>1034</v>
+        <v>43</v>
       </c>
       <c r="M274" s="6" t="s">
-        <v>1086</v>
+        <v>1076</v>
       </c>
       <c r="N274" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O274" s="6"/>
       <c r="P274" s="6"/>
     </row>
     <row r="275" spans="1:16" customHeight="1" ht="65">
       <c r="A275" s="6" t="s">
-        <v>1087</v>
+        <v>1077</v>
       </c>
       <c r="B275" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C275" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D275" s="6">
         <v>0</v>
       </c>
       <c r="E275" s="6" t="s">
-        <v>1088</v>
+        <v>1078</v>
       </c>
       <c r="F275" s="9" t="s">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="G275" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H275" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I275" s="6">
         <v>0</v>
       </c>
       <c r="J275" s="10" t="s">
-        <v>1089</v>
+        <v>1079</v>
       </c>
       <c r="K275" s="6" t="s">
-        <v>65</v>
+        <v>1071</v>
       </c>
       <c r="L275" s="10" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="M275" s="6" t="s">
-        <v>1090</v>
+        <v>1080</v>
       </c>
       <c r="N275" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O275" s="6"/>
+      <c r="O275" s="6">
+        <v>2558.81</v>
+      </c>
       <c r="P275" s="6"/>
     </row>
     <row r="276" spans="1:16" customHeight="1" ht="65">
       <c r="A276" s="6" t="s">
-        <v>1091</v>
+        <v>1081</v>
       </c>
       <c r="B276" s="6">
         <v>0</v>
       </c>
       <c r="C276" s="6">
         <v>0</v>
       </c>
       <c r="D276" s="6">
         <v>0</v>
       </c>
       <c r="E276" s="6" t="s">
-        <v>1092</v>
+        <v>1082</v>
       </c>
       <c r="F276" s="9" t="s">
-        <v>809</v>
+        <v>22</v>
       </c>
       <c r="G276" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H276" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I276" s="6">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="J276" s="10" t="s">
-        <v>1093</v>
+        <v>1083</v>
       </c>
       <c r="K276" s="6" t="s">
-        <v>65</v>
+        <v>216</v>
       </c>
       <c r="L276" s="10" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="M276" s="6" t="s">
-        <v>1094</v>
+        <v>1084</v>
       </c>
       <c r="N276" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O276" s="6"/>
       <c r="P276" s="6"/>
     </row>
     <row r="277" spans="1:16" customHeight="1" ht="65">
       <c r="A277" s="6" t="s">
-        <v>1095</v>
+        <v>1085</v>
       </c>
       <c r="B277" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C277" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D277" s="6">
         <v>0</v>
       </c>
       <c r="E277" s="6" t="s">
-        <v>1096</v>
+        <v>1086</v>
       </c>
       <c r="F277" s="9" t="s">
-        <v>84</v>
+        <v>1087</v>
       </c>
       <c r="G277" s="10" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="H277" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I277" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J277" s="10" t="s">
-        <v>1097</v>
+        <v>1088</v>
       </c>
       <c r="K277" s="6" t="s">
-        <v>42</v>
+        <v>1071</v>
       </c>
       <c r="L277" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M277" s="6" t="s">
-        <v>1098</v>
+        <v>1089</v>
       </c>
       <c r="N277" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O277" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O277" s="6"/>
       <c r="P277" s="6"/>
     </row>
     <row r="278" spans="1:16" customHeight="1" ht="65">
       <c r="A278" s="6" t="s">
-        <v>1099</v>
+        <v>1090</v>
       </c>
       <c r="B278" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C278" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D278" s="6">
         <v>0</v>
       </c>
       <c r="E278" s="6" t="s">
-        <v>1100</v>
+        <v>1091</v>
       </c>
       <c r="F278" s="9" t="s">
-        <v>84</v>
+        <v>726</v>
       </c>
       <c r="G278" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H278" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I278" s="6">
         <v>0</v>
       </c>
       <c r="J278" s="10" t="s">
-        <v>1101</v>
+        <v>1092</v>
       </c>
       <c r="K278" s="6" t="s">
-        <v>1102</v>
+        <v>1071</v>
       </c>
       <c r="L278" s="10" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="M278" s="6" t="s">
-        <v>1103</v>
+        <v>1093</v>
       </c>
       <c r="N278" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O278" s="6"/>
+      <c r="O278" s="6">
+        <v>1488.14</v>
+      </c>
       <c r="P278" s="6"/>
     </row>
     <row r="279" spans="1:16" customHeight="1" ht="65">
       <c r="A279" s="6" t="s">
-        <v>1104</v>
+        <v>1094</v>
       </c>
       <c r="B279" s="6">
         <v>0</v>
       </c>
       <c r="C279" s="6">
         <v>0</v>
       </c>
       <c r="D279" s="6">
         <v>0</v>
       </c>
       <c r="E279" s="6" t="s">
-        <v>1105</v>
+        <v>1095</v>
       </c>
       <c r="F279" s="9" t="s">
-        <v>84</v>
+        <v>726</v>
       </c>
       <c r="G279" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H279" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I279" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J279" s="10" t="s">
-        <v>1106</v>
+        <v>1096</v>
       </c>
       <c r="K279" s="6" t="s">
-        <v>1102</v>
+        <v>1071</v>
       </c>
       <c r="L279" s="10" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="M279" s="6" t="s">
-        <v>1107</v>
+        <v>1097</v>
       </c>
       <c r="N279" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O279" s="6"/>
       <c r="P279" s="6"/>
     </row>
     <row r="280" spans="1:16" customHeight="1" ht="65">
       <c r="A280" s="6" t="s">
-        <v>1108</v>
+        <v>1098</v>
       </c>
       <c r="B280" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C280" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D280" s="6">
         <v>0</v>
       </c>
       <c r="E280" s="6" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
       <c r="F280" s="9" t="s">
-        <v>84</v>
+        <v>1087</v>
       </c>
       <c r="G280" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H280" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I280" s="6">
         <v>0</v>
       </c>
       <c r="J280" s="10" t="s">
-        <v>1110</v>
+        <v>1100</v>
       </c>
       <c r="K280" s="6" t="s">
-        <v>1102</v>
+        <v>1071</v>
       </c>
       <c r="L280" s="10" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="M280" s="6" t="s">
-        <v>1111</v>
+        <v>1101</v>
       </c>
       <c r="N280" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O280" s="6"/>
+      <c r="O280" s="6">
+        <v>14223.48</v>
+      </c>
       <c r="P280" s="6"/>
     </row>
     <row r="281" spans="1:16" customHeight="1" ht="65">
       <c r="A281" s="6" t="s">
-        <v>1112</v>
+        <v>1102</v>
       </c>
       <c r="B281" s="6">
         <v>0</v>
       </c>
       <c r="C281" s="6">
         <v>0</v>
       </c>
       <c r="D281" s="6">
         <v>0</v>
       </c>
       <c r="E281" s="6" t="s">
-        <v>1113</v>
+        <v>1103</v>
       </c>
       <c r="F281" s="9" t="s">
-        <v>84</v>
+        <v>1056</v>
       </c>
       <c r="G281" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H281" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I281" s="6">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="J281" s="10" t="s">
-        <v>1114</v>
+        <v>1104</v>
       </c>
       <c r="K281" s="6" t="s">
-        <v>1102</v>
+        <v>42</v>
       </c>
       <c r="L281" s="10" t="s">
-        <v>84</v>
+        <v>1058</v>
       </c>
       <c r="M281" s="6" t="s">
-        <v>1115</v>
+        <v>1105</v>
       </c>
       <c r="N281" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O281" s="6"/>
       <c r="P281" s="6"/>
     </row>
     <row r="282" spans="1:16" customHeight="1" ht="65">
       <c r="A282" s="6" t="s">
-        <v>1116</v>
+        <v>1106</v>
       </c>
       <c r="B282" s="6">
         <v>0</v>
       </c>
       <c r="C282" s="6">
         <v>0</v>
       </c>
       <c r="D282" s="6">
         <v>0</v>
       </c>
       <c r="E282" s="6" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="F282" s="9" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="G282" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H282" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I282" s="6">
         <v>0</v>
       </c>
       <c r="J282" s="10" t="s">
-        <v>1118</v>
+        <v>1108</v>
       </c>
       <c r="K282" s="6" t="s">
-        <v>1102</v>
+        <v>65</v>
       </c>
       <c r="L282" s="10" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="M282" s="6" t="s">
-        <v>1119</v>
+        <v>1109</v>
       </c>
       <c r="N282" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O282" s="6"/>
       <c r="P282" s="6"/>
     </row>
     <row r="283" spans="1:16" customHeight="1" ht="65">
       <c r="A283" s="6" t="s">
-        <v>1120</v>
+        <v>1110</v>
       </c>
       <c r="B283" s="6">
         <v>0</v>
       </c>
       <c r="C283" s="6">
         <v>0</v>
       </c>
       <c r="D283" s="6">
         <v>0</v>
       </c>
       <c r="E283" s="6" t="s">
-        <v>1121</v>
+        <v>1111</v>
       </c>
       <c r="F283" s="9" t="s">
-        <v>84</v>
+        <v>833</v>
       </c>
       <c r="G283" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H283" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I283" s="6">
-        <v>0</v>
+        <v>0.85</v>
       </c>
       <c r="J283" s="10" t="s">
-        <v>1122</v>
+        <v>1112</v>
       </c>
       <c r="K283" s="6" t="s">
-        <v>1102</v>
+        <v>65</v>
       </c>
       <c r="L283" s="10" t="s">
-        <v>84</v>
+        <v>62</v>
       </c>
       <c r="M283" s="6" t="s">
-        <v>1123</v>
+        <v>1113</v>
       </c>
       <c r="N283" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O283" s="6"/>
       <c r="P283" s="6"/>
     </row>
     <row r="284" spans="1:16" customHeight="1" ht="65">
       <c r="A284" s="6" t="s">
-        <v>1124</v>
+        <v>1114</v>
       </c>
       <c r="B284" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C284" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D284" s="6">
         <v>0</v>
       </c>
       <c r="E284" s="6" t="s">
-        <v>1125</v>
+        <v>1115</v>
       </c>
       <c r="F284" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G284" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H284" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I284" s="6">
-        <v>0.25</v>
+        <v>1</v>
       </c>
       <c r="J284" s="10" t="s">
-        <v>1126</v>
+        <v>1116</v>
       </c>
       <c r="K284" s="6" t="s">
-        <v>1127</v>
+        <v>42</v>
       </c>
       <c r="L284" s="10" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="M284" s="6" t="s">
-        <v>1128</v>
+        <v>1117</v>
       </c>
       <c r="N284" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O284" s="6"/>
+      <c r="O284" s="6">
+        <v>131.52</v>
+      </c>
       <c r="P284" s="6"/>
     </row>
     <row r="285" spans="1:16" customHeight="1" ht="65">
       <c r="A285" s="6" t="s">
-        <v>1129</v>
+        <v>1118</v>
       </c>
       <c r="B285" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C285" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D285" s="6">
         <v>0</v>
       </c>
       <c r="E285" s="6" t="s">
-        <v>1130</v>
+        <v>1119</v>
       </c>
       <c r="F285" s="9" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="G285" s="10" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="H285" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I285" s="6">
-        <v>19.5</v>
+        <v>0</v>
       </c>
       <c r="J285" s="10" t="s">
-        <v>1131</v>
+        <v>1120</v>
       </c>
       <c r="K285" s="6" t="s">
-        <v>1132</v>
+        <v>1121</v>
       </c>
       <c r="L285" s="10" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="M285" s="6" t="s">
-        <v>1133</v>
+        <v>1122</v>
       </c>
       <c r="N285" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O285" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O285" s="6"/>
       <c r="P285" s="6"/>
     </row>
     <row r="286" spans="1:16" customHeight="1" ht="65">
       <c r="A286" s="6" t="s">
-        <v>1134</v>
+        <v>1123</v>
       </c>
       <c r="B286" s="6">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="C286" s="6">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="D286" s="6">
         <v>0</v>
       </c>
       <c r="E286" s="6" t="s">
-        <v>1135</v>
+        <v>1124</v>
       </c>
       <c r="F286" s="9" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="G286" s="10" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="H286" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I286" s="6">
-        <v>8.5</v>
+        <v>0</v>
       </c>
       <c r="J286" s="10" t="s">
-        <v>1136</v>
+        <v>1125</v>
       </c>
       <c r="K286" s="6" t="s">
-        <v>1132</v>
+        <v>1121</v>
       </c>
       <c r="L286" s="10" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="M286" s="6" t="s">
-        <v>1137</v>
+        <v>1126</v>
       </c>
       <c r="N286" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O286" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O286" s="6"/>
       <c r="P286" s="6"/>
     </row>
     <row r="287" spans="1:16" customHeight="1" ht="65">
       <c r="A287" s="6" t="s">
-        <v>1138</v>
+        <v>1127</v>
       </c>
       <c r="B287" s="6">
         <v>0</v>
       </c>
       <c r="C287" s="6">
         <v>0</v>
       </c>
       <c r="D287" s="6">
         <v>0</v>
       </c>
       <c r="E287" s="6" t="s">
-        <v>1139</v>
+        <v>1128</v>
       </c>
       <c r="F287" s="9" t="s">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="G287" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H287" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I287" s="6">
         <v>0</v>
       </c>
       <c r="J287" s="10" t="s">
-        <v>1140</v>
+        <v>1129</v>
       </c>
       <c r="K287" s="6" t="s">
-        <v>65</v>
+        <v>1121</v>
       </c>
       <c r="L287" s="10" t="s">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="M287" s="6" t="s">
-        <v>1141</v>
+        <v>1130</v>
       </c>
       <c r="N287" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O287" s="6"/>
       <c r="P287" s="6"/>
     </row>
     <row r="288" spans="1:16" customHeight="1" ht="65">
       <c r="A288" s="6" t="s">
-        <v>1142</v>
+        <v>1131</v>
       </c>
       <c r="B288" s="6">
         <v>0</v>
       </c>
       <c r="C288" s="6">
         <v>0</v>
       </c>
       <c r="D288" s="6">
         <v>0</v>
       </c>
       <c r="E288" s="6" t="s">
-        <v>1143</v>
+        <v>1132</v>
       </c>
       <c r="F288" s="9" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="G288" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H288" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I288" s="6">
         <v>0</v>
       </c>
       <c r="J288" s="10" t="s">
-        <v>1144</v>
+        <v>1133</v>
       </c>
       <c r="K288" s="6" t="s">
-        <v>65</v>
+        <v>1121</v>
       </c>
       <c r="L288" s="10" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="M288" s="6" t="s">
-        <v>1145</v>
+        <v>1134</v>
       </c>
       <c r="N288" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O288" s="6"/>
       <c r="P288" s="6"/>
     </row>
     <row r="289" spans="1:16" customHeight="1" ht="65">
       <c r="A289" s="6" t="s">
-        <v>1146</v>
+        <v>1135</v>
       </c>
       <c r="B289" s="6">
         <v>0</v>
       </c>
       <c r="C289" s="6">
         <v>0</v>
       </c>
       <c r="D289" s="6">
         <v>0</v>
       </c>
       <c r="E289" s="6" t="s">
-        <v>1147</v>
+        <v>1136</v>
       </c>
       <c r="F289" s="9" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="G289" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H289" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I289" s="6">
         <v>0</v>
       </c>
       <c r="J289" s="10" t="s">
-        <v>1148</v>
+        <v>1137</v>
       </c>
       <c r="K289" s="6" t="s">
-        <v>65</v>
+        <v>1121</v>
       </c>
       <c r="L289" s="10" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="M289" s="6" t="s">
-        <v>1149</v>
+        <v>1138</v>
       </c>
       <c r="N289" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O289" s="6"/>
       <c r="P289" s="6"/>
     </row>
     <row r="290" spans="1:16" customHeight="1" ht="65">
       <c r="A290" s="6" t="s">
-        <v>1150</v>
+        <v>1139</v>
       </c>
       <c r="B290" s="6">
         <v>0</v>
       </c>
       <c r="C290" s="6">
         <v>0</v>
       </c>
       <c r="D290" s="6">
         <v>0</v>
       </c>
       <c r="E290" s="6" t="s">
-        <v>1151</v>
+        <v>1140</v>
       </c>
       <c r="F290" s="9" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="G290" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H290" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I290" s="6">
         <v>0</v>
       </c>
       <c r="J290" s="10" t="s">
-        <v>1152</v>
+        <v>1141</v>
       </c>
       <c r="K290" s="6" t="s">
-        <v>65</v>
+        <v>1121</v>
       </c>
       <c r="L290" s="10" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="M290" s="6" t="s">
-        <v>1153</v>
+        <v>1142</v>
       </c>
       <c r="N290" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O290" s="6"/>
       <c r="P290" s="6"/>
     </row>
     <row r="291" spans="1:16" customHeight="1" ht="65">
       <c r="A291" s="6" t="s">
-        <v>1154</v>
+        <v>1143</v>
       </c>
       <c r="B291" s="6">
         <v>0</v>
       </c>
       <c r="C291" s="6">
         <v>0</v>
       </c>
       <c r="D291" s="6">
         <v>0</v>
       </c>
       <c r="E291" s="6" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
       <c r="F291" s="9" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="G291" s="10" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H291" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I291" s="6">
-        <v>5.95</v>
+        <v>0.25</v>
       </c>
       <c r="J291" s="10" t="s">
-        <v>1156</v>
+        <v>1145</v>
       </c>
       <c r="K291" s="6" t="s">
-        <v>34</v>
+        <v>1146</v>
       </c>
       <c r="L291" s="10" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="M291" s="6" t="s">
-        <v>1157</v>
+        <v>1147</v>
       </c>
       <c r="N291" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O291" s="6"/>
       <c r="P291" s="6"/>
     </row>
     <row r="292" spans="1:16" customHeight="1" ht="65">
       <c r="A292" s="6" t="s">
-        <v>1158</v>
+        <v>1148</v>
       </c>
       <c r="B292" s="6">
         <v>0</v>
       </c>
       <c r="C292" s="6">
         <v>0</v>
       </c>
       <c r="D292" s="6">
         <v>0</v>
       </c>
       <c r="E292" s="6" t="s">
-        <v>1159</v>
+        <v>1149</v>
       </c>
       <c r="F292" s="9" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G292" s="10" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="H292" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I292" s="6">
-        <v>2.26</v>
+        <v>19.5</v>
       </c>
       <c r="J292" s="10" t="s">
-        <v>1160</v>
+        <v>1150</v>
       </c>
       <c r="K292" s="6" t="s">
-        <v>65</v>
+        <v>1151</v>
       </c>
       <c r="L292" s="10" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="M292" s="6" t="s">
-        <v>1161</v>
+        <v>1152</v>
       </c>
       <c r="N292" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O292" s="6"/>
+      <c r="O292" s="6">
+        <v>19748.39</v>
+      </c>
       <c r="P292" s="6"/>
     </row>
     <row r="293" spans="1:16" customHeight="1" ht="65">
       <c r="A293" s="6" t="s">
-        <v>1162</v>
+        <v>1153</v>
       </c>
       <c r="B293" s="6">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="C293" s="6">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="D293" s="6">
         <v>0</v>
       </c>
       <c r="E293" s="6" t="s">
-        <v>1163</v>
+        <v>1154</v>
       </c>
       <c r="F293" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G293" s="10" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="H293" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I293" s="6">
         <v>8.5</v>
       </c>
       <c r="J293" s="10" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="K293" s="6" t="s">
-        <v>1165</v>
+        <v>1151</v>
       </c>
       <c r="L293" s="10" t="s">
-        <v>1166</v>
+        <v>68</v>
       </c>
       <c r="M293" s="6" t="s">
-        <v>1167</v>
+        <v>1156</v>
       </c>
       <c r="N293" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O293" s="6">
-        <v>27855.53</v>
+        <v>11029.17</v>
       </c>
       <c r="P293" s="6"/>
     </row>
     <row r="294" spans="1:16" customHeight="1" ht="65">
       <c r="A294" s="6" t="s">
-        <v>1168</v>
+        <v>1157</v>
       </c>
       <c r="B294" s="6">
         <v>0</v>
       </c>
       <c r="C294" s="6">
         <v>0</v>
       </c>
       <c r="D294" s="6">
         <v>0</v>
       </c>
       <c r="E294" s="6" t="s">
-        <v>1169</v>
+        <v>1158</v>
       </c>
       <c r="F294" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G294" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H294" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I294" s="6">
-        <v>2.92</v>
+        <v>0</v>
       </c>
       <c r="J294" s="10" t="s">
-        <v>1170</v>
+        <v>1159</v>
       </c>
       <c r="K294" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L294" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M294" s="6" t="s">
-        <v>1171</v>
+        <v>1160</v>
       </c>
       <c r="N294" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O294" s="6"/>
       <c r="P294" s="6"/>
     </row>
     <row r="295" spans="1:16" customHeight="1" ht="65">
       <c r="A295" s="6" t="s">
-        <v>1172</v>
+        <v>1161</v>
       </c>
       <c r="B295" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C295" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D295" s="6">
         <v>0</v>
       </c>
       <c r="E295" s="6" t="s">
-        <v>1173</v>
+        <v>1162</v>
       </c>
       <c r="F295" s="9" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G295" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H295" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I295" s="6">
-        <v>4.69</v>
+        <v>0</v>
       </c>
       <c r="J295" s="10" t="s">
-        <v>1174</v>
+        <v>1163</v>
       </c>
       <c r="K295" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L295" s="10" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="M295" s="6" t="s">
-        <v>1175</v>
+        <v>1164</v>
       </c>
       <c r="N295" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O295" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O295" s="6"/>
       <c r="P295" s="6"/>
     </row>
     <row r="296" spans="1:16" customHeight="1" ht="65">
       <c r="A296" s="6" t="s">
-        <v>1176</v>
+        <v>1165</v>
       </c>
       <c r="B296" s="6">
         <v>0</v>
       </c>
       <c r="C296" s="6">
         <v>0</v>
       </c>
       <c r="D296" s="6">
         <v>0</v>
       </c>
       <c r="E296" s="6" t="s">
-        <v>1177</v>
+        <v>1166</v>
       </c>
       <c r="F296" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G296" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H296" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I296" s="6">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="J296" s="10" t="s">
-        <v>1178</v>
+        <v>1167</v>
       </c>
       <c r="K296" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L296" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M296" s="6" t="s">
-        <v>1179</v>
+        <v>1168</v>
       </c>
       <c r="N296" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O296" s="6"/>
       <c r="P296" s="6"/>
     </row>
     <row r="297" spans="1:16" customHeight="1" ht="65">
       <c r="A297" s="6" t="s">
-        <v>1180</v>
+        <v>1169</v>
       </c>
       <c r="B297" s="6">
         <v>0</v>
       </c>
       <c r="C297" s="6">
         <v>0</v>
       </c>
       <c r="D297" s="6">
         <v>0</v>
       </c>
       <c r="E297" s="6" t="s">
-        <v>1181</v>
+        <v>1170</v>
       </c>
       <c r="F297" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G297" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H297" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I297" s="6">
-        <v>0.41</v>
+        <v>0</v>
       </c>
       <c r="J297" s="10" t="s">
-        <v>1182</v>
+        <v>1171</v>
       </c>
       <c r="K297" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L297" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M297" s="6" t="s">
-        <v>1183</v>
+        <v>1172</v>
       </c>
       <c r="N297" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O297" s="6"/>
       <c r="P297" s="6"/>
     </row>
     <row r="298" spans="1:16" customHeight="1" ht="65">
       <c r="A298" s="6" t="s">
-        <v>1184</v>
+        <v>1173</v>
       </c>
       <c r="B298" s="6">
         <v>0</v>
       </c>
       <c r="C298" s="6">
         <v>0</v>
       </c>
       <c r="D298" s="6">
         <v>0</v>
       </c>
       <c r="E298" s="6" t="s">
-        <v>1185</v>
+        <v>1174</v>
       </c>
       <c r="F298" s="9" t="s">
-        <v>214</v>
+        <v>22</v>
       </c>
       <c r="G298" s="10" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="H298" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I298" s="6">
-        <v>8.43</v>
+        <v>5.95</v>
       </c>
       <c r="J298" s="10" t="s">
-        <v>1186</v>
+        <v>1175</v>
       </c>
       <c r="K298" s="6" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="L298" s="10" t="s">
-        <v>214</v>
+        <v>22</v>
       </c>
       <c r="M298" s="6" t="s">
-        <v>1187</v>
+        <v>1176</v>
       </c>
       <c r="N298" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O298" s="6"/>
       <c r="P298" s="6"/>
     </row>
     <row r="299" spans="1:16" customHeight="1" ht="65">
       <c r="A299" s="6" t="s">
-        <v>1188</v>
+        <v>1177</v>
       </c>
       <c r="B299" s="6">
         <v>0</v>
       </c>
       <c r="C299" s="6">
         <v>0</v>
       </c>
       <c r="D299" s="6">
         <v>0</v>
       </c>
       <c r="E299" s="6" t="s">
-        <v>1189</v>
+        <v>1178</v>
       </c>
       <c r="F299" s="9" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="G299" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H299" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I299" s="6">
-        <v>2.36</v>
+        <v>2.26</v>
       </c>
       <c r="J299" s="10" t="s">
-        <v>1190</v>
+        <v>1179</v>
       </c>
       <c r="K299" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L299" s="10" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="M299" s="6" t="s">
-        <v>1191</v>
+        <v>1180</v>
       </c>
       <c r="N299" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O299" s="6"/>
       <c r="P299" s="6"/>
     </row>
     <row r="300" spans="1:16" customHeight="1" ht="65">
       <c r="A300" s="6" t="s">
-        <v>1192</v>
+        <v>1181</v>
       </c>
       <c r="B300" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C300" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D300" s="6">
         <v>0</v>
       </c>
       <c r="E300" s="6" t="s">
-        <v>1193</v>
+        <v>1182</v>
       </c>
       <c r="F300" s="9" t="s">
-        <v>1072</v>
+        <v>68</v>
       </c>
       <c r="G300" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H300" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I300" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="J300" s="10" t="s">
+        <v>1183</v>
+      </c>
+      <c r="K300" s="6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="L300" s="10" t="s">
+        <v>1185</v>
+      </c>
+      <c r="M300" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="N300" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O300" s="6">
+        <v>28412.64</v>
+      </c>
+      <c r="P300" s="6"/>
+    </row>
+    <row r="301" spans="1:16" customHeight="1" ht="65">
+      <c r="A301" s="6" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B301" s="6">
+        <v>0</v>
+      </c>
+      <c r="C301" s="6">
+        <v>0</v>
+      </c>
+      <c r="D301" s="6">
+        <v>0</v>
+      </c>
+      <c r="E301" s="6" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F301" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G301" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H301" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I301" s="6">
+        <v>2.92</v>
+      </c>
+      <c r="J301" s="10" t="s">
+        <v>1189</v>
+      </c>
+      <c r="K301" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L301" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M301" s="6" t="s">
+        <v>1190</v>
+      </c>
+      <c r="N301" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O301" s="6"/>
+      <c r="P301" s="6"/>
+    </row>
+    <row r="302" spans="1:16" customHeight="1" ht="65">
+      <c r="A302" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B302" s="6">
+        <v>3</v>
+      </c>
+      <c r="C302" s="6">
+        <v>3</v>
+      </c>
+      <c r="D302" s="6">
+        <v>0</v>
+      </c>
+      <c r="E302" s="6" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F302" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="G302" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H302" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="I300" s="6">
-[...2 lines deleted...]
-      <c r="J300" s="10" t="s">
+      <c r="I302" s="6">
+        <v>4.69</v>
+      </c>
+      <c r="J302" s="10" t="s">
+        <v>1193</v>
+      </c>
+      <c r="K302" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L302" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="M302" s="6" t="s">
         <v>1194</v>
       </c>
-      <c r="K300" s="6" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="N302" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O302" s="6"/>
+      <c r="O302" s="6">
+        <v>3480</v>
+      </c>
       <c r="P302" s="6"/>
     </row>
     <row r="303" spans="1:16" customHeight="1" ht="65">
       <c r="A303" s="6" t="s">
-        <v>1203</v>
+        <v>1195</v>
       </c>
       <c r="B303" s="6">
         <v>0</v>
       </c>
       <c r="C303" s="6">
         <v>0</v>
       </c>
       <c r="D303" s="6">
         <v>0</v>
       </c>
       <c r="E303" s="6" t="s">
-        <v>1204</v>
+        <v>1196</v>
       </c>
       <c r="F303" s="9" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="G303" s="10" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="H303" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I303" s="6">
-        <v>11.4</v>
+        <v>0.46</v>
       </c>
       <c r="J303" s="10" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="K303" s="6" t="s">
-        <v>1206</v>
+        <v>65</v>
       </c>
       <c r="L303" s="10" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="M303" s="6" t="s">
-        <v>1207</v>
+        <v>1198</v>
       </c>
       <c r="N303" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O303" s="6"/>
       <c r="P303" s="6"/>
     </row>
     <row r="304" spans="1:16" customHeight="1" ht="65">
       <c r="A304" s="6" t="s">
-        <v>1208</v>
+        <v>1199</v>
       </c>
       <c r="B304" s="6">
         <v>0</v>
       </c>
       <c r="C304" s="6">
         <v>0</v>
       </c>
       <c r="D304" s="6">
         <v>0</v>
       </c>
       <c r="E304" s="6" t="s">
-        <v>1209</v>
+        <v>1200</v>
       </c>
       <c r="F304" s="9" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="G304" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H304" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I304" s="6">
-        <v>7</v>
+        <v>0.41</v>
       </c>
       <c r="J304" s="10" t="s">
-        <v>1210</v>
+        <v>1201</v>
       </c>
       <c r="K304" s="6" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="L304" s="10" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="M304" s="6" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="N304" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O304" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O304" s="6"/>
       <c r="P304" s="6"/>
     </row>
     <row r="305" spans="1:16" customHeight="1" ht="65">
       <c r="A305" s="6" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="B305" s="6">
         <v>0</v>
       </c>
       <c r="C305" s="6">
         <v>0</v>
       </c>
       <c r="D305" s="6">
         <v>0</v>
       </c>
-      <c r="E305" s="6">
-        <v>13.14</v>
+      <c r="E305" s="6" t="s">
+        <v>1204</v>
       </c>
       <c r="F305" s="9" t="s">
-        <v>22</v>
+        <v>214</v>
       </c>
       <c r="G305" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H305" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I305" s="6">
-        <v>0</v>
+        <v>8.43</v>
       </c>
       <c r="J305" s="10" t="s">
-        <v>1213</v>
+        <v>1205</v>
       </c>
       <c r="K305" s="6" t="s">
-        <v>1005</v>
+        <v>65</v>
       </c>
       <c r="L305" s="10" t="s">
-        <v>1214</v>
+        <v>214</v>
       </c>
       <c r="M305" s="6" t="s">
-        <v>1215</v>
+        <v>1206</v>
       </c>
       <c r="N305" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O305" s="6"/>
       <c r="P305" s="6"/>
     </row>
     <row r="306" spans="1:16" customHeight="1" ht="65">
       <c r="A306" s="6" t="s">
-        <v>1216</v>
+        <v>1207</v>
       </c>
       <c r="B306" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C306" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D306" s="6">
         <v>0</v>
       </c>
       <c r="E306" s="6" t="s">
-        <v>1217</v>
+        <v>1208</v>
       </c>
       <c r="F306" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G306" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H306" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I306" s="6">
-        <v>0</v>
+        <v>2.36</v>
       </c>
       <c r="J306" s="10" t="s">
-        <v>1218</v>
+        <v>1209</v>
       </c>
       <c r="K306" s="6" t="s">
-        <v>996</v>
+        <v>65</v>
       </c>
       <c r="L306" s="10" t="s">
-        <v>1219</v>
+        <v>115</v>
       </c>
       <c r="M306" s="6" t="s">
-        <v>1220</v>
+        <v>1210</v>
       </c>
       <c r="N306" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O306" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O306" s="6"/>
       <c r="P306" s="6"/>
     </row>
     <row r="307" spans="1:16" customHeight="1" ht="65">
       <c r="A307" s="6" t="s">
-        <v>1221</v>
+        <v>1211</v>
       </c>
       <c r="B307" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C307" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D307" s="6">
         <v>0</v>
       </c>
       <c r="E307" s="6" t="s">
-        <v>1222</v>
+        <v>1212</v>
       </c>
       <c r="F307" s="9" t="s">
-        <v>1032</v>
+        <v>726</v>
       </c>
       <c r="G307" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H307" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I307" s="6">
-        <v>0.33</v>
+        <v>5</v>
       </c>
       <c r="J307" s="10" t="s">
-        <v>1223</v>
+        <v>1213</v>
       </c>
       <c r="K307" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L307" s="10" t="s">
-        <v>1034</v>
+        <v>43</v>
       </c>
       <c r="M307" s="6" t="s">
-        <v>1224</v>
+        <v>1214</v>
       </c>
       <c r="N307" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O307" s="6"/>
+      <c r="O307" s="6">
+        <v>706.44</v>
+      </c>
       <c r="P307" s="6"/>
     </row>
-    <row r="308" spans="1:16" customHeight="1" ht="65">
+    <row r="308" spans="1:16">
       <c r="A308" s="6" t="s">
-        <v>1225</v>
+        <v>1215</v>
       </c>
       <c r="B308" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C308" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D308" s="6">
         <v>0</v>
       </c>
       <c r="E308" s="6" t="s">
-        <v>1226</v>
+        <v>1216</v>
       </c>
       <c r="F308" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G308" s="10" t="s">
-        <v>23</v>
+        <v>247</v>
       </c>
       <c r="H308" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I308" s="6">
-        <v>3.52</v>
+        <v>1.65</v>
       </c>
       <c r="J308" s="10" t="s">
-        <v>1227</v>
+        <v>1217</v>
       </c>
       <c r="K308" s="6" t="s">
-        <v>216</v>
+        <v>249</v>
       </c>
       <c r="L308" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M308" s="6" t="s">
-        <v>1228</v>
+        <v>1218</v>
       </c>
       <c r="N308" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O308" s="6"/>
+      <c r="O308" s="6">
+        <v>1768.34</v>
+      </c>
       <c r="P308" s="6"/>
     </row>
-    <row r="309" spans="1:16" customHeight="1" ht="65">
+    <row r="309" spans="1:16">
       <c r="A309" s="6" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="B309" s="6">
         <v>0</v>
       </c>
       <c r="C309" s="6">
         <v>0</v>
       </c>
       <c r="D309" s="6">
         <v>0</v>
       </c>
-      <c r="E309" s="6" t="s">
-        <v>1230</v>
+      <c r="E309" s="6">
+        <v>51766</v>
       </c>
       <c r="F309" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G309" s="10" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="H309" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I309" s="6">
-        <v>2.78</v>
+        <v>6.8</v>
       </c>
       <c r="J309" s="10" t="s">
-        <v>1231</v>
+        <v>1220</v>
       </c>
       <c r="K309" s="6" t="s">
-        <v>216</v>
+        <v>158</v>
       </c>
       <c r="L309" s="10" t="s">
-        <v>22</v>
+        <v>1043</v>
       </c>
       <c r="M309" s="6" t="s">
-        <v>1232</v>
+        <v>1221</v>
       </c>
       <c r="N309" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O309" s="6"/>
       <c r="P309" s="6"/>
     </row>
     <row r="310" spans="1:16" customHeight="1" ht="65">
       <c r="A310" s="6" t="s">
-        <v>1233</v>
+        <v>1222</v>
       </c>
       <c r="B310" s="6">
         <v>0</v>
       </c>
       <c r="C310" s="6">
         <v>0</v>
       </c>
       <c r="D310" s="6">
         <v>0</v>
       </c>
       <c r="E310" s="6" t="s">
-        <v>1234</v>
+        <v>1223</v>
       </c>
       <c r="F310" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G310" s="10" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="H310" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I310" s="6">
-        <v>4.28</v>
+        <v>11.4</v>
       </c>
       <c r="J310" s="10" t="s">
-        <v>1235</v>
+        <v>1224</v>
       </c>
       <c r="K310" s="6" t="s">
-        <v>216</v>
+        <v>1225</v>
       </c>
       <c r="L310" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M310" s="6" t="s">
-        <v>1236</v>
+        <v>1226</v>
       </c>
       <c r="N310" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O310" s="6"/>
       <c r="P310" s="6"/>
     </row>
     <row r="311" spans="1:16" customHeight="1" ht="65">
       <c r="A311" s="6" t="s">
-        <v>1237</v>
+        <v>1227</v>
       </c>
       <c r="B311" s="6">
         <v>0</v>
       </c>
       <c r="C311" s="6">
         <v>0</v>
       </c>
       <c r="D311" s="6">
         <v>0</v>
       </c>
       <c r="E311" s="6" t="s">
-        <v>1238</v>
+        <v>1228</v>
       </c>
       <c r="F311" s="9" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="G311" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H311" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I311" s="6">
-        <v>0.945</v>
+        <v>7</v>
       </c>
       <c r="J311" s="10" t="s">
-        <v>1239</v>
+        <v>1229</v>
       </c>
       <c r="K311" s="6" t="s">
-        <v>216</v>
+        <v>49</v>
       </c>
       <c r="L311" s="10" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="M311" s="6" t="s">
-        <v>1240</v>
+        <v>1230</v>
       </c>
       <c r="N311" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O311" s="6"/>
+      <c r="O311" s="6">
+        <v>14280.42</v>
+      </c>
       <c r="P311" s="6"/>
     </row>
     <row r="312" spans="1:16" customHeight="1" ht="65">
       <c r="A312" s="6" t="s">
-        <v>1241</v>
+        <v>1231</v>
       </c>
       <c r="B312" s="6">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="C312" s="6">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="D312" s="6">
         <v>0</v>
       </c>
-      <c r="E312" s="6" t="s">
-        <v>1242</v>
+      <c r="E312" s="6">
+        <v>13.14</v>
       </c>
       <c r="F312" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G312" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H312" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I312" s="6">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="J312" s="10" t="s">
-        <v>1243</v>
+        <v>1232</v>
       </c>
       <c r="K312" s="6" t="s">
-        <v>216</v>
+        <v>1029</v>
       </c>
       <c r="L312" s="10" t="s">
-        <v>22</v>
+        <v>1233</v>
       </c>
       <c r="M312" s="6" t="s">
-        <v>1244</v>
+        <v>1234</v>
       </c>
       <c r="N312" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O312" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O312" s="6"/>
       <c r="P312" s="6"/>
     </row>
     <row r="313" spans="1:16" customHeight="1" ht="65">
       <c r="A313" s="6" t="s">
-        <v>1245</v>
+        <v>1235</v>
       </c>
       <c r="B313" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C313" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D313" s="6">
         <v>0</v>
       </c>
       <c r="E313" s="6" t="s">
-        <v>1246</v>
+        <v>1236</v>
       </c>
       <c r="F313" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G313" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H313" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I313" s="6">
-        <v>0.746</v>
+        <v>0</v>
       </c>
       <c r="J313" s="10" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="K313" s="6" t="s">
-        <v>65</v>
+        <v>1020</v>
       </c>
       <c r="L313" s="10" t="s">
-        <v>115</v>
+        <v>1238</v>
       </c>
       <c r="M313" s="6" t="s">
-        <v>1248</v>
+        <v>1239</v>
       </c>
       <c r="N313" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O313" s="6"/>
+      <c r="O313" s="6">
+        <v>25877.71</v>
+      </c>
       <c r="P313" s="6"/>
     </row>
     <row r="314" spans="1:16" customHeight="1" ht="65">
       <c r="A314" s="6" t="s">
-        <v>1249</v>
+        <v>1240</v>
       </c>
       <c r="B314" s="6">
         <v>0</v>
       </c>
       <c r="C314" s="6">
         <v>0</v>
       </c>
       <c r="D314" s="6">
         <v>0</v>
       </c>
       <c r="E314" s="6" t="s">
-        <v>1250</v>
+        <v>1241</v>
       </c>
       <c r="F314" s="9" t="s">
-        <v>38</v>
+        <v>1056</v>
       </c>
       <c r="G314" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H314" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I314" s="6">
-        <v>0</v>
+        <v>0.33</v>
       </c>
       <c r="J314" s="10" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="K314" s="6" t="s">
-        <v>149</v>
+        <v>42</v>
       </c>
       <c r="L314" s="10" t="s">
-        <v>38</v>
+        <v>1058</v>
       </c>
       <c r="M314" s="6" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
       <c r="N314" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O314" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O314" s="6"/>
       <c r="P314" s="6"/>
     </row>
     <row r="315" spans="1:16" customHeight="1" ht="65">
       <c r="A315" s="6" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
       <c r="B315" s="6">
         <v>0</v>
       </c>
       <c r="C315" s="6">
         <v>0</v>
       </c>
       <c r="D315" s="6">
         <v>0</v>
       </c>
       <c r="E315" s="6" t="s">
-        <v>1254</v>
+        <v>1245</v>
       </c>
       <c r="F315" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G315" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H315" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I315" s="6">
-        <v>1.05</v>
+        <v>3.52</v>
       </c>
       <c r="J315" s="10" t="s">
-        <v>1255</v>
+        <v>1246</v>
       </c>
       <c r="K315" s="6" t="s">
-        <v>65</v>
+        <v>216</v>
       </c>
       <c r="L315" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M315" s="6" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="N315" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O315" s="6"/>
       <c r="P315" s="6"/>
     </row>
     <row r="316" spans="1:16" customHeight="1" ht="65">
       <c r="A316" s="6" t="s">
-        <v>1257</v>
+        <v>1248</v>
       </c>
       <c r="B316" s="6">
         <v>0</v>
       </c>
       <c r="C316" s="6">
         <v>0</v>
       </c>
       <c r="D316" s="6">
         <v>0</v>
       </c>
       <c r="E316" s="6" t="s">
-        <v>1258</v>
+        <v>1249</v>
       </c>
       <c r="F316" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G316" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H316" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I316" s="6">
-        <v>0</v>
+        <v>2.78</v>
       </c>
       <c r="J316" s="10" t="s">
-        <v>1259</v>
+        <v>1250</v>
       </c>
       <c r="K316" s="6" t="s">
-        <v>65</v>
+        <v>216</v>
       </c>
       <c r="L316" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M316" s="6" t="s">
-        <v>1260</v>
+        <v>1251</v>
       </c>
       <c r="N316" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O316" s="6"/>
       <c r="P316" s="6"/>
     </row>
     <row r="317" spans="1:16" customHeight="1" ht="65">
       <c r="A317" s="6" t="s">
-        <v>1261</v>
+        <v>1252</v>
       </c>
       <c r="B317" s="6">
         <v>0</v>
       </c>
       <c r="C317" s="6">
         <v>0</v>
       </c>
       <c r="D317" s="6">
         <v>0</v>
       </c>
       <c r="E317" s="6" t="s">
-        <v>1262</v>
+        <v>1253</v>
       </c>
       <c r="F317" s="9" t="s">
-        <v>333</v>
+        <v>22</v>
       </c>
       <c r="G317" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H317" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I317" s="6">
-        <v>1</v>
+        <v>4.28</v>
       </c>
       <c r="J317" s="10" t="s">
-        <v>1263</v>
+        <v>1254</v>
       </c>
       <c r="K317" s="6" t="s">
-        <v>111</v>
+        <v>216</v>
       </c>
       <c r="L317" s="10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="M317" s="6" t="s">
-        <v>1264</v>
+        <v>1255</v>
       </c>
       <c r="N317" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O317" s="6"/>
       <c r="P317" s="6"/>
     </row>
-    <row r="318" spans="1:16">
+    <row r="318" spans="1:16" customHeight="1" ht="65">
       <c r="A318" s="6" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="B318" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="C318" s="6">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="D318" s="6">
         <v>0</v>
       </c>
       <c r="E318" s="6" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="F318" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G318" s="10" t="s">
-        <v>247</v>
+        <v>23</v>
       </c>
       <c r="H318" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I318" s="6">
-        <v>0.68</v>
+        <v>0.945</v>
       </c>
       <c r="J318" s="10" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="K318" s="6" t="s">
-        <v>249</v>
+        <v>216</v>
       </c>
       <c r="L318" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M318" s="6" t="s">
-        <v>1268</v>
+        <v>1259</v>
       </c>
       <c r="N318" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O318" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O318" s="6"/>
       <c r="P318" s="6"/>
     </row>
     <row r="319" spans="1:16" customHeight="1" ht="65">
       <c r="A319" s="6" t="s">
-        <v>1269</v>
+        <v>1260</v>
       </c>
       <c r="B319" s="6">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="C319" s="6">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D319" s="6">
         <v>0</v>
       </c>
-      <c r="E319" s="6">
-        <v>12000137052</v>
+      <c r="E319" s="6" t="s">
+        <v>1261</v>
       </c>
       <c r="F319" s="9" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G319" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H319" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I319" s="6">
-        <v>6.05</v>
+        <v>0.75</v>
       </c>
       <c r="J319" s="10" t="s">
-        <v>1270</v>
+        <v>1262</v>
       </c>
       <c r="K319" s="6" t="s">
-        <v>58</v>
+        <v>216</v>
       </c>
       <c r="L319" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M319" s="6" t="s">
-        <v>1271</v>
+        <v>1263</v>
       </c>
       <c r="N319" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O319" s="6">
-        <v>3100</v>
+        <v>618.68</v>
       </c>
       <c r="P319" s="6"/>
     </row>
     <row r="320" spans="1:16" customHeight="1" ht="65">
       <c r="A320" s="6" t="s">
-        <v>1272</v>
+        <v>1264</v>
       </c>
       <c r="B320" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C320" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D320" s="6">
         <v>0</v>
       </c>
-      <c r="E320" s="6">
-        <v>12000137053</v>
+      <c r="E320" s="6" t="s">
+        <v>1265</v>
       </c>
       <c r="F320" s="9" t="s">
-        <v>257</v>
+        <v>115</v>
       </c>
       <c r="G320" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H320" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I320" s="6">
-        <v>5.08</v>
+        <v>0.746</v>
       </c>
       <c r="J320" s="10" t="s">
-        <v>1273</v>
+        <v>1266</v>
       </c>
       <c r="K320" s="6" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="L320" s="10" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="M320" s="6" t="s">
-        <v>1274</v>
+        <v>1267</v>
       </c>
       <c r="N320" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O320" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O320" s="6"/>
       <c r="P320" s="6"/>
     </row>
     <row r="321" spans="1:16" customHeight="1" ht="65">
       <c r="A321" s="6" t="s">
-        <v>1275</v>
+        <v>1268</v>
       </c>
       <c r="B321" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C321" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D321" s="6">
         <v>0</v>
       </c>
-      <c r="E321" s="6">
-        <v>12000137054</v>
+      <c r="E321" s="6" t="s">
+        <v>1269</v>
       </c>
       <c r="F321" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G321" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H321" s="6" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I321" s="6">
         <v>0</v>
       </c>
       <c r="J321" s="10" t="s">
-        <v>1276</v>
+        <v>1270</v>
       </c>
       <c r="K321" s="6" t="s">
-        <v>58</v>
+        <v>149</v>
       </c>
       <c r="L321" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M321" s="6" t="s">
-        <v>1277</v>
+        <v>1271</v>
       </c>
       <c r="N321" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O321" s="6">
-        <v>3050</v>
+        <v>3131.4</v>
       </c>
       <c r="P321" s="6"/>
     </row>
     <row r="322" spans="1:16" customHeight="1" ht="65">
       <c r="A322" s="6" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B322" s="6">
+        <v>0</v>
+      </c>
+      <c r="C322" s="6">
+        <v>0</v>
+      </c>
+      <c r="D322" s="6">
+        <v>0</v>
+      </c>
+      <c r="E322" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F322" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G322" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H322" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I322" s="6">
+        <v>1.05</v>
+      </c>
+      <c r="J322" s="10" t="s">
+        <v>1274</v>
+      </c>
+      <c r="K322" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L322" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M322" s="6" t="s">
+        <v>1275</v>
+      </c>
+      <c r="N322" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O322" s="6"/>
+      <c r="P322" s="6"/>
+    </row>
+    <row r="323" spans="1:16" customHeight="1" ht="65">
+      <c r="A323" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B323" s="6">
+        <v>0</v>
+      </c>
+      <c r="C323" s="6">
+        <v>0</v>
+      </c>
+      <c r="D323" s="6">
+        <v>0</v>
+      </c>
+      <c r="E323" s="6" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F323" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G323" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H323" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I323" s="6">
+        <v>0</v>
+      </c>
+      <c r="J323" s="10" t="s">
         <v>1278</v>
       </c>
-      <c r="B322" s="6">
-[...8 lines deleted...]
-      <c r="E322" s="6" t="s">
+      <c r="K323" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L323" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M323" s="6" t="s">
         <v>1279</v>
       </c>
-      <c r="F322" s="9" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="N323" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O323" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O323" s="6"/>
       <c r="P323" s="6"/>
     </row>
     <row r="324" spans="1:16" customHeight="1" ht="65">
       <c r="A324" s="6" t="s">
-        <v>1286</v>
+        <v>1280</v>
       </c>
       <c r="B324" s="6">
         <v>0</v>
       </c>
       <c r="C324" s="6">
         <v>0</v>
       </c>
       <c r="D324" s="6">
         <v>0</v>
       </c>
       <c r="E324" s="6" t="s">
-        <v>1287</v>
+        <v>1281</v>
       </c>
       <c r="F324" s="9" t="s">
-        <v>115</v>
+        <v>333</v>
       </c>
       <c r="G324" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H324" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I324" s="6">
-        <v>0.47</v>
+        <v>1</v>
       </c>
       <c r="J324" s="10" t="s">
-        <v>1288</v>
+        <v>1282</v>
       </c>
       <c r="K324" s="6" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="L324" s="10" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="M324" s="6" t="s">
-        <v>1289</v>
+        <v>1283</v>
       </c>
       <c r="N324" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O324" s="6"/>
       <c r="P324" s="6"/>
     </row>
-    <row r="325" spans="1:16" customHeight="1" ht="65">
+    <row r="325" spans="1:16">
       <c r="A325" s="6" t="s">
-        <v>1290</v>
+        <v>1284</v>
       </c>
       <c r="B325" s="6">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="C325" s="6">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D325" s="6">
         <v>0</v>
       </c>
       <c r="E325" s="6" t="s">
-        <v>1291</v>
+        <v>1285</v>
       </c>
       <c r="F325" s="9" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G325" s="10" t="s">
-        <v>39</v>
+        <v>247</v>
       </c>
       <c r="H325" s="6" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I325" s="6">
-        <v>5.6</v>
+        <v>0.68</v>
       </c>
       <c r="J325" s="10" t="s">
-        <v>1292</v>
+        <v>1286</v>
       </c>
       <c r="K325" s="6" t="s">
-        <v>106</v>
+        <v>249</v>
       </c>
       <c r="L325" s="10" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="M325" s="6" t="s">
-        <v>1293</v>
+        <v>1287</v>
       </c>
       <c r="N325" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O325" s="6">
-        <v>14949.99</v>
+        <v>576.01</v>
       </c>
       <c r="P325" s="6"/>
     </row>
     <row r="326" spans="1:16" customHeight="1" ht="65">
       <c r="A326" s="6" t="s">
-        <v>1294</v>
+        <v>1288</v>
       </c>
       <c r="B326" s="6">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="C326" s="6">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="D326" s="6">
         <v>0</v>
       </c>
-      <c r="E326" s="6" t="s">
-        <v>1295</v>
+      <c r="E326" s="6">
+        <v>12000137052</v>
       </c>
       <c r="F326" s="9" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="G326" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H326" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I326" s="6">
-        <v>0.67</v>
+        <v>6.05</v>
       </c>
       <c r="J326" s="10" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="K326" s="6" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="L326" s="10" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="M326" s="6" t="s">
-        <v>1297</v>
+        <v>1290</v>
       </c>
       <c r="N326" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O326" s="6"/>
+      <c r="O326" s="6">
+        <v>3100</v>
+      </c>
       <c r="P326" s="6"/>
     </row>
     <row r="327" spans="1:16" customHeight="1" ht="65">
       <c r="A327" s="6" t="s">
-        <v>1298</v>
+        <v>1291</v>
       </c>
       <c r="B327" s="6">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C327" s="6">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="D327" s="6">
         <v>0</v>
       </c>
       <c r="E327" s="6">
-        <v>1000003</v>
+        <v>12000137053</v>
       </c>
       <c r="F327" s="9" t="s">
-        <v>84</v>
+        <v>257</v>
       </c>
       <c r="G327" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H327" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I327" s="6">
-        <v>0</v>
+        <v>5.08</v>
       </c>
       <c r="J327" s="10" t="s">
-        <v>1299</v>
+        <v>1292</v>
       </c>
       <c r="K327" s="6" t="s">
-        <v>1300</v>
+        <v>58</v>
       </c>
       <c r="L327" s="10" t="s">
-        <v>1301</v>
+        <v>38</v>
       </c>
       <c r="M327" s="6" t="s">
-        <v>1302</v>
+        <v>1293</v>
       </c>
       <c r="N327" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O327" s="6">
-        <v>1530</v>
+        <v>2700</v>
       </c>
       <c r="P327" s="6"/>
     </row>
     <row r="328" spans="1:16" customHeight="1" ht="65">
       <c r="A328" s="6" t="s">
-        <v>1303</v>
+        <v>1294</v>
       </c>
       <c r="B328" s="6">
         <v>0</v>
       </c>
       <c r="C328" s="6">
         <v>0</v>
       </c>
       <c r="D328" s="6">
         <v>0</v>
       </c>
-      <c r="E328" s="6" t="s">
-        <v>1304</v>
+      <c r="E328" s="6">
+        <v>12000137054</v>
       </c>
       <c r="F328" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G328" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H328" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I328" s="6">
-        <v>5.22</v>
+        <v>0</v>
       </c>
       <c r="J328" s="10" t="s">
-        <v>1305</v>
+        <v>1295</v>
       </c>
       <c r="K328" s="6" t="s">
-        <v>216</v>
+        <v>58</v>
       </c>
       <c r="L328" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M328" s="6" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="N328" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O328" s="6"/>
+      <c r="O328" s="6">
+        <v>3050.01</v>
+      </c>
       <c r="P328" s="6"/>
     </row>
     <row r="329" spans="1:16" customHeight="1" ht="65">
       <c r="A329" s="6" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="B329" s="6">
         <v>0</v>
       </c>
       <c r="C329" s="6">
         <v>0</v>
       </c>
       <c r="D329" s="6">
         <v>0</v>
       </c>
       <c r="E329" s="6" t="s">
-        <v>1308</v>
+        <v>1298</v>
       </c>
       <c r="F329" s="9" t="s">
-        <v>214</v>
+        <v>68</v>
       </c>
       <c r="G329" s="10" t="s">
-        <v>534</v>
+        <v>39</v>
       </c>
       <c r="H329" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I329" s="6">
-        <v>3</v>
+        <v>3.5</v>
       </c>
       <c r="J329" s="10" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="K329" s="6" t="s">
-        <v>536</v>
+        <v>1184</v>
       </c>
       <c r="L329" s="10" t="s">
-        <v>214</v>
+        <v>1185</v>
       </c>
       <c r="M329" s="6" t="s">
-        <v>1310</v>
+        <v>1300</v>
       </c>
       <c r="N329" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O329" s="6"/>
+      <c r="O329" s="6">
+        <v>14151.47</v>
+      </c>
       <c r="P329" s="6"/>
     </row>
-    <row r="330" spans="1:16" customHeight="1" ht="65">
+    <row r="330" spans="1:16">
       <c r="A330" s="6" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="B330" s="6">
         <v>0</v>
       </c>
       <c r="C330" s="6">
         <v>0</v>
       </c>
       <c r="D330" s="6">
         <v>0</v>
       </c>
       <c r="E330" s="6" t="s">
-        <v>1312</v>
+        <v>1302</v>
       </c>
       <c r="F330" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G330" s="10" t="s">
-        <v>23</v>
+        <v>247</v>
       </c>
       <c r="H330" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I330" s="6">
-        <v>2.2</v>
+        <v>3.21</v>
       </c>
       <c r="J330" s="10" t="s">
-        <v>1313</v>
+        <v>1303</v>
       </c>
       <c r="K330" s="6" t="s">
         <v>249</v>
       </c>
       <c r="L330" s="10" t="s">
-        <v>1314</v>
+        <v>22</v>
       </c>
       <c r="M330" s="6" t="s">
-        <v>1315</v>
+        <v>1304</v>
       </c>
       <c r="N330" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O330" s="6"/>
+      <c r="O330" s="6">
+        <v>3907.58</v>
+      </c>
       <c r="P330" s="6"/>
     </row>
     <row r="331" spans="1:16" customHeight="1" ht="65">
       <c r="A331" s="6" t="s">
-        <v>1316</v>
+        <v>1305</v>
       </c>
       <c r="B331" s="6">
         <v>0</v>
       </c>
       <c r="C331" s="6">
         <v>0</v>
       </c>
       <c r="D331" s="6">
         <v>0</v>
       </c>
-      <c r="E331" s="6">
-        <v>1000005</v>
+      <c r="E331" s="6" t="s">
+        <v>1306</v>
       </c>
       <c r="F331" s="9" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="G331" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H331" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I331" s="6">
-        <v>1</v>
+        <v>0.47</v>
       </c>
       <c r="J331" s="10" t="s">
-        <v>1317</v>
+        <v>1307</v>
       </c>
       <c r="K331" s="6" t="s">
-        <v>1300</v>
+        <v>65</v>
       </c>
       <c r="L331" s="10" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="M331" s="6" t="s">
-        <v>1318</v>
+        <v>1308</v>
       </c>
       <c r="N331" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O331" s="6"/>
       <c r="P331" s="6"/>
     </row>
     <row r="332" spans="1:16" customHeight="1" ht="65">
       <c r="A332" s="6" t="s">
-        <v>1319</v>
+        <v>1309</v>
       </c>
       <c r="B332" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C332" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D332" s="6">
         <v>0</v>
       </c>
       <c r="E332" s="6" t="s">
-        <v>1320</v>
+        <v>1310</v>
       </c>
       <c r="F332" s="9" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="G332" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H332" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I332" s="6">
-        <v>1.24</v>
+        <v>5.6</v>
       </c>
       <c r="J332" s="10" t="s">
-        <v>1321</v>
+        <v>1311</v>
       </c>
       <c r="K332" s="6" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="L332" s="10" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="M332" s="6" t="s">
-        <v>1322</v>
+        <v>1312</v>
       </c>
       <c r="N332" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O332" s="6"/>
+      <c r="O332" s="6">
+        <v>15099.5</v>
+      </c>
       <c r="P332" s="6"/>
     </row>
     <row r="333" spans="1:16" customHeight="1" ht="65">
       <c r="A333" s="6" t="s">
-        <v>1323</v>
+        <v>1313</v>
       </c>
       <c r="B333" s="6">
         <v>0</v>
       </c>
       <c r="C333" s="6">
         <v>0</v>
       </c>
       <c r="D333" s="6">
         <v>0</v>
       </c>
       <c r="E333" s="6" t="s">
-        <v>1324</v>
+        <v>1314</v>
       </c>
       <c r="F333" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G333" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H333" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I333" s="6">
-        <v>0</v>
+        <v>0.67</v>
       </c>
       <c r="J333" s="10" t="s">
-        <v>1325</v>
+        <v>1315</v>
       </c>
       <c r="K333" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L333" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M333" s="6" t="s">
-        <v>1326</v>
+        <v>1316</v>
       </c>
       <c r="N333" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O333" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O333" s="6"/>
       <c r="P333" s="6"/>
     </row>
     <row r="334" spans="1:16" customHeight="1" ht="65">
       <c r="A334" s="6" t="s">
-        <v>1327</v>
+        <v>1317</v>
       </c>
       <c r="B334" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="C334" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D334" s="6">
         <v>0</v>
       </c>
-      <c r="E334" s="6" t="s">
-        <v>1328</v>
+      <c r="E334" s="6">
+        <v>1000003</v>
       </c>
       <c r="F334" s="9" t="s">
-        <v>47</v>
+        <v>84</v>
       </c>
       <c r="G334" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H334" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I334" s="6">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="J334" s="10" t="s">
-        <v>1329</v>
+        <v>1318</v>
       </c>
       <c r="K334" s="6" t="s">
-        <v>49</v>
+        <v>1319</v>
       </c>
       <c r="L334" s="10" t="s">
-        <v>47</v>
+        <v>1320</v>
       </c>
       <c r="M334" s="6" t="s">
-        <v>1330</v>
+        <v>1321</v>
       </c>
       <c r="N334" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O334" s="6">
-        <v>15260.44</v>
+        <v>1530</v>
       </c>
       <c r="P334" s="6"/>
     </row>
     <row r="335" spans="1:16" customHeight="1" ht="65">
       <c r="A335" s="6" t="s">
-        <v>1331</v>
+        <v>1322</v>
       </c>
       <c r="B335" s="6">
         <v>0</v>
       </c>
       <c r="C335" s="6">
         <v>0</v>
       </c>
       <c r="D335" s="6">
         <v>0</v>
       </c>
       <c r="E335" s="6" t="s">
-        <v>1332</v>
+        <v>1323</v>
       </c>
       <c r="F335" s="9" t="s">
-        <v>214</v>
+        <v>22</v>
       </c>
       <c r="G335" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H335" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I335" s="6">
-        <v>2.455</v>
+        <v>5.22</v>
       </c>
       <c r="J335" s="10" t="s">
-        <v>1333</v>
+        <v>1324</v>
       </c>
       <c r="K335" s="6" t="s">
-        <v>65</v>
+        <v>216</v>
       </c>
       <c r="L335" s="10" t="s">
-        <v>214</v>
+        <v>22</v>
       </c>
       <c r="M335" s="6" t="s">
-        <v>1334</v>
+        <v>1325</v>
       </c>
       <c r="N335" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O335" s="6"/>
       <c r="P335" s="6"/>
     </row>
     <row r="336" spans="1:16" customHeight="1" ht="65">
       <c r="A336" s="6" t="s">
-        <v>1335</v>
+        <v>1326</v>
       </c>
       <c r="B336" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C336" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D336" s="6">
         <v>0</v>
       </c>
       <c r="E336" s="6" t="s">
-        <v>1336</v>
+        <v>1327</v>
       </c>
       <c r="F336" s="9" t="s">
-        <v>68</v>
+        <v>214</v>
       </c>
       <c r="G336" s="10" t="s">
-        <v>85</v>
+        <v>534</v>
       </c>
       <c r="H336" s="6" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="I336" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J336" s="10" t="s">
-        <v>1337</v>
+        <v>1328</v>
       </c>
       <c r="K336" s="6" t="s">
-        <v>359</v>
+        <v>536</v>
       </c>
       <c r="L336" s="10" t="s">
-        <v>68</v>
+        <v>214</v>
       </c>
       <c r="M336" s="6" t="s">
-        <v>1338</v>
+        <v>1329</v>
       </c>
       <c r="N336" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O336" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O336" s="6"/>
       <c r="P336" s="6"/>
     </row>
     <row r="337" spans="1:16" customHeight="1" ht="65">
       <c r="A337" s="6" t="s">
-        <v>1339</v>
+        <v>1330</v>
       </c>
       <c r="B337" s="6">
         <v>0</v>
       </c>
       <c r="C337" s="6">
         <v>0</v>
       </c>
       <c r="D337" s="6">
         <v>0</v>
       </c>
       <c r="E337" s="6" t="s">
-        <v>1340</v>
+        <v>1331</v>
       </c>
       <c r="F337" s="9" t="s">
-        <v>333</v>
+        <v>22</v>
       </c>
       <c r="G337" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H337" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I337" s="6">
-        <v>0.288</v>
+        <v>2.2</v>
       </c>
       <c r="J337" s="10" t="s">
-        <v>1341</v>
+        <v>1332</v>
       </c>
       <c r="K337" s="6" t="s">
-        <v>111</v>
+        <v>249</v>
       </c>
       <c r="L337" s="10" t="s">
-        <v>1342</v>
+        <v>1333</v>
       </c>
       <c r="M337" s="6" t="s">
-        <v>1343</v>
+        <v>1334</v>
       </c>
       <c r="N337" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O337" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O337" s="6"/>
       <c r="P337" s="6"/>
     </row>
-    <row r="338" spans="1:16">
+    <row r="338" spans="1:16" customHeight="1" ht="65">
       <c r="A338" s="6" t="s">
-        <v>1344</v>
+        <v>1335</v>
       </c>
       <c r="B338" s="6">
         <v>0</v>
       </c>
       <c r="C338" s="6">
         <v>0</v>
       </c>
       <c r="D338" s="6">
         <v>0</v>
       </c>
       <c r="E338" s="6">
-        <v>12000137118</v>
+        <v>1000005</v>
       </c>
       <c r="F338" s="9" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="G338" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H338" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I338" s="6">
-        <v>6.16</v>
+        <v>1</v>
       </c>
       <c r="J338" s="10" t="s">
-        <v>1345</v>
+        <v>1336</v>
       </c>
       <c r="K338" s="6" t="s">
-        <v>58</v>
+        <v>1319</v>
       </c>
       <c r="L338" s="10" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="M338" s="6" t="s">
-        <v>1346</v>
+        <v>1337</v>
       </c>
       <c r="N338" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O338" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O338" s="6"/>
       <c r="P338" s="6"/>
     </row>
-    <row r="339" spans="1:16">
+    <row r="339" spans="1:16" customHeight="1" ht="65">
       <c r="A339" s="6" t="s">
-        <v>1347</v>
+        <v>1338</v>
       </c>
       <c r="B339" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C339" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D339" s="6">
         <v>0</v>
       </c>
       <c r="E339" s="6" t="s">
-        <v>1348</v>
+        <v>1339</v>
       </c>
       <c r="F339" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G339" s="10" t="s">
-        <v>247</v>
+        <v>63</v>
       </c>
       <c r="H339" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I339" s="6">
-        <v>0.49</v>
+        <v>1.24</v>
       </c>
       <c r="J339" s="10" t="s">
-        <v>1349</v>
+        <v>1340</v>
       </c>
       <c r="K339" s="6" t="s">
-        <v>249</v>
+        <v>65</v>
       </c>
       <c r="L339" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M339" s="6" t="s">
-        <v>1350</v>
+        <v>1341</v>
       </c>
       <c r="N339" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O339" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O339" s="6"/>
       <c r="P339" s="6"/>
     </row>
     <row r="340" spans="1:16" customHeight="1" ht="65">
       <c r="A340" s="6" t="s">
-        <v>1351</v>
+        <v>1342</v>
       </c>
       <c r="B340" s="6">
         <v>0</v>
       </c>
       <c r="C340" s="6">
         <v>0</v>
       </c>
       <c r="D340" s="6">
         <v>0</v>
       </c>
-      <c r="E340" s="6">
-        <v>1002952</v>
+      <c r="E340" s="6" t="s">
+        <v>1343</v>
       </c>
       <c r="F340" s="9" t="s">
-        <v>333</v>
+        <v>22</v>
       </c>
       <c r="G340" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H340" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I340" s="6">
         <v>0</v>
       </c>
       <c r="J340" s="10" t="s">
-        <v>1352</v>
+        <v>1344</v>
       </c>
       <c r="K340" s="6" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="L340" s="10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="M340" s="6" t="s">
-        <v>1353</v>
+        <v>1345</v>
       </c>
       <c r="N340" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O340" s="6"/>
+      <c r="O340" s="6">
+        <v>1988.86</v>
+      </c>
       <c r="P340" s="6"/>
     </row>
     <row r="341" spans="1:16" customHeight="1" ht="65">
       <c r="A341" s="6" t="s">
-        <v>1354</v>
+        <v>1346</v>
       </c>
       <c r="B341" s="6">
         <v>0</v>
       </c>
       <c r="C341" s="6">
         <v>0</v>
       </c>
       <c r="D341" s="6">
         <v>0</v>
       </c>
-      <c r="E341" s="6">
-        <v>1002955</v>
+      <c r="E341" s="6" t="s">
+        <v>1347</v>
       </c>
       <c r="F341" s="9" t="s">
-        <v>333</v>
+        <v>47</v>
       </c>
       <c r="G341" s="10" t="s">
-        <v>1355</v>
+        <v>39</v>
       </c>
       <c r="H341" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I341" s="6">
-        <v>0.27</v>
+        <v>7</v>
       </c>
       <c r="J341" s="10" t="s">
-        <v>1356</v>
+        <v>1348</v>
       </c>
       <c r="K341" s="6" t="s">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="L341" s="10" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="M341" s="6" t="s">
-        <v>1357</v>
+        <v>1349</v>
       </c>
       <c r="N341" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O341" s="6"/>
+      <c r="O341" s="6">
+        <v>15565.64</v>
+      </c>
       <c r="P341" s="6"/>
     </row>
     <row r="342" spans="1:16" customHeight="1" ht="65">
       <c r="A342" s="6" t="s">
-        <v>1358</v>
+        <v>1350</v>
       </c>
       <c r="B342" s="6">
         <v>0</v>
       </c>
       <c r="C342" s="6">
         <v>0</v>
       </c>
       <c r="D342" s="6">
         <v>0</v>
       </c>
-      <c r="E342" s="6">
-        <v>102826</v>
+      <c r="E342" s="6" t="s">
+        <v>1351</v>
       </c>
       <c r="F342" s="9" t="s">
-        <v>333</v>
+        <v>214</v>
       </c>
       <c r="G342" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H342" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I342" s="6">
-        <v>2.85</v>
+        <v>2.455</v>
       </c>
       <c r="J342" s="10" t="s">
-        <v>1359</v>
+        <v>1352</v>
       </c>
       <c r="K342" s="6" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="L342" s="10" t="s">
-        <v>68</v>
+        <v>214</v>
       </c>
       <c r="M342" s="6" t="s">
-        <v>1360</v>
+        <v>1353</v>
       </c>
       <c r="N342" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O342" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O342" s="6"/>
       <c r="P342" s="6"/>
     </row>
     <row r="343" spans="1:16" customHeight="1" ht="65">
       <c r="A343" s="6" t="s">
-        <v>1361</v>
+        <v>1354</v>
       </c>
       <c r="B343" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C343" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D343" s="6">
         <v>0</v>
       </c>
       <c r="E343" s="6" t="s">
-        <v>1362</v>
+        <v>1355</v>
       </c>
       <c r="F343" s="9" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G343" s="10" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="H343" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I343" s="6">
-        <v>4.5</v>
+        <v>0</v>
       </c>
       <c r="J343" s="10" t="s">
-        <v>1363</v>
+        <v>1356</v>
       </c>
       <c r="K343" s="6" t="s">
-        <v>106</v>
+        <v>359</v>
       </c>
       <c r="L343" s="10" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="M343" s="6" t="s">
-        <v>1364</v>
+        <v>1357</v>
       </c>
       <c r="N343" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O343" s="6">
-        <v>14420</v>
+        <v>15197.75</v>
       </c>
       <c r="P343" s="6"/>
     </row>
     <row r="344" spans="1:16" customHeight="1" ht="65">
       <c r="A344" s="6" t="s">
-        <v>1365</v>
+        <v>1358</v>
       </c>
       <c r="B344" s="6">
         <v>0</v>
       </c>
       <c r="C344" s="6">
         <v>0</v>
       </c>
       <c r="D344" s="6">
         <v>0</v>
       </c>
       <c r="E344" s="6" t="s">
-        <v>1366</v>
+        <v>1359</v>
       </c>
       <c r="F344" s="9" t="s">
-        <v>22</v>
+        <v>333</v>
       </c>
       <c r="G344" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H344" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I344" s="6">
-        <v>2.855</v>
+        <v>0.288</v>
       </c>
       <c r="J344" s="10" t="s">
-        <v>1367</v>
+        <v>1360</v>
       </c>
       <c r="K344" s="6" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="L344" s="10" t="s">
-        <v>22</v>
+        <v>1185</v>
       </c>
       <c r="M344" s="6" t="s">
-        <v>1368</v>
+        <v>1361</v>
       </c>
       <c r="N344" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O344" s="6"/>
+      <c r="O344" s="6">
+        <v>5552.78</v>
+      </c>
       <c r="P344" s="6"/>
     </row>
-    <row r="345" spans="1:16" customHeight="1" ht="65">
+    <row r="345" spans="1:16">
       <c r="A345" s="6" t="s">
-        <v>1369</v>
+        <v>1362</v>
       </c>
       <c r="B345" s="6">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="C345" s="6">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="D345" s="6">
         <v>0</v>
       </c>
-      <c r="E345" s="6" t="s">
-        <v>1370</v>
+      <c r="E345" s="6">
+        <v>12000137118</v>
       </c>
       <c r="F345" s="9" t="s">
-        <v>1371</v>
+        <v>56</v>
       </c>
       <c r="G345" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H345" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I345" s="6">
-        <v>0</v>
+        <v>6.16</v>
       </c>
       <c r="J345" s="10" t="s">
-        <v>1372</v>
+        <v>1363</v>
       </c>
       <c r="K345" s="6" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="L345" s="10" t="s">
-        <v>1371</v>
+        <v>56</v>
       </c>
       <c r="M345" s="6" t="s">
-        <v>1373</v>
+        <v>1364</v>
       </c>
       <c r="N345" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O345" s="6">
-        <v>90.86</v>
+        <v>2700</v>
       </c>
       <c r="P345" s="6"/>
     </row>
-    <row r="346" spans="1:16" customHeight="1" ht="65">
+    <row r="346" spans="1:16">
       <c r="A346" s="6" t="s">
-        <v>1374</v>
+        <v>1365</v>
       </c>
       <c r="B346" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C346" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D346" s="6">
         <v>0</v>
       </c>
       <c r="E346" s="6" t="s">
-        <v>1375</v>
+        <v>1366</v>
       </c>
       <c r="F346" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G346" s="10" t="s">
-        <v>63</v>
+        <v>247</v>
       </c>
       <c r="H346" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I346" s="6">
-        <v>5.045</v>
+        <v>0.49</v>
       </c>
       <c r="J346" s="10" t="s">
-        <v>1376</v>
+        <v>1367</v>
       </c>
       <c r="K346" s="6" t="s">
-        <v>65</v>
+        <v>249</v>
       </c>
       <c r="L346" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M346" s="6" t="s">
-        <v>1377</v>
+        <v>1368</v>
       </c>
       <c r="N346" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O346" s="6"/>
+      <c r="O346" s="6">
+        <v>391.68</v>
+      </c>
       <c r="P346" s="6"/>
     </row>
     <row r="347" spans="1:16" customHeight="1" ht="65">
       <c r="A347" s="6" t="s">
-        <v>1378</v>
+        <v>1369</v>
       </c>
       <c r="B347" s="6">
         <v>0</v>
       </c>
       <c r="C347" s="6">
         <v>0</v>
       </c>
       <c r="D347" s="6">
         <v>0</v>
       </c>
-      <c r="E347" s="6" t="s">
-        <v>1379</v>
+      <c r="E347" s="6">
+        <v>1002952</v>
       </c>
       <c r="F347" s="9" t="s">
-        <v>62</v>
+        <v>333</v>
       </c>
       <c r="G347" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H347" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I347" s="6">
-        <v>5.35</v>
+        <v>0</v>
       </c>
       <c r="J347" s="10" t="s">
-        <v>1380</v>
+        <v>1370</v>
       </c>
       <c r="K347" s="6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="L347" s="10" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="M347" s="6" t="s">
-        <v>1381</v>
+        <v>1371</v>
       </c>
       <c r="N347" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O347" s="6"/>
       <c r="P347" s="6"/>
     </row>
     <row r="348" spans="1:16" customHeight="1" ht="65">
       <c r="A348" s="6" t="s">
-        <v>1382</v>
+        <v>1372</v>
       </c>
       <c r="B348" s="6">
         <v>0</v>
       </c>
       <c r="C348" s="6">
         <v>0</v>
       </c>
       <c r="D348" s="6">
         <v>0</v>
       </c>
-      <c r="E348" s="6" t="s">
-        <v>1383</v>
+      <c r="E348" s="6">
+        <v>1002955</v>
       </c>
       <c r="F348" s="9" t="s">
-        <v>62</v>
+        <v>333</v>
       </c>
       <c r="G348" s="10" t="s">
-        <v>63</v>
+        <v>1373</v>
       </c>
       <c r="H348" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I348" s="6">
-        <v>0</v>
+        <v>0.27</v>
       </c>
       <c r="J348" s="10" t="s">
-        <v>1384</v>
+        <v>1374</v>
       </c>
       <c r="K348" s="6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="L348" s="10" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="M348" s="6" t="s">
-        <v>1385</v>
+        <v>1375</v>
       </c>
       <c r="N348" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O348" s="6"/>
       <c r="P348" s="6"/>
     </row>
     <row r="349" spans="1:16" customHeight="1" ht="65">
       <c r="A349" s="6" t="s">
-        <v>1386</v>
+        <v>1376</v>
       </c>
       <c r="B349" s="6">
         <v>0</v>
       </c>
       <c r="C349" s="6">
         <v>0</v>
       </c>
       <c r="D349" s="6">
         <v>0</v>
       </c>
-      <c r="E349" s="6" t="s">
-        <v>1387</v>
+      <c r="E349" s="6">
+        <v>102826</v>
       </c>
       <c r="F349" s="9" t="s">
-        <v>75</v>
+        <v>333</v>
       </c>
       <c r="G349" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H349" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I349" s="6">
-        <v>0.62</v>
+        <v>2.85</v>
       </c>
       <c r="J349" s="10" t="s">
-        <v>1388</v>
+        <v>1377</v>
       </c>
       <c r="K349" s="6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="L349" s="10" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="M349" s="6" t="s">
-        <v>1389</v>
+        <v>1378</v>
       </c>
       <c r="N349" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O349" s="6"/>
+      <c r="O349" s="6">
+        <v>19021.18</v>
+      </c>
       <c r="P349" s="6"/>
     </row>
     <row r="350" spans="1:16" customHeight="1" ht="65">
       <c r="A350" s="6" t="s">
-        <v>1390</v>
+        <v>1379</v>
       </c>
       <c r="B350" s="6">
         <v>0</v>
       </c>
       <c r="C350" s="6">
         <v>0</v>
       </c>
       <c r="D350" s="6">
         <v>0</v>
       </c>
-      <c r="E350" s="6">
-        <v>1023325</v>
+      <c r="E350" s="6" t="s">
+        <v>1380</v>
       </c>
       <c r="F350" s="9" t="s">
-        <v>333</v>
+        <v>47</v>
       </c>
       <c r="G350" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H350" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I350" s="6">
-        <v>0</v>
+        <v>4.5</v>
       </c>
       <c r="J350" s="10" t="s">
-        <v>1391</v>
+        <v>1381</v>
       </c>
       <c r="K350" s="6" t="s">
-        <v>71</v>
+        <v>106</v>
       </c>
       <c r="L350" s="10" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="M350" s="6" t="s">
-        <v>1392</v>
+        <v>1382</v>
       </c>
       <c r="N350" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O350" s="6"/>
+      <c r="O350" s="6">
+        <v>14708.39</v>
+      </c>
       <c r="P350" s="6"/>
     </row>
     <row r="351" spans="1:16" customHeight="1" ht="65">
       <c r="A351" s="6" t="s">
-        <v>1393</v>
+        <v>1383</v>
       </c>
       <c r="B351" s="6">
         <v>0</v>
       </c>
       <c r="C351" s="6">
         <v>0</v>
       </c>
       <c r="D351" s="6">
         <v>0</v>
       </c>
       <c r="E351" s="6" t="s">
-        <v>1394</v>
+        <v>1384</v>
       </c>
       <c r="F351" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G351" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H351" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I351" s="6">
-        <v>0.885</v>
+        <v>2.855</v>
       </c>
       <c r="J351" s="10" t="s">
-        <v>1395</v>
+        <v>1385</v>
       </c>
       <c r="K351" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L351" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M351" s="6" t="s">
-        <v>1396</v>
+        <v>1386</v>
       </c>
       <c r="N351" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O351" s="6"/>
       <c r="P351" s="6"/>
     </row>
-    <row r="352" spans="1:16">
+    <row r="352" spans="1:16" customHeight="1" ht="65">
       <c r="A352" s="6" t="s">
-        <v>1397</v>
+        <v>1387</v>
       </c>
       <c r="B352" s="6">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="C352" s="6">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="D352" s="6">
         <v>0</v>
       </c>
-      <c r="E352" s="6">
-        <v>12000137119</v>
+      <c r="E352" s="6" t="s">
+        <v>1388</v>
       </c>
       <c r="F352" s="9" t="s">
-        <v>1067</v>
+        <v>1389</v>
       </c>
       <c r="G352" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H352" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I352" s="6">
-        <v>5.18</v>
+        <v>0</v>
       </c>
       <c r="J352" s="10" t="s">
-        <v>1398</v>
+        <v>1390</v>
       </c>
       <c r="K352" s="6" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="L352" s="10" t="s">
-        <v>56</v>
+        <v>1389</v>
       </c>
       <c r="M352" s="6" t="s">
-        <v>1399</v>
+        <v>1391</v>
       </c>
       <c r="N352" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O352" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O352" s="6"/>
       <c r="P352" s="6"/>
     </row>
     <row r="353" spans="1:16" customHeight="1" ht="65">
       <c r="A353" s="6" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="B353" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C353" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D353" s="6">
         <v>0</v>
       </c>
-      <c r="E353" s="6">
-        <v>431202630</v>
+      <c r="E353" s="6" t="s">
+        <v>1393</v>
       </c>
       <c r="F353" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G353" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H353" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I353" s="6">
-        <v>0.6</v>
+        <v>5.045</v>
       </c>
       <c r="J353" s="10" t="s">
-        <v>1401</v>
+        <v>1394</v>
       </c>
       <c r="K353" s="6" t="s">
-        <v>138</v>
+        <v>65</v>
       </c>
       <c r="L353" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M353" s="6" t="s">
-        <v>1402</v>
+        <v>1395</v>
       </c>
       <c r="N353" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O353" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O353" s="6"/>
       <c r="P353" s="6"/>
     </row>
     <row r="354" spans="1:16" customHeight="1" ht="65">
       <c r="A354" s="6" t="s">
-        <v>1403</v>
+        <v>1396</v>
       </c>
       <c r="B354" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C354" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D354" s="6">
         <v>0</v>
       </c>
       <c r="E354" s="6" t="s">
-        <v>1404</v>
+        <v>1397</v>
       </c>
       <c r="F354" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G354" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H354" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I354" s="6">
-        <v>8.5</v>
+        <v>5.35</v>
       </c>
       <c r="J354" s="10" t="s">
-        <v>1405</v>
+        <v>1398</v>
       </c>
       <c r="K354" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L354" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M354" s="6" t="s">
-        <v>1406</v>
+        <v>1399</v>
       </c>
       <c r="N354" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O354" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O354" s="6"/>
       <c r="P354" s="6"/>
     </row>
     <row r="355" spans="1:16" customHeight="1" ht="65">
       <c r="A355" s="6" t="s">
-        <v>1407</v>
+        <v>1400</v>
       </c>
       <c r="B355" s="6">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="C355" s="6">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="D355" s="6">
         <v>0</v>
       </c>
       <c r="E355" s="6" t="s">
-        <v>1408</v>
+        <v>1401</v>
       </c>
       <c r="F355" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G355" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H355" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I355" s="6">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="J355" s="10" t="s">
-        <v>1409</v>
+        <v>1402</v>
       </c>
       <c r="K355" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L355" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M355" s="6" t="s">
-        <v>1410</v>
+        <v>1403</v>
       </c>
       <c r="N355" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O355" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O355" s="6"/>
       <c r="P355" s="6"/>
     </row>
     <row r="356" spans="1:16" customHeight="1" ht="65">
       <c r="A356" s="6" t="s">
-        <v>1411</v>
+        <v>1404</v>
       </c>
       <c r="B356" s="6">
         <v>0</v>
       </c>
       <c r="C356" s="6">
         <v>0</v>
       </c>
       <c r="D356" s="6">
         <v>0</v>
       </c>
       <c r="E356" s="6" t="s">
-        <v>1412</v>
+        <v>1405</v>
       </c>
       <c r="F356" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G356" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H356" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I356" s="6">
-        <v>0.77</v>
+        <v>0.62</v>
       </c>
       <c r="J356" s="10" t="s">
-        <v>1413</v>
+        <v>1406</v>
       </c>
       <c r="K356" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L356" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M356" s="6" t="s">
-        <v>1414</v>
+        <v>1407</v>
       </c>
       <c r="N356" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O356" s="6"/>
       <c r="P356" s="6"/>
     </row>
     <row r="357" spans="1:16" customHeight="1" ht="65">
       <c r="A357" s="6" t="s">
-        <v>1415</v>
+        <v>1408</v>
       </c>
       <c r="B357" s="6">
         <v>0</v>
       </c>
       <c r="C357" s="6">
         <v>0</v>
       </c>
       <c r="D357" s="6">
         <v>0</v>
       </c>
-      <c r="E357" s="6" t="s">
-        <v>1416</v>
+      <c r="E357" s="6">
+        <v>1023325</v>
       </c>
       <c r="F357" s="9" t="s">
         <v>333</v>
       </c>
       <c r="G357" s="10" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="H357" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I357" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J357" s="10" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
       <c r="K357" s="6" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="L357" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M357" s="6" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="N357" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O357" s="6"/>
       <c r="P357" s="6"/>
     </row>
     <row r="358" spans="1:16" customHeight="1" ht="65">
       <c r="A358" s="6" t="s">
-        <v>1419</v>
+        <v>1411</v>
       </c>
       <c r="B358" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C358" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D358" s="6">
         <v>0</v>
       </c>
       <c r="E358" s="6" t="s">
-        <v>1420</v>
+        <v>1412</v>
       </c>
       <c r="F358" s="9" t="s">
-        <v>56</v>
+        <v>115</v>
       </c>
       <c r="G358" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H358" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I358" s="6">
-        <v>12</v>
+        <v>0.885</v>
       </c>
       <c r="J358" s="10" t="s">
-        <v>1421</v>
+        <v>1413</v>
       </c>
       <c r="K358" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L358" s="10" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="M358" s="6" t="s">
-        <v>1422</v>
+        <v>1414</v>
       </c>
       <c r="N358" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O358" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O358" s="6"/>
       <c r="P358" s="6"/>
     </row>
-    <row r="359" spans="1:16" customHeight="1" ht="65">
+    <row r="359" spans="1:16">
       <c r="A359" s="6" t="s">
-        <v>1423</v>
+        <v>1415</v>
       </c>
       <c r="B359" s="6">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="C359" s="6">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="D359" s="6">
         <v>0</v>
       </c>
-      <c r="E359" s="6" t="s">
-        <v>1424</v>
+      <c r="E359" s="6">
+        <v>12000137119</v>
       </c>
       <c r="F359" s="9" t="s">
-        <v>1067</v>
+        <v>1087</v>
       </c>
       <c r="G359" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H359" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I359" s="6">
-        <v>10</v>
+        <v>5.18</v>
       </c>
       <c r="J359" s="10" t="s">
-        <v>1425</v>
+        <v>1416</v>
       </c>
       <c r="K359" s="6" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="L359" s="10" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="M359" s="6" t="s">
-        <v>1426</v>
+        <v>1417</v>
       </c>
       <c r="N359" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O359" s="6">
-        <v>4692.78</v>
+        <v>3000</v>
       </c>
       <c r="P359" s="6"/>
     </row>
     <row r="360" spans="1:16" customHeight="1" ht="65">
       <c r="A360" s="6" t="s">
-        <v>1427</v>
+        <v>1418</v>
       </c>
       <c r="B360" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C360" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D360" s="6">
         <v>0</v>
       </c>
-      <c r="E360" s="6" t="s">
-        <v>1428</v>
+      <c r="E360" s="6">
+        <v>431202630</v>
       </c>
       <c r="F360" s="9" t="s">
-        <v>1067</v>
+        <v>22</v>
       </c>
       <c r="G360" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H360" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I360" s="6">
-        <v>10</v>
+        <v>0.6</v>
       </c>
       <c r="J360" s="10" t="s">
-        <v>1429</v>
+        <v>1419</v>
       </c>
       <c r="K360" s="6" t="s">
-        <v>42</v>
+        <v>138</v>
       </c>
       <c r="L360" s="10" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="M360" s="6" t="s">
-        <v>1430</v>
+        <v>1420</v>
       </c>
       <c r="N360" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O360" s="6"/>
+      <c r="O360" s="6">
+        <v>615.51</v>
+      </c>
       <c r="P360" s="6"/>
     </row>
     <row r="361" spans="1:16" customHeight="1" ht="65">
       <c r="A361" s="6" t="s">
-        <v>1431</v>
+        <v>1421</v>
       </c>
       <c r="B361" s="6">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="C361" s="6">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D361" s="6">
         <v>0</v>
       </c>
       <c r="E361" s="6" t="s">
-        <v>1432</v>
+        <v>1422</v>
       </c>
       <c r="F361" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G361" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H361" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I361" s="6">
-        <v>8.52</v>
+        <v>8.53</v>
       </c>
       <c r="J361" s="10" t="s">
-        <v>1433</v>
+        <v>1423</v>
       </c>
       <c r="K361" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L361" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M361" s="6" t="s">
-        <v>1434</v>
+        <v>1424</v>
       </c>
       <c r="N361" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O361" s="6">
         <v>29362.32</v>
       </c>
       <c r="P361" s="6"/>
     </row>
     <row r="362" spans="1:16" customHeight="1" ht="65">
       <c r="A362" s="6" t="s">
-        <v>1435</v>
+        <v>1425</v>
       </c>
       <c r="B362" s="6">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="C362" s="6">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="D362" s="6">
         <v>0</v>
       </c>
       <c r="E362" s="6" t="s">
-        <v>1436</v>
+        <v>1426</v>
       </c>
       <c r="F362" s="9" t="s">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="G362" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H362" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I362" s="6">
-        <v>4.71</v>
+        <v>0.77</v>
       </c>
       <c r="J362" s="10" t="s">
-        <v>1437</v>
+        <v>1427</v>
       </c>
       <c r="K362" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L362" s="10" t="s">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="M362" s="6" t="s">
-        <v>1438</v>
+        <v>1428</v>
       </c>
       <c r="N362" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O362" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O362" s="6"/>
       <c r="P362" s="6"/>
     </row>
     <row r="363" spans="1:16" customHeight="1" ht="65">
       <c r="A363" s="6" t="s">
-        <v>1439</v>
+        <v>1429</v>
       </c>
       <c r="B363" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C363" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D363" s="6">
         <v>0</v>
       </c>
       <c r="E363" s="6" t="s">
-        <v>1440</v>
+        <v>1430</v>
       </c>
       <c r="F363" s="9" t="s">
-        <v>68</v>
+        <v>333</v>
       </c>
       <c r="G363" s="10" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="H363" s="6" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="I363" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J363" s="10" t="s">
-        <v>1441</v>
+        <v>1431</v>
       </c>
       <c r="K363" s="6" t="s">
-        <v>359</v>
+        <v>111</v>
       </c>
       <c r="L363" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M363" s="6" t="s">
-        <v>1442</v>
+        <v>1432</v>
       </c>
       <c r="N363" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O363" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O363" s="6"/>
       <c r="P363" s="6"/>
     </row>
-    <row r="364" spans="1:16">
+    <row r="364" spans="1:16" customHeight="1" ht="65">
       <c r="A364" s="6" t="s">
-        <v>1443</v>
+        <v>1433</v>
       </c>
       <c r="B364" s="6">
         <v>1</v>
       </c>
       <c r="C364" s="6">
         <v>1</v>
       </c>
       <c r="D364" s="6">
         <v>0</v>
       </c>
       <c r="E364" s="6" t="s">
-        <v>1444</v>
+        <v>1434</v>
       </c>
       <c r="F364" s="9" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="G364" s="10" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="H364" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I364" s="6">
-        <v>0.48</v>
+        <v>12</v>
       </c>
       <c r="J364" s="10" t="s">
-        <v>1445</v>
+        <v>1435</v>
       </c>
       <c r="K364" s="6" t="s">
-        <v>249</v>
+        <v>42</v>
       </c>
       <c r="L364" s="10" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="M364" s="6" t="s">
-        <v>1446</v>
+        <v>1436</v>
       </c>
       <c r="N364" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O364" s="6">
-        <v>383.62</v>
+        <v>3279.9</v>
       </c>
       <c r="P364" s="6"/>
     </row>
     <row r="365" spans="1:16" customHeight="1" ht="65">
       <c r="A365" s="6" t="s">
-        <v>1447</v>
+        <v>1437</v>
       </c>
       <c r="B365" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C365" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D365" s="6">
         <v>0</v>
       </c>
-      <c r="E365" s="6">
-        <v>1008951</v>
+      <c r="E365" s="6" t="s">
+        <v>1438</v>
       </c>
       <c r="F365" s="9" t="s">
-        <v>333</v>
+        <v>1087</v>
       </c>
       <c r="G365" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H365" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I365" s="6">
-        <v>2.56</v>
+        <v>10</v>
       </c>
       <c r="J365" s="10" t="s">
-        <v>1448</v>
+        <v>1439</v>
       </c>
       <c r="K365" s="6" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="L365" s="10" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="M365" s="6" t="s">
-        <v>1449</v>
+        <v>1440</v>
       </c>
       <c r="N365" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O365" s="6"/>
+      <c r="O365" s="6">
+        <v>4692.78</v>
+      </c>
       <c r="P365" s="6"/>
     </row>
     <row r="366" spans="1:16" customHeight="1" ht="65">
       <c r="A366" s="6" t="s">
-        <v>1450</v>
+        <v>1441</v>
       </c>
       <c r="B366" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C366" s="6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D366" s="6">
         <v>0</v>
       </c>
       <c r="E366" s="6" t="s">
-        <v>1451</v>
+        <v>1442</v>
       </c>
       <c r="F366" s="9" t="s">
-        <v>75</v>
+        <v>1087</v>
       </c>
       <c r="G366" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H366" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I366" s="6">
-        <v>0.25</v>
+        <v>10</v>
       </c>
       <c r="J366" s="10" t="s">
-        <v>1452</v>
+        <v>1443</v>
       </c>
       <c r="K366" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L366" s="10" t="s">
-        <v>75</v>
+        <v>43</v>
       </c>
       <c r="M366" s="6" t="s">
-        <v>1453</v>
+        <v>1444</v>
       </c>
       <c r="N366" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O366" s="6">
-        <v>1350.86</v>
+        <v>4978.72</v>
       </c>
       <c r="P366" s="6"/>
     </row>
     <row r="367" spans="1:16" customHeight="1" ht="65">
       <c r="A367" s="6" t="s">
-        <v>1454</v>
+        <v>1445</v>
       </c>
       <c r="B367" s="6">
         <v>26</v>
       </c>
       <c r="C367" s="6">
         <v>26</v>
       </c>
       <c r="D367" s="6">
         <v>0</v>
       </c>
       <c r="E367" s="6" t="s">
-        <v>1455</v>
+        <v>1446</v>
       </c>
       <c r="F367" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G367" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H367" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I367" s="6">
-        <v>4.65</v>
+        <v>8.52</v>
       </c>
       <c r="J367" s="10" t="s">
-        <v>1456</v>
+        <v>1447</v>
       </c>
       <c r="K367" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L367" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M367" s="6" t="s">
-        <v>1457</v>
+        <v>1448</v>
       </c>
       <c r="N367" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O367" s="6">
-        <v>11953.9</v>
+        <v>29362.32</v>
       </c>
       <c r="P367" s="6"/>
     </row>
     <row r="368" spans="1:16" customHeight="1" ht="65">
       <c r="A368" s="6" t="s">
-        <v>1458</v>
+        <v>1449</v>
       </c>
       <c r="B368" s="6">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="C368" s="6">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D368" s="6">
         <v>0</v>
       </c>
       <c r="E368" s="6" t="s">
-        <v>1459</v>
+        <v>1450</v>
       </c>
       <c r="F368" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G368" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H368" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I368" s="6">
-        <v>3.25</v>
+        <v>4.71</v>
       </c>
       <c r="J368" s="10" t="s">
-        <v>1460</v>
+        <v>1451</v>
       </c>
       <c r="K368" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L368" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M368" s="6" t="s">
-        <v>1461</v>
+        <v>1452</v>
       </c>
       <c r="N368" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O368" s="6">
-        <v>11325.6</v>
+        <v>11954.09</v>
       </c>
       <c r="P368" s="6"/>
     </row>
     <row r="369" spans="1:16" customHeight="1" ht="65">
       <c r="A369" s="6" t="s">
-        <v>1462</v>
+        <v>1453</v>
       </c>
       <c r="B369" s="6">
-        <v>56</v>
+        <v>3</v>
       </c>
       <c r="C369" s="6">
-        <v>56</v>
+        <v>3</v>
       </c>
       <c r="D369" s="6">
         <v>0</v>
       </c>
       <c r="E369" s="6" t="s">
-        <v>1463</v>
+        <v>1454</v>
       </c>
       <c r="F369" s="9" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G369" s="10" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="H369" s="6" t="s">
-        <v>32</v>
+        <v>98</v>
       </c>
       <c r="I369" s="6">
-        <v>3.34</v>
+        <v>0</v>
       </c>
       <c r="J369" s="10" t="s">
-        <v>1464</v>
+        <v>1455</v>
       </c>
       <c r="K369" s="6" t="s">
-        <v>42</v>
+        <v>359</v>
       </c>
       <c r="L369" s="10" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="M369" s="6" t="s">
-        <v>1465</v>
+        <v>1456</v>
       </c>
       <c r="N369" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O369" s="6">
-        <v>11325.6</v>
+        <v>12499.7</v>
       </c>
       <c r="P369" s="6"/>
     </row>
-    <row r="370" spans="1:16" customHeight="1" ht="65">
+    <row r="370" spans="1:16">
       <c r="A370" s="6" t="s">
-        <v>1466</v>
+        <v>1457</v>
       </c>
       <c r="B370" s="6">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="C370" s="6">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="D370" s="6">
         <v>0</v>
       </c>
       <c r="E370" s="6" t="s">
-        <v>1467</v>
+        <v>1458</v>
       </c>
       <c r="F370" s="9" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="G370" s="10" t="s">
-        <v>23</v>
+        <v>247</v>
       </c>
       <c r="H370" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I370" s="6">
-        <v>3.32</v>
+        <v>0.48</v>
       </c>
       <c r="J370" s="10" t="s">
-        <v>1468</v>
+        <v>1459</v>
       </c>
       <c r="K370" s="6" t="s">
-        <v>42</v>
+        <v>249</v>
       </c>
       <c r="L370" s="10" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="M370" s="6" t="s">
-        <v>1469</v>
+        <v>1460</v>
       </c>
       <c r="N370" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O370" s="6">
-        <v>11325.6</v>
+        <v>391.68</v>
       </c>
       <c r="P370" s="6"/>
     </row>
     <row r="371" spans="1:16" customHeight="1" ht="65">
       <c r="A371" s="6" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B371" s="6">
+        <v>26</v>
+      </c>
+      <c r="C371" s="6">
+        <v>26</v>
+      </c>
+      <c r="D371" s="6">
+        <v>0</v>
+      </c>
+      <c r="E371" s="6" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F371" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G371" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H371" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I371" s="6">
+        <v>4.65</v>
+      </c>
+      <c r="J371" s="10" t="s">
+        <v>1463</v>
+      </c>
+      <c r="K371" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L371" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M371" s="6" t="s">
+        <v>1464</v>
+      </c>
+      <c r="N371" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O371" s="6">
+        <v>11953.91</v>
+      </c>
+      <c r="P371" s="6"/>
+    </row>
+    <row r="372" spans="1:16" customHeight="1" ht="65">
+      <c r="A372" s="6" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B372" s="6">
+        <v>44</v>
+      </c>
+      <c r="C372" s="6">
+        <v>44</v>
+      </c>
+      <c r="D372" s="6">
+        <v>0</v>
+      </c>
+      <c r="E372" s="6" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F372" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G372" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H372" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I372" s="6">
+        <v>3.25</v>
+      </c>
+      <c r="J372" s="10" t="s">
+        <v>1467</v>
+      </c>
+      <c r="K372" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L372" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M372" s="6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="N372" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O372" s="6">
+        <v>11325.6</v>
+      </c>
+      <c r="P372" s="6"/>
+    </row>
+    <row r="373" spans="1:16" customHeight="1" ht="65">
+      <c r="A373" s="6" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B373" s="6">
+        <v>56</v>
+      </c>
+      <c r="C373" s="6">
+        <v>56</v>
+      </c>
+      <c r="D373" s="6">
+        <v>0</v>
+      </c>
+      <c r="E373" s="6" t="s">
         <v>1470</v>
       </c>
-      <c r="B371" s="6">
-[...8 lines deleted...]
-      <c r="E371" s="6" t="s">
+      <c r="F373" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G373" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H373" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I373" s="6">
+        <v>3.34</v>
+      </c>
+      <c r="J373" s="10" t="s">
         <v>1471</v>
       </c>
-      <c r="F371" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J371" s="10" t="s">
+      <c r="K373" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L373" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M373" s="6" t="s">
         <v>1472</v>
       </c>
-      <c r="K371" s="6" t="s">
-[...101 lines deleted...]
-      </c>
       <c r="N373" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O373" s="6">
-        <v>7700</v>
+        <v>11325.6</v>
       </c>
       <c r="P373" s="6"/>
     </row>
     <row r="374" spans="1:16" customHeight="1" ht="65">
       <c r="A374" s="6" t="s">
-        <v>1481</v>
+        <v>1473</v>
       </c>
       <c r="B374" s="6">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="C374" s="6">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="D374" s="6">
         <v>0</v>
       </c>
       <c r="E374" s="6" t="s">
-        <v>1482</v>
+        <v>1474</v>
       </c>
       <c r="F374" s="9" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="G374" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H374" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I374" s="6">
-        <v>0.67</v>
+        <v>3.32</v>
       </c>
       <c r="J374" s="10" t="s">
-        <v>1483</v>
+        <v>1475</v>
       </c>
       <c r="K374" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L374" s="10" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="M374" s="6" t="s">
-        <v>1484</v>
+        <v>1476</v>
       </c>
       <c r="N374" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O374" s="6">
-        <v>1045.99</v>
+        <v>11325.6</v>
       </c>
       <c r="P374" s="6"/>
     </row>
     <row r="375" spans="1:16" customHeight="1" ht="65">
       <c r="A375" s="6" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B375" s="6">
+        <v>0</v>
+      </c>
+      <c r="C375" s="6">
+        <v>0</v>
+      </c>
+      <c r="D375" s="6">
+        <v>0</v>
+      </c>
+      <c r="E375" s="6" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F375" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G375" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H375" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I375" s="6">
+        <v>0.41</v>
+      </c>
+      <c r="J375" s="10" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K375" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L375" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M375" s="6" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N375" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O375" s="6"/>
+      <c r="P375" s="6"/>
+    </row>
+    <row r="376" spans="1:16">
+      <c r="A376" s="6" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B376" s="6">
+        <v>0</v>
+      </c>
+      <c r="C376" s="6">
+        <v>0</v>
+      </c>
+      <c r="D376" s="6">
+        <v>0</v>
+      </c>
+      <c r="E376" s="6" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F376" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G376" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H376" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I376" s="6">
+        <v>0</v>
+      </c>
+      <c r="J376" s="10" t="s">
+        <v>1483</v>
+      </c>
+      <c r="K376" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="L376" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="M376" s="6" t="s">
+        <v>1484</v>
+      </c>
+      <c r="N376" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O376" s="6">
+        <v>2462.13</v>
+      </c>
+      <c r="P376" s="6"/>
+    </row>
+    <row r="377" spans="1:16">
+      <c r="A377" s="6" t="s">
         <v>1485</v>
       </c>
-      <c r="B375" s="6">
-[...8 lines deleted...]
-      <c r="E375" s="6" t="s">
+      <c r="B377" s="6">
+        <v>9</v>
+      </c>
+      <c r="C377" s="6">
+        <v>9</v>
+      </c>
+      <c r="D377" s="6">
+        <v>0</v>
+      </c>
+      <c r="E377" s="6">
+        <v>12000082249</v>
+      </c>
+      <c r="F377" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G377" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H377" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I377" s="6">
+        <v>0</v>
+      </c>
+      <c r="J377" s="10" t="s">
         <v>1486</v>
       </c>
-      <c r="F375" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J375" s="10" t="s">
+      <c r="K377" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L377" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M377" s="6" t="s">
         <v>1487</v>
       </c>
-      <c r="K375" s="6" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="N377" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O377" s="6">
-        <v>1045.99</v>
+        <v>7700</v>
       </c>
       <c r="P377" s="6"/>
     </row>
     <row r="378" spans="1:16" customHeight="1" ht="65">
       <c r="A378" s="6" t="s">
-        <v>1497</v>
+        <v>1488</v>
       </c>
       <c r="B378" s="6">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="C378" s="6">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="D378" s="6">
         <v>0</v>
       </c>
       <c r="E378" s="6" t="s">
-        <v>1498</v>
+        <v>1489</v>
       </c>
       <c r="F378" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G378" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H378" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I378" s="6">
-        <v>0.67</v>
+        <v>0.77</v>
       </c>
       <c r="J378" s="10" t="s">
-        <v>1499</v>
+        <v>1490</v>
       </c>
       <c r="K378" s="6" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L378" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M378" s="6" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="N378" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O378" s="6">
-        <v>2137.51</v>
+        <v>1045.99</v>
       </c>
       <c r="P378" s="6"/>
     </row>
     <row r="379" spans="1:16" customHeight="1" ht="65">
       <c r="A379" s="6" t="s">
-        <v>1501</v>
+        <v>1492</v>
       </c>
       <c r="B379" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C379" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D379" s="6">
         <v>0</v>
       </c>
       <c r="E379" s="6" t="s">
-        <v>1502</v>
+        <v>1493</v>
       </c>
       <c r="F379" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G379" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H379" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I379" s="6">
-        <v>0.575</v>
+        <v>0.67</v>
       </c>
       <c r="J379" s="10" t="s">
-        <v>1503</v>
+        <v>1494</v>
       </c>
       <c r="K379" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L379" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M379" s="6" t="s">
-        <v>1504</v>
+        <v>1495</v>
       </c>
       <c r="N379" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O379" s="6"/>
+      <c r="O379" s="6">
+        <v>2137.51</v>
+      </c>
       <c r="P379" s="6"/>
     </row>
     <row r="380" spans="1:16" customHeight="1" ht="65">
       <c r="A380" s="6" t="s">
-        <v>1505</v>
+        <v>1496</v>
       </c>
       <c r="B380" s="6">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="C380" s="6">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="D380" s="6">
         <v>0</v>
       </c>
       <c r="E380" s="6" t="s">
-        <v>1506</v>
+        <v>1497</v>
       </c>
       <c r="F380" s="9" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="G380" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H380" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I380" s="6">
-        <v>0</v>
+        <v>0.575</v>
       </c>
       <c r="J380" s="10" t="s">
-        <v>1507</v>
+        <v>1498</v>
       </c>
       <c r="K380" s="6" t="s">
-        <v>158</v>
+        <v>65</v>
       </c>
       <c r="L380" s="10" t="s">
-        <v>159</v>
+        <v>115</v>
       </c>
       <c r="M380" s="6" t="s">
-        <v>1508</v>
+        <v>1499</v>
       </c>
       <c r="N380" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O380" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O380" s="6"/>
       <c r="P380" s="6"/>
     </row>
     <row r="381" spans="1:16" customHeight="1" ht="65">
       <c r="A381" s="6" t="s">
-        <v>1509</v>
+        <v>1500</v>
       </c>
       <c r="B381" s="6">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="C381" s="6">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="D381" s="6">
         <v>0</v>
       </c>
       <c r="E381" s="6" t="s">
-        <v>1510</v>
+        <v>1501</v>
       </c>
       <c r="F381" s="9" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="G381" s="10" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="H381" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I381" s="6">
         <v>0</v>
       </c>
       <c r="J381" s="10" t="s">
-        <v>1511</v>
+        <v>1502</v>
       </c>
       <c r="K381" s="6" t="s">
-        <v>359</v>
+        <v>158</v>
       </c>
       <c r="L381" s="10" t="s">
-        <v>68</v>
+        <v>159</v>
       </c>
       <c r="M381" s="6" t="s">
-        <v>1512</v>
+        <v>1503</v>
       </c>
       <c r="N381" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O381" s="6">
-        <v>10920.26</v>
+        <v>23036.6</v>
       </c>
       <c r="P381" s="6"/>
     </row>
-    <row r="382" spans="1:16">
+    <row r="382" spans="1:16" customHeight="1" ht="65">
       <c r="A382" s="6" t="s">
-        <v>1513</v>
+        <v>1504</v>
       </c>
       <c r="B382" s="6">
         <v>1</v>
       </c>
       <c r="C382" s="6">
         <v>1</v>
       </c>
       <c r="D382" s="6">
         <v>0</v>
       </c>
       <c r="E382" s="6" t="s">
-        <v>1514</v>
+        <v>1505</v>
       </c>
       <c r="F382" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G382" s="10" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="H382" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I382" s="6">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="J382" s="10" t="s">
-        <v>1515</v>
+        <v>1506</v>
       </c>
       <c r="K382" s="6" t="s">
-        <v>325</v>
+        <v>359</v>
       </c>
       <c r="L382" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M382" s="6" t="s">
-        <v>1516</v>
+        <v>1507</v>
       </c>
       <c r="N382" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O382" s="6">
-        <v>18800.4</v>
+        <v>11029.94</v>
       </c>
       <c r="P382" s="6"/>
     </row>
-    <row r="383" spans="1:16" customHeight="1" ht="65">
+    <row r="383" spans="1:16">
       <c r="A383" s="6" t="s">
-        <v>1517</v>
+        <v>1508</v>
       </c>
       <c r="B383" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C383" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D383" s="6">
         <v>0</v>
       </c>
       <c r="E383" s="6" t="s">
-        <v>1518</v>
+        <v>1509</v>
       </c>
       <c r="F383" s="9" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="G383" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H383" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I383" s="6">
-        <v>0.88</v>
+        <v>19</v>
       </c>
       <c r="J383" s="10" t="s">
-        <v>1519</v>
+        <v>1510</v>
       </c>
       <c r="K383" s="6" t="s">
-        <v>65</v>
+        <v>325</v>
       </c>
       <c r="L383" s="10" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="M383" s="6" t="s">
-        <v>1520</v>
+        <v>1511</v>
       </c>
       <c r="N383" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O383" s="6"/>
+      <c r="O383" s="6">
+        <v>15106.86</v>
+      </c>
       <c r="P383" s="6"/>
     </row>
     <row r="384" spans="1:16" customHeight="1" ht="65">
       <c r="A384" s="6" t="s">
-        <v>1521</v>
+        <v>1512</v>
       </c>
       <c r="B384" s="6">
         <v>0</v>
       </c>
       <c r="C384" s="6">
         <v>0</v>
       </c>
       <c r="D384" s="6">
         <v>0</v>
       </c>
       <c r="E384" s="6" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="F384" s="9" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="G384" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H384" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I384" s="6">
-        <v>5.5</v>
+        <v>0.88</v>
       </c>
       <c r="J384" s="10" t="s">
-        <v>1523</v>
+        <v>1514</v>
       </c>
       <c r="K384" s="6" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="L384" s="10" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="M384" s="6" t="s">
-        <v>1524</v>
+        <v>1515</v>
       </c>
       <c r="N384" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O384" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O384" s="6"/>
       <c r="P384" s="6"/>
     </row>
     <row r="385" spans="1:16" customHeight="1" ht="65">
       <c r="A385" s="6" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
       <c r="B385" s="6">
         <v>0</v>
       </c>
       <c r="C385" s="6">
         <v>0</v>
       </c>
       <c r="D385" s="6">
         <v>0</v>
       </c>
       <c r="E385" s="6" t="s">
-        <v>1526</v>
+        <v>1517</v>
       </c>
       <c r="F385" s="9" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="G385" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H385" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I385" s="6">
-        <v>0</v>
+        <v>5.5</v>
       </c>
       <c r="J385" s="10" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="K385" s="6" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="L385" s="10" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="M385" s="6" t="s">
-        <v>1528</v>
+        <v>1519</v>
       </c>
       <c r="N385" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O385" s="6"/>
+      <c r="O385" s="6">
+        <v>20288.39</v>
+      </c>
       <c r="P385" s="6"/>
     </row>
     <row r="386" spans="1:16" customHeight="1" ht="65">
       <c r="A386" s="6" t="s">
-        <v>1529</v>
+        <v>1520</v>
       </c>
       <c r="B386" s="6">
         <v>0</v>
       </c>
       <c r="C386" s="6">
         <v>0</v>
       </c>
       <c r="D386" s="6">
         <v>0</v>
       </c>
-      <c r="E386" s="6">
-        <v>1013637</v>
+      <c r="E386" s="6" t="s">
+        <v>1521</v>
       </c>
       <c r="F386" s="9" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="G386" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H386" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I386" s="6">
-        <v>0.27</v>
+        <v>0</v>
       </c>
       <c r="J386" s="10" t="s">
-        <v>1530</v>
+        <v>1522</v>
       </c>
       <c r="K386" s="6" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="L386" s="10" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="M386" s="6" t="s">
-        <v>1531</v>
+        <v>1523</v>
       </c>
       <c r="N386" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O386" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O386" s="6"/>
       <c r="P386" s="6"/>
     </row>
     <row r="387" spans="1:16" customHeight="1" ht="65">
       <c r="A387" s="6" t="s">
-        <v>1532</v>
+        <v>1524</v>
       </c>
       <c r="B387" s="6">
-        <v>84</v>
+        <v>1</v>
       </c>
       <c r="C387" s="6">
-        <v>84</v>
+        <v>1</v>
       </c>
       <c r="D387" s="6">
         <v>0</v>
       </c>
-      <c r="E387" s="6" t="s">
-        <v>1533</v>
+      <c r="E387" s="6">
+        <v>1013637</v>
       </c>
       <c r="F387" s="9" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="G387" s="10" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="H387" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I387" s="6">
-        <v>1.38</v>
+        <v>0.27</v>
       </c>
       <c r="J387" s="10" t="s">
-        <v>1534</v>
+        <v>1525</v>
       </c>
       <c r="K387" s="6" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="L387" s="10" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="M387" s="6" t="s">
-        <v>1535</v>
+        <v>1526</v>
       </c>
       <c r="N387" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O387" s="6">
-        <v>1649.7</v>
+        <v>7662.79</v>
       </c>
       <c r="P387" s="6"/>
     </row>
     <row r="388" spans="1:16" customHeight="1" ht="65">
       <c r="A388" s="6" t="s">
-        <v>1536</v>
+        <v>1527</v>
       </c>
       <c r="B388" s="6">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="C388" s="6">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="D388" s="6">
         <v>0</v>
       </c>
       <c r="E388" s="6" t="s">
-        <v>1537</v>
+        <v>1528</v>
       </c>
       <c r="F388" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G388" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H388" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I388" s="6">
-        <v>1.16</v>
+        <v>1.38</v>
       </c>
       <c r="J388" s="10" t="s">
-        <v>1538</v>
+        <v>1529</v>
       </c>
       <c r="K388" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L388" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M388" s="6" t="s">
-        <v>1539</v>
+        <v>1530</v>
       </c>
       <c r="N388" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O388" s="6">
-        <v>1515.15</v>
+        <v>1649.71</v>
       </c>
       <c r="P388" s="6"/>
     </row>
     <row r="389" spans="1:16" customHeight="1" ht="65">
       <c r="A389" s="6" t="s">
-        <v>1540</v>
+        <v>1531</v>
       </c>
       <c r="B389" s="6">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="C389" s="6">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="D389" s="6">
         <v>0</v>
       </c>
       <c r="E389" s="6" t="s">
-        <v>1541</v>
+        <v>1532</v>
       </c>
       <c r="F389" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G389" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H389" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I389" s="6">
-        <v>1.22</v>
+        <v>1.16</v>
       </c>
       <c r="J389" s="10" t="s">
-        <v>1542</v>
+        <v>1533</v>
       </c>
       <c r="K389" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L389" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M389" s="6" t="s">
-        <v>1543</v>
+        <v>1534</v>
       </c>
       <c r="N389" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O389" s="6">
-        <v>1887.21</v>
+        <v>1515.16</v>
       </c>
       <c r="P389" s="6"/>
     </row>
     <row r="390" spans="1:16" customHeight="1" ht="65">
       <c r="A390" s="6" t="s">
-        <v>1544</v>
+        <v>1535</v>
       </c>
       <c r="B390" s="6">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="C390" s="6">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="D390" s="6">
         <v>0</v>
       </c>
       <c r="E390" s="6" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="F390" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G390" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H390" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I390" s="6">
-        <v>1.36</v>
+        <v>1.22</v>
       </c>
       <c r="J390" s="10" t="s">
-        <v>1546</v>
+        <v>1537</v>
       </c>
       <c r="K390" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L390" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M390" s="6" t="s">
-        <v>1547</v>
+        <v>1538</v>
       </c>
       <c r="N390" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O390" s="6">
-        <v>1645.01</v>
+        <v>1887.22</v>
       </c>
       <c r="P390" s="6"/>
     </row>
     <row r="391" spans="1:16" customHeight="1" ht="65">
       <c r="A391" s="6" t="s">
-        <v>1548</v>
+        <v>1539</v>
       </c>
       <c r="B391" s="6">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="C391" s="6">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="D391" s="6">
         <v>0</v>
       </c>
       <c r="E391" s="6" t="s">
-        <v>1549</v>
+        <v>1540</v>
       </c>
       <c r="F391" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G391" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H391" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I391" s="6">
-        <v>1.42</v>
+        <v>1.36</v>
       </c>
       <c r="J391" s="10" t="s">
-        <v>1550</v>
+        <v>1541</v>
       </c>
       <c r="K391" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L391" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M391" s="6" t="s">
-        <v>1551</v>
+        <v>1542</v>
       </c>
       <c r="N391" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O391" s="6">
-        <v>2029.95</v>
+        <v>1645.01</v>
       </c>
       <c r="P391" s="6"/>
     </row>
     <row r="392" spans="1:16" customHeight="1" ht="65">
       <c r="A392" s="6" t="s">
-        <v>1552</v>
+        <v>1543</v>
       </c>
       <c r="B392" s="6">
         <v>0</v>
       </c>
       <c r="C392" s="6">
         <v>0</v>
       </c>
       <c r="D392" s="6">
         <v>0</v>
       </c>
       <c r="E392" s="6" t="s">
-        <v>1553</v>
+        <v>1544</v>
       </c>
       <c r="F392" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G392" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H392" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I392" s="6">
         <v>0</v>
       </c>
       <c r="J392" s="10" t="s">
-        <v>1554</v>
+        <v>1545</v>
       </c>
       <c r="K392" s="6" t="s">
-        <v>1005</v>
+        <v>1029</v>
       </c>
       <c r="L392" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M392" s="6" t="s">
-        <v>1555</v>
+        <v>1546</v>
       </c>
       <c r="N392" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O392" s="6"/>
       <c r="P392" s="6"/>
     </row>
     <row r="393" spans="1:16" customHeight="1" ht="65">
       <c r="A393" s="6" t="s">
-        <v>1556</v>
+        <v>1547</v>
       </c>
       <c r="B393" s="6">
         <v>0</v>
       </c>
       <c r="C393" s="6">
         <v>0</v>
       </c>
       <c r="D393" s="6">
         <v>0</v>
       </c>
       <c r="E393" s="6" t="s">
-        <v>1557</v>
+        <v>1548</v>
       </c>
       <c r="F393" s="9" t="s">
-        <v>809</v>
+        <v>833</v>
       </c>
       <c r="G393" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H393" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I393" s="6">
         <v>0.68</v>
       </c>
       <c r="J393" s="10" t="s">
-        <v>1558</v>
+        <v>1549</v>
       </c>
       <c r="K393" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L393" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M393" s="6" t="s">
-        <v>1559</v>
+        <v>1550</v>
       </c>
       <c r="N393" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O393" s="6"/>
       <c r="P393" s="6"/>
     </row>
     <row r="394" spans="1:16" customHeight="1" ht="65">
       <c r="A394" s="6" t="s">
-        <v>1560</v>
+        <v>1551</v>
       </c>
       <c r="B394" s="6">
         <v>0</v>
       </c>
       <c r="C394" s="6">
         <v>0</v>
       </c>
       <c r="D394" s="6">
         <v>0</v>
       </c>
       <c r="E394" s="6" t="s">
-        <v>1561</v>
+        <v>1552</v>
       </c>
       <c r="F394" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G394" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H394" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I394" s="6">
         <v>0.68</v>
       </c>
       <c r="J394" s="10" t="s">
-        <v>1562</v>
+        <v>1553</v>
       </c>
       <c r="K394" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L394" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M394" s="6" t="s">
-        <v>1563</v>
+        <v>1554</v>
       </c>
       <c r="N394" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O394" s="6"/>
       <c r="P394" s="6"/>
     </row>
     <row r="395" spans="1:16" customHeight="1" ht="65">
       <c r="A395" s="6" t="s">
-        <v>1564</v>
+        <v>1555</v>
       </c>
       <c r="B395" s="6">
         <v>0</v>
       </c>
       <c r="C395" s="6">
         <v>0</v>
       </c>
       <c r="D395" s="6">
         <v>0</v>
       </c>
       <c r="E395" s="6" t="s">
-        <v>1565</v>
+        <v>1556</v>
       </c>
       <c r="F395" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G395" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H395" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I395" s="6">
         <v>2.45</v>
       </c>
       <c r="J395" s="10" t="s">
-        <v>1566</v>
+        <v>1557</v>
       </c>
       <c r="K395" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L395" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M395" s="6" t="s">
-        <v>1567</v>
+        <v>1558</v>
       </c>
       <c r="N395" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O395" s="6"/>
       <c r="P395" s="6"/>
     </row>
     <row r="396" spans="1:16" customHeight="1" ht="65">
       <c r="A396" s="6" t="s">
-        <v>1568</v>
+        <v>1559</v>
       </c>
       <c r="B396" s="6">
         <v>0</v>
       </c>
       <c r="C396" s="6">
         <v>0</v>
       </c>
       <c r="D396" s="6">
         <v>0</v>
       </c>
       <c r="E396" s="6" t="s">
-        <v>1569</v>
+        <v>1560</v>
       </c>
       <c r="F396" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G396" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H396" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I396" s="6">
         <v>0.755</v>
       </c>
       <c r="J396" s="10" t="s">
-        <v>1570</v>
+        <v>1561</v>
       </c>
       <c r="K396" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L396" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M396" s="6" t="s">
-        <v>1571</v>
+        <v>1562</v>
       </c>
       <c r="N396" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O396" s="6"/>
       <c r="P396" s="6"/>
     </row>
     <row r="397" spans="1:16" customHeight="1" ht="65">
       <c r="A397" s="6" t="s">
-        <v>1572</v>
+        <v>1563</v>
       </c>
       <c r="B397" s="6">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="C397" s="6">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D397" s="6">
         <v>0</v>
       </c>
       <c r="E397" s="6" t="s">
-        <v>1573</v>
+        <v>1564</v>
       </c>
       <c r="F397" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G397" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H397" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I397" s="6">
         <v>1.03</v>
       </c>
       <c r="J397" s="10" t="s">
-        <v>1574</v>
+        <v>1565</v>
       </c>
       <c r="K397" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L397" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M397" s="6" t="s">
-        <v>1575</v>
+        <v>1566</v>
       </c>
       <c r="N397" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O397" s="6">
         <v>4179.22</v>
       </c>
       <c r="P397" s="6"/>
     </row>
     <row r="398" spans="1:16" customHeight="1" ht="65">
       <c r="A398" s="6" t="s">
-        <v>1576</v>
+        <v>1567</v>
       </c>
       <c r="B398" s="6">
         <v>1</v>
       </c>
       <c r="C398" s="6">
         <v>1</v>
       </c>
       <c r="D398" s="6">
         <v>0</v>
       </c>
       <c r="E398" s="6" t="s">
-        <v>1577</v>
+        <v>1568</v>
       </c>
       <c r="F398" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G398" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H398" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I398" s="6">
         <v>0.52</v>
       </c>
       <c r="J398" s="10" t="s">
-        <v>1578</v>
+        <v>1569</v>
       </c>
       <c r="K398" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L398" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M398" s="6" t="s">
-        <v>1579</v>
+        <v>1570</v>
       </c>
       <c r="N398" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O398" s="6">
         <v>1045.99</v>
       </c>
       <c r="P398" s="6"/>
     </row>
     <row r="399" spans="1:16" customHeight="1" ht="65">
       <c r="A399" s="6" t="s">
-        <v>1580</v>
+        <v>1571</v>
       </c>
       <c r="B399" s="6">
         <v>0</v>
       </c>
       <c r="C399" s="6">
         <v>0</v>
       </c>
       <c r="D399" s="6">
         <v>0</v>
       </c>
       <c r="E399" s="6" t="s">
-        <v>1581</v>
+        <v>1572</v>
       </c>
       <c r="F399" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G399" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H399" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I399" s="6">
         <v>0</v>
       </c>
       <c r="J399" s="10" t="s">
-        <v>1582</v>
+        <v>1573</v>
       </c>
       <c r="K399" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L399" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M399" s="6" t="s">
-        <v>1583</v>
+        <v>1574</v>
       </c>
       <c r="N399" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O399" s="6"/>
       <c r="P399" s="6"/>
     </row>
     <row r="400" spans="1:16" customHeight="1" ht="65">
       <c r="A400" s="6" t="s">
-        <v>1584</v>
+        <v>1575</v>
       </c>
       <c r="B400" s="6">
         <v>0</v>
       </c>
       <c r="C400" s="6">
         <v>0</v>
       </c>
       <c r="D400" s="6">
         <v>0</v>
       </c>
       <c r="E400" s="6" t="s">
-        <v>1585</v>
+        <v>1576</v>
       </c>
       <c r="F400" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G400" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H400" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I400" s="6">
         <v>0</v>
       </c>
       <c r="J400" s="10" t="s">
-        <v>1586</v>
+        <v>1577</v>
       </c>
       <c r="K400" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L400" s="10" t="s">
-        <v>1034</v>
+        <v>1058</v>
       </c>
       <c r="M400" s="6" t="s">
-        <v>1587</v>
+        <v>1578</v>
       </c>
       <c r="N400" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O400" s="6"/>
       <c r="P400" s="6"/>
     </row>
     <row r="401" spans="1:16" customHeight="1" ht="65">
       <c r="A401" s="6" t="s">
-        <v>1588</v>
+        <v>1579</v>
       </c>
       <c r="B401" s="6">
         <v>0</v>
       </c>
       <c r="C401" s="6">
         <v>0</v>
       </c>
       <c r="D401" s="6">
         <v>0</v>
       </c>
       <c r="E401" s="6" t="s">
-        <v>1589</v>
+        <v>1580</v>
       </c>
       <c r="F401" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G401" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H401" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I401" s="6">
         <v>4</v>
       </c>
       <c r="J401" s="10" t="s">
-        <v>1590</v>
+        <v>1581</v>
       </c>
       <c r="K401" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L401" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M401" s="6" t="s">
-        <v>1591</v>
+        <v>1582</v>
       </c>
       <c r="N401" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O401" s="6">
-        <v>13290.39</v>
+        <v>13556.2</v>
       </c>
       <c r="P401" s="6"/>
     </row>
     <row r="402" spans="1:16" customHeight="1" ht="65">
       <c r="A402" s="6" t="s">
-        <v>1592</v>
+        <v>1583</v>
       </c>
       <c r="B402" s="6">
-        <v>303</v>
+        <v>353</v>
       </c>
       <c r="C402" s="6">
-        <v>303</v>
+        <v>353</v>
       </c>
       <c r="D402" s="6">
         <v>0</v>
       </c>
       <c r="E402" s="6" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="F402" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G402" s="10" t="s">
         <v>85</v>
       </c>
       <c r="H402" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I402" s="6">
         <v>10.5</v>
       </c>
       <c r="J402" s="10" t="s">
-        <v>1594</v>
+        <v>1585</v>
       </c>
       <c r="K402" s="6" t="s">
-        <v>1132</v>
+        <v>1151</v>
       </c>
       <c r="L402" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M402" s="6" t="s">
-        <v>1595</v>
+        <v>1586</v>
       </c>
       <c r="N402" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O402" s="6">
-        <v>12376.31</v>
+        <v>12289.1</v>
       </c>
       <c r="P402" s="6"/>
     </row>
     <row r="403" spans="1:16" customHeight="1" ht="65">
       <c r="A403" s="6" t="s">
-        <v>1596</v>
+        <v>1587</v>
       </c>
       <c r="B403" s="6">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="C403" s="6">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="D403" s="6">
         <v>0</v>
       </c>
       <c r="E403" s="6" t="s">
-        <v>1597</v>
+        <v>1588</v>
       </c>
       <c r="F403" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G403" s="10" t="s">
         <v>85</v>
       </c>
       <c r="H403" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I403" s="6">
         <v>14.5</v>
       </c>
       <c r="J403" s="10" t="s">
-        <v>1598</v>
+        <v>1589</v>
       </c>
       <c r="K403" s="6" t="s">
-        <v>1132</v>
+        <v>1151</v>
       </c>
       <c r="L403" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M403" s="6" t="s">
-        <v>1599</v>
+        <v>1590</v>
       </c>
       <c r="N403" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O403" s="6">
-        <v>15047.08</v>
+        <v>14496.56</v>
       </c>
       <c r="P403" s="6"/>
     </row>
     <row r="404" spans="1:16" customHeight="1" ht="65">
       <c r="A404" s="6" t="s">
-        <v>1600</v>
+        <v>1591</v>
       </c>
       <c r="B404" s="6">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="C404" s="6">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="D404" s="6">
         <v>0</v>
       </c>
       <c r="E404" s="6">
         <v>431253713</v>
       </c>
       <c r="F404" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G404" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H404" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I404" s="6">
         <v>2.22</v>
       </c>
       <c r="J404" s="10" t="s">
-        <v>1601</v>
+        <v>1592</v>
       </c>
       <c r="K404" s="6" t="s">
         <v>100</v>
       </c>
       <c r="L404" s="10" t="s">
         <v>101</v>
       </c>
       <c r="M404" s="6" t="s">
-        <v>1602</v>
+        <v>1593</v>
       </c>
       <c r="N404" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O404" s="6">
-        <v>1591.09</v>
+        <v>1606.99</v>
       </c>
       <c r="P404" s="6"/>
     </row>
     <row r="405" spans="1:16" customHeight="1" ht="65">
       <c r="A405" s="6" t="s">
-        <v>1603</v>
+        <v>1594</v>
       </c>
       <c r="B405" s="6">
         <v>0</v>
       </c>
       <c r="C405" s="6">
         <v>0</v>
       </c>
       <c r="D405" s="6">
         <v>0</v>
       </c>
       <c r="E405" s="6" t="s">
-        <v>1604</v>
+        <v>1595</v>
       </c>
       <c r="F405" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G405" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H405" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I405" s="6">
         <v>0</v>
       </c>
       <c r="J405" s="10" t="s">
-        <v>1605</v>
+        <v>1596</v>
       </c>
       <c r="K405" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L405" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M405" s="6" t="s">
-        <v>1606</v>
+        <v>1597</v>
       </c>
       <c r="N405" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O405" s="6"/>
       <c r="P405" s="6"/>
     </row>
     <row r="406" spans="1:16" customHeight="1" ht="65">
       <c r="A406" s="6" t="s">
-        <v>1607</v>
+        <v>1598</v>
       </c>
       <c r="B406" s="6">
-        <v>225</v>
+        <v>0</v>
       </c>
       <c r="C406" s="6">
-        <v>225</v>
+        <v>0</v>
       </c>
       <c r="D406" s="6">
         <v>0</v>
       </c>
       <c r="E406" s="6" t="s">
-        <v>1608</v>
+        <v>1599</v>
       </c>
       <c r="F406" s="9" t="s">
-        <v>1371</v>
+        <v>1389</v>
       </c>
       <c r="G406" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H406" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I406" s="6">
         <v>0</v>
       </c>
       <c r="J406" s="10" t="s">
-        <v>1609</v>
+        <v>1600</v>
       </c>
       <c r="K406" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L406" s="10" t="s">
-        <v>1371</v>
+        <v>1389</v>
       </c>
       <c r="M406" s="6" t="s">
-        <v>1610</v>
+        <v>1601</v>
       </c>
       <c r="N406" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O406" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O406" s="6"/>
       <c r="P406" s="6"/>
     </row>
     <row r="407" spans="1:16" customHeight="1" ht="65">
       <c r="A407" s="6" t="s">
-        <v>1611</v>
+        <v>1602</v>
       </c>
       <c r="B407" s="6">
         <v>0</v>
       </c>
       <c r="C407" s="6">
         <v>0</v>
       </c>
       <c r="D407" s="6">
         <v>0</v>
       </c>
       <c r="E407" s="6" t="s">
-        <v>1612</v>
+        <v>1603</v>
       </c>
       <c r="F407" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G407" s="10" t="s">
-        <v>1613</v>
+        <v>1604</v>
       </c>
       <c r="H407" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I407" s="6">
         <v>8</v>
       </c>
       <c r="J407" s="10" t="s">
-        <v>1614</v>
+        <v>1605</v>
       </c>
       <c r="K407" s="6" t="s">
-        <v>1615</v>
+        <v>1606</v>
       </c>
       <c r="L407" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M407" s="6" t="s">
-        <v>1616</v>
+        <v>1607</v>
       </c>
       <c r="N407" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O407" s="6"/>
       <c r="P407" s="6"/>
     </row>
     <row r="408" spans="1:16" customHeight="1" ht="65">
       <c r="A408" s="6" t="s">
-        <v>1617</v>
+        <v>1608</v>
       </c>
       <c r="B408" s="6">
         <v>0</v>
       </c>
       <c r="C408" s="6">
         <v>0</v>
       </c>
       <c r="D408" s="6">
         <v>0</v>
       </c>
       <c r="E408" s="6" t="s">
-        <v>1618</v>
+        <v>1609</v>
       </c>
       <c r="F408" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G408" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H408" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I408" s="6">
         <v>0.885</v>
       </c>
       <c r="J408" s="10" t="s">
-        <v>1619</v>
+        <v>1610</v>
       </c>
       <c r="K408" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L408" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M408" s="6" t="s">
-        <v>1620</v>
+        <v>1611</v>
       </c>
       <c r="N408" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O408" s="6"/>
       <c r="P408" s="6"/>
     </row>
     <row r="409" spans="1:16" customHeight="1" ht="65">
       <c r="A409" s="6" t="s">
-        <v>1621</v>
+        <v>1612</v>
       </c>
       <c r="B409" s="6">
         <v>0</v>
       </c>
       <c r="C409" s="6">
         <v>0</v>
       </c>
       <c r="D409" s="6">
         <v>0</v>
       </c>
       <c r="E409" s="6" t="s">
-        <v>1622</v>
+        <v>1613</v>
       </c>
       <c r="F409" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G409" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H409" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I409" s="6">
         <v>0.89</v>
       </c>
       <c r="J409" s="10" t="s">
-        <v>1623</v>
+        <v>1614</v>
       </c>
       <c r="K409" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L409" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M409" s="6" t="s">
-        <v>1624</v>
+        <v>1615</v>
       </c>
       <c r="N409" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O409" s="6"/>
       <c r="P409" s="6"/>
     </row>
     <row r="410" spans="1:16" customHeight="1" ht="65">
       <c r="A410" s="6" t="s">
-        <v>1625</v>
+        <v>1616</v>
       </c>
       <c r="B410" s="6">
         <v>0</v>
       </c>
       <c r="C410" s="6">
         <v>0</v>
       </c>
       <c r="D410" s="6">
         <v>0</v>
       </c>
       <c r="E410" s="6" t="s">
-        <v>1626</v>
+        <v>1617</v>
       </c>
       <c r="F410" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G410" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H410" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I410" s="6">
         <v>1.235</v>
       </c>
       <c r="J410" s="10" t="s">
-        <v>1627</v>
+        <v>1618</v>
       </c>
       <c r="K410" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L410" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M410" s="6" t="s">
-        <v>1628</v>
+        <v>1619</v>
       </c>
       <c r="N410" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O410" s="6"/>
       <c r="P410" s="6"/>
     </row>
     <row r="411" spans="1:16" customHeight="1" ht="65">
       <c r="A411" s="6" t="s">
-        <v>1629</v>
+        <v>1620</v>
       </c>
       <c r="B411" s="6">
         <v>0</v>
       </c>
       <c r="C411" s="6">
         <v>0</v>
       </c>
       <c r="D411" s="6">
         <v>0</v>
       </c>
       <c r="E411" s="6" t="s">
-        <v>1630</v>
+        <v>1621</v>
       </c>
       <c r="F411" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G411" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H411" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I411" s="6">
         <v>1.235</v>
       </c>
       <c r="J411" s="10" t="s">
-        <v>1631</v>
+        <v>1622</v>
       </c>
       <c r="K411" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L411" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M411" s="6" t="s">
-        <v>1632</v>
+        <v>1623</v>
       </c>
       <c r="N411" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O411" s="6"/>
       <c r="P411" s="6"/>
     </row>
     <row r="412" spans="1:16" customHeight="1" ht="65">
       <c r="A412" s="6" t="s">
-        <v>1633</v>
+        <v>1624</v>
       </c>
       <c r="B412" s="6">
         <v>0</v>
       </c>
       <c r="C412" s="6">
         <v>0</v>
       </c>
       <c r="D412" s="6">
         <v>0</v>
       </c>
       <c r="E412" s="6" t="s">
-        <v>1634</v>
+        <v>1625</v>
       </c>
       <c r="F412" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G412" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H412" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I412" s="6">
         <v>0.615</v>
       </c>
       <c r="J412" s="10" t="s">
-        <v>1635</v>
+        <v>1626</v>
       </c>
       <c r="K412" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L412" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M412" s="6" t="s">
-        <v>1636</v>
+        <v>1627</v>
       </c>
       <c r="N412" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O412" s="6"/>
       <c r="P412" s="6"/>
     </row>
     <row r="413" spans="1:16" customHeight="1" ht="65">
       <c r="A413" s="6" t="s">
-        <v>1637</v>
+        <v>1628</v>
       </c>
       <c r="B413" s="6">
         <v>0</v>
       </c>
       <c r="C413" s="6">
         <v>0</v>
       </c>
       <c r="D413" s="6">
         <v>0</v>
       </c>
       <c r="E413" s="6">
-        <v>21000000319</v>
+        <v>41000000319</v>
       </c>
       <c r="F413" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G413" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H413" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I413" s="6">
         <v>112</v>
       </c>
       <c r="J413" s="10" t="s">
-        <v>1638</v>
+        <v>1629</v>
       </c>
       <c r="K413" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L413" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M413" s="6" t="s">
-        <v>1639</v>
+        <v>1630</v>
       </c>
       <c r="N413" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O413" s="6">
-        <v>153890</v>
+        <v>153890.02</v>
       </c>
       <c r="P413" s="6"/>
     </row>
     <row r="414" spans="1:16" customHeight="1" ht="65">
       <c r="A414" s="6" t="s">
-        <v>1640</v>
+        <v>1631</v>
       </c>
       <c r="B414" s="6">
         <v>0</v>
       </c>
       <c r="C414" s="6">
         <v>0</v>
       </c>
       <c r="D414" s="6">
         <v>0</v>
       </c>
       <c r="E414" s="6">
         <v>1002045</v>
       </c>
       <c r="F414" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G414" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H414" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I414" s="6">
         <v>0</v>
       </c>
       <c r="J414" s="10" t="s">
-        <v>1641</v>
+        <v>1632</v>
       </c>
       <c r="K414" s="6" t="s">
         <v>71</v>
       </c>
       <c r="L414" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M414" s="6" t="s">
-        <v>1642</v>
+        <v>1633</v>
       </c>
       <c r="N414" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O414" s="6"/>
       <c r="P414" s="6"/>
     </row>
     <row r="415" spans="1:16" customHeight="1" ht="65">
       <c r="A415" s="6" t="s">
-        <v>1643</v>
+        <v>1634</v>
       </c>
       <c r="B415" s="6">
         <v>0</v>
       </c>
       <c r="C415" s="6">
         <v>0</v>
       </c>
       <c r="D415" s="6">
         <v>0</v>
       </c>
       <c r="E415" s="6" t="s">
-        <v>1644</v>
+        <v>1635</v>
       </c>
       <c r="F415" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G415" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H415" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I415" s="6">
         <v>0</v>
       </c>
       <c r="J415" s="10" t="s">
-        <v>1645</v>
+        <v>1636</v>
       </c>
       <c r="K415" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L415" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M415" s="6" t="s">
-        <v>1646</v>
+        <v>1637</v>
       </c>
       <c r="N415" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O415" s="6"/>
       <c r="P415" s="6"/>
     </row>
     <row r="416" spans="1:16">
       <c r="A416" s="6" t="s">
-        <v>1647</v>
+        <v>1638</v>
       </c>
       <c r="B416" s="6">
         <v>0</v>
       </c>
       <c r="C416" s="6">
         <v>0</v>
       </c>
       <c r="D416" s="6">
         <v>0</v>
       </c>
       <c r="E416" s="6" t="s">
-        <v>1648</v>
+        <v>1639</v>
       </c>
       <c r="F416" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G416" s="10" t="s">
         <v>247</v>
       </c>
       <c r="H416" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I416" s="6">
         <v>2.04</v>
       </c>
       <c r="J416" s="10" t="s">
-        <v>1649</v>
+        <v>1640</v>
       </c>
       <c r="K416" s="6" t="s">
         <v>249</v>
       </c>
       <c r="L416" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M416" s="6" t="s">
-        <v>1650</v>
+        <v>1641</v>
       </c>
       <c r="N416" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O416" s="6">
-        <v>2056.31</v>
+        <v>2097.78</v>
       </c>
       <c r="P416" s="6"/>
     </row>
     <row r="417" spans="1:16" customHeight="1" ht="65">
       <c r="A417" s="6" t="s">
-        <v>1651</v>
+        <v>1642</v>
       </c>
       <c r="B417" s="6">
         <v>0</v>
       </c>
       <c r="C417" s="6">
         <v>0</v>
       </c>
       <c r="D417" s="6">
         <v>0</v>
       </c>
       <c r="E417" s="6" t="s">
-        <v>1652</v>
+        <v>1643</v>
       </c>
       <c r="F417" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G417" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H417" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I417" s="6">
         <v>32</v>
       </c>
       <c r="J417" s="10" t="s">
         <v>582</v>
       </c>
       <c r="K417" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L417" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M417" s="6" t="s">
-        <v>1653</v>
+        <v>1644</v>
       </c>
       <c r="N417" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O417" s="6">
-        <v>45849.98</v>
+        <v>46766.98</v>
       </c>
       <c r="P417" s="6"/>
     </row>
     <row r="418" spans="1:16">
       <c r="A418" s="6" t="s">
-        <v>1654</v>
+        <v>1645</v>
       </c>
       <c r="B418" s="6">
         <v>0</v>
       </c>
       <c r="C418" s="6">
         <v>0</v>
       </c>
       <c r="D418" s="6">
         <v>0</v>
       </c>
       <c r="E418" s="6">
         <v>9310115</v>
       </c>
       <c r="F418" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G418" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H418" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I418" s="6">
         <v>0</v>
       </c>
       <c r="J418" s="10" t="s">
-        <v>1655</v>
+        <v>1646</v>
       </c>
       <c r="K418" s="6" t="s">
-        <v>971</v>
+        <v>995</v>
       </c>
       <c r="L418" s="10" t="s">
-        <v>1019</v>
+        <v>1043</v>
       </c>
       <c r="M418" s="6" t="s">
-        <v>1656</v>
+        <v>1647</v>
       </c>
       <c r="N418" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O418" s="6"/>
       <c r="P418" s="6"/>
     </row>
     <row r="419" spans="1:16" customHeight="1" ht="65">
       <c r="A419" s="6" t="s">
-        <v>1657</v>
+        <v>1648</v>
       </c>
       <c r="B419" s="6">
         <v>0</v>
       </c>
       <c r="C419" s="6">
         <v>0</v>
       </c>
       <c r="D419" s="6">
         <v>0</v>
       </c>
       <c r="E419" s="6">
         <v>431227709</v>
       </c>
       <c r="F419" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G419" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H419" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I419" s="6">
         <v>0</v>
       </c>
       <c r="J419" s="10" t="s">
-        <v>1658</v>
+        <v>1649</v>
       </c>
       <c r="K419" s="6" t="s">
         <v>138</v>
       </c>
       <c r="L419" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M419" s="6" t="s">
-        <v>1659</v>
+        <v>1650</v>
       </c>
       <c r="N419" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O419" s="6">
-        <v>1877.31</v>
+        <v>1914.86</v>
       </c>
       <c r="P419" s="6"/>
     </row>
     <row r="420" spans="1:16" customHeight="1" ht="65">
       <c r="A420" s="6" t="s">
-        <v>1660</v>
+        <v>1651</v>
       </c>
       <c r="B420" s="6">
         <v>0</v>
       </c>
       <c r="C420" s="6">
         <v>0</v>
       </c>
       <c r="D420" s="6">
         <v>0</v>
       </c>
       <c r="E420" s="6" t="s">
-        <v>1661</v>
+        <v>1652</v>
       </c>
       <c r="F420" s="9" t="s">
         <v>333</v>
       </c>
       <c r="G420" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H420" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I420" s="6">
         <v>0.3</v>
       </c>
       <c r="J420" s="10" t="s">
-        <v>1662</v>
+        <v>1653</v>
       </c>
       <c r="K420" s="6" t="s">
-        <v>1165</v>
+        <v>1184</v>
       </c>
       <c r="L420" s="10" t="s">
-        <v>1166</v>
+        <v>1185</v>
       </c>
       <c r="M420" s="6" t="s">
-        <v>1663</v>
+        <v>1654</v>
       </c>
       <c r="N420" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O420" s="6">
-        <v>302.63</v>
+        <v>308.69</v>
       </c>
       <c r="P420" s="6"/>
     </row>
     <row r="421" spans="1:16">
       <c r="A421" s="6" t="s">
-        <v>1664</v>
+        <v>1655</v>
       </c>
       <c r="B421" s="6">
         <v>0</v>
       </c>
       <c r="C421" s="6">
         <v>0</v>
       </c>
       <c r="D421" s="6">
         <v>0</v>
       </c>
       <c r="E421" s="6" t="s">
-        <v>1665</v>
+        <v>1656</v>
       </c>
       <c r="F421" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G421" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H421" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I421" s="6">
         <v>0</v>
       </c>
       <c r="J421" s="10" t="s">
-        <v>1666</v>
+        <v>1657</v>
       </c>
       <c r="K421" s="6" t="s">
         <v>481</v>
       </c>
       <c r="L421" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M421" s="6" t="s">
-        <v>1667</v>
+        <v>1658</v>
       </c>
       <c r="N421" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O421" s="6">
-        <v>2126.58</v>
+        <v>2169.1</v>
       </c>
       <c r="P421" s="6"/>
     </row>
     <row r="422" spans="1:16">
       <c r="A422" s="6" t="s">
-        <v>1668</v>
+        <v>1659</v>
       </c>
       <c r="B422" s="6">
-        <v>1149</v>
+        <v>2177</v>
       </c>
       <c r="C422" s="6">
-        <v>1149</v>
+        <v>2177</v>
       </c>
       <c r="D422" s="6">
         <v>0</v>
       </c>
       <c r="E422" s="6" t="s">
-        <v>1669</v>
+        <v>1660</v>
       </c>
       <c r="F422" s="9" t="s">
         <v>214</v>
       </c>
       <c r="G422" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H422" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I422" s="6">
         <v>1.27</v>
       </c>
       <c r="J422" s="10" t="s">
-        <v>1670</v>
+        <v>1661</v>
       </c>
       <c r="K422" s="6" t="s">
         <v>216</v>
       </c>
       <c r="L422" s="10" t="s">
         <v>214</v>
       </c>
       <c r="M422" s="6" t="s">
-        <v>1671</v>
+        <v>1662</v>
       </c>
       <c r="N422" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O422" s="6">
-        <v>2090.89</v>
+        <v>2111.64</v>
       </c>
       <c r="P422" s="6"/>
     </row>
     <row r="423" spans="1:16" customHeight="1" ht="65">
       <c r="A423" s="6" t="s">
-        <v>1672</v>
+        <v>1663</v>
       </c>
       <c r="B423" s="6">
         <v>1</v>
       </c>
       <c r="C423" s="6">
         <v>1</v>
       </c>
       <c r="D423" s="6">
         <v>0</v>
       </c>
       <c r="E423" s="6" t="s">
-        <v>1673</v>
+        <v>1664</v>
       </c>
       <c r="F423" s="9" t="s">
         <v>214</v>
       </c>
       <c r="G423" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H423" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I423" s="6">
         <v>1.47</v>
       </c>
       <c r="J423" s="10" t="s">
-        <v>1674</v>
+        <v>1665</v>
       </c>
       <c r="K423" s="6" t="s">
         <v>216</v>
       </c>
       <c r="L423" s="10" t="s">
         <v>214</v>
       </c>
       <c r="M423" s="6" t="s">
-        <v>1675</v>
+        <v>1666</v>
       </c>
       <c r="N423" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O423" s="6">
         <v>2120.83</v>
       </c>
       <c r="P423" s="6"/>
     </row>
     <row r="424" spans="1:16">
       <c r="A424" s="6" t="s">
-        <v>1676</v>
+        <v>1667</v>
       </c>
       <c r="B424" s="6">
         <v>0</v>
       </c>
       <c r="C424" s="6">
         <v>0</v>
       </c>
       <c r="D424" s="6">
         <v>0</v>
       </c>
       <c r="E424" s="6" t="s">
-        <v>1677</v>
+        <v>1668</v>
       </c>
       <c r="F424" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G424" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H424" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I424" s="6">
         <v>0</v>
       </c>
       <c r="J424" s="10" t="s">
-        <v>1678</v>
+        <v>1669</v>
       </c>
       <c r="K424" s="6" t="s">
-        <v>1679</v>
+        <v>1670</v>
       </c>
       <c r="L424" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M424" s="6" t="s">
-        <v>1680</v>
+        <v>1671</v>
       </c>
       <c r="N424" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O424" s="6">
-        <v>49312.11</v>
+        <v>50298.35</v>
       </c>
       <c r="P424" s="6"/>
     </row>
     <row r="425" spans="1:16" customHeight="1" ht="65">
       <c r="A425" s="6" t="s">
-        <v>1681</v>
+        <v>1672</v>
       </c>
       <c r="B425" s="6">
         <v>0</v>
       </c>
       <c r="C425" s="6">
         <v>0</v>
       </c>
       <c r="D425" s="6">
         <v>0</v>
       </c>
       <c r="E425" s="6" t="s">
-        <v>1682</v>
+        <v>1673</v>
       </c>
       <c r="F425" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G425" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H425" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I425" s="6">
         <v>800</v>
       </c>
       <c r="J425" s="10" t="s">
-        <v>1683</v>
+        <v>1674</v>
       </c>
       <c r="K425" s="6" t="s">
-        <v>1300</v>
+        <v>1319</v>
       </c>
       <c r="L425" s="10" t="s">
-        <v>1342</v>
+        <v>1675</v>
       </c>
       <c r="M425" s="6" t="s">
-        <v>1684</v>
+        <v>1676</v>
       </c>
       <c r="N425" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O425" s="6"/>
       <c r="P425" s="6"/>
     </row>
     <row r="426" spans="1:16" customHeight="1" ht="65">
       <c r="A426" s="6" t="s">
-        <v>1685</v>
+        <v>1677</v>
       </c>
       <c r="B426" s="6">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C426" s="6">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D426" s="6">
         <v>0</v>
       </c>
       <c r="E426" s="6" t="s">
-        <v>1686</v>
+        <v>1678</v>
       </c>
       <c r="F426" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G426" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H426" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I426" s="6">
         <v>2.96</v>
       </c>
       <c r="J426" s="10" t="s">
-        <v>1687</v>
+        <v>1679</v>
       </c>
       <c r="K426" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L426" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M426" s="6" t="s">
-        <v>1688</v>
+        <v>1680</v>
       </c>
       <c r="N426" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O426" s="6">
-        <v>7115.95</v>
+        <v>7115.94</v>
       </c>
       <c r="P426" s="6"/>
     </row>
     <row r="427" spans="1:16">
       <c r="A427" s="6" t="s">
-        <v>1689</v>
+        <v>1681</v>
       </c>
       <c r="B427" s="6">
         <v>0</v>
       </c>
       <c r="C427" s="6">
         <v>0</v>
       </c>
       <c r="D427" s="6">
         <v>0</v>
       </c>
       <c r="E427" s="6">
         <v>12000032461</v>
       </c>
       <c r="F427" s="9" t="s">
         <v>56</v>
       </c>
       <c r="G427" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H427" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I427" s="6">
         <v>0</v>
       </c>
       <c r="J427" s="10" t="s">
-        <v>1690</v>
+        <v>1682</v>
       </c>
       <c r="K427" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L427" s="10" t="s">
-        <v>1691</v>
+        <v>1683</v>
       </c>
       <c r="M427" s="6" t="s">
-        <v>1692</v>
+        <v>1684</v>
       </c>
       <c r="N427" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O427" s="6">
         <v>2600</v>
       </c>
       <c r="P427" s="6"/>
     </row>
     <row r="428" spans="1:16">
       <c r="A428" s="6" t="s">
-        <v>1693</v>
+        <v>1685</v>
       </c>
       <c r="B428" s="6">
         <v>0</v>
       </c>
       <c r="C428" s="6">
         <v>0</v>
       </c>
       <c r="D428" s="6">
         <v>0</v>
       </c>
       <c r="E428" s="6">
         <v>12000032460</v>
       </c>
       <c r="F428" s="9" t="s">
         <v>56</v>
       </c>
       <c r="G428" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H428" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I428" s="6">
         <v>0</v>
       </c>
       <c r="J428" s="10" t="s">
-        <v>1694</v>
+        <v>1686</v>
       </c>
       <c r="K428" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L428" s="10" t="s">
-        <v>1691</v>
+        <v>1683</v>
       </c>
       <c r="M428" s="6" t="s">
-        <v>1695</v>
+        <v>1687</v>
       </c>
       <c r="N428" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O428" s="6">
-        <v>3000</v>
+        <v>2999.99</v>
       </c>
       <c r="P428" s="6"/>
     </row>
     <row r="429" spans="1:16">
       <c r="A429" s="6" t="s">
-        <v>1696</v>
+        <v>1688</v>
       </c>
       <c r="B429" s="6">
-        <v>358</v>
+        <v>1315</v>
       </c>
       <c r="C429" s="6">
-        <v>358</v>
+        <v>1315</v>
       </c>
       <c r="D429" s="6">
         <v>0</v>
       </c>
       <c r="E429" s="6" t="s">
-        <v>1697</v>
+        <v>1689</v>
       </c>
       <c r="F429" s="9" t="s">
         <v>214</v>
       </c>
       <c r="G429" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H429" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I429" s="6">
         <v>1.7</v>
       </c>
       <c r="J429" s="10" t="s">
-        <v>1698</v>
+        <v>1690</v>
       </c>
       <c r="K429" s="6" t="s">
         <v>216</v>
       </c>
       <c r="L429" s="10" t="s">
         <v>214</v>
       </c>
       <c r="M429" s="6" t="s">
-        <v>1699</v>
+        <v>1691</v>
       </c>
       <c r="N429" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O429" s="6">
-        <v>2385.79</v>
+        <v>2409.98</v>
       </c>
       <c r="P429" s="6"/>
     </row>
     <row r="430" spans="1:16">
       <c r="A430" s="6" t="s">
-        <v>1700</v>
+        <v>1692</v>
       </c>
       <c r="B430" s="6">
-        <v>1476</v>
+        <v>1437</v>
       </c>
       <c r="C430" s="6">
-        <v>1476</v>
+        <v>1437</v>
       </c>
       <c r="D430" s="6">
         <v>0</v>
       </c>
       <c r="E430" s="6" t="s">
-        <v>1701</v>
+        <v>1693</v>
       </c>
       <c r="F430" s="9" t="s">
         <v>214</v>
       </c>
       <c r="G430" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H430" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I430" s="6">
         <v>2.2</v>
       </c>
       <c r="J430" s="10" t="s">
-        <v>1702</v>
+        <v>1694</v>
       </c>
       <c r="K430" s="6" t="s">
         <v>216</v>
       </c>
       <c r="L430" s="10" t="s">
         <v>214</v>
       </c>
       <c r="M430" s="6" t="s">
-        <v>1703</v>
+        <v>1695</v>
       </c>
       <c r="N430" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O430" s="6">
-        <v>2985.96</v>
+        <v>3015.92</v>
       </c>
       <c r="P430" s="6"/>
     </row>
     <row r="431" spans="1:16">
       <c r="A431" s="6" t="s">
-        <v>1704</v>
+        <v>1696</v>
       </c>
       <c r="B431" s="6">
         <v>0</v>
       </c>
       <c r="C431" s="6">
         <v>0</v>
       </c>
       <c r="D431" s="6">
         <v>0</v>
       </c>
       <c r="E431" s="6">
         <v>12000137120</v>
       </c>
       <c r="F431" s="9" t="s">
         <v>56</v>
       </c>
       <c r="G431" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H431" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I431" s="6">
         <v>0</v>
       </c>
       <c r="J431" s="10" t="s">
-        <v>1705</v>
+        <v>1697</v>
       </c>
       <c r="K431" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L431" s="10" t="s">
         <v>56</v>
       </c>
       <c r="M431" s="6" t="s">
-        <v>1706</v>
+        <v>1698</v>
       </c>
       <c r="N431" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O431" s="6">
-        <v>3400</v>
+        <v>3400.01</v>
       </c>
       <c r="P431" s="6"/>
     </row>
     <row r="432" spans="1:16" customHeight="1" ht="65">
       <c r="A432" s="6" t="s">
-        <v>1707</v>
+        <v>1699</v>
       </c>
       <c r="B432" s="6">
         <v>0</v>
       </c>
       <c r="C432" s="6">
         <v>0</v>
       </c>
       <c r="D432" s="6">
         <v>0</v>
       </c>
       <c r="E432" s="6" t="s">
-        <v>1708</v>
+        <v>1700</v>
       </c>
       <c r="F432" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G432" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H432" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I432" s="6">
         <v>1.09</v>
       </c>
       <c r="J432" s="10" t="s">
-        <v>1709</v>
+        <v>1701</v>
       </c>
       <c r="K432" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L432" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M432" s="6" t="s">
-        <v>1710</v>
+        <v>1702</v>
       </c>
       <c r="N432" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O432" s="6"/>
       <c r="P432" s="6"/>
     </row>
     <row r="433" spans="1:16" customHeight="1" ht="65">
       <c r="A433" s="6" t="s">
-        <v>1711</v>
+        <v>1703</v>
       </c>
       <c r="B433" s="6">
         <v>0</v>
       </c>
       <c r="C433" s="6">
         <v>0</v>
       </c>
       <c r="D433" s="6">
         <v>0</v>
       </c>
       <c r="E433" s="6" t="s">
-        <v>1712</v>
+        <v>1704</v>
       </c>
       <c r="F433" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G433" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H433" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I433" s="6">
         <v>2.06</v>
       </c>
       <c r="J433" s="10" t="s">
-        <v>1713</v>
+        <v>1705</v>
       </c>
       <c r="K433" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L433" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M433" s="6" t="s">
-        <v>1714</v>
+        <v>1706</v>
       </c>
       <c r="N433" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O433" s="6">
-        <v>3379.2</v>
+        <v>3446.78</v>
       </c>
       <c r="P433" s="6"/>
     </row>
     <row r="434" spans="1:16" customHeight="1" ht="65">
       <c r="A434" s="6" t="s">
-        <v>1715</v>
+        <v>1707</v>
       </c>
       <c r="B434" s="6">
         <v>0</v>
       </c>
       <c r="C434" s="6">
         <v>0</v>
       </c>
       <c r="D434" s="6">
         <v>0</v>
       </c>
       <c r="E434" s="6" t="s">
-        <v>1716</v>
+        <v>1708</v>
       </c>
       <c r="F434" s="9" t="s">
         <v>257</v>
       </c>
       <c r="G434" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H434" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I434" s="6">
         <v>10</v>
       </c>
       <c r="J434" s="10" t="s">
-        <v>1717</v>
+        <v>1709</v>
       </c>
       <c r="K434" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L434" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M434" s="6" t="s">
-        <v>1718</v>
+        <v>1710</v>
       </c>
       <c r="N434" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O434" s="6"/>
       <c r="P434" s="6"/>
     </row>
     <row r="435" spans="1:16" customHeight="1" ht="65">
       <c r="A435" s="6" t="s">
-        <v>1719</v>
+        <v>1711</v>
       </c>
       <c r="B435" s="6">
         <v>4</v>
       </c>
       <c r="C435" s="6">
         <v>4</v>
       </c>
       <c r="D435" s="6">
         <v>0</v>
       </c>
       <c r="E435" s="6" t="s">
-        <v>1720</v>
+        <v>1712</v>
       </c>
       <c r="F435" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G435" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H435" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I435" s="6">
         <v>10</v>
       </c>
       <c r="J435" s="10" t="s">
-        <v>1721</v>
+        <v>1713</v>
       </c>
       <c r="K435" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L435" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M435" s="6" t="s">
-        <v>1722</v>
+        <v>1714</v>
       </c>
       <c r="N435" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O435" s="6">
         <v>1648.36</v>
       </c>
       <c r="P435" s="6"/>
     </row>
     <row r="436" spans="1:16" customHeight="1" ht="65">
       <c r="A436" s="6" t="s">
-        <v>1723</v>
+        <v>1715</v>
       </c>
       <c r="B436" s="6">
         <v>4</v>
       </c>
       <c r="C436" s="6">
         <v>4</v>
       </c>
       <c r="D436" s="6">
         <v>0</v>
       </c>
       <c r="E436" s="6" t="s">
-        <v>1724</v>
+        <v>1716</v>
       </c>
       <c r="F436" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G436" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H436" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I436" s="6">
         <v>0.885</v>
       </c>
       <c r="J436" s="10" t="s">
-        <v>1725</v>
+        <v>1717</v>
       </c>
       <c r="K436" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L436" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M436" s="6" t="s">
-        <v>1726</v>
+        <v>1718</v>
       </c>
       <c r="N436" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O436" s="6">
         <v>2316.61</v>
       </c>
       <c r="P436" s="6"/>
     </row>
     <row r="437" spans="1:16" customHeight="1" ht="65">
       <c r="A437" s="6" t="s">
-        <v>1727</v>
+        <v>1719</v>
       </c>
       <c r="B437" s="6">
         <v>0</v>
       </c>
       <c r="C437" s="6">
         <v>0</v>
       </c>
       <c r="D437" s="6">
         <v>0</v>
       </c>
       <c r="E437" s="6" t="s">
-        <v>1728</v>
+        <v>1720</v>
       </c>
       <c r="F437" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G437" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H437" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I437" s="6">
         <v>0.62</v>
       </c>
       <c r="J437" s="10" t="s">
-        <v>1729</v>
+        <v>1721</v>
       </c>
       <c r="K437" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L437" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M437" s="6" t="s">
-        <v>1730</v>
+        <v>1722</v>
       </c>
       <c r="N437" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O437" s="6"/>
       <c r="P437" s="6"/>
     </row>
     <row r="438" spans="1:16" customHeight="1" ht="65">
       <c r="A438" s="6" t="s">
-        <v>1731</v>
+        <v>1723</v>
       </c>
       <c r="B438" s="6">
         <v>0</v>
       </c>
       <c r="C438" s="6">
         <v>0</v>
       </c>
       <c r="D438" s="6">
         <v>0</v>
       </c>
       <c r="E438" s="6" t="s">
-        <v>1732</v>
+        <v>1724</v>
       </c>
       <c r="F438" s="9" t="s">
         <v>333</v>
       </c>
       <c r="G438" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H438" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I438" s="6">
         <v>2</v>
       </c>
       <c r="J438" s="10" t="s">
-        <v>1733</v>
+        <v>1725</v>
       </c>
       <c r="K438" s="6" t="s">
         <v>111</v>
       </c>
       <c r="L438" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M438" s="6" t="s">
-        <v>1734</v>
+        <v>1726</v>
       </c>
       <c r="N438" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O438" s="6"/>
       <c r="P438" s="6"/>
     </row>
     <row r="439" spans="1:16" customHeight="1" ht="65">
       <c r="A439" s="6" t="s">
-        <v>1735</v>
+        <v>1727</v>
       </c>
       <c r="B439" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C439" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D439" s="6">
         <v>0</v>
       </c>
       <c r="E439" s="6" t="s">
-        <v>1736</v>
+        <v>1728</v>
       </c>
       <c r="F439" s="9" t="s">
         <v>163</v>
       </c>
       <c r="G439" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H439" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I439" s="6">
         <v>0</v>
       </c>
       <c r="J439" s="10" t="s">
-        <v>1737</v>
+        <v>1729</v>
       </c>
       <c r="K439" s="6" t="s">
         <v>165</v>
       </c>
       <c r="L439" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M439" s="6" t="s">
-        <v>1738</v>
+        <v>1730</v>
       </c>
       <c r="N439" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O439" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O439" s="6"/>
       <c r="P439" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>