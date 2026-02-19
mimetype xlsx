--- v1 (2025-12-21)
+++ v2 (2026-02-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1731">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1659">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>21.12.2025 08:14:55</t>
+    <t>19.02.2026 07:21:49</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -223,51 +223,51 @@
   <si>
     <t>00000407828</t>
   </si>
   <si>
     <t>Электросушитель Jofel AA94000</t>
   </si>
   <si>
     <t>AA94000</t>
   </si>
   <si>
     <t>Электросушители</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>Электросушитель для рук серии Ibero AA94000. Материал: крашенная нержавеющая сталь. Тип включения: сенсорный. Мощность: 2кВт. Производительность: 72л/с. Размеры: 21х28х22см</t>
   </si>
   <si>
     <t>Jofel</t>
   </si>
   <si>
     <t>00000101056</t>
   </si>
   <si>
-    <t>BRITA GmbH Фильтр-система PURITY 600ST</t>
+    <t>Фильтрационная система Brita PURITY 600ST</t>
   </si>
   <si>
     <t>Водоумягчители</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Фильтр-система PURITY 600 ST (головная часть с электронным дисплеем+  сменный картридж  600 ST +колба высокого давления +адаптер G1-G3/4 +тест воды °КН)</t>
   </si>
   <si>
     <t>Brita</t>
   </si>
   <si>
     <t>00000366897</t>
   </si>
   <si>
     <t>Дозатор Jofel AC70800</t>
   </si>
   <si>
     <t>AC70800</t>
   </si>
   <si>
     <t>Дозаторы</t>
   </si>
@@ -348,51 +348,51 @@
   <si>
     <t>Бытпласт</t>
   </si>
   <si>
     <t>Баки</t>
   </si>
   <si>
     <t>00000222271</t>
   </si>
   <si>
     <t>Облучатель бактерицидный Atesy ОБПИ-1-15-02</t>
   </si>
   <si>
     <t>ОБПИ-1-15-02</t>
   </si>
   <si>
     <t>Облучатель бактерицидный прямого излучения ОБПИ-1-15-02, 530х70х75 мм, AISI430, 220 В, 0.05 кВт, 1 лампа 15 Вт, без блока управления</t>
   </si>
   <si>
     <t>Atesy</t>
   </si>
   <si>
     <t>00000372987</t>
   </si>
   <si>
-    <t>Водоумягчитель HiWater Nano Lite</t>
+    <t>Фильтрационная система Hiwater Nano Lite</t>
   </si>
   <si>
     <t>Nano Lite</t>
   </si>
   <si>
     <t>Подходит для кофемашин, пароконвектоматов, печей и оборудование которое необходимо защитить от накипи.
 Этот фильтр работает на основе мембраны обратного осмоса, поры которой могут пропускать не только молекулы воды, но и чуть более крупные вещества – а именно одновалентные ионы веществ, растворенных в воде. 
 габариты модели в/ш/г 38/31/15 см
 накопительный бак 11л (3 галлона 30х26)
 производительность системы: до 90 литров/час
 проходимость заведения: до 300 чашек в день
 срок службы^
 ресурс картриджа двойного действия: до 30 000 л или 8 мес
 ресурс мембраны обратного осмоса: до 70 000 л или 2 лет</t>
   </si>
   <si>
     <t>HiWater</t>
   </si>
   <si>
     <t>00000583024</t>
   </si>
   <si>
     <t>Диспенсер Jofel AE77600</t>
   </si>
   <si>
@@ -464,119 +464,98 @@
   <si>
     <t>4312431 черн.</t>
   </si>
   <si>
     <t>Корзина для мусора 4312431 (черный). Размер: d=260 h=260. Практичная корзина для мусора изготовлена из полипропилена, имеет светлую расцветку. Бортик корзины не позволит пакетам для мусора легко соскальзывать внутрь.</t>
   </si>
   <si>
     <t>Рестола</t>
   </si>
   <si>
     <t>00000283518</t>
   </si>
   <si>
     <t>Ершик Jofel AW62000</t>
   </si>
   <si>
     <t>AW62000</t>
   </si>
   <si>
     <t>Ершики</t>
   </si>
   <si>
     <t>Щетка для унитаза AW62000. Размер: 41,7х9,8х10,1см. Материал: матовая нержавеющая сталь. Возможность фиксации на стене (дюбели и винты входят в комплект поставки).</t>
   </si>
   <si>
-    <t>Миски</t>
-[...1 lines deleted...]
-  <si>
     <t>00000109889</t>
   </si>
   <si>
     <t>Моющее средство для пароконвектоматов Radax RCA05</t>
   </si>
   <si>
     <t>RCA05</t>
   </si>
   <si>
     <t>Моющее средство 3 в 1, масса 5 кг, срок годности 24 месяца, для автоматической мойки.</t>
   </si>
   <si>
     <t>Radax</t>
   </si>
   <si>
     <t>00000424140</t>
   </si>
   <si>
     <t>Диспенсер Jofel АE13300</t>
   </si>
   <si>
     <t>АE13300</t>
   </si>
   <si>
     <t>Диспенсер для туалетной бумаги в профессиональных рулонах Clasica АE13300. Материал: крашенная нержавеющая сталь. Цвет: белый. Размеры: 298х125 мм, высота 305 мм. Вместимость: 1 рулон 400м</t>
   </si>
   <si>
     <t>00000328542</t>
   </si>
   <si>
     <t>Моющее средство для пароконвектоматов Rational M56.01.535</t>
   </si>
   <si>
     <t>M56.01.535</t>
   </si>
   <si>
     <t>Очищающие таблетки Active Green, арт. 56.01.535 (150 шт./ведро) для iCombi Pro и iCombi Classic</t>
   </si>
   <si>
     <t>Rational</t>
   </si>
   <si>
     <t>Моющие средства для пароконвектоматов (быт химия)</t>
   </si>
   <si>
     <t>00000372475</t>
   </si>
   <si>
-    <t>Мыло для рук EnaSeptic 9095 000 005</t>
-[...16 lines deleted...]
-  <si>
     <t>Измельчитель отходов Bort Alligator</t>
   </si>
   <si>
     <t>Измельчители отходов</t>
   </si>
   <si>
     <t>Пневматическое управление, 3 ступени измельчения, полная шумоизоляция, мощность 560 Вт, объем камеры 1450 мл, без автоматического выключения. Корпус камеры и измельчающие части из нержавеющей стали. Есть тихий запуск и система защиты от перегрузки и заклинивания. Скорость холостого хода - от 1480 об/мин. Напряжение сети 220В. Тип мотора - индукционный, мощность 0,75 л.с., производительность 4,2 кг/мин, диаметр сливного отверстия 90мм, толщина дна раковины 1 - 14 мм. Длина шнура питания 1,2 м. Способ загрузки - непрерывный, есть подключение к посудомоечной машине и возможность подключения беспроводной кнопки.</t>
   </si>
   <si>
     <t>Bort</t>
   </si>
   <si>
     <t>00000476877</t>
   </si>
   <si>
     <t>Измельчитель отходов Bort Alligator Control</t>
   </si>
   <si>
     <t>Электронное управление, 3 ступени измельчения, полная шумоизоляция, есть функция авто-реверса, мощность 560 Вт, объем камеры 1200 мл, с автоматическим выключением и плавным пуском. Корпус камеры и измельчающие части из нержавеющей стали. Есть тихий запуск и система защиты от перегрузки и заклинивания. Скорость холостого хода - от 1450 об/мин. Напряжение сети 220В. Тип мотора - индукционный, мощность 0,75 л.с., производительность 5,2 кг/мин, диаметр сливного отверстия 90мм, толщина дна раковины 1 - 14 мм. Длина шнура питания 1 м. Способ загрузки - непрерывный, есть подключение к посудомоечной машине и возможность подключения беспроводной кнопки.</t>
   </si>
   <si>
     <t>00000476878</t>
   </si>
   <si>
     <t>Измельчитель отходов Bort Alligator Green</t>
@@ -620,117 +599,99 @@
   <si>
     <t>Электронное управление, 3 ступени измельчения, частичная шумоизоляция, есть усилитель мощности, мощность 560 Вт, объем камеры 1100 мл, с автоматическим выключением. Корпус камеры - композитный материал, измельчающие части из нержавеющей стали. Есть тихий запуск и система защиты от перегрузки и заклинивания. Скорость холостого хода - от 1200 до 1680 об/мин. Напряжение сети 220В. Тип мотора - индукционный, мощность 0,75 л.с., производительность 4,2 кг/мин, диаметр сливного отверстия 90мм, толщина дна раковины 1 - 18 мм. Длина шнура питания 1,2 м. Способ загрузки - непрерывный, есть подключение к посудомоечной машине и возможность подключения беспроводной кнопки. В комплекте: Кнопка беспроводная (1 шт),  Монтажный узел (1 шт),  Сливная труба (1 шт), Проталкиватель (1 шт)</t>
   </si>
   <si>
     <t>00000476883</t>
   </si>
   <si>
     <t>Измельчитель отходов Bort MASTER ECO</t>
   </si>
   <si>
     <t>Пневматическое управление, 2 ступени измельчения, мощность 390 Вт, объем камеры 1000 мл. Корпус камеры и измельчающие части из нержавеющей стали. Есть система защиты от перегрузки и заклинивания. Скорость холостого хода - от 2600 об/мин. Напряжение сети 220В. Тип мотора - постоянный магнит, мощность 0,5 л.с., производительность 3,2 кг/мин, диаметр сливного отверстия 90мм, толщина дна раковины 1 - 14 мм. Длина шнура питания 0,9 м. Способ загрузки - непрерывный, есть подключение к посудомоечной машине и возможность подключения беспроводной кнопки.</t>
   </si>
   <si>
     <t>00000476884</t>
   </si>
   <si>
     <t>Измельчитель отходов Bort MASTER ECO Control</t>
   </si>
   <si>
     <t>Электронное управление, 2 ступени измельчения, мощность 390 Вт, объем камеры 1050 мл, с автоматическим выключением. Корпус камеры - композитный материал, измельчающие части из нержавеющей стали. Есть система защиты от перегрузки и заклинивания. Скорость холостого хода - до 3500 об/мин. Напряжение сети 220В. Тип мотора - постоянный магнит, мощность 0,5 л.с., производительность 3,3 кг/мин, диаметр сливного отверстия 90мм, толщина дна раковины 1 - 14 мм. Длина шнура питания 1 м. Способ загрузки - непрерывный, есть подключение к посудомоечной машине и возможность подключения беспроводной кнопки. В комплекте:  Беспроводная кнопка (1 шт),   Рассекатель (защитный экран) (1 шт),  Монтажный узел (1 шт),  Сливная труба (1 шт),  Проталкиватель (1 шт)</t>
   </si>
   <si>
     <t>00000476885</t>
   </si>
   <si>
-    <t>Облучатель бактерицидный ЭЛИД Лампа бактер.30w</t>
+    <t>Лампа для облучателя бактерицидного ЭЛИД, 30w</t>
   </si>
   <si>
     <t>Лампа бактер.30w</t>
   </si>
   <si>
     <t>Лампа бактер.д/облучателей мед."Азов" (ОБН-75/150, ОБП-300, ОБПе-300/450, ОБРН2х30, ОБРПе-2х30, 30W)</t>
   </si>
   <si>
     <t>ЭЛИД</t>
   </si>
   <si>
     <t>00000353629</t>
   </si>
   <si>
     <t>Облучатель бактерицидный Atesy БУО-02</t>
   </si>
   <si>
     <t>БУО-02</t>
   </si>
   <si>
     <t>Блок управления облучателем БУО-02, 100х75х189 мм. Предназначен для подключения ультрафиолетовой бактерицидной лампы. Блок устанавливается вне помещения, где работает лампа и управляет работой лампы. Корпус блока управления изготовлен из нержавеющей стали.</t>
   </si>
   <si>
     <t>00000372988</t>
   </si>
   <si>
     <t>Контейнер для мусора Рестола 432106221</t>
   </si>
   <si>
     <t>Габариты 470х470х660 мм, габариты с упаковкой 490х490х700 мм.
 Цвет бордовый, материал полипропилен, объем 65 л, крышка в комплекте.</t>
   </si>
   <si>
     <t>00000235331</t>
   </si>
   <si>
     <t>Контейнер для мусора Jofel AL60010</t>
   </si>
   <si>
     <t>AL60010</t>
   </si>
   <si>
     <t>Корзина для мусора AL60010. Материал: пластмасса. Объем: 10л. Габариты: 30х25 см.</t>
   </si>
   <si>
     <t>00000232278</t>
   </si>
   <si>
-    <t>Ловушка для насекомых EKSI EIK-100</t>
-[...16 lines deleted...]
-  <si>
     <t>Измельчитель отходов Bort TITAN 4000</t>
   </si>
   <si>
     <t>Пневматическое управление, 3 ступени измельчения, частичная шумоизоляция, мощность 390 Вт, объем камеры 1310 мл. Корпус камеры - композитный материал, измельчающие части из нержавеющей стали. Есть система защиты от перегрузки и заклинивания. Скорость холостого хода - от 3500 об/мин. Напряжение сети 220В. Тип мотора - постоянный магнит, мощность 0,5 л.с., производительность 4,2 кг/мин, диаметр сливного отверстия 90мм, толщина дна раковины 1 - 18 мм. Длина шнура питания 1,2 м. Способ загрузки - непрерывный, есть подключение к посудомоечной машине и возможность подключения беспроводной кнопки.</t>
   </si>
   <si>
     <t>00000476886</t>
   </si>
   <si>
     <t>Измельчитель отходов Bort TITAN 4000 Control</t>
   </si>
   <si>
     <t>Электронное управление, 3 ступени измельчения, частичная шумоизоляция, мощность 390 Вт, объем камеры 1310 мл, с автоматическим выключением. Корпус камеры - композитный материал, измельчающие части из нержавеющей стали. Есть система защиты от перегрузки и заклинивания. Скорость холостого хода - от 3500 об/мин. Напряжение сети 220В. Тип мотора - постоянный магнит, мощность 0,5 л.с., производительность 4,2 кг/мин, диаметр сливного отверстия 90мм, толщина дна раковины 1 - 18 мм. Длина шнура питания 1,2 м. Способ загрузки - непрерывный, есть подключение к посудомоечной машине и возможность подключения беспроводной кнопки. В комплекте: Беспроводная кнопка (1 шт), Фильтрующая сетка с резиновой пробкой (1 шт), Монтажный узел (1 шт),  Сливная труба (1 шт),  Проталкиватель (1 шт)</t>
   </si>
   <si>
     <t>00000476887</t>
   </si>
   <si>
     <t>Измельчитель отходов Bort TITAN 4000 Plus</t>
   </si>
   <si>
     <t>Пневматическое управление, 3 ступени измельчения, частичная шумоизоляция, мощность 560 Вт, объем камеры 1400 мл, с автоматическим выключением. Корпус камеры - композитный материал, измельчающие части из нержавеющей стали. Есть система защиты от перегрузки и заклинивания. Скорость холостого хода - от 3200 об/мин. Напряжение сети 220В. Тип мотора - постоянный магнит, мощность 0,75 л.с., производительность 4,2 кг/мин, диаметр сливного отверстия 90мм, толщина дна раковины 1 - 18 мм. Длина шнура питания 1,2 м. Способ загрузки - непрерывный, есть подключение к посудомоечной машине и возможность подключения беспроводной кнопки.</t>
   </si>
   <si>
     <t>00000476888</t>
@@ -1026,57 +987,54 @@
   <si>
     <t>N6101000007</t>
   </si>
   <si>
     <t>Водоумягчитель типа WS 12, высота 500 мм, объем смолы 8,4л, масса оборудования 16 кг, размер 336*194*515 мм, Ресурс 1680л. Упаковка - картонная коробка</t>
   </si>
   <si>
     <t>Gabino</t>
   </si>
   <si>
     <t>00000422576</t>
   </si>
   <si>
     <t>Контейнер для мусора Cambro WBFC6887LID519</t>
   </si>
   <si>
     <t>WBFC6887LID519</t>
   </si>
   <si>
     <t>Габаритные размеры: 500х409х67 мм. Цвет: зеленый. Материал: пластик.</t>
   </si>
   <si>
     <t>00000569215</t>
   </si>
   <si>
-    <t>Фильтр водоподготовки HiWater Hiwater Ion 2</t>
+    <t>Фильтрационная система Hiwater Ion 2, 3 колбы</t>
   </si>
   <si>
     <t>Hiwater Ion 2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Фильтры водоподготовки</t>
   </si>
   <si>
     <t>Фильтрационная система Hiwater Ion 2
 Подходит для кофемашин, пароконвектоматов, печей и оборудование которое необходимо защитить от накипи.
 Действие фильтра основано на патентованном фильтрующем материале Арагон, а также картриджах с активированным углем, что позволяет улучшать вкус напитка
 Комплектация: фильтр, инструкция, комплект фитингов 
 и шлангов на 1/2 и 3/8 
 Рабочее давление: 0,5-7 атм.
 Рабочая температура: 4-40° C
 Ресурс - до 15 000 л. при 8 dH 
 Габариты ШхГхВ (250х90х370)</t>
   </si>
   <si>
     <t>00000423802</t>
   </si>
   <si>
     <t>Диспенсер Jofel AH66500</t>
   </si>
   <si>
     <t>AH66500</t>
   </si>
   <si>
     <t>Диспенсер для косметических салфеток AH66500. Полированная поверхность. Размеры: 65х267х132. Материал: нержавеющая сталь.</t>
   </si>
   <si>
@@ -1443,75 +1401,63 @@
   <si>
     <t>Моющее средство для пароконвектоматов CLEANEQ Alkadem C/F</t>
   </si>
   <si>
     <t>Alkadem C/F</t>
   </si>
   <si>
     <t>Щелочное моющее ср-во т.м. CLEANEQ серии Alkadem C/F для теплового оборудования, 10 кг. На основе гидроксида калия (&lt;5%), комплексообразователей, анионных и неионогенных ПАВ (&lt;5%). ТУ 2381-002-53208249-2002. Применяется в автоматических системах мойки пароконвектоматов и аналогичного теплового оборудования из нержавеющей и черной стали, сплавов цветных металлов, керамики и стекла. Эффективно удаляет органические загрязнения, в т.ч. засохшие и пригоревшие остатки углеводов, белка, животных и растительных жиров, налеты коптильных смол и отложения дымового дёгтя. Состав применяется в концентрированном виде и подается автоматическими дозаторами при включении выбраной программы мойки пароконвектомата. Опасный ингредиент: гидроксид калия – едкий. Работать со средством в защитных перчатках, очках. При попадании в глаза и на кожу промыть водой. Хранить в оригинальной упаковке от –5 до +25°С. Гарантийный срок хранения – 12 месяцев. Срок годности – 3 года. Вес нетто 10 кг. Упаковка: канистра 10 дм3</t>
   </si>
   <si>
     <t>00000252787</t>
   </si>
   <si>
     <t>Стерилизатор Vortmax KS 18</t>
   </si>
   <si>
     <t>KS 18</t>
   </si>
   <si>
     <t>Габаритные размеры: 465х145х605 мм, напряжение 220В,  мощность лампы 8Вт, ртутная лампа низкого давления ДРБ 8-1, максимальное количество ножей - 18 шт., климатический класс: +5 до +55С, 220В. Предусмотрено размещение ножей на решетке-держателе или нержавеющей магнитной планке, в зависимости от необходимости можно пользоваться любым способом.</t>
   </si>
   <si>
     <t>00000274960</t>
   </si>
   <si>
-    <t>Контейнер для мусора Cambro WBFC6887LID186</t>
-[...10 lines deleted...]
-  <si>
     <t>Диспенсер Jofel AH37600</t>
   </si>
   <si>
     <t>AH37600</t>
   </si>
   <si>
     <t>Диспенсер для салфеток AH37600 (пластик, ZZ, черный). Материал: ABS пластик. Цвет: черный. Размеры: 27,8х36,8х13,3 см. Вместимость: 600 шт. Прозрачная вставка на передней части корпуса позволяет визуально контролировать наличие полотенец в диспенсере. Крышка диспенсера фиксируется к корпусу специальным ключом. Диспенсер крепится на стену.</t>
   </si>
   <si>
     <t>00000289564</t>
   </si>
   <si>
-    <t>Картридж АКВАБРИТ АБ-500</t>
+    <t>Картридж сменный Аквабрит АБ-500</t>
   </si>
   <si>
     <t>АБ-500</t>
   </si>
   <si>
     <t>Картридж АКВАБРИТ 500 АБ-500: Рабочее давление, бар 2.0 - 8.6, Рабочая температура, °С +4 - +30, Присоединительный размер 3/8" (Dn 10), Номинальная фильтрующая способность, мкм 10, Вес, кг 4.5, Высота, мм  500, Ширина, мм 144, Глубина, мм 144</t>
   </si>
   <si>
     <t>00000508016</t>
   </si>
   <si>
     <t>Средство для очистки катализаторов печей и пароконвектоматов TURBO SAFE CAT CLEANER" 1 л</t>
   </si>
   <si>
     <t>TURBO SAFE CAT CLEANER</t>
   </si>
   <si>
     <t>Средство для очистки фильтра-катализатора высокоскоростных печей и другого теплового оборудования.
 В упаковке 12 бутылок по 1 л, среднещелочная среда рН=2.</t>
   </si>
   <si>
     <t>Turbo safe</t>
   </si>
   <si>
     <t>00000424112</t>
@@ -1866,50 +1812,53 @@
   <si>
     <t>Урна Jofel 40 л д/улицы, прямоуг., стационар., крепление пол-стена, поворотная, замок, окантовка черн. ABS-пл.. металл, эмаль</t>
   </si>
   <si>
     <t>00000324728</t>
   </si>
   <si>
     <t>Контейнер для мусора Jofel AL93100</t>
   </si>
   <si>
     <t>AL93100</t>
   </si>
   <si>
     <t>Пепельница Jofel прямоугольной формы, настенная поворотная, угол поворота 180 градусов, материал: металл, эмаль. Габариты: 170x140x110 мм.</t>
   </si>
   <si>
     <t>00000324731</t>
   </si>
   <si>
     <t>Ловушка для насекомых Jofel AJ21510</t>
   </si>
   <si>
     <t>AJ21510</t>
   </si>
   <si>
+    <t>Ловушки для насекомых</t>
+  </si>
+  <si>
     <t>Ловушка для насекомых AJ21510, 365*125*340 мм, 2х8Вт, нержавеющая сталь, полированная поверхность.
 Надежный аппарат для уничтожения насекомых. Оснащен ультрафиолетовыми лампами для привлечения насекомых. Способ уничтожения - высоковольтный разряд тока.</t>
   </si>
   <si>
     <t>00000324733</t>
   </si>
   <si>
     <t>Ловушка для насекомых Jofel AJ22510</t>
   </si>
   <si>
     <t>AJ22510</t>
   </si>
   <si>
     <t>Ловушка для насекомых AJ22510, 290*125*340 мм, 2х11Вт, нержавеющая сталь, полированная поверхность.
 Надежный аппарат для уничтожения насекомых. Оснащен ультрафиолетовыми лампами для привлечения насекомых. Способ уничтожения - высоковольтный разряд тока.</t>
   </si>
   <si>
     <t>00000324734</t>
   </si>
   <si>
     <t>Ловушка для насекомых Jofel AJ23510</t>
   </si>
   <si>
     <t>AJ23510</t>
   </si>
@@ -2025,87 +1974,87 @@
     <t>Ловушка для насекомых Jofel AJ57010</t>
   </si>
   <si>
     <t>AJ57010</t>
   </si>
   <si>
     <t>Ловушка для насекомых AJ57010, 700*160*400 мм, 3х20Вт, нержавеющая сталь, полированная поверхность.
 Надежный аппарат для уничтожения насекомых. Оснащен ультрафиолетовыми лампами для привлечения насекомых. Способ уничтожения - высоковольтный разряд тока.</t>
   </si>
   <si>
     <t>00000324739</t>
   </si>
   <si>
     <t>Поручень Jofel AV10840</t>
   </si>
   <si>
     <t>AV10840</t>
   </si>
   <si>
     <t>Поручни</t>
   </si>
   <si>
     <t>Поручень Jofel Clasica откидной настенный левый/правый, имеется держатель рулона, труба Ø 32 мм, материал нерж.сталь AISI 304, полированная поверхность, количество точек фиксации на стене: 6, размер: L 840 * Н 200 мм.</t>
   </si>
   <si>
+    <t>00000324741</t>
+  </si>
+  <si>
+    <t>Поручень Jofel AV14840</t>
+  </si>
+  <si>
+    <t>AV14840</t>
+  </si>
+  <si>
+    <t>Поручень Jofel Clasica откидной настенный левый/правый, имеется держатель рулона, труба Ø 32 мм, материал нерж.сталь AISI 304, матовая поверхность, количество точек фиксации на стене: 6, размер: L 840 * Н 200 мм.</t>
+  </si>
+  <si>
+    <t>00000324742</t>
+  </si>
+  <si>
+    <t>Поручень Jofel AV20515</t>
+  </si>
+  <si>
+    <t>AV20515</t>
+  </si>
+  <si>
+    <t>Поручень Jofel Clasica стационарный настенный правый, габариты 515х315мм, труба Ø 32 мм, материал нерж.сталь AISI 304, полированная поверхность</t>
+  </si>
+  <si>
+    <t>00000324743</t>
+  </si>
+  <si>
+    <t>Поручень Jofel AV40400</t>
+  </si>
+  <si>
+    <t>AV40400</t>
+  </si>
+  <si>
+    <t>Поручень Jofel Clasica прямой настенный левый/правый, материал: нерж. сталь AISI 304, полированная поверхность. Габариты: 400 мм.</t>
+  </si>
+  <si>
     <t>Мебель индивидуальная</t>
-  </si>
-[...34 lines deleted...]
-    <t>Поручень Jofel Clasica прямой настенный левый/правый, материал: нерж. сталь AISI 304, полированная поверхность. Габариты: 400 мм.</t>
   </si>
   <si>
     <t>00000324746</t>
   </si>
   <si>
     <t>Поручень Jofel AV40500</t>
   </si>
   <si>
     <t>AV40500</t>
   </si>
   <si>
     <t>Поручень Jofel Clasica прямой настенный левый/правый, материал: нерж. сталь AISI 304, полированная поверхность. Габариты: 500 мм.</t>
   </si>
   <si>
     <t>00000324747</t>
   </si>
   <si>
     <t>Поручень Jofel AV40600</t>
   </si>
   <si>
     <t>AV40600</t>
   </si>
   <si>
     <t>Поручень Jofel Clasica прямой настенный левый/правый, материал: нерж. сталь AISI 304, полированная поверхность. Габариты: 600 мм.</t>
   </si>
@@ -2149,50 +2098,65 @@
   <si>
     <t>Облучатель бактерицидный Atesy РО-2-30-02-1</t>
   </si>
   <si>
     <t>РО-2-30-02-1</t>
   </si>
   <si>
     <t>Рециркулятор-облучатель РО-2-30-02-1, 1242х326х127 мм, 0,1 кВт, 220 В, AISI430, настенный, производительность 90 м3/ч, объем помещения при времени обработки 1 час - 90 м3, время обработки (не менее) 1 ч, 2 лампы по 30 Вт</t>
   </si>
   <si>
     <t>00000371575</t>
   </si>
   <si>
     <t>Ловушка для насекомых KT BT-60W</t>
   </si>
   <si>
     <t>BT-60W</t>
   </si>
   <si>
     <t>Электрический улавливатель летающих насекомых тип BT, мод. BT-60W, 670х370х110мм, 220В, лампы 3х20Вт, 75Вт, площадь 600 м2</t>
   </si>
   <si>
     <t>00000271826</t>
   </si>
   <si>
+    <t>Облучатель бактерицидный ЭЛИД ОБН-150 (б/л)</t>
+  </si>
+  <si>
+    <t>ОБН-150 (б/л)</t>
+  </si>
+  <si>
+    <t>Облучатель медицинский бактерицидный "Азов", мод. ОБН-150 (без ламп, без стартеров), настенный, 942x54x162мм, 220В, 60Вт</t>
+  </si>
+  <si>
+    <t>Облучатели медицинские</t>
+  </si>
+  <si>
+    <t>00000273369</t>
+  </si>
+  <si>
     <t>Стерилизатор Abat СТН-18</t>
   </si>
   <si>
     <t>Предназначен для обеззараживания ножей больших и малых размеров и других инструментов на предприятиях торговли и общественного питания. Вместимость 18 инструментов (max длина ручки ножа -120 мм, max длина лезвия ножа - 280 мм,  min длина лезвия ножа- 160 мм),  таймер 10…60 мин, корпус из нержавеющей стали, колба изготовлена из увиолевого стекла, бактерицидный поток лампы 2,1 Вт, средний срок службы лампы - 8000 часов, механический замок, 400х152х605 мм</t>
   </si>
   <si>
     <t>00000362233</t>
   </si>
   <si>
     <t>Поручень Jofel AV44400</t>
   </si>
   <si>
     <t>AV44400</t>
   </si>
   <si>
     <t>Поручень Jofel Clasica прямой настенный левый/правый, материал: нерж. сталь AISI 304, матовая поверхность. Габариты: 400 мм.</t>
   </si>
   <si>
     <t>00000324751</t>
   </si>
   <si>
     <t>Поручень Jofel AV44500</t>
   </si>
   <si>
     <t>AV44500</t>
@@ -2218,126 +2182,114 @@
   <si>
     <t>Поручень Jofel AV44800</t>
   </si>
   <si>
     <t>AV44800</t>
   </si>
   <si>
     <t>Поручень Jofel Clasica прямой настенный левый/правый, материал: нерж. сталь AISI 304, матовая поверхность. Габариты: 800 мм.</t>
   </si>
   <si>
     <t>00000324754</t>
   </si>
   <si>
     <t>Ершик Jofel AW61000</t>
   </si>
   <si>
     <t>AW61000</t>
   </si>
   <si>
     <t>Щетка для унитаза, цилиндрическая форма, высота 417 мм, материал: нерж. сталь AISI 304, полированная поверхность. Возможность фиксации на стене (дюбели и винты входят в комплект поставки).</t>
   </si>
   <si>
     <t>00000324755</t>
   </si>
   <si>
-    <t>BRITA GmbH Головная часть с bypass 0%, G3/8  для фильтров серии PURITY C</t>
-[...8 lines deleted...]
-    <t>ALKADEM WP Средство жидкое моющее тм CLEANEQ, для пароконвектоматов, канистра 5 л</t>
+    <t>Средство жидкое моющее CLEANEQ серии Alkadem WP, CLQ-WP-K5-L5, 5 л</t>
   </si>
   <si>
     <t>CLQ-WP-K5-L5</t>
   </si>
   <si>
-    <t>Очистители</t>
-[...1 lines deleted...]
-  <si>
     <t>ЦБ-00035917</t>
   </si>
   <si>
-    <t>ACIDEM RP Средство жидкое моющее тм CLEANEQ, ополаскиватель для пароконвектоматов, канистра 5 л</t>
+    <t>Ополаскивающее средство для пароконвектоматов CLEANEQ CLQ-RP-K6-L5, 5л</t>
   </si>
   <si>
     <t>CLQ-RP-K6-L5</t>
   </si>
   <si>
     <t>ЦБ-00035918</t>
   </si>
   <si>
     <t>ACIDEM P Средство жидкое моющее тм CLEANEQ для очистки камеры пароконвектоматов от накипи, канистра 5 л</t>
   </si>
   <si>
     <t>CLQ-P-K6-L5</t>
   </si>
   <si>
     <t>ЦБ-00035919</t>
   </si>
   <si>
     <t>ACIDEM DP Средство жидкое моющее тм CLEANEQ для декальцинации бойлера пароконвектомата, канистра 5 л</t>
   </si>
   <si>
     <t>CLQ-DP-K6-L5</t>
   </si>
   <si>
     <t>ЦБ-00035920</t>
   </si>
   <si>
-    <t>ALKADEM XА11 Средство специальное жидкое моющее тм CLEANEQ,  для очистки пригаров, канистра 5 л</t>
+    <t>Моющее средство для кухни CLEANEQ CLQ-XA11-K1-L5</t>
   </si>
   <si>
     <t>CLQ-XA11-K1-L5</t>
   </si>
   <si>
     <t>ЦБ-00035921</t>
   </si>
   <si>
-    <t>ALKADEM W1 Средство жидкое моющее тм CLEANEQ, для посудомоечных машин, канистра 5 л</t>
+    <t>Средство жидкое моющее CLEANEQ серии Alkadem W1, CLQ-W1-K5-L5, 5 л</t>
   </si>
   <si>
     <t>CLQ-W1-K5-L5</t>
   </si>
   <si>
     <t>ЦБ-00035922</t>
   </si>
   <si>
-    <t>ACIDEM R1 Средство специальное жидкое моющее тм CLEANEQ для посудомоечных машин, канистра 5 л</t>
+    <t>Средство ополаскивающее жидкое моющее CLEANEQ серии Alkadem R1, CLQ-R1-K6-L5, 5 л</t>
   </si>
   <si>
     <t>CLQ-R1-K6-L5</t>
   </si>
   <si>
     <t>ЦБ-00035923</t>
   </si>
   <si>
-    <t>ALKADEM DWR Средство жидкое моющее тм CLEANEQ,  для конвекционных печей Debag, Miwe, MXM, флакон с ручкой 1 л</t>
+    <t>Моющее средство для кухни CLEANEQ CLQ-DWR-F8-L1, для конвекционных печей</t>
   </si>
   <si>
     <t>CLQ-DWR-F8-L1</t>
   </si>
   <si>
     <t>ЦБ-00035926</t>
   </si>
   <si>
     <t>Моющее средство для пароконвектоматов CLEANEQ CLQ-WRP-F7-L1</t>
   </si>
   <si>
     <t>CLQ-WRP-F7-L1</t>
   </si>
   <si>
     <t>ЦБ-00035927</t>
   </si>
   <si>
     <t>Электросушитель Jofel AA 13000 Pulsador</t>
   </si>
   <si>
     <t>AA 13000 Pulsador</t>
   </si>
   <si>
     <t>Электросушитель для рук серии Standard AA13000. Материал: ABS пластик. Тип включения: кнопочный. Мощность: 2кВт. Производительность: 40л/с. Размеры: 23х31х15см</t>
   </si>
@@ -2390,51 +2342,51 @@
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>Габариты 400х93х325мм, 21Вт, 220В, лампы ультрафиолетовые, мощность ламп 10Вт, 3кг. 
 Это незаменимый помощник в борьбе с насекомыми – основными переносчиками инфекций. Привлекает мух, комаров, мошек ультрафиолетовым светом мощных ламп. Приближившись, насекомые прикасаются к стальной решетке, которая находится под напряжением, и погибают от удара электрическим током. Установленные лампы полностью безопасны, не наносят вред здоровью людей, поскольку их действие направлено исключительно на истребление насекомых. Срок службы ламп составляет 5 000 часов, площадь действия 80 м2.  Корпус уничтожителя насекомых изготовлен из специального легкого анодированного алюминиевого сплава, устойчивого к царапинам. УН-350 может применяться только в помещениях, например: в больницах, местах общественного питания, магазинах, в квартире, на даче и пр. Главное условие – доступ к электрической сети 220V. В комплекте цепочка для подвешивания. Вид климатического исполнения УЗ по ГОСТ 15150, но при этом диапазон рабочих температур воздуха при эксплуатации от плюс 1 до плюс 40°С. Установить уничтожитель на ровную и устойчивую поверхность либо подвесить за цепь для подвешивания. Включить в сеть, перевести клавишный выключатель  9 в положение «1». Лампа 8 загорится фиолетовым цветом. Это означает, что уничтожитель начал работу. Насекомые будут залетать через решетку №1  6 корпуса и, касаясь решетки №2  7, погибать под воздействием тока. После завершения работы прибор должен быть отключен от электросети.</t>
   </si>
   <si>
     <t>ТОРГМАШ-Барановичи</t>
   </si>
   <si>
     <t>00000378238</t>
   </si>
   <si>
     <t>Контейнер для мусора Cambro WBFC3045LID519</t>
   </si>
   <si>
     <t>WBFC3045LID519</t>
   </si>
   <si>
     <t>Габаритные размеры: 408х398х60 мм. Цвет: зеленый. Материал: пластик.</t>
   </si>
   <si>
     <t>00000569208</t>
   </si>
   <si>
-    <t>Водоумягчитель HiWater Hiwater Ion new</t>
+    <t>Фильтрационная система Hiwater Ion new, 1 колба</t>
   </si>
   <si>
     <t>Hiwater Ion new</t>
   </si>
   <si>
     <t>Фильтрационная система Hiwater Ion new (1 колба)
 Подходит для кофемашин, пароконвектоматов, печей и оборудование которое необходимо защитить от накипи.
 Действие фильтра основано на патентованном фильтрующем материале Арагон, а также картриджах с активированным углем, что позволяет улучшать вкус напитка
 Комплектация: фильтр, инструкция, комплект фитингов 
 и шлангов на 1/2 и 3/8 
 Рабочее давление: 0,5-7 атм.
 Рабочая температура: 4-40° C
 Ресурс - до 15 000 л. при 8 dH 
 Габариты ШхГхВ (250х90х470)</t>
   </si>
   <si>
     <t>00000454982</t>
   </si>
   <si>
     <t>Диспенсер Jofel AH70000</t>
   </si>
   <si>
     <t>AH70000</t>
   </si>
   <si>
@@ -2499,66 +2451,69 @@
   </si>
   <si>
     <t>AI90000</t>
   </si>
   <si>
     <t>Диспенсер для освежителя воздуха AI90000
 Серия- AMBIENTE
 Материал: PP-пластик, белый цвет
 Расходный материал- аэрозоли-освежители воздуха AKA2001-2021
 Вместимость - 1 аэрозольный баллончик
 Программирование режимов работы. Автономная работа от батареек. Закрывается на ключ</t>
   </si>
   <si>
     <t>00000142382</t>
   </si>
   <si>
     <t>Контейнер для мусора EKSI EJW-CR76E</t>
   </si>
   <si>
     <t>EJW-CR76E</t>
   </si>
   <si>
     <t>Материал: полиэтилен. Размеры: 492х584мм. (Крышка не в коплекте). Дополнительно комплектуется крышкой EKSI EJW-CRC2E, для контейнера для мусора, 75,7л и/или Тележкой EKSI EJW-RCD, для контейнеров</t>
   </si>
   <si>
+    <t>EKSI</t>
+  </si>
+  <si>
     <t>00000583490</t>
   </si>
   <si>
     <t>Контейнер для мусора EKSI EJW-CR120E</t>
   </si>
   <si>
     <t>EJW-CR120E</t>
   </si>
   <si>
     <t>Материал: полиэтилен. Размеры: 557х693мм. (Крышка не в комплекте). Цвет серый. Дополнительно контейнер комплектуется: Крышкой EKSI EJW-CRC2E, для контейнера для мусора, 75,7л  и/или тележкой  EKSI EJW-RCD</t>
   </si>
   <si>
     <t>00000583491</t>
   </si>
   <si>
-    <t>Контейнер для мусора EKSI EJW-CRC3E</t>
+    <t>Крышка контейнера для мусора EKSI EJW-CRC3E</t>
   </si>
   <si>
     <t>EJW-CRC3E</t>
   </si>
   <si>
     <t>Крышка для контейнера  EKSI EJW-CR120E, серого цвета. Материал - полиэтилен. Размеры: 570х38мм.</t>
   </si>
   <si>
     <t>00000583493</t>
   </si>
   <si>
     <t>Контейнер для мусора Катунь КТ-88-3Б-СД, круглый 3 л, белый</t>
   </si>
   <si>
     <t>КТ-88-3Б-СД</t>
   </si>
   <si>
     <t>Габариты 169х169х255 мм, материал нержавеющая сталь с белым порошковым покрытием.
 Объем 3,0 л, с педалью и с доводчиком.</t>
   </si>
   <si>
     <t>00000423786</t>
   </si>
   <si>
     <t>Контейнер для мусора Катунь КТ-88-3С-БД, круглый 3 л, хром</t>
@@ -2904,115 +2859,115 @@
   <si>
     <t>Дозатор Jofel ALL 1006 верт.</t>
   </si>
   <si>
     <t>ALL 1006 верт.</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла наливной Clasica АLL1006. Материал: матовая нержавеющая сталь. Объем: 0,5л. Размеры: 8х15х5,5см.</t>
   </si>
   <si>
     <t>00000048975</t>
   </si>
   <si>
     <t>Дозатор Jofel ALL 1006B хром верт.</t>
   </si>
   <si>
     <t>ALL 1006B хром верт.</t>
   </si>
   <si>
     <t>Дозатор для жидкого мыла наливной Clasica АLL1006B. Материал: полированная нержавеющая сталь. Объем: 0,5л. Размеры: 8х15х5,5см.</t>
   </si>
   <si>
     <t>00000048976</t>
   </si>
   <si>
-    <t>Водоумягчитель HiWater RO-800 Lite</t>
+    <t>Фильтрационная система Hiwater RO-800 Lite</t>
   </si>
   <si>
     <t>RO-800 Lite</t>
   </si>
   <si>
     <t>Фильтр осмос+подмес в стандартной комплектации на 3000 л в сутки
 Подходит для кофемашин, пароконвектоматов, печей и оборудование которое необходимо защитить от накипи.
 Производительность в час увеличилась до 50%, обеспечит вас водой на всем сроке службы.
 • Современный внешний вид, для выбора большим числом пользователей.
 • Стала ниже на 15 см, это увеличивает количество мест размещения системы. 
 габариты модели система фильтрации в/ш/г 38/45/12 см 
 накопительный бак 11л (3 галлона 30х26) 
 производительность системы: до 180 литров/час проходимость заведения: до 600 чашек в день 
 срок службы ресурс картриджа двойного действия: до 30 000 л или 8 мес ресурс мембраны обратного осмоса: до 70 000 л или 2 лет</t>
   </si>
   <si>
     <t>00000583008</t>
   </si>
   <si>
-    <t>Водоумягчитель HiWater RO-400 Lite</t>
+    <t>Фильтрационная система Hiwater RO-400 Lite</t>
   </si>
   <si>
     <t>RO-400 Lite</t>
   </si>
   <si>
     <t>Фильтр осмос+подмес в стандартной комплектации на 1500 л в сутки
 Подходит для кофемашин, пароконвектоматов, печей и оборудование которое необходимо защитить от накипи.
 Производительность в час увеличилась до 50%, обеспечит вас водой на всем сроке службы.
 • Современный внешний вид, для выбора большим числом пользователей.
 • Стала ниже на 15 см, это увеличивает количество мест размещения системы. 
 габариты модели система фильтрации в/ш/г 38/31/15 см 
 накопительный бак 11л (3 галлона 30х26) 
 производительность системы: до 90 литров/час проходимость заведения: до 300 чашек в день 
 срок службы ресурс картриджа двойного действия: до 30 000 л или 8 мес ресурс мембраны обратного осмоса: до 70 000 л или 2 лет</t>
   </si>
   <si>
     <t>00000583009</t>
   </si>
   <si>
     <t>Диспенсер Jofel AE55300</t>
   </si>
   <si>
     <t>AE55300</t>
   </si>
   <si>
     <t>Диспенсер для туалетной бумаги AE55300 серия Azur. Материал: ABS пластик. Цвет: белый. Размеры: 31,2х12см. Вместимость: 1 рулон 400м, макс. Ø рулона 260мм, Ø втулки 55мм</t>
   </si>
   <si>
     <t>00000148695</t>
   </si>
   <si>
     <t>Контейнер для мусора EKSI EJW-CR76V</t>
   </si>
   <si>
     <t>EJW-CR76V</t>
   </si>
   <si>
     <t>Размеры: 566х279 х760 мм. Цвет контейнера: серый,  Материал: полипропилен. (Крышка не в комплекте). Дополнительно комплектуется Крышкой EKSI EJW-CR76V, для контейнера для мусора,  75,7л, с маятником и/или Тележкой EKSI EJW-SD2312, для контейнера для мусора, черная.</t>
   </si>
   <si>
     <t>00000583498</t>
   </si>
   <si>
-    <t>Контейнер для мусора EKSI EJW-CRSL</t>
+    <t>Крышка контейнера для мусора EKSI EJW-CRSL</t>
   </si>
   <si>
     <t>EJW-CRSL</t>
   </si>
   <si>
     <t>Материал: полипропилен. Размеры: 557X297X140мм. Крышка для комплектации контейнера EKSI EJW-CR76V, с вентиляц. сист., 75,7л</t>
   </si>
   <si>
     <t>00000583499</t>
   </si>
   <si>
     <t>Контейнер для мусора Катунь КТ-88-3С-СД, круглый 3 л, хром</t>
   </si>
   <si>
     <t>КТ-88-3С-СД</t>
   </si>
   <si>
     <t>Габариты 169х169х255 мм, материал нержавеющая сталь с полировкой сатин.
 Объем 3,0 л, с педалью и с доводчиком.</t>
   </si>
   <si>
     <t>00000423788</t>
   </si>
   <si>
     <t>Контейнер для мусора Катунь КТ-88-5Б-СД, круглый 5 л, белый</t>
@@ -3270,210 +3225,167 @@
 Рекомендованы к использованию в сфере общественного питания органами санитарно-эпидемиологического надзора.</t>
   </si>
   <si>
     <t>00000213118</t>
   </si>
   <si>
     <t>Контейнер для мусора Рестола 432106121</t>
   </si>
   <si>
     <t>Габариты 420х420х570 мм, габариты с упаковкой 450х450х600 мм.
 Цвет бордовый, материал полипропилен, объем 45 л, крышка в комплекте.</t>
   </si>
   <si>
     <t>00000217142</t>
   </si>
   <si>
     <t>Стерилизатор Atesy ШЗДП-4-1200-02-1</t>
   </si>
   <si>
     <t>ШЗДП-4-1200-02-1</t>
   </si>
   <si>
     <t>ЦБ-00014769</t>
   </si>
   <si>
-    <t>Бумажное полотенце CLEANEQ 1-ЛП-V35200</t>
-[...2 lines deleted...]
-    <t>1-ЛП-V35200</t>
+    <t>Диспенсер Jofel AH66000</t>
+  </si>
+  <si>
+    <t>AH66000</t>
+  </si>
+  <si>
+    <t>Диспенсер для косметических салфеток AH66000, матовая поверхность. Размеры: 65х267х132. Материал: нержавеющая сталь.</t>
+  </si>
+  <si>
+    <t>00000165800</t>
+  </si>
+  <si>
+    <t>Дозатор Jofel AC27650</t>
+  </si>
+  <si>
+    <t>AC27650</t>
+  </si>
+  <si>
+    <t>Дозатор для мыла AC27650 (черный, 1л), материал: ABS-пластик. Габариты: ширина 119 мм, длина 236 мм, глубина 89 мм.</t>
+  </si>
+  <si>
+    <t>00000319265</t>
+  </si>
+  <si>
+    <t>Моющее средство для посудомоечных машин Dr. Weigert Alka 500 1л</t>
+  </si>
+  <si>
+    <t>Alka 500 1л</t>
+  </si>
+  <si>
+    <t>Neodisher Alka 500 это среднещелочной жидкий детергент с высокой защитой материала. Служит для удаления остатков соков, напитков, молока, молочных коктейлей, мороженого, пива, вина и спирта, а также губной помады без размазывания и полос. Стаканы выходят после мойки в машине без посторонних запахов. Neodisher Alka 500 был разработан в тесном сотрудничестве с ведущими производителями стаканомоечных машин. Применение: использование в стаканомоечных машинах: 1,5мл/л neodisher Alka 500 добавляется в моющий раствор вручную или при  помощи дозирующей системы. Для оборудования вспенивающего молоко: 3% раствор в соответствии с инструкцией производителя оборудования. После использования раствор neodisher Alka 500 должен полностью смываться при помощи соответствующих ополаскивателей. Не смешивать с другими средствами. Области применения: используется в качестве моющего средства в стаканомоечных машинах. Промывка молочных трубок в кофемашинах. Флакон 1л</t>
+  </si>
+  <si>
+    <t>Dr. Weigert</t>
+  </si>
+  <si>
+    <t>00000058874</t>
+  </si>
+  <si>
+    <t>Моющее средство для кофемашин Dr. Weigert CM Tabs 0,4кг</t>
+  </si>
+  <si>
+    <t>CM Tabs 0,4кг</t>
+  </si>
+  <si>
+    <t>Neodisher CM tabs используются для основной и текущей мойки автоматов для приготовления эспресо. Удаляет остатки кофе, масел, воска, танинов и других тяжело выводимых  загрязнений. Применение: автоматы для приготовления эспрессо необходимо мыть каждый день. Дозировка 1 таблетка на мойку. Всегда следуйте инструкции производителя машины! Не смешивать с другими продуктами. Только для профессионального использования. Области применения: мойка автоматов для приготовления эспрессо. Банка 0,4 кг, 200 таблеток ( по 2 г.)</t>
+  </si>
+  <si>
+    <t>00000058881</t>
+  </si>
+  <si>
+    <t>Моющее средство для кофемашин Dr. Weigert Neodisher CM special, 1кг</t>
+  </si>
+  <si>
+    <t>Neodisher CMspec.1кг</t>
+  </si>
+  <si>
+    <t>Neodisher CM special кислотное моющее порошкообразное средство для удаления известкового налета с бойлеров, автоматов для приготовления кофе и любых других устройств. Его высоко-кислотное содержимое позволяет удалять любые кислото-растворимые загрязнения, такие как окалину в бойлере, неорганические отложения и накипь, в частности оксиды тяжелых металлов, таких как железо и магний. Neodisher CM special не влияет на вкус и полностью инертен по отношению к нержавеющей стали и уплотняющих материалов. Применение: Всегда следуйте инструкциям производителя оборудования. Покрытый накипью водонагревательный прибор заполните наполовину водой. Добавьте 50-100г neodisher CM special на литр воды. Нагрейте раствор до 60 – 70С оставив аппарат открытым. Для очистки трубочек и кранов закройте бойлер и аккуратно прокачайте раствор через них как только прибор будет находится под давлением. После процедуры очистки бойлер и все его части (трубки и краны) необходимо промыть несколько раз большим количеством горячей воды. Не смешивать с другими продуктами. Области применения: Используется для удаления известкового налета с бойлеров, автоматов для приготовления кофе и любых других устройств. Упаковка 1 кг</t>
+  </si>
+  <si>
+    <t>00000058890</t>
+  </si>
+  <si>
+    <t>Контейнер для мусора EKSI EJW-RCD</t>
+  </si>
+  <si>
+    <t>EJW-RCD</t>
+  </si>
+  <si>
+    <t>Тележка подходит для контейнеров  37,9л, 75,7л, 121,1л, 166,5л, 208,2л. Цвет: черный. Материал: полиэтилен. Размер: 460х164мм.</t>
+  </si>
+  <si>
+    <t>00000583522</t>
+  </si>
+  <si>
+    <t>Моющее средство для кухни Dr. Weigert Neodisher Grill 0,75</t>
+  </si>
+  <si>
+    <t>Neodisher Grill 0,75</t>
+  </si>
+  <si>
+    <t>Neodisher grill интенсивное специальное моющее средство для удаления сильно приставших пищевых остатков, уже пригоревших или обуглившихся. Для удаления угля и смолянистых отложений на внутренней части печей и сковородах. Neodisher grill необходимо применять исключительно для поверхностей из железа или нержавеющей стали. neodisher grill не должен использоваться в контакте алюминием или после предварительной проверки и только в течение короткого времени воздействия. Для алюминия необходимо использовать caraform R. Применение: Средство используется посредством намазывания или используя спрей в виде концентрата или в растворе (10%) на холодные или остывшие поверхности. Затем нагревается до температуры 50-70С. Необходимо избегать высоких температур, так как это может приводить к испарению средства и появлению пятен на нержавеющей стали. После нагревания необходимо выдержать при указанной температуре (не более 5 мин.) а затем удалить остатки и тщательно смыть водой. Не смешивать с другими продуктами. Для основной мойки: автоматические конвектоматы и грили, печи и плиты на больших кухнях, печи в хлебобулочных и кондитерских, стальные колпаки для соковыжималок. Флакон 0,75л</t>
+  </si>
+  <si>
+    <t>00000058893</t>
+  </si>
+  <si>
+    <t>Моющее средство для кухни Dr. Weigert Neodisher Grill</t>
+  </si>
+  <si>
+    <t>Neodisher Grill 10L</t>
+  </si>
+  <si>
+    <t>Neodisher grill интенсивное специальное моющее средство для удаления сильно приставших пищевых остатков, уже пригоревших или обуглившихся. Для удаления угля и смолянистых отложений на внутренней части печей и сковородах. Neodisher grill необходимо применять исключительно для поверхностей из железа или нержавеющей стали. neodisher grill не должен использоваться в контакте алюминием или после предварительной проверки и только в течение короткого времени воздействия. Для алюминия необходимо использовать caraform R. Применение: Средство используется посредством намазывания или используя спрей в виде концентрата или в растворе (10%) на холодные или остывшие поверхности. Затем нагревается до температуры 50-70С. Необходимо избегать высоких температур, так как это может приводить к испарению средства и появлению пятен на нержавеющей стали. После нагревания необходимо выдержать при указанной температуре (не более 5 мин.) а затем удалить остатки и тщательно смыть водой. Не смешивать с другими продуктами. Для основной мойки: автоматические конвектоматы и грили, печи и плиты на больших кухнях, печи в хлебобулочных и кондитерских, стальные колпаки для соковыжималок. Канистра 10л</t>
+  </si>
+  <si>
+    <t>00000058894</t>
+  </si>
+  <si>
+    <t>Бумажное полотенце CLEANEQ 1-ЛП-V25200</t>
+  </si>
+  <si>
+    <t>1-ЛП-V25200</t>
   </si>
   <si>
     <t>Бумажные полотенца</t>
-  </si>
-[...143 lines deleted...]
-    <t>1-ЛП-V25200</t>
   </si>
   <si>
     <t>Полотенца бумажные листовые с тиснением 1-ЛП-V25200 (V 1 слой, 25 г, 200 л)
 Состав: 100% целлюлоза. 1 слой. Размер: 23х22 см. 200 листов в пачке. Плотность: 25 гр/м2. 
 Бумажные полотенца Cleaneq подходят для оснащения санитарных помещений в кафе и ресторанах.
 Отличное соотношение цены и качества.</t>
   </si>
   <si>
+    <t>Полотенца бумажные</t>
+  </si>
+  <si>
     <t>00000349243</t>
   </si>
   <si>
     <t>Диспенсер Jofel AG58000</t>
   </si>
   <si>
     <t>AG58000</t>
   </si>
   <si>
     <t>Диспенсер для полотенец с механическим автоотрывом, материал: ABS-пластик+ никель, макс. диаметр рулона: 210мм, замок с ключом.</t>
   </si>
   <si>
     <t>00000319266</t>
   </si>
   <si>
     <t>Фен Jofel AB65000</t>
   </si>
   <si>
     <t>AB65000</t>
   </si>
   <si>
     <t>Электрофен для волос AB65000. Материал: ABS пластик. Мощность: 1,4кВт. Цвет: белый. Размеры: 20х11х43см</t>
   </si>
   <si>
     <t>00000102205</t>
@@ -3661,86 +3573,101 @@
   </si>
   <si>
     <t>FG264300YEL</t>
   </si>
   <si>
     <t>Контейнер Brute FG264300YEL (старый артикул 2643-00-YEL), без крышки. Материал: полиэтилен. Цвет: желтый. Емкость: 166,5л. Размеры: d=61, h=80см. Страна: США. Прочный к образованию сколов и вмятин, для многоцелевого использования.</t>
   </si>
   <si>
     <t>00000115928</t>
   </si>
   <si>
     <t>Электросушитель Jofel AA56000</t>
   </si>
   <si>
     <t>AA56000</t>
   </si>
   <si>
     <t>Электросушитель для рук т.м. Jofel, серии AA56000. Материал: ABS-пластик
 Скорость потока воздуха - 505 км/час
 Автоматическое включение (оптическим датчиком)</t>
   </si>
   <si>
     <t>00000389268</t>
   </si>
   <si>
-    <t>Водоумягчитель Аквабрит АБ-1200</t>
+    <t>Картридж сменный Аквабрит АБ-1200</t>
   </si>
   <si>
     <t>АБ-1200</t>
   </si>
   <si>
     <t>Универсальная серия картриджей АКВАБРИТ предназначена для применения на предприятиях общественного питания с целью обеспечения стандартов водоподготовки потребляющего технологического оборудования и выполняет комплексную водоподготовку: умягчают воду, удаляют посторонние взвеси и улучшают органолептические свойства воды - убирают мутность, запахи и другие органические загрязнения.
 Рабочее давление - 2-8.6 бар. Потеря давления - 0.2 бар. Рабочая температура воды: +4/+30С. Рабочая температура окружающей среды: +4/+40℃. Температура хранения или транспортировки:  -20 ℃/50℃. Рабочее положение: вертикальное или горизонтальное.</t>
   </si>
   <si>
     <t>Аквабрит</t>
   </si>
   <si>
     <t>Фильтры</t>
   </si>
   <si>
     <t>00000578147</t>
   </si>
   <si>
     <t>Диспенсер Jofel AG50030</t>
   </si>
   <si>
     <t>AG50030</t>
   </si>
   <si>
     <t>Диспенсер AG50030 с автоотрывом бумаги c каптивной системой, ABS-пластик, белый цвет. Максиальный диаметр рулона: Ø200 mm  арт. SC56256JS3 (диаметр втулки-Ø38-45 mm). Вместимость: 2 рулона Длина отрыва - 28 см. 
 К диспенсеру подходит ТОЛЬКО бумага арт. SC56256JS3.</t>
   </si>
   <si>
     <t>00000160358</t>
   </si>
   <si>
-    <t>Мыло для рук CLEANEQ Addem Clean-23 (5л)</t>
-[...2 lines deleted...]
-    <t>Addem Clean-23 (5л)</t>
+    <t>Облучатель бактерицидный ЭЛИД ОБН-75 (б/л)</t>
+  </si>
+  <si>
+    <t>ОБН-75 (б/л)</t>
+  </si>
+  <si>
+    <t>Облучатель медицинский бактерицидный "Азов", мод. ОБН-75 (без ламп), настенный, 942x54x120мм, 220В, 90Вт. Для работы и комплектации стартер не используется, что обеспечивает быстрый запуск и менее шумную работу. Для полной комплектации дополнительно приобретается только  бактерицидная лампы 1 шт. 30W.</t>
+  </si>
+  <si>
+    <t>00000413305</t>
+  </si>
+  <si>
+    <t>Мыло для рук CLEANEQ Addem Clean-23 (5L)</t>
+  </si>
+  <si>
+    <t>Addem Clean-23 (5L)</t>
+  </si>
+  <si>
+    <t>Мыло для рук</t>
   </si>
   <si>
     <t>Средство для дезинфекции рук т.м. CLEANEQ серии Addem Clean-23 (5л). Применяется для гигиенической дезинфекции рук персонала. Оказывает моющее, бактерицидное воздействие. Пригоден для регулярного применения. Подходящий для средства дозатор - Jofel AC12000/AC14000.
 Меры предосторожности:
 Меры предосторожности:
 - избегать попадания в глаза и на слизистую,
 - не допускать контакта с открытым огнем,
 - хранить в недоступном для детей месте.
 Упаковка: флакон из полиэтилена. Объем: 5 литров. Внешний вид: прозрачная бесцветная жидкость. Запах: легкий характерный. рН 1%-ного раствора в дистиллированной воде: 7,5-8,5. Хранить при температуре от -5 до +25С. Беречь от солнечных лучей.</t>
   </si>
   <si>
     <t>00000275344</t>
   </si>
   <si>
     <t>Диспенсер Jofel AE57600</t>
   </si>
   <si>
     <t>AE57600</t>
   </si>
   <si>
     <t>Диспенсер для туалетной бумаги AE57600, черный. Материал: ABS пластик. Вместимость: 1 рулон 300 м с шириной 90 мм и диаметром не более Ø 220 мм. Диаметр втулки мм: Ø45. Размеры: высота - 283 мм, ширина - 275 мм., глубина - 120 мм. Рулон можно легко и быстро заменить, открыв переднюю панель диспенсера. Прозрачная вставка на передней части корпуса позволяет визуально контролировать наличие бумаги в диспенсере. Крышка диспенсера фиксируется к корпусу специальным ключом. Диспенсер крепится на стену.</t>
   </si>
   <si>
     <t>00000289563</t>
   </si>
@@ -3759,154 +3686,118 @@
   <si>
     <t>Ловушка для насекомых Jofel AJ55010</t>
   </si>
   <si>
     <t>AJ55010</t>
   </si>
   <si>
     <t>Ловушка для насекомых AJ55010, 40х70х16см, 2х40Вт, нержавеющая сталь и поликарбонат. Защищаемая площадь 500 м2</t>
   </si>
   <si>
     <t>00000104802</t>
   </si>
   <si>
     <t>Диспенсер Jofel AG15500</t>
   </si>
   <si>
     <t>AG15500</t>
   </si>
   <si>
     <t>Диспенсер для рулонных полотенец AG15500, пластмасс</t>
   </si>
   <si>
     <t>00000104791</t>
   </si>
   <si>
-    <t>Очиститель CLEANEQ Alkadem Uni</t>
+    <t>Моющее средство для кухни CLEANEQ Alkadem Uni</t>
   </si>
   <si>
     <t>Alkadem Uni</t>
   </si>
   <si>
     <t>Нейтральное моющее ср-во т.м. CLEANEQ серии Alkadem Uni для ручной мойки посуды и оборуд., 5 кг. На основе комплексообразователей, анионных ПАВ, неионогенных ПАВ, эмульгаторов. ТУ 2381-002-53208249-2002
 Область применения: применяется для ручной пенной мойки технологического оборудования, кухонного инвентаря и посуды, бытовых, производственных и складских помещений. Концентрация 0,1 - 5% при температуре +20 - 45°С.
 Обладает хорошими моющими и обезжиривающими свойствами. Эффективно удаляет широкий спектр органических загрязнений. Пригодно для обработки алюминиевых поверхостей. Без запаха и красящих веществ. Символ опасности: Xi – раздражающий. При работе со средством рекомендовано соблюдать стандартные меры предосторожности. Гарантийный срок хранения – 12 месяцев. Срок годности – 3 года. Хранить только в оригинальной упаковке, не вскрывая, при температуре от –5 до +25°С. Вес нетто 5 кг.</t>
   </si>
   <si>
     <t>00000252875</t>
   </si>
   <si>
     <t>Контейнер для мусора Cambro WBFC30LBASE</t>
   </si>
   <si>
     <t>WBFC30LBASE</t>
   </si>
   <si>
     <t>Габаритные размеры: 391х368х406 мм, 30 л, с педалью, без крышки. Материал: пластик.</t>
   </si>
   <si>
     <t>00000569168</t>
   </si>
   <si>
-    <t>Моющее средство для пароконвектоматов Rational 51766</t>
-[...7 lines deleted...]
-  <si>
     <t>Моющее средство UNOX DB1016A0, DET&amp;RINSE два в одном, 5л х 2шт</t>
   </si>
   <si>
     <t>DB1016A0</t>
   </si>
   <si>
     <t>Моющее средство UNOX.Det&amp;Rinse (2 в 1) для системы Rotor.KLEAN, для печей CHEFTOP S5E</t>
   </si>
   <si>
     <t>Unox</t>
   </si>
   <si>
     <t>00000262767</t>
   </si>
   <si>
     <t>Облучатель бактерицидный HICOLD ОРБ1 130, белый</t>
   </si>
   <si>
     <t>ОРБ1 130, белый</t>
   </si>
   <si>
     <t>Габариты: 150х150х1220 мм. Материал корпуса: пластификат. Мощность: 40 Вт. Питание: 220 В, 50 Гц. Производительность: 160 куб.м/час</t>
   </si>
   <si>
     <t>00000372550</t>
   </si>
   <si>
-    <t>Контейнер для мусора Bolognini 13.140</t>
-[...10 lines deleted...]
-  <si>
     <t>Контейнер для мусора Техно-ТТ ТП-218</t>
   </si>
   <si>
     <t>ТП-218</t>
   </si>
   <si>
     <t>Тележка ТП-218 с баком для сбора отходов, d=450 h=500, нерж. сталь 304, бак нержавеющий</t>
   </si>
   <si>
     <t>Тележки для тарелок</t>
   </si>
   <si>
     <t>00000140255</t>
   </si>
   <si>
-    <t>Бумажное полотенце CLEANEQ 2-ЛП-V34200</t>
-[...13 lines deleted...]
-  <si>
     <t>Тележка JIWINS JW-RCD black</t>
   </si>
   <si>
     <t>JW-RCD black</t>
   </si>
   <si>
     <t>Тележка JW-RCD для контейнеров на 37,9л, 75,7л, 121,1л, 166,5л, 208,2л. Цвет: черный. Материал: полиэтилен. Размер: 460х164мм.</t>
   </si>
   <si>
     <t>00000160860</t>
   </si>
   <si>
     <t>Контейнер для мусора EKSI JW-CR76E grey</t>
   </si>
   <si>
     <t>JW-CR76E grey</t>
   </si>
   <si>
     <t>Контейнер для сбора пищевых отходов и мусора JW-CR76E. Цвет: серый. Материал: полиэтилен. Размер: 492х584мм. Вместимость 75,7л.</t>
   </si>
   <si>
     <t>00000160861</t>
   </si>
   <si>
     <t>Контейнер для мусора EKSI JW-CR120E grey</t>
@@ -3971,89 +3862,77 @@
   <si>
     <t>Диспенсер Jofel AC53050</t>
   </si>
   <si>
     <t>AC53050</t>
   </si>
   <si>
     <t>Диспенсер для жидкого мыла наливной AC53050. Вместимость: 850мл. Размеры: 27х12,8х11,5см. Материал: матовая нержавеющая сталь.</t>
   </si>
   <si>
     <t>00000109885</t>
   </si>
   <si>
     <t>Диспенсер Jofel AG56600</t>
   </si>
   <si>
     <t>AG56600</t>
   </si>
   <si>
     <t>Диспенсер для полотенец с механическим автоотрывом, материал: ABS-пластик, цвет: черный, макс. диаметр рулона: 210мм, замок с ключом.</t>
   </si>
   <si>
     <t>00000319319</t>
   </si>
   <si>
-    <t>Фильтр водоподготовки HiWater Картридж RO 400 - 800</t>
+    <t>Водоумягчитель HiWater Картридж RO 400 - 800</t>
   </si>
   <si>
     <t>Картридж RO 400 - 800</t>
   </si>
   <si>
     <t>Hiwater картридж двойного действия для фильтра RO 400 - 800
 Картридж предочистки двойного действия (грубая очистка полипропиленом и тонкая слоем активированного угля) для фильтра Hiwater RO-400 и RO-400 на 30000 литров. 
 Габариты картриджа
 Система фильтрации В/Ш/Г 35x10x10
 Срок службы
 Ресурс картриджа предочистки: 30000 литров или до 8 месяцев</t>
   </si>
   <si>
     <t>00000423805</t>
   </si>
   <si>
-    <t>Контейнер для мусора Cambro WBFC6887LID229</t>
-[...11 lines deleted...]
-    <t>Моющее средство для пароконвектоматов Abat PW (5 л)</t>
+    <t>Моющее средство для пароконвектоматов Abat PW, 5л</t>
   </si>
   <si>
     <t>Концентрированное жидкое щелочное моющее средство PW предназначено для очистки поверхности камеры пароконвектомата. Средство специальное моющее AbatPW является водным раствором гидроксидов калия и натрия около 40%, комплексообразователей и диспергирующих агентов. Применяется перед ополаскивающим средством "Abat PR". Температура рабочего раствора - 60-75 °С. Дозировка: 5-10%</t>
   </si>
   <si>
     <t>00000385619</t>
   </si>
   <si>
-    <t>Ополаскивающее средство для пароконвектоматов Abat PR (5 л)</t>
+    <t>Ополаскивающее средство для пароконвектоматов Abat PR, 5л</t>
   </si>
   <si>
     <t>Применяется после моющего средства "Abat PW". 
 Температура рабочего раствора - 75-95 °С.
 Дозировка: 2,5-5%. 
 Средство специальное моющее Abat PR является водным раствором смеси кислот 60%, неионогенных и катионных ПАВ, смачивателей и стабилизаторов. Abat PR является эффективным ополаскивающим средством, предотвращающим образование известковых отложений с одновременным обеззараживанием обрабатываемой поверхности</t>
   </si>
   <si>
     <t>00000385620</t>
   </si>
   <si>
     <t>Моющее средство для пароконвектоматов Abat PW&amp;R (5 л)</t>
   </si>
   <si>
     <t>Средство специальное моющее Abat PW&amp;R является водным раствором гидроксида калия &lt;5%, неионогенных ПАВ&lt;5% и комплексообразователей. 
 Температура рабочего раствора - 50-75 °С.
 Дозировка: 5% 
 Подача препарата: 
 - ручная (непосредственно нанесение рабочего раствора на камеру пароконвектомата), автоматическая (через дозаторы).</t>
   </si>
   <si>
     <t>00000385623</t>
   </si>
   <si>
     <t>Картридж сменный Аквабрит АБ-250</t>
@@ -4104,90 +3983,72 @@
   <si>
     <t>00000370519</t>
   </si>
   <si>
     <t>Диспенсер Jofel AE52400</t>
   </si>
   <si>
     <t>AE52400</t>
   </si>
   <si>
     <t>Диспенсер для туалетной бумаги в профессиональных рулонах Azur AE52400. Материал: ABS пластик. Цвет: черный. Размеры: 27х12,6см. Вместимость: 1рулон 300м,  макс. Ø рулона 220мм, Ø втулки 45мм</t>
   </si>
   <si>
     <t>00000101269</t>
   </si>
   <si>
     <t>Моющее средство для кофемашин Purocaff 1000003</t>
   </si>
   <si>
     <t>PUROCAFF #3 Таблетки для кофемашин для удаления кофейных масел 200шт</t>
   </si>
   <si>
     <t>Purocaff</t>
   </si>
   <si>
-    <t>Кофемашины</t>
-[...1 lines deleted...]
-  <si>
     <t>00000430485</t>
   </si>
   <si>
     <t>Контейнер для мусора EKSI JW-CR76V+JW-CRSL</t>
   </si>
   <si>
     <t>JW-CR76V+JW-CRSL</t>
   </si>
   <si>
     <t>Контейнер для мусора JW-CR76V (с вентиляц.сист., 75,7л, с кр.-маятником JW-CRSL). Цвет контейнера: серый, цвет крышки: черный. Материал: полипропилен. Размеры: 56,6 х 27,9 х 76 см</t>
   </si>
   <si>
     <t>00000338082</t>
   </si>
   <si>
-    <t>Ловушка для насекомых KT BT-20W</t>
-[...10 lines deleted...]
-  <si>
     <t>Контейнер для мусора Cambro BC331KDTC черн.</t>
   </si>
   <si>
     <t>BC331KDTC черн.</t>
   </si>
   <si>
     <t>Контейнер для мусора BC331KDTC 110. Устанавливается на тележки серии KD. Цвет: черный. Размер: 33х24х56см. Материал: пластмасса. Объём: 9.5л.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Тележки-шпильки</t>
   </si>
   <si>
     <t>00000034126</t>
   </si>
   <si>
     <t>Моющее средство для кофемашин Purocaff 1000005</t>
   </si>
   <si>
     <t>Средство чистящее "Purocaff #5" от молочного налета
 Жидкость-концентрат для промывки молочных систем суперавтоматов на кислотной основе. Растворяет молочный камень и отложения на стенках трубок. Убивает бактерии, дезинфицирует.
 Страна производства: Россия Гарантийный срок хранения: 2 года ДxШxВ: 140x70x240 мм Вес: 1000 г</t>
   </si>
   <si>
     <t>00000444337</t>
   </si>
   <si>
     <t>Диспенсер Jofel AG40700</t>
   </si>
   <si>
     <t>AG40700</t>
   </si>
   <si>
     <t>Диспенсер для полотенец с центральной вытяжкой AG40700, материал: ABS-пластик антибактериальный, габариты: ширина 230 мм, длина 340 мм, глубина 234 мм.</t>
   </si>
   <si>
@@ -4219,130 +4080,65 @@
     <t>00000372551</t>
   </si>
   <si>
     <t>Ловушка для насекомых Jofel AJ22010</t>
   </si>
   <si>
     <t>AJ22010</t>
   </si>
   <si>
     <t>Ловушка летающих насекомых электрическая AJ22010, 275х150х290мм, 11Вт.</t>
   </si>
   <si>
     <t>00000143384</t>
   </si>
   <si>
     <t>Водоумягчитель Vortmax VSD 16</t>
   </si>
   <si>
     <t>VSD 16</t>
   </si>
   <si>
     <t>Габариты: 190х255х600мм, соединение 3/4, 16л, соль/рег. 2 кг, смола 11,2 л.</t>
   </si>
   <si>
     <t>00000277131</t>
-  </si>
-[...30 lines deleted...]
-    <t>00000426822</t>
   </si>
   <si>
     <t>Моющее средство для посудомоечных машин Abat DW (5л)</t>
   </si>
   <si>
     <t>Дозировка:
 - для посудомоечных машин туннельного типа - 2-5 мл на 1 л воды
 - для посудомоечных машин купольного типа - 2-4 мл на 1 л воды
 Температура рабочего раствора - 50-70 °С.
 Концентрированное жидкое щелочное моющее средство DW предназначено для мытья различных видов посуды в посудомоечных машинах. Применяется для мытья стеклянной, фарфоровой, фаянсовой посуды, а также посуды из нержавеющей стали и пластмассы.</t>
   </si>
   <si>
     <t>00000381861</t>
   </si>
   <si>
-    <t>Контейнер для мусора Cambro WBFC3045LID229</t>
-[...31 lines deleted...]
-  <si>
     <t>BRITA GmbH Сменный фильтрэлемент Purity C 300  для серии фильтров PURITY C</t>
   </si>
   <si>
     <t>Сменный фильтрэлемент (картридж) Purity C 300  для серии фильтров PURITY C</t>
   </si>
   <si>
     <t>00000043736</t>
   </si>
   <si>
     <t>Облучатель бактерицидный Atesy РО-1-8-02-1</t>
   </si>
   <si>
     <t>РО-1-8-02-1</t>
   </si>
   <si>
     <t>Рециркулятор-облучатель РО-1-8-02-1, 612х150х95мм, 0,03 кВт, 220 В, AISI430, производительность вентилятора 35 м3/ч, объем помещения при времени обработки 1 час - 15 м3, время обработки (не менее) 1 ч, 1 лампа 8 Вт</t>
   </si>
   <si>
     <t>00000371877</t>
   </si>
   <si>
     <t>Контейнер для мусора Jofel AL71621</t>
   </si>
   <si>
     <t>AL71621</t>
@@ -4398,162 +4194,166 @@
   <si>
     <t>Электросушитель Jofel AA92000</t>
   </si>
   <si>
     <t>AA92000</t>
   </si>
   <si>
     <t>Электросушитель для рук серии Ibero АА92000. Материал: нержавеющая сталь БЛЕСТЯЩ.ПОВЕРХНОСТЬ,  2000 Вт.</t>
   </si>
   <si>
     <t>00000142401</t>
   </si>
   <si>
     <t>Дозатор Jofel AC81450</t>
   </si>
   <si>
     <t>AC81450</t>
   </si>
   <si>
     <t>Дозатор для мыла AC81450 (черный), пластик.</t>
   </si>
   <si>
     <t>00000142406</t>
   </si>
   <si>
-    <t>Головная часть для BRITA Purity С Steam, соединение G3/8</t>
-[...7 lines deleted...]
-  <si>
     <t>Диспенсер Jofel AH33700</t>
   </si>
   <si>
     <t>AH33700</t>
   </si>
   <si>
     <t>Диспенсер для листовых полотенец AH33700 (ZZ-вложение) Материал: ABS пластик (антибактериальный). Цвет: белый. Размеры: 27,5х36,5х13 см. Вместимость: 600 шт. листовых полотенец Z-вложения. Прозрачная вставка на передней части корпуса позволяет визуально контролировать наличие полотенец в диспенсере. Крышка диспенсера фиксируется к корпусу специальным ключом. Диспенсер крепится на стену.</t>
   </si>
   <si>
     <t>00000319323</t>
   </si>
   <si>
-    <t>Ополаскивающее средство Abat DR (5л)</t>
+    <t>Ополаскивающее средство для посудомоечных машин Abat DR, 5л</t>
+  </si>
+  <si>
+    <t>Ополаскивающие средства для посудомоечных машин</t>
   </si>
   <si>
     <t>Применяется после щелочных моющих средств.
 Используется в сочетании с моющим средством "Abat DW" или "Abat DW/AL".
 Дозировка:
 - для посудомоечных машин туннельного типа - 0,8-1,0 мл на 1 л воды,
 - для посудомоечных машин купольного типа - 0,2-0,5 мл на 1 л воды.
 Температура рабочего раствора - 20-95 °С.</t>
   </si>
   <si>
     <t>00000407829</t>
   </si>
   <si>
-    <t>Контейнер для мусора Рестола 431202630</t>
+    <t>Мыло для рук Tork 500902</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>Tork</t>
+  </si>
+  <si>
+    <t>ЦБ-00116330</t>
+  </si>
+  <si>
+    <t>Контейнер для мусора Бытпласт 431202630</t>
   </si>
   <si>
     <t>Габариты 235х195х280 мм, с педалью.
 Цвет светло-серый, материал полипропилен, объем 7 л, крышка в комплекте.</t>
   </si>
   <si>
     <t>00000365266</t>
   </si>
   <si>
+    <t>Электросушитель CLEANEQ KW-1092 белый</t>
+  </si>
+  <si>
+    <t>KW-1092 белый</t>
+  </si>
+  <si>
+    <t>Электросушитель CLEANEQ KW-1092, для рук, белый. 
+Габаритные размеры: 297х183х665 мм, напряжение 220В, эл. мощность 1650Вт, 
+температура воздуха: 40 ℃, скорость воздуха: 160 м/с, время высыхания: 7-9 секунд, уровень защиты: IP24, 
+щеточный двигатель: 30000 об/мин, 1250 Вт, материал: АБС-пластик, 
+Цвет: белый, фильтр грубой очистки и HEPA</t>
+  </si>
+  <si>
+    <t>00000569356</t>
+  </si>
+  <si>
     <t>Электросушитель CLEANEQ KW-1092 серебристый</t>
   </si>
   <si>
     <t>KW-1092 серебристый</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1092, для рук, серебристый. Размеры: 297х183х665 мм, 220 В, 1650 Вт, температура воздуха: 40 ℃, скорость воздуха: 160 м/с, время высыхания: 9 секунд, уровень защиты: IP24, щеточный двигатель: 30000 об/мин, 1250 Вт, Материал: АБС-пластик, Цвет: серебристый, фильтр грубой очистки и HEPA</t>
   </si>
   <si>
     <t>00000569357</t>
   </si>
   <si>
     <t>Диспенсер Jofel AE58300</t>
   </si>
   <si>
     <t>AE58300</t>
   </si>
   <si>
     <t>Диспенсер для туалетной бумаги AE58300 (серия Nickel, 300 м) Материал: ABS пластик, никелированный. Вместимость: 1 рулон 300 м с шириной 90 мм и диаметром не более Ø 220 мм. Диаметр втулки мм: Ø45. Размеры: высота - 278 мм, ширина - 275 мм., глубина - 135 мм. Рулон можно легко и быстро заменить, открыв переднюю панель диспенсера. Прозрачная вставка на передней части корпуса позволяет визуально контролировать наличие бумаги в диспенсере. Крышка диспенсера фиксируется к корпусу специальным ключом. Диспенсер крепится на стену.</t>
   </si>
   <si>
     <t>00000319325</t>
   </si>
   <si>
-    <t>Фильтр водоподготовки HiWater Hiwater RO-400</t>
-[...16 lines deleted...]
-  <si>
     <t>Моющее средство для посудомоечных машин CLEANEQ Alkadem N/A400</t>
   </si>
   <si>
     <t>Alkadem N/A400</t>
   </si>
   <si>
     <t>Щелочное моющее ср-во дезинфицирующее с хлором т.м.CLEANEQ серии Alkadem N/A400 для посудом. машин (12 кг). На основе гидроксида натрия, фосфатов и активного хлора ТУ 2381-002-53208249-2002. Применяется для мойки и отбеливания посуды из фарфора, стекла, пластика, нержавеющей стали в автоматизированных посудомоечных машинах в концентрации 2 – 3 мл/л. при температуре 60 – 70°С и промывки трубок систем для розлива пива в концентрации 15 – 30 мл/л. при температуре 20 – 35°С. Обладает высокой моющей и эмульгирующей способностью. Эффективно размягчает и удаляет пищевые остатки, жировые и белковые загрязнения, кофейные и чайные налеты, хмелевые смолы, расщепляет крахмал. Не подходит для мойки посуды из алюминия! Опасный ингредиент: гидроксид натрия – едкий. При работе со средством носить защитные перчатки и очки. При попадании в глаза и на кожу тщательно промыть водой. Гарантийный срок хранения – 12 месяцев. Срок годности – 3 года Хранить только в оригинальной упаковке, не вскрывая, при температуре от –5 до +25°С. Беречь от солнечных лучей. Вес нетто 12 кг. Упаковка: канистра 10 дм3</t>
   </si>
   <si>
     <t>00000252793</t>
   </si>
   <si>
-    <t>Ополаскивающее средство CLEANEQ Acidem N/GL</t>
+    <t>Ополаскивающее средство для посудомоечных машин CLEANEQ Acidem N/GL</t>
   </si>
   <si>
     <t>Acidem N/GL</t>
   </si>
   <si>
     <t>Жидкое кислотное моющее средство (ополаскиватель) т.м.CLEANEQ серии Acidem N/GL для посудомоечных и стаканомоечных машин, 10 кг. На основе неионогенных ПАВ и консервантов ТУ 2381-001-53208249-2002. Применяется для ополаскивания стеклянной и фарфоровой посуды в автоматизированных посудомоечных и стаканомоечных машинах. Нейтрализует остатки моющего щелочного раствора. Хорошо смачивает и ускоряет высыхание поверхности. Не оставляет разводов и придает блеск. Без запаха. Рекомендуется использовать в мягкой воде. Рабочая концентрация:  0,2 – 0,5 мл/л. при емпературе: + 20 – 350С.Символ опасности - Xi (раздражающий). Вызывает раздражение слизистых. Работать со средством в защитных перчатках, очках. При попадании в глаза и на кожу промыть водой. Хранить в оригинальной упаковке от –5 до +25°С. Беречь от солнечных лучей. Гарантийный срок хранения – 12 месяцев. Срок годности – 3 года. Вес нетто 10 кг. Упаковка: канистра 10 дм3</t>
   </si>
   <si>
     <t>00000252794</t>
   </si>
   <si>
-    <t>Ополаскивающее средство CLEANEQ Acidem N/TS</t>
+    <t>Ополаскивающее средство для посудомоечных машин CLEANEQ Acidem N/TS</t>
   </si>
   <si>
     <t>Acidem N/TS</t>
   </si>
   <si>
     <t>Жидкое кислотное моющее средство (ополаскиватель) т.м.CLEANEQ серии Acidem N/TS для посудомоечных машин (10 кг). На основе неионогенных ПАВ, фосфонатов и консервантов ТУ 2381-001-53208249-2002. Применяется для ополаскивания посуды из фарфора, высококачественной стали и искусственных материалов в автоматизированных посудомоечных машинах в концентрации 0,1 – 0,8 мл/л. Нейтрализует остатки моющего щелочного раствора. Хорошо смачивает и ускоряет высыхание поверхности. Не оставляет разводов и придает блеск. Без запаха. Предотвращает образование известкового налета. Символ опасности - Xi (раздражающий). Вызывает раздражение слизистых. Работать со средством в защитных перчатках, очках. При попадании в глаза и на кожу промыть водой. Хранить в оригинальной упаковке от –5 до +25°С. Беречь от солнечных лучей. Срок годности – 3 года. Вес нетто 10 кг. Упаковка: канистра 10 дм3</t>
   </si>
   <si>
     <t>00000252795</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1092 черный матовый</t>
   </si>
   <si>
     <t>KW-1092 черный матовый</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1092, для рук, черный матовый Габаритные размеры: 297х183х665 мм, 220 В, 1650 Вт, температура воздуха: 40 ℃, скорость воздуха: 160 м/с, время высыхания: 9 секунд, уровень защиты: IP24, щеточный двигатель: 30000 об/мин, 1250 Вт,материал: АБС-пластик, Цвет: черный матовый, фильтр грубой очистки и HEPA</t>
   </si>
   <si>
     <t>00000569358</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1034 белый глянец</t>
   </si>
@@ -4567,50 +4367,62 @@
     <t>00000569361</t>
   </si>
   <si>
     <t>Водоумягчитель Vortmax VSD 12</t>
   </si>
   <si>
     <t>VSD 12</t>
   </si>
   <si>
     <t>Габариты: 190х255х500мм , соединение 3/4, 12л, соль/рег. 1,5 кг, смола 8,4 л.</t>
   </si>
   <si>
     <t>00000277132</t>
   </si>
   <si>
     <t>Контейнер для мусора Cambro WBFC3045LID158</t>
   </si>
   <si>
     <t>WBFC3045LID158</t>
   </si>
   <si>
     <t>Габаритные размеры: 408х398х60 мм. Цвет: ярко-красный. Материал: пластик.</t>
   </si>
   <si>
     <t>00000569204</t>
+  </si>
+  <si>
+    <t>Дозатор CLEANEQ AC84022CLQ</t>
+  </si>
+  <si>
+    <t>AC84022CLQ</t>
+  </si>
+  <si>
+    <t>Дозатор для жидкого мыла AC84022CLQ наливной. Материал: ABS и SAN пластик. Объем: 0,4л. Цвет: белый. Размеры:135х115х90 мм. Объем одной дозы мыла при нажатии - 1 гр. Диспенсер крепится к стене. имеет защитный замок.</t>
+  </si>
+  <si>
+    <t>00000289570</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1034 черный матовый</t>
   </si>
   <si>
     <t>KW-1034 черный матовый</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1034, для рук, черный матовый. Габаритные размеры: 295х165х320, 220В, 1800 Вт, температура воздуха: 45 ℃, скорость воздуха: 100 м/с, диапазон датчика: 5–15 см, уровень защиты: IP23, щеточный двигатель: 22000 об/мин, 550 Вт, Материал: нержавеющая сталь 304, окрашена в  цвет: черный матовый. Видимый сервисный синий светодиод, переключение горячего/холодного воздуха, бесступенчатое управление звуком и скоростью, HEPA-фильтр в комплекте.</t>
   </si>
   <si>
     <t>00000569362</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1040 шлифованная сталь</t>
   </si>
   <si>
     <t>KW-1040 шлифованная сталь</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1040, для рук, шлифованная сталь. Габаритные размеры: 286х102х321 мм, 220 В, Мощность1000 Вт, температура воздуха: 40 ℃, скорость воздуха: 105 м/с, диапазон датчика: 5–15 см., уровень защиты: IP23. Материал: нержавеющая сталь 304 с матовой поверхностью. Щеточный двигатель, 32000 об/мин., 600Вт, видимый сервисный синий светодиод, переключение горячего/холодного воздуха, бесступенчатое управление звуком и скоростью, HEPA-фильтр в комплекте.</t>
   </si>
   <si>
     <t>00000569363</t>
   </si>
@@ -4782,62 +4594,50 @@
   <si>
     <t>00000149884</t>
   </si>
   <si>
     <t>Водоумягчитель Brita 1013637</t>
   </si>
   <si>
     <t>Головная часть 0-70% со слайдером, соединения G3/8 для фильтров PURITY C</t>
   </si>
   <si>
     <t>00000305703</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7300 с полкой</t>
   </si>
   <si>
     <t>KW-7300 с полкой</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7300, для туалетной бумаги, с полкой.Габаритные размеры: 255×120×260 мм, емкость салфеток: макс. диаметр 230 мм, ширина рулона салфеток: макс. 115 мм, трубка рулона салфеток: диаметр 45 и 70 мм. Цвет: шлифованная сталь. Диспенсер запираемый. Материал: нержавеющая сталь 201</t>
   </si>
   <si>
     <t>00000569371</t>
   </si>
   <si>
-    <t>Диспенсер CLEANEQ KW-7300 шлифованная сталь</t>
-[...10 lines deleted...]
-  <si>
     <t>Диспенсер CLEANEQ KW-7300 черный матовый</t>
   </si>
   <si>
     <t>KW-7300 черный матовый</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7300, для туалетной бумаги, черный матовый.Габаритные размеры: 255×120×260 мм, емкость салфеток: макс. диаметр 230 мм, ширина рулона салфеток: макс. 115 мм, трубка рулона салфеток: диаметр 45 и 70 мм. Цвет: Черный  матовый. Диспенсер запираемый. Материал: нержавеющая сталь 201</t>
   </si>
   <si>
     <t>00000569373</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7322 шлифованная сталь</t>
   </si>
   <si>
     <t>KW-7322 шлифованная сталь</t>
   </si>
   <si>
     <t>Диспенсер CLEANEQ KW-7322, для бумажных полотенец, шлифованная сталь. Габаритные размеры: 263х103х279 мм, толщина корпуса и основания: 0,7 мм, размер полотенца: рекомендуемый. 264 x 70 мм, сложенное в C/Z-300/500 шт., цвет: шлифованная сталь, материал: нержавеющая сталь 201 Диспенсер запираемый на ключ</t>
   </si>
   <si>
     <t>00000569374</t>
   </si>
   <si>
     <t>Контейнер для мусора Bolognini AF07310 25L</t>
@@ -4878,72 +4678,69 @@
   <si>
     <t>Диспенсер Jofel AG17550</t>
   </si>
   <si>
     <t>AG17550</t>
   </si>
   <si>
     <t>Диспенсер для полотенец с сенсерным датчиком AG17550, белый, пластиковый корпус</t>
   </si>
   <si>
     <t>00000234051</t>
   </si>
   <si>
     <t>Диспенсер Jofel AG47000</t>
   </si>
   <si>
     <t>AG47000</t>
   </si>
   <si>
     <t>Диспенсер для полотенец с центральной вытяжкой AG47000, белый, пластиковый корпус</t>
   </si>
   <si>
     <t>00000234052</t>
   </si>
   <si>
+    <t>Мыло для рук Tork 420501/421501-60</t>
+  </si>
+  <si>
+    <t>420501/421501-60</t>
+  </si>
+  <si>
+    <t>ЦБ-00109467</t>
+  </si>
+  <si>
     <t>Дозатор CLEANEQ KW-7206 сенсор</t>
   </si>
   <si>
     <t>KW-7206 сенсор</t>
   </si>
   <si>
     <t>Дозатор CLEANEQ KW-7206, для мыла, сенсорный, наливной. Габаритные размеры: 148х102х247 мм, напряжение: 6 В (4 батарейки размера АА), Емкость: 1200 мл,  Материал: нержавеющая сталь 304. Цвет: шлифованная сталь.</t>
   </si>
   <si>
     <t>00000569376</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000569378</t>
   </si>
   <si>
     <t>Контейнер для мусора Jofel AL71600B</t>
   </si>
   <si>
     <t>AL71600B</t>
   </si>
   <si>
     <t>Урна настенная. Объем: 10л. Размер: 295х325х130мм. Материал: оцинкованная сталь, эмаль.</t>
   </si>
   <si>
     <t>00000278688</t>
   </si>
   <si>
     <t>Диспенсер Jofel AW21000</t>
   </si>
   <si>
     <t>AW21000</t>
   </si>
   <si>
     <t>Держатель для полотенец AW21000, нержавеющая сталь, 34мм, диаметр 25мм</t>
   </si>
   <si>
     <t>00000232277</t>
   </si>
@@ -5086,51 +4883,51 @@
   <si>
     <t>00000101298</t>
   </si>
   <si>
     <t>Диспенсер Jofel AG32000</t>
   </si>
   <si>
     <t>AG32000</t>
   </si>
   <si>
     <t>Диспенсер-мини для рулонных полотенец Azur AG32000. Материал: ABS пластик. Цвет: белый. Размеры: 28,7х14,1х13,9см. Вместимость: 1рулон</t>
   </si>
   <si>
     <t>00000101314</t>
   </si>
   <si>
     <t>Стерилизатор Abat ШСТП-4-35</t>
   </si>
   <si>
     <t>Предназначен для обеззараживания и дезинфекции посуды (тарелок), крышек, разделочных досок и другого кухонного инвентаря на предприятиях общественного питания и торговли. 4 уровня по 35 ячеек для посуды, таймер 10-60 мин, увиолевое стекло колбы лампы, бактерицидный поток лампы 2,1 Вт, 967х555х1890 мм, 0,24 кВт, 230В</t>
   </si>
   <si>
     <t>00000448930</t>
   </si>
   <si>
-    <t>Водоумягчитель Brita 1002045</t>
+    <t>Картридж сменный Brita C500</t>
   </si>
   <si>
     <t>Сменный картридж C500 для фильтр-системы Purity C500</t>
   </si>
   <si>
     <t>00000261522</t>
   </si>
   <si>
     <t>Диспенсер Jofel AG47600</t>
   </si>
   <si>
     <t>AG47600</t>
   </si>
   <si>
     <t>Диспенсер для полотенец с центральной вытяжкой AG47600 (черный), материал: ABS-пластик, габариты: ширина 230 мм, длина 344 мм, глубина 230 мм.</t>
   </si>
   <si>
     <t>00000319337</t>
   </si>
   <si>
     <t>Контейнер для мусора Cambro WBFC45LBASE</t>
   </si>
   <si>
     <t>WBFC45LBASE</t>
   </si>
@@ -5145,151 +4942,118 @@
   </si>
   <si>
     <t>СТУ-2-36-02</t>
   </si>
   <si>
     <t>00000405763</t>
   </si>
   <si>
     <t>Моющее средство для пароконвектоматов DEBAG 9310115</t>
   </si>
   <si>
     <t>Чистящее средство DEBAG CleanFixx B 2.0 для печи хлебопекарной</t>
   </si>
   <si>
     <t>00000396888</t>
   </si>
   <si>
     <t>Контейнер для мусора Рестола 431227709</t>
   </si>
   <si>
     <t>Бак хозяйственный 431227709 (65л). предназначен для использования на профессиональной кухне в целях сбора, сортировки и накопления пищевых отходов, а также для хранения и транспортировки продуктов питания. 
 Материал полипропилен. Размер 470х660. Цвет зеленый. Баки поставляются в комплекте с крышкой, которая имеет клип-ручку для удобства транспортировки, открывания и закрывания.</t>
   </si>
   <si>
     <t>00000256669</t>
-  </si>
-[...10 lines deleted...]
-    <t>00000578149</t>
   </si>
   <si>
     <t>Моющее средство для пароконвектоматов TURBO SAFE CLEANER, 0,6 л</t>
   </si>
   <si>
     <t>TURBO SAFE CLEANER, 0,6л</t>
   </si>
   <si>
     <t>Эффективно удаляет стойкие жировых загрязнения, нагар, копоть. 
 В упаковке 12 бутылок по 0,6 л, среднещелочная среда рН=11,5.
 Не применять на алюминиевых и других поверхностях, не устойчивых к щелочам.</t>
   </si>
   <si>
     <t>00000420464</t>
   </si>
   <si>
+    <t>Мыло для рук Bolognini 520501-60</t>
+  </si>
+  <si>
+    <t>520501-60</t>
+  </si>
+  <si>
+    <t>ЦБ-00109515</t>
+  </si>
+  <si>
     <t>Ловушка для насекомых EKSI SK-2X8W</t>
   </si>
   <si>
     <t>SK-2X8W</t>
   </si>
   <si>
     <t>Инсектицидная лампа  предназначена для привлечения ультрафиолетовым излучением и уничтожения электрическим током комаров, мух, мотыльков и прочих летающих вредителей посредством находящихся под высоким напряжением металлических решеток в залах кафе, ресторанов и на других предприятиях общественного питания. Модель оснащена 2 лампами. Корпус выполнен из пластика. Площадь покрытия 60м. Габариты: 254х336х73 мм, 20 Вт, 220Вт.</t>
   </si>
   <si>
     <t>00000580852</t>
   </si>
   <si>
-    <t>Ловушка для насекомых EKSI EIK-60</t>
-[...25 lines deleted...]
-  <si>
     <t>Моющее средство для кофемашин Purocaff PUROCAFF</t>
   </si>
   <si>
     <t>PUROCAFF</t>
   </si>
   <si>
     <t>Чистящее средство для кофемашин PUROCAFF Cleaner (800 гр.). Профессиональное средство для удаления кофейных масел в порошке Purocaff предназначено для ежедневного использования. Достаточно мощное, чтобы удалить любые загрязнения и абсолютно безопасное как для организма, так и для оборудования. Как правило для одной чистки достаточно не более 2-3 граммов средства. Средство сохраняет свою активность гораздо дольше, чем аналогичные благодаря тщательному подбору ингредиентов. PUROCAFF отлично работает даже в жесткой воде. После чистки необходимо промыть оборудование чистой проточной водой. Средство упаковано в герметичную банку. Вес нетто: 800 г</t>
   </si>
   <si>
     <t>Аксессуары для оборудования по приготовлению кофе</t>
   </si>
   <si>
     <t>00000286882</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1009 шлифованная сталь</t>
   </si>
   <si>
     <t>KW-1009 шлифованная сталь</t>
   </si>
   <si>
     <t>Электросушитель CLEANEQ KW-1009, для рук, шлифованная сталь. Габаритные размеры: 165х225×285 мм, напряжение 220В, эл. мощность 1650Вт, температура воздуха: 65 ℃, скорость воздуха: 13 м/с, диапазон датчика: 5–15 см., уровень защиты: IP23, электрическая изоляция: КЛАСС I, цвет: шлифофанная сталь, материал: нержавеющая сталь 304, двигатель: асинхронный двигатель, 2300 об/мин.</t>
   </si>
   <si>
     <t>00000570708</t>
   </si>
   <si>
     <t>Моющее средство для посудомоечных машин Abat Abat GR</t>
   </si>
   <si>
     <t>Abat GR (5 л) - жидкое кислотное концентрированное ополаскивающее средство для стаканомоечных машин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Аксессуары для посудомоечного оборудования</t>
   </si>
   <si>
     <t>00000451963</t>
   </si>
   <si>
     <t>Моющее средство для посудомоечных машин Abat Abat GW</t>
   </si>
   <si>
     <t>Abat GW (5 л) - жидкое щелочное концентрированное моющее средство для стаканомоечных машин</t>
   </si>
   <si>
     <t>00000451964</t>
   </si>
   <si>
     <t>Ловушка для насекомых EKSI SK-2X15W</t>
   </si>
   <si>
     <t>SK-2X15W</t>
   </si>
   <si>
     <t>Инсектицидная лампа  предназначена для привлечения ультрафиолетовым излучением и уничтожения электрическим током комаров, мух, мотыльков и прочих летающих вредителей посредством находящихся под высоким напряжением металлических решеток в залах кафе, ресторанов и на других предприятиях общественного питания. Модель оснащена 2 лампами. Корпус выполнен из пластика. Площадь покрытия 100м. Габариты: 254х486х73 мм, 30 Вт, 220Вт.</t>
   </si>
   <si>
     <t>00000580853</t>
   </si>
@@ -5373,70 +5137,60 @@
   <si>
     <t>Диспенсер Jofel AH33000</t>
   </si>
   <si>
     <t>AH33000</t>
   </si>
   <si>
     <t>Диспенсер для полотенец в пачках Azur AH33000. Материал: ABS пластик. Цвет: белый. Размеры: 27,6х36,5х13см. Вместимость: 2 упаковки</t>
   </si>
   <si>
     <t>00000100278</t>
   </si>
   <si>
     <t>Дозатор Jofel AC80050</t>
   </si>
   <si>
     <t>AC80050</t>
   </si>
   <si>
     <t>Дозатор для мыла наливной Azur AC80050. Материал: ABS и SAN пластик. Объем: 0,85л. Цвет: белый. Размеры: 13х27,1х10,5см.</t>
   </si>
   <si>
     <t>00000100281</t>
   </si>
   <si>
-    <t>Фильтр водоподготовки HiWater Мембрана RO 400 - 800</t>
-[...12 lines deleted...]
-    <t>Мыло для рук EnaSeptic 9090 000 005</t>
+    <t>Антисептик EnaSeptic 9090 000 005</t>
   </si>
   <si>
     <t>9090 000 005</t>
   </si>
   <si>
     <t>Антисептик т.м. "Enameru" EnaSeptic SV  9090 000 005 (канистра 5 литров). Антисептик широкого спектра действия т.м. "Enameru". Высокая очищающая способность – до 99,99%. Используется в качестве кожного антисептика, а также для обработки любых поверхностей, включая оборудование. Быстрое высыхание без следов липкости. Не сушит кожу при частом применении (содержит увлажняющий компонент). Состав: изопропанол 73%, вода 15%, пропиленгликоль 8%, глицерин 3,5%, парфюмерная композиция 0,5%.</t>
+  </si>
+  <si>
+    <t>EnaSeptic</t>
   </si>
   <si>
     <t>00000370499</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -5526,51 +5280,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64165c3f9763029f2b589ca01b701f8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4796c7065f78213abb178b66f19dc50.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd385e3b0a41b5b186a875c0e4c9d3a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caaf3542b7ac91f6ade12189dfbda3c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2280dc75701d982272ae09449c5e47a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65571d5004cd15614e941bdda6ad9e2.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be068caf02e9a6d8855223d0265d276.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7955b59aefb23e35c36721b846603d6a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52712eb58822a830c83bf7d457fc36e1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0d88339dbdd84c4c24157db4923645b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f65ea7a7ba48a4c1fb30eedec33259b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d734759353e60713e6405c298883b26d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42af88c50c330d11e0dc66339940f19a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6856c017e959bb3d2c33013d8eba1d8b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f526559e56fbd7902afac36564a3a90.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/410b3aaff8142b74e7f87eaa4a2a4d8a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef063300f3f918b2dc5fdf89aebdd06.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9d38921b5b1830f103261d3e5658eb4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3166a2e90ffe8134df2494e56fd1bdc7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9f26f3a07309ff71e8a560cbe982b5.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cba581be424400afb84f0ce14fa2212.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3ec4cd4daca8e97a371a2a89a03d9.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2715331ba3ae214190e8e1132665f6a.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca83211c755bf970377d816bea43e16.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ec9925439ee643876583f65a119ae4.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9814918ca404ff122ecdb6f94d19c758.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94ebbeb9a1d67c78dadadbb06fa26f8.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a88a5d85a1821e29661911e90988af.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0e51617e8ed7abe579fe71a3735d3d.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cec6f909c3dfff12249c081fd2649f5.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333c9671749762684938a7872ea14cb1.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640e8d7d9a32c8f2edbe4bc23a91b128.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c224d85d26f91f194e788b92551125.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186b544a08278b8886a04315f4f0d9a2.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea63d2a69c1095f2ce17ac4832afb0d.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395350fd271a9cd1a3f867f4fa8d4c60.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f482ca5f5d4ef2fda516315ea8dcb2c.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126e16efa76867a607138c51e262cbcb.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f72f57f345862d8df05d5b54ec4b5c.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401307bcbf1aa098bb00858ca6ab6937.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77093c697b05336259e7aa26e5f91ddc.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d169cfbddf699ee36291b4bbcf9da75.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b308ec142b084c0a107ff4aea765f8.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f967c15a0fb87763a11c33aa0f5890d.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae2aa9a23773d05741d1841168f9953.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f385a09d2806b79e89b9cae080fb127.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1ecf7b0d4f7667b5022c1c0a00714c.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502330c1155f9d2f21a086ee7c4ab820.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6180c0d9658d10ed38740b04a1d2d452.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d838c36ea363ff6b4c09960e2deec74d.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9a070a389fb261758b33edc20c6525.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aeec792f5883992d9f757f1296054e2.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18e13c2fdacbf9999b9d2a886926e9e0.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b713e391c1d9043c9516887ce269e7.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/994d1b0114b38fa99c77a06c5991335b.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae10ce7cee11d165b216cf772d8f1cc.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569786c13df209c023c030eb3e7839f9.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadbd332a24b9b79990c35d19487ac6f.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d5c19e8b8a720acfe215a318f93893d.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03db4398d5f06acd61eb44bf220858c2.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8133364a70598b2d3f61b9ddf83e5411.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f96256a9f783411b5146e55980826b.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303f4a0bf52a1b089c8832349a607a0.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05dfbffc42acb7a5a161d57d67461e2c.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa3554e94d972c8d800c4a07d52c77c8.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c3a7d58e5ad440e50400575957e846.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f63ae1a9179733ebae76d87d3c39ba.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e9cee81364c44925a1b344a74031a45.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c89fc2ffaa58767597fe4cd77a02409.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29101ed0b4eb5485815959608edc04d.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09136264cf6506f626c5d8c194e04e7.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232ccb6670c8ae1a8fdf1f1a03ff4125.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208a4c6551eaa90ad843d4ba19c603cd.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d916dd17b286c67ca2fc1e585f07abe.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56207b1d53a0c65b81c8fa74dc92942.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f05a2ae5baf246fbd889b18ccab26b9.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172365022fa4fb4309627e92fc97c26b.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37abb60eb2e46e73260ea2c63d62ab1.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c868f075bad7c71bee918528f9fb919.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0809a18043ae386fa8a966135c12222f.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4290252979a9a866640d7588a69273.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916f86f0c8673ad17a16aaf87669bbb5.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd27b9a149ff00e0e14b082690093c31.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971324b97116abb59c42c325ba51cd32.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd11e91c8fab9875b39c233ddb40d89.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ac3938c24aa30946248e33930fe587.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace36b1415f244d53b260a5584ce8ae5.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8311c4c2bc97c53d3a813ecfe12dd6c3.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d89f0b8b7d15c789c2c12477724489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1acc0fdb5ff4950b3dfc14385d133775.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c07714b71fdaef34ca653f84e44367a.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffddad46493fc1f292a01c081f8c1c22.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78b5b18e8c1229239db337bbaca79f4e.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d27dad159ef698cac3e80465b08711.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01527696cf79a5a33a0101e6c726c8f.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28084a3b8dbbeb30988a4b5d05f3cab5.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346c82dab28b258c8a6e23abde9cc6f6.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d7f6c73c9202a974c46d88d2a1e3a4.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2403dc26b9b384c5c2645d97a58cb96.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c8680ebb881b6038aec5d821ab4f0e.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/187d12191d868dfc51f3aaaee9f1bd3c.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37625e0f9a3c7047b6c0f9594a6b31.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b787b0b8709dcc499e81bffa38e39759.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12bbc514b34d75252781906767f40aef.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7478edd24852f7e805e307a3bef852.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5845ba0fe99b61ab7ef260450b880c86.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bebd962bbd03b26184e5f8da4d704bcd.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1712eb5f839df776af76239b48440d79.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be73324bababeca13dab19a0b17d9e8a.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1643b54506e9f5e68f408425565c4384.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf54b9ad76a641ac3c93bbceadfdc2fa.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5883655740d50aabe8c4a10845e0892f.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a863cea7614ef32d68f65759f0700d68.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba8a4a651c027eff53300cc16c048d01.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44cd83be7bd702a406c2af53165b7a34.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4075cba5c896376db4e3fcf1dd693a0c.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1657f9e59d1961ece0145f6dafadc85.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d901ee7177d60bfd17d4cdb8d4b8e8b5.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e2c23affd157a5dd9b6a5eb8b12e1f.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/424f11d75d54ad614aec5932c491d64f.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87036cbd80debf6e0c5293d21a6d582b.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e65bd39c25ee3d5ffe8bbc604cc4680.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c57cd77a008a93f817849cd99199a5.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e387fe049a99afcbec0cddb75333a4.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6050f7fb02a731e2356b4242bdab66a2.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403113334685bc67c32b3486faf362b3.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc42073d883a827b097d17a45ac345a.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/229db670263227096514cde373788835.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0c268ca6b617308c1433d1f75f74ed.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e4ef6153c7ea306733369690f65b11.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c709be850605cef7355bc755148b219b.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d23c60402304dfa4149ea750f1f92cb8.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e53dbd35f8175280af3627895d98ed2.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b2225bc039a62948c0ed391462acaa3.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c096a9580bba16de7d91b0686946e3.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b364b40b98811d1ec06b27fec36035f.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bddea5b9c41a4ab0063d8dc4b3e55f.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5beae6b382df6c425bdb18d92ec7016.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6394d7d29efb0cc8181411e70df7da83.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860d24c8d63d710230f4e8d7b5fe965a.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d0b22843c956496dc032d75a917ce2.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3023e5642d7a1fd1ba346f14384d20b7.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff5e3d049bee05fc6a35abda08ea4c2.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b89cec8d66acf83eadb7e194b7fff36.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04b34d4898c6207d7bdfb1b7e0f10ef.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e50b01ee553ac9a247bc9a1607202807.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88cc019a713c4f2a4eed0297a51ec6cc.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90227d1b720bef7b60e406105389dc96.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d293900276232ff435f1a30524613b52.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b372ecea6e7b94092251d1baa6b23c32.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a38a43d19923943d769ca1bea9bccb.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b329d41c5d525bae3c65de1df18e48ee.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da2e87b8a20ed93504c50b66f3af7db.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf673283745d14810e054231a543f0a.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f747ffaf32da3bec8cac9e7be06ee750.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b229fee8dd395dc88287b42621546b76.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/997c71d9163f36d09a7a862520368d7d.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7773472b3e7b7eb021fcf5105f4c175.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2389e178dc01262d2c88c1341303fa7.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee76720db32f9d1ea223d5d48a0352f8.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10bfe43c5e6469961d26d4f13d0dae20.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e999109e1fd3a33218b51669b9fe6457.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae68a80cf014fa9e8219f63c8859c811.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b5444340fc3a4c43f738249a10e8a54.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8bc36a641128eac8ae866926943211.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b0b63f335661679915b488a363fb81.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f24f47a167354b6d2026a027b76fa2.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5689c64af9e202cc9cd6928ddab77c7.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8df642c77453fdec8320fc0dc3e85df9.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578a3d1aebfa56577dfb5e7b8fda10db.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b042631c5cb2c22de1540f8d9ad8da55.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f6633a4c772a4c627a2158acf3fae6.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec685f284b30f0896485e34bbfb64bb.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec97c2823dbf9a5630ecd0ab56e4413.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5392a6f7ee76e140cae32219a5c2493.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790e05131dddc45342485e496226ff92.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7278e41343f8b481835655e9745cc4a0.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458abb6ccf864a0b2b3034faa8a7331.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7375531bd92d046ffdeb61c2cf84aed4.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0744507fcb05aa06afa5dde87636fd6.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51cedbd1fcb476d714f76779ce5c609c.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445fd78fc5c87bf28cdc34b7240ca9e4.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c8b5133faee4748a92a066087a2eca.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb71daa453d251f8bec73498081f119.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/580a74d4f1cd684840002d6763f8901a.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38709f10b97e982b31f44fa6197c25a.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f83ca73d0e36fa8396c8e723bf1196.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cede6d83105ba124a43dda5e769905bf.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf68e9b96e69022e21fb344280aa157.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e733e86f16cba36183ad167cff574d0.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1c4586939613dd39c9c07face7467a5.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad443bf8e3c85a290f91198448e9c9cd.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8997507cbd3f71f9d07d532c63c970.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dd27103df0cb90eb7d956a9a2c4406.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c194c25517490e06181115595080df3.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06fb0ece9da503ba9be7c0ea30e8b77e.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d35ddf51a788ea0d1213731cf669d7f6.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c161705e44d7069b36f8316c9f6fd79.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a1ff0a9ba3f26fa40d5e2cdab25c97.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ab41b1202b9dbb5c7d82f311d98766.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b0e714f9e73b0b658ca00e88ba9b868.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f30679a8f76fa6c1f76c85650f72427.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4b63956b59b3f6c2d66f48c6b4a74b.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daacee860ab4c1b53a246b454510e041.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe1a7edf0019076a14a82b11925e798.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d76129aa7631c3423e98761c67f56c.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc097e94b7eb384f3317f826e7174b9.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5318224f35de5f22d04bb96b42ad3e.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6259d87aeb73945ca18012ad0a04d7e.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9e76ce025005324018168a1516d6f7.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47971b09d1468296a1ddf793f0833c5e.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539896a3ef4e8049e496b4a6ad31d972.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c44fa018a2cc8bb5056f9d4a839ae57.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/611b0fa74bab019e96c98b0840154b4f.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f444015b3a4683d02f7e24325139859e.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5f34e020e16b171cb21b95ce614d36.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f960fe18d1021ed64c0c39e20a87da15.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c53ed8e806a2c44771ad767a805b32a.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6b5682e57b395514cc2bbaecdc29b4.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfaaaa334fa4d8b43d2034ad90d51eba.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d1f21b3dc0a7c489d17156fd36f3a02.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2e4e092d485c3b2debf02b59a239d9.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb88d5f255806e8c6500997e55e279be.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba76072b700118399abc51961c26677e.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ea2b5ae61ccdd5476f88b1a97f5664.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d953611137fd67fe0cd7acbd267765.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3907927be18cbacb4a538ca4eb8ed37.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/051f4209af74b206f64297c8a427f228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e3ab124792e994090e20c421585d635.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac3a82c1f1a260ea489b2f5261bf12d.JPG"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389bc9faa2530ffcb559cefecbe76784.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d418770b64557b76be84d529b0e21053.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e927d0dd3040534fb04ba57e84d08d33.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49201417b99ae914cceb568a34051d79.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41b930ae09c7c6ffa12b2c5977e9758.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50d8f2777b831826d37a12411c671621.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27b08e5e31dafc376a146bb445d5c75e.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/276b479655235708b66c0deaa42aa654.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ee48cf8327698d7242cc42df1cc85d.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8608423734e2bd542e449aa976c1bdb.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76606785cd297207307f932d281f7a73.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9cc1a2a644f8651a58b0dd98de2779.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5ebcfd55024713ccb52ee6103076e1.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d37d368ffa6bd0b3782aa158a1cf56.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51dee1d798c68a7150b58211e47ce300.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08399eff7ff298dfa392a677a7b8da8.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72db1fc6214ec36eede55dc60829ad8d.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b592b39b00740a8d6179cfa5db3a548.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/384de0ba9b81439e9a07bf6af1426171.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c18d21ab2e506c64ce0c013c5085d9f.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26267dd29b8c19cffc733bb3c9cf9ef1.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c8d12d07bcc549530f8f88858c2ab4a.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a6ae9b46a0be953300117243822e65.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a971222fbe5f69eaa21d84122c6055af.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd162c1b81cd6e4a7d89abd4629ca0ae.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07df136c45b35a448b114aad19b9882.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e9eb3fba48f8980f00edda9de1dcb7.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bed59a7f0e32ee6cfe75e567f1f0c78.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bb138ff632f320bb68f276778c4c34.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c745c55fd8ae1f32a74c643efcb03493.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545c25ce200b59950fc1f1f6fa48ef93.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cca5ca44489a4e175dbe2ff857fa46.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0bb96f9d1326b96b071c8bf19385ab.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c61fc872063c35e173f50bd90c13445f.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df172cb467b32533f5b9552e10ee0102.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222c483d74823c6131edbb5b1837ab8.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07be44474b8b14094d48dd3280dfd8b.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92996926cae6872de8702934c870368.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0e96f381e885eb24e550e0fdc3e2d7.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9645d152dc5c73ec71babdd65c19b54d.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e228989bdd664c21a3833248cdba7c5.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d37da476c8631aa66cc37b4b1cee280.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5301ff05a494175851f0d0f0b26bfd.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb54b47cb0af364df6e2c3083b71049e.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4cc280b2731b04cd733a4e5b55afe1b.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e682dd7a7ca3626db9e501bd1ca75825.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ef80314442115d973974f45512963a9.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b840999362f8997914c3b7d4b3ba5b9.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf77ee2884375414e022a536ba56868.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41ee50bde49e9ff13b9c79297c30054f.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0443283a7d8ff63695e94af7fa292ba7.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bc271ebbbff70730ea18a5b7ae059d.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9042e9329343d38fdebf7bb4b0c25b.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad02ef5c3a6438d841a2f3e697e0403e.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39554fbaaadbe424398cba3e79fbb4b2.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cc5e271867e1e7e4612da96d22b524d.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db6b0a99653bb00a09f9bca68e9cf0d.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708d4aa412479341c010ded0ffd583d4.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d20698d9bf6697e6eef61c7b25e1d651.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8f99e68efd1cf2f14e487d20aceaed.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abcad4da107cd6cafd1152c6cbae2a86.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e7b8d6ff49155af26f3d38f8d4e01db.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5011871f0f5d97690a11e90ac6cdf00.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5488633d070cf5d2efb8d7fe931534ff.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23df75b98dad9d4ff2a40f0e1d268ff9.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637d19155cc2ed5d1c8aecd40fa384a2.JPG"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2355658aa99ee359a9b377f339e54bf.JPG"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf2aee3ca01dc3411e19207e89b9489.JPG"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d039699f24ace85f21f7836958a48d60.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37eb8ee49b88485c11ae8816a02eaf8d.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5e5d2b6e8b90a852a5aea9f18a9c40.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81402179b3ed55364e99618784f33ba.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16085abfb0ce69226949057594436f2b.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f20253c84dd655cf167a5753c064e5.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fe687d10caa12536a4a334d85f017bc.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d51f3e94132401b42a092728493b817.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f9859748b3b17dbce9c91b00ea54386.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9caef698edb28e1eca5fcf48742441.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0d8452ec14745f7cfc6b539886dde1.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4d01d748afa4fe325d5120dc944984.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81555354dbf8e8e3601df475228f4966.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e0c7f50cb195c7ad6892d6cded3eae.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f033350976b9c04ad3c108762f49269b.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811dbf3ad0439ec522503a21441ca48b.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/952b8a408edef3f0560ab84cfbf28002.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c57807712bafe157efdf231000e34c.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e74e7e8181d4407d5cca2a6ca8b6f41.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f089836d7418abac8f4cf8e4c91e70.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89543d5265a423933342d9c6330bf604.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fb4d2e49c29c530fa31218c15d0c9c.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57d3c4d600a4b3d3e8355195cb64e97.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f37b82a244153ec23780a352909ef4.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a30eeb824283b224e24d02ebb7875a.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f9aca276e85077b91cded4dec1a9d53.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ae8cf591fac2de6817e688546395e0.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4211396574da04d69c428c5362985b1.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38a7389cbcf4d58388022f4fbbed333.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7341021b16069447bda31ba32198968.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e311e1e32b555328b2f71ca860e1bd77.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f39bf2ab3ca492018d7ea2787d13c2b.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85d69249a1682c0608c004520be5fd9.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/057edf41c55904662c25e8e63ba95ab1.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa513dc6dac097741d85d64718ae5ad1.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6212e16b82f41b7404114da50509c914.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a724f7cdd5c09a7bba326db02c599f9.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf18d45644e4149fb3b8210895d71134.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d3d767225bb341dfc57a7646414695d.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128355795fc8f5d7f722e6b352676292.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7442e7f78d8b100820318d307d1c9c08.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b161babf49a622cb851edb336866d3c4.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4e70918bfc44ce11c85814e931c059.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6deb0895003be0ac32630cd38fce4502.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976266b3b454707d239c033a779cd31b.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b506c64e96ef0c52372e5a250edc98ba.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf3a4b83885e95a22c39f127e38dbd3.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a6311e62356860448ce551e613299f.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46d23b1d951d4a5d5bc9635779914277.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/957d569d3ac8f15ab826b13b8ee04656.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b92c20875641c4e1fa006b979a4ba9.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8522e57458533eac991a40dc03834bfb.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2400b42bdb389fedee87f07a7c5c1f.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f3670d86080188225ede6e99b389d9.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e6db0873c0ba15df7d777e200aa917.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cd8e89db06697aff8f1348f1801796.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b617dc07e1572cd601a1da30d84dfc8d.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f953fd62114e8a7cbf3724fd9b635ccb.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df41004bd3d25e8a3894c827a54794b.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7021f6218b865c915efea35f606fa04e.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2503a9b023146886ce16382dafdd9528.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbd7ed56d8afc0afeb0d8e2461ab83d5.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f6db6d962ecab3cd9111d28e35a7ff.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f56681754e8834ccb02e96403754aa.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae109ee08e596f2c6fd0e914de11648f.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7216c2156ea1455f062196f921889cdf.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844422fbd6230c8b2282ced0142493d3.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f970577f685ab26f383e7446fdf97715.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890acd22911adcd74e55564be7dfe02d.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85924c751c8b62983a63e59815574e9.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90cc9742bb2f895353317a89021a51ff.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fae08e31109dba54633bc2091aa3830.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14dcecd5672ba8f6ef1fb5328bfbd6c9.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbcdfc3a1fe0f896466f5f683ce5aa0f.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3da16bde3c23c174e08ef42f04095da.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f89c9ca6a59c181c6e3ab2fb68f2da.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d31d3ef536916b1b19262fe635ac3d.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36889d3a4263c95f3a8bf32e32e7ae20.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114f4a4d61fb279c9aeec2f0b0871138.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6c5463cf0ef24bb0d895f540b4a41c.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b994f2d06ac351375acddcd2095155aa.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e113e5b6c55f37a9a4f97b57c61b59ac.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df0941f7e6e9725067cf9c14b321dcf.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eae3da85051cafec38a0bf81331d212.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3842d4a0d9c44ee5299ea67cd37fd08.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738f8c135bb165136c94702e40c94e21.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73fbe61fde98dc4fb73512eb2200b220.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4ac48bff4f19885bad42bc610e523f.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6186173444b8c2c4b30319b0b690be5e.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334dee78984330f7215f0e71459f6d7c.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a70cb75628ee5a9b9c26ca5734608c.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3989d36d2ced0361ccad25982b2bcc34.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35bbd10afab7a3f4960cd9d3d173c8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64165c3f9763029f2b589ca01b701f8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4796c7065f78213abb178b66f19dc50.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd385e3b0a41b5b186a875c0e4c9d3a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1caaf3542b7ac91f6ade12189dfbda3c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2280dc75701d982272ae09449c5e47a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65571d5004cd15614e941bdda6ad9e2.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be068caf02e9a6d8855223d0265d276.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7955b59aefb23e35c36721b846603d6a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52712eb58822a830c83bf7d457fc36e1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0d88339dbdd84c4c24157db4923645b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f65ea7a7ba48a4c1fb30eedec33259b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d734759353e60713e6405c298883b26d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42af88c50c330d11e0dc66339940f19a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6856c017e959bb3d2c33013d8eba1d8b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f526559e56fbd7902afac36564a3a90.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/410b3aaff8142b74e7f87eaa4a2a4d8a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef063300f3f918b2dc5fdf89aebdd06.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9d38921b5b1830f103261d3e5658eb4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3166a2e90ffe8134df2494e56fd1bdc7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9f26f3a07309ff71e8a560cbe982b5.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cba581be424400afb84f0ce14fa2212.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29f3ec4cd4daca8e97a371a2a89a03d9.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2715331ba3ae214190e8e1132665f6a.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca83211c755bf970377d816bea43e16.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ec9925439ee643876583f65a119ae4.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9814918ca404ff122ecdb6f94d19c758.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a88a5d85a1821e29661911e90988af.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0e51617e8ed7abe579fe71a3735d3d.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cec6f909c3dfff12249c081fd2649f5.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333c9671749762684938a7872ea14cb1.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640e8d7d9a32c8f2edbe4bc23a91b128.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c224d85d26f91f194e788b92551125.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186b544a08278b8886a04315f4f0d9a2.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea63d2a69c1095f2ce17ac4832afb0d.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395350fd271a9cd1a3f867f4fa8d4c60.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f482ca5f5d4ef2fda516315ea8dcb2c.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126e16efa76867a607138c51e262cbcb.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f72f57f345862d8df05d5b54ec4b5c.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401307bcbf1aa098bb00858ca6ab6937.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d169cfbddf699ee36291b4bbcf9da75.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b308ec142b084c0a107ff4aea765f8.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f967c15a0fb87763a11c33aa0f5890d.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae2aa9a23773d05741d1841168f9953.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f385a09d2806b79e89b9cae080fb127.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1ecf7b0d4f7667b5022c1c0a00714c.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502330c1155f9d2f21a086ee7c4ab820.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6180c0d9658d10ed38740b04a1d2d452.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d838c36ea363ff6b4c09960e2deec74d.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9a070a389fb261758b33edc20c6525.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aeec792f5883992d9f757f1296054e2.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18e13c2fdacbf9999b9d2a886926e9e0.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b713e391c1d9043c9516887ce269e7.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/994d1b0114b38fa99c77a06c5991335b.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae10ce7cee11d165b216cf772d8f1cc.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569786c13df209c023c030eb3e7839f9.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadbd332a24b9b79990c35d19487ac6f.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d5c19e8b8a720acfe215a318f93893d.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03db4398d5f06acd61eb44bf220858c2.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8133364a70598b2d3f61b9ddf83e5411.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f96256a9f783411b5146e55980826b.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4303f4a0bf52a1b089c8832349a607a0.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05dfbffc42acb7a5a161d57d67461e2c.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa3554e94d972c8d800c4a07d52c77c8.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c3a7d58e5ad440e50400575957e846.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f63ae1a9179733ebae76d87d3c39ba.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e9cee81364c44925a1b344a74031a45.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c89fc2ffaa58767597fe4cd77a02409.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29101ed0b4eb5485815959608edc04d.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09136264cf6506f626c5d8c194e04e7.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232ccb6670c8ae1a8fdf1f1a03ff4125.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208a4c6551eaa90ad843d4ba19c603cd.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d916dd17b286c67ca2fc1e585f07abe.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d56207b1d53a0c65b81c8fa74dc92942.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f05a2ae5baf246fbd889b18ccab26b9.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172365022fa4fb4309627e92fc97c26b.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37abb60eb2e46e73260ea2c63d62ab1.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c868f075bad7c71bee918528f9fb919.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0809a18043ae386fa8a966135c12222f.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4290252979a9a866640d7588a69273.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916f86f0c8673ad17a16aaf87669bbb5.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd27b9a149ff00e0e14b082690093c31.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971324b97116abb59c42c325ba51cd32.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd11e91c8fab9875b39c233ddb40d89.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ac3938c24aa30946248e33930fe587.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace36b1415f244d53b260a5584ce8ae5.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8311c4c2bc97c53d3a813ecfe12dd6c3.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d89f0b8b7d15c789c2c12477724489.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1acc0fdb5ff4950b3dfc14385d133775.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c07714b71fdaef34ca653f84e44367a.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffddad46493fc1f292a01c081f8c1c22.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78b5b18e8c1229239db337bbaca79f4e.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d27dad159ef698cac3e80465b08711.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01527696cf79a5a33a0101e6c726c8f.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28084a3b8dbbeb30988a4b5d05f3cab5.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346c82dab28b258c8a6e23abde9cc6f6.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d7f6c73c9202a974c46d88d2a1e3a4.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2403dc26b9b384c5c2645d97a58cb96.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c8680ebb881b6038aec5d821ab4f0e.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/187d12191d868dfc51f3aaaee9f1bd3c.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca37625e0f9a3c7047b6c0f9594a6b31.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b787b0b8709dcc499e81bffa38e39759.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12bbc514b34d75252781906767f40aef.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7478edd24852f7e805e307a3bef852.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5845ba0fe99b61ab7ef260450b880c86.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bebd962bbd03b26184e5f8da4d704bcd.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1712eb5f839df776af76239b48440d79.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be73324bababeca13dab19a0b17d9e8a.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1643b54506e9f5e68f408425565c4384.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf54b9ad76a641ac3c93bbceadfdc2fa.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5883655740d50aabe8c4a10845e0892f.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a863cea7614ef32d68f65759f0700d68.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba8a4a651c027eff53300cc16c048d01.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44cd83be7bd702a406c2af53165b7a34.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4075cba5c896376db4e3fcf1dd693a0c.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1657f9e59d1961ece0145f6dafadc85.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d901ee7177d60bfd17d4cdb8d4b8e8b5.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e2c23affd157a5dd9b6a5eb8b12e1f.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/424f11d75d54ad614aec5932c491d64f.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87036cbd80debf6e0c5293d21a6d582b.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e65bd39c25ee3d5ffe8bbc604cc4680.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c57cd77a008a93f817849cd99199a5.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e387fe049a99afcbec0cddb75333a4.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6050f7fb02a731e2356b4242bdab66a2.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403113334685bc67c32b3486faf362b3.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc42073d883a827b097d17a45ac345a.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/229db670263227096514cde373788835.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0c268ca6b617308c1433d1f75f74ed.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e4ef6153c7ea306733369690f65b11.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c709be850605cef7355bc755148b219b.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d23c60402304dfa4149ea750f1f92cb8.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e53dbd35f8175280af3627895d98ed2.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b2225bc039a62948c0ed391462acaa3.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c096a9580bba16de7d91b0686946e3.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b364b40b98811d1ec06b27fec36035f.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bddea5b9c41a4ab0063d8dc4b3e55f.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5beae6b382df6c425bdb18d92ec7016.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6394d7d29efb0cc8181411e70df7da83.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860d24c8d63d710230f4e8d7b5fe965a.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d0b22843c956496dc032d75a917ce2.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3023e5642d7a1fd1ba346f14384d20b7.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff5e3d049bee05fc6a35abda08ea4c2.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b89cec8d66acf83eadb7e194b7fff36.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04b34d4898c6207d7bdfb1b7e0f10ef.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e50b01ee553ac9a247bc9a1607202807.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88cc019a713c4f2a4eed0297a51ec6cc.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90227d1b720bef7b60e406105389dc96.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d293900276232ff435f1a30524613b52.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b372ecea6e7b94092251d1baa6b23c32.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a38a43d19923943d769ca1bea9bccb.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b329d41c5d525bae3c65de1df18e48ee.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da2e87b8a20ed93504c50b66f3af7db.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf673283745d14810e054231a543f0a.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f747ffaf32da3bec8cac9e7be06ee750.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b229fee8dd395dc88287b42621546b76.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/997c71d9163f36d09a7a862520368d7d.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7773472b3e7b7eb021fcf5105f4c175.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2389e178dc01262d2c88c1341303fa7.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee76720db32f9d1ea223d5d48a0352f8.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10bfe43c5e6469961d26d4f13d0dae20.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e999109e1fd3a33218b51669b9fe6457.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae68a80cf014fa9e8219f63c8859c811.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b5444340fc3a4c43f738249a10e8a54.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8bc36a641128eac8ae866926943211.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b0b63f335661679915b488a363fb81.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f24f47a167354b6d2026a027b76fa2.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5689c64af9e202cc9cd6928ddab77c7.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8df642c77453fdec8320fc0dc3e85df9.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b042631c5cb2c22de1540f8d9ad8da55.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f6633a4c772a4c627a2158acf3fae6.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec685f284b30f0896485e34bbfb64bb.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec97c2823dbf9a5630ecd0ab56e4413.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5392a6f7ee76e140cae32219a5c2493.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790e05131dddc45342485e496226ff92.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7278e41343f8b481835655e9745cc4a0.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4458abb6ccf864a0b2b3034faa8a7331.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7375531bd92d046ffdeb61c2cf84aed4.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0744507fcb05aa06afa5dde87636fd6.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51cedbd1fcb476d714f76779ce5c609c.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445fd78fc5c87bf28cdc34b7240ca9e4.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c8b5133faee4748a92a066087a2eca.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb71daa453d251f8bec73498081f119.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/580a74d4f1cd684840002d6763f8901a.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38709f10b97e982b31f44fa6197c25a.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f83ca73d0e36fa8396c8e723bf1196.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cede6d83105ba124a43dda5e769905bf.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf68e9b96e69022e21fb344280aa157.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e733e86f16cba36183ad167cff574d0.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1c4586939613dd39c9c07face7467a5.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad443bf8e3c85a290f91198448e9c9cd.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8997507cbd3f71f9d07d532c63c970.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74dd27103df0cb90eb7d956a9a2c4406.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c194c25517490e06181115595080df3.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06fb0ece9da503ba9be7c0ea30e8b77e.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d35ddf51a788ea0d1213731cf669d7f6.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c161705e44d7069b36f8316c9f6fd79.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a1ff0a9ba3f26fa40d5e2cdab25c97.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ab41b1202b9dbb5c7d82f311d98766.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b0e714f9e73b0b658ca00e88ba9b868.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f30679a8f76fa6c1f76c85650f72427.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4b63956b59b3f6c2d66f48c6b4a74b.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daacee860ab4c1b53a246b454510e041.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe1a7edf0019076a14a82b11925e798.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d76129aa7631c3423e98761c67f56c.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc097e94b7eb384f3317f826e7174b9.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5318224f35de5f22d04bb96b42ad3e.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6259d87aeb73945ca18012ad0a04d7e.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9e76ce025005324018168a1516d6f7.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47971b09d1468296a1ddf793f0833c5e.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/539896a3ef4e8049e496b4a6ad31d972.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c44fa018a2cc8bb5056f9d4a839ae57.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/611b0fa74bab019e96c98b0840154b4f.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f444015b3a4683d02f7e24325139859e.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5f34e020e16b171cb21b95ce614d36.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f960fe18d1021ed64c0c39e20a87da15.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c53ed8e806a2c44771ad767a805b32a.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6b5682e57b395514cc2bbaecdc29b4.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfaaaa334fa4d8b43d2034ad90d51eba.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d1f21b3dc0a7c489d17156fd36f3a02.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2e4e092d485c3b2debf02b59a239d9.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb88d5f255806e8c6500997e55e279be.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba76072b700118399abc51961c26677e.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ea2b5ae61ccdd5476f88b1a97f5664.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d953611137fd67fe0cd7acbd267765.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3907927be18cbacb4a538ca4eb8ed37.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/051f4209af74b206f64297c8a427f228.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e3ab124792e994090e20c421585d635.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac3a82c1f1a260ea489b2f5261bf12d.JPG"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389bc9faa2530ffcb559cefecbe76784.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d418770b64557b76be84d529b0e21053.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e927d0dd3040534fb04ba57e84d08d33.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49201417b99ae914cceb568a34051d79.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41b930ae09c7c6ffa12b2c5977e9758.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50d8f2777b831826d37a12411c671621.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27b08e5e31dafc376a146bb445d5c75e.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/276b479655235708b66c0deaa42aa654.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ee48cf8327698d7242cc42df1cc85d.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8608423734e2bd542e449aa976c1bdb.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76606785cd297207307f932d281f7a73.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9cc1a2a644f8651a58b0dd98de2779.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d37d368ffa6bd0b3782aa158a1cf56.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51dee1d798c68a7150b58211e47ce300.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c08399eff7ff298dfa392a677a7b8da8.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72db1fc6214ec36eede55dc60829ad8d.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b592b39b00740a8d6179cfa5db3a548.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/384de0ba9b81439e9a07bf6af1426171.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26267dd29b8c19cffc733bb3c9cf9ef1.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c8d12d07bcc549530f8f88858c2ab4a.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a971222fbe5f69eaa21d84122c6055af.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd162c1b81cd6e4a7d89abd4629ca0ae.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07df136c45b35a448b114aad19b9882.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e9eb3fba48f8980f00edda9de1dcb7.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bed59a7f0e32ee6cfe75e567f1f0c78.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bb138ff632f320bb68f276778c4c34.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c745c55fd8ae1f32a74c643efcb03493.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545c25ce200b59950fc1f1f6fa48ef93.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cca5ca44489a4e175dbe2ff857fa46.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0bb96f9d1326b96b071c8bf19385ab.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c61fc872063c35e173f50bd90c13445f.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df172cb467b32533f5b9552e10ee0102.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222c483d74823c6131edbb5b1837ab8.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07be44474b8b14094d48dd3280dfd8b.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92996926cae6872de8702934c870368.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0e96f381e885eb24e550e0fdc3e2d7.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9645d152dc5c73ec71babdd65c19b54d.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e228989bdd664c21a3833248cdba7c5.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d37da476c8631aa66cc37b4b1cee280.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5301ff05a494175851f0d0f0b26bfd.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb54b47cb0af364df6e2c3083b71049e.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4cc280b2731b04cd733a4e5b55afe1b.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e682dd7a7ca3626db9e501bd1ca75825.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ef80314442115d973974f45512963a9.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b840999362f8997914c3b7d4b3ba5b9.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf77ee2884375414e022a536ba56868.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41ee50bde49e9ff13b9c79297c30054f.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0443283a7d8ff63695e94af7fa292ba7.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bc271ebbbff70730ea18a5b7ae059d.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad02ef5c3a6438d841a2f3e697e0403e.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cc5e271867e1e7e4612da96d22b524d.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db6b0a99653bb00a09f9bca68e9cf0d.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708d4aa412479341c010ded0ffd583d4.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d20698d9bf6697e6eef61c7b25e1d651.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d8f99e68efd1cf2f14e487d20aceaed.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abcad4da107cd6cafd1152c6cbae2a86.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e7b8d6ff49155af26f3d38f8d4e01db.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5011871f0f5d97690a11e90ac6cdf00.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5488633d070cf5d2efb8d7fe931534ff.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23df75b98dad9d4ff2a40f0e1d268ff9.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637d19155cc2ed5d1c8aecd40fa384a2.JPG"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2355658aa99ee359a9b377f339e54bf.JPG"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf2aee3ca01dc3411e19207e89b9489.JPG"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d039699f24ace85f21f7836958a48d60.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37eb8ee49b88485c11ae8816a02eaf8d.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5e5d2b6e8b90a852a5aea9f18a9c40.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81402179b3ed55364e99618784f33ba.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16085abfb0ce69226949057594436f2b.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f20253c84dd655cf167a5753c064e5.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d51f3e94132401b42a092728493b817.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f9859748b3b17dbce9c91b00ea54386.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9caef698edb28e1eca5fcf48742441.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0d8452ec14745f7cfc6b539886dde1.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4d01d748afa4fe325d5120dc944984.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81555354dbf8e8e3601df475228f4966.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e0c7f50cb195c7ad6892d6cded3eae.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c57807712bafe157efdf231000e34c.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e74e7e8181d4407d5cca2a6ca8b6f41.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f089836d7418abac8f4cf8e4c91e70.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89543d5265a423933342d9c6330bf604.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fb4d2e49c29c530fa31218c15d0c9c.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57d3c4d600a4b3d3e8355195cb64e97.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f37b82a244153ec23780a352909ef4.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a30eeb824283b224e24d02ebb7875a.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ae8cf591fac2de6817e688546395e0.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4211396574da04d69c428c5362985b1.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e965a8ca9f644131949777d24818852.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38a7389cbcf4d58388022f4fbbed333.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7341021b16069447bda31ba32198968.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f39bf2ab3ca492018d7ea2787d13c2b.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85d69249a1682c0608c004520be5fd9.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/057edf41c55904662c25e8e63ba95ab1.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa513dc6dac097741d85d64718ae5ad1.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6212e16b82f41b7404114da50509c914.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a724f7cdd5c09a7bba326db02c599f9.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45420c0ad52ac0eab8909da3867432b9.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf18d45644e4149fb3b8210895d71134.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d3d767225bb341dfc57a7646414695d.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128355795fc8f5d7f722e6b352676292.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7442e7f78d8b100820318d307d1c9c08.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b161babf49a622cb851edb336866d3c4.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4e70918bfc44ce11c85814e931c059.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6deb0895003be0ac32630cd38fce4502.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/976266b3b454707d239c033a779cd31b.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b506c64e96ef0c52372e5a250edc98ba.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf3a4b83885e95a22c39f127e38dbd3.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61a6311e62356860448ce551e613299f.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46d23b1d951d4a5d5bc9635779914277.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/957d569d3ac8f15ab826b13b8ee04656.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b92c20875641c4e1fa006b979a4ba9.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8522e57458533eac991a40dc03834bfb.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f3670d86080188225ede6e99b389d9.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e6db0873c0ba15df7d777e200aa917.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cd8e89db06697aff8f1348f1801796.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b617dc07e1572cd601a1da30d84dfc8d.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f953fd62114e8a7cbf3724fd9b635ccb.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df41004bd3d25e8a3894c827a54794b.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7021f6218b865c915efea35f606fa04e.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2503a9b023146886ce16382dafdd9528.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f6db6d962ecab3cd9111d28e35a7ff.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f56681754e8834ccb02e96403754aa.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae109ee08e596f2c6fd0e914de11648f.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7216c2156ea1455f062196f921889cdf.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844422fbd6230c8b2282ced0142493d3.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f970577f685ab26f383e7446fdf97715.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890acd22911adcd74e55564be7dfe02d.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d85924c751c8b62983a63e59815574e9.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90cc9742bb2f895353317a89021a51ff.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fae08e31109dba54633bc2091aa3830.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14dcecd5672ba8f6ef1fb5328bfbd6c9.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbcdfc3a1fe0f896466f5f683ce5aa0f.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3da16bde3c23c174e08ef42f04095da.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f89c9ca6a59c181c6e3ab2fb68f2da.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d31d3ef536916b1b19262fe635ac3d.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36889d3a4263c95f3a8bf32e32e7ae20.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114f4a4d61fb279c9aeec2f0b0871138.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6c5463cf0ef24bb0d895f540b4a41c.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b994f2d06ac351375acddcd2095155aa.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eae3da85051cafec38a0bf81331d212.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3842d4a0d9c44ee5299ea67cd37fd08.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738f8c135bb165136c94702e40c94e21.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73fbe61fde98dc4fb73512eb2200b220.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4ac48bff4f19885bad42bc610e523f.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6186173444b8c2c4b30319b0b690be5e.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334dee78984330f7215f0e71459f6d7c.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a70cb75628ee5a9b9c26ca5734608c.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e35bbd10afab7a3f4960cd9d3d173c8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="866775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6318,10980 +6072,10470 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="image_36" descr="image_36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="image_37" descr="image_37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="image_38" descr="image_38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="image_39" descr="image_39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="image_40" descr="image_40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="image_41" descr="image_41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="image_42" descr="image_42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="image_43" descr="image_43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="image_44" descr="image_44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1047750" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="image_45" descr="image_45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="image_46" descr="image_46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="image_47" descr="image_47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="561975" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="image_48" descr="image_48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="image_49" descr="image_49"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="image_50" descr="image_50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="image_51" descr="image_51"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="image_52" descr="image_52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="image_53" descr="image_53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="image_54" descr="image_54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="image_55" descr="image_55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="image_56" descr="image_56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="image_57" descr="image_57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="image_59" descr="image_59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="image_60" descr="image_60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="image_61" descr="image_61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="image_62" descr="image_62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="image_63" descr="image_63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="image_64" descr="image_64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="image_65" descr="image_65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="image_66" descr="image_66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="image_67" descr="image_67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="image_68" descr="image_68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="image_69" descr="image_69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="image_70" descr="image_70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="image_71" descr="image_71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="image_72" descr="image_72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="image_73" descr="image_73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="image_74" descr="image_74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="image_75" descr="image_75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="image_76" descr="image_76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="image_77" descr="image_77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="image_78" descr="image_78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="742950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="image_81" descr="image_81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="image_82" descr="image_82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="image_83" descr="image_83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="image_84" descr="image_84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="image_85" descr="image_85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="image_86" descr="image_86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="image_87" descr="image_87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="image_88" descr="image_88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="image_89" descr="image_89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="image_90" descr="image_90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="image_91" descr="image_91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="image_92" descr="image_92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="image_93" descr="image_93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="image_94" descr="image_94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="image_95" descr="image_95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="image_96" descr="image_96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="image_97" descr="image_97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="image_98" descr="image_98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="image_99" descr="image_99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="image_100" descr="image_100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="image_101" descr="image_101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="image_102" descr="image_102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="image_103" descr="image_103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="image_104" descr="image_104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="image_105" descr="image_105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="image_106" descr="image_106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="image_107" descr="image_107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="image_108" descr="image_108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="image_109" descr="image_109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="image_110" descr="image_110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="image_111" descr="image_111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="image_112" descr="image_112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="image_115" descr="image_115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="image_116" descr="image_116"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="image_117" descr="image_117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="image_118" descr="image_118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="image_120" descr="image_120"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="image_121" descr="image_121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="image_122" descr="image_122"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="image_123" descr="image_123"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="image_124" descr="image_124"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="image_125" descr="image_125"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="image_126" descr="image_126"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="image_127" descr="image_127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="image_128" descr="image_128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="image_129" descr="image_129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="image_130" descr="image_130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="image_131" descr="image_131"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="image_132" descr="image_132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="image_133" descr="image_133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="image_134" descr="image_134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="image_135" descr="image_135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="image_136" descr="image_136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="image_137" descr="image_137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="image_138" descr="image_138"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="image_139" descr="image_139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="image_140" descr="image_140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="image_141" descr="image_141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="image_142" descr="image_142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="image_143" descr="image_143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="image_144" descr="image_144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="image_145" descr="image_145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="image_146" descr="image_146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="image_147" descr="image_147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="image_148" descr="image_148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="image_149" descr="image_149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="image_150" descr="image_150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="image_151" descr="image_151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="image_152" descr="image_152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="image_153" descr="image_153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="image_154" descr="image_154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="image_155" descr="image_155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="image_156" descr="image_156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="image_157" descr="image_157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="image_158" descr="image_158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="image_159" descr="image_159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="image_160" descr="image_160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="image_161" descr="image_161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="image_162" descr="image_162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="image_163" descr="image_163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="image_164" descr="image_164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="image_165" descr="image_165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="image_166" descr="image_166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="image_167" descr="image_167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="image_168" descr="image_168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="image_169" descr="image_169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="image_170" descr="image_170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="image_171" descr="image_171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="image_172" descr="image_172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="image_173" descr="image_173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="image_174" descr="image_174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="image_175" descr="image_175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="790575" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="image_176" descr="image_176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="600075" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="image_178" descr="image_178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="image_179" descr="image_179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="image_180" descr="image_180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="image_181" descr="image_181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="image_182" descr="image_182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1076325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="image_183" descr="image_183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="image_193" descr="image_193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="image_194" descr="image_194"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="image_195" descr="image_195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="image_196" descr="image_196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>196</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="image_197" descr="image_197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="942975" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="image_199" descr="image_199"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="image_200" descr="image_200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="image_201" descr="image_201"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="image_202" descr="image_202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="image_203" descr="image_203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="image_204" descr="image_204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="image_205" descr="image_205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="image_206" descr="image_206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="image_207" descr="image_207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="895350" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="image_208" descr="image_208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="image_209" descr="image_209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="image_210" descr="image_210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="image_211" descr="image_211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="image_212" descr="image_212"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="image_213" descr="image_213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="image_214" descr="image_214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="image_215" descr="image_215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="image_216" descr="image_216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="image_217" descr="image_217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>217</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="image_218" descr="image_218"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="image_219" descr="image_219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="image_220" descr="image_220"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="image_221" descr="image_221"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="image_222" descr="image_222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="image_223" descr="image_223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="image_224" descr="image_224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="image_225" descr="image_225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1133475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="image_226" descr="image_226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="image_227" descr="image_227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="image_228" descr="image_228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="image_229" descr="image_229"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="image_230" descr="image_230"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>230</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="image_231" descr="image_231"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="image_232" descr="image_232"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="207" name="image_233" descr="image_233"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="208" name="image_234" descr="image_234"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="image_235" descr="image_235"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="image_236" descr="image_236"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="466725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="image_237" descr="image_237"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>237</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="image_238" descr="image_238"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="213" name="image_239" descr="image_239"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="image_240" descr="image_240"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="image_241" descr="image_241"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="image_242" descr="image_242"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>242</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="657225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="image_243" descr="image_243"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>243</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1285875" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="image_244" descr="image_244"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="image_245" descr="image_245"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>245</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="image_246" descr="image_246"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="image_247" descr="image_247"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="image_248" descr="image_248"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="image_249" descr="image_249"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>249</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="image_250" descr="image_250"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="image_251" descr="image_251"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="image_252" descr="image_252"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="933450" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="image_253" descr="image_253"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="image_254" descr="image_254"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="847725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="image_255" descr="image_255"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="image_256" descr="image_256"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>256</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="image_257" descr="image_257"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="581025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="image_258" descr="image_258"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="image_259" descr="image_259"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="image_260" descr="image_260"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="image_261" descr="image_261"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="image_262" descr="image_262"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="image_263" descr="image_263"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="image_264" descr="image_264"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="image_265" descr="image_265"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="image_267" descr="image_267"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="241" name="image_268" descr="image_268"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="image_269" descr="image_269"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="243" name="image_270" descr="image_270"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="image_271" descr="image_271"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1333500" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="image_272" descr="image_272"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="image_273" descr="image_273"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="image_274" descr="image_274"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="image_275" descr="image_275"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="image_276" descr="image_276"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="image_277" descr="image_277"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="image_278" descr="image_278"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="252" name="image_279" descr="image_279"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="image_280" descr="image_280"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>280</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="image_281" descr="image_281"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>281</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="255" name="image_282" descr="image_282"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>282</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="256" name="image_283" descr="image_283"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>283</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="257" name="image_284" descr="image_284"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>284</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="258" name="image_285" descr="image_285"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>285</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="259" name="image_286" descr="image_286"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>286</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="260" name="image_287" descr="image_287"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>287</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="261" name="image_288" descr="image_288"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>288</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="262" name="image_289" descr="image_289"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>289</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="263" name="image_290" descr="image_290"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>290</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="264" name="image_291" descr="image_291"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>291</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="265" name="image_292" descr="image_292"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>292</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="266" name="image_293" descr="image_293"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="267" name="image_294" descr="image_294"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>294</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="268" name="image_295" descr="image_295"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>296</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="269" name="image_297" descr="image_297"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>297</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="270" name="image_298" descr="image_298"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>298</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="271" name="image_299" descr="image_299"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>299</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="272" name="image_300" descr="image_300"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>300</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="273" name="image_301" descr="image_301"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>301</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="274" name="image_302" descr="image_302"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>303</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="275" name="image_304" descr="image_304"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="276" name="image_305" descr="image_305"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>305</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="561975" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="277" name="image_306" descr="image_306"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>306</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="278" name="image_307" descr="image_307"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>307</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="279" name="image_308" descr="image_308"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>308</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="280" name="image_309" descr="image_309"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>309</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="281" name="image_310" descr="image_310"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>310</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="282" name="image_311" descr="image_311"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>311</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="283" name="image_312" descr="image_312"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>312</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="284" name="image_313" descr="image_313"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>313</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="285" name="image_314" descr="image_314"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>314</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="286" name="image_315" descr="image_315"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>315</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="504825" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="287" name="image_316" descr="image_316"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>316</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="962025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="288" name="image_317" descr="image_317"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>317</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1038225" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="289" name="image_318" descr="image_318"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>318</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="923925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="290" name="image_319" descr="image_319"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>319</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="291" name="image_320" descr="image_320"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>321</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="292" name="image_322" descr="image_322"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>322</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="293" name="image_323" descr="image_323"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>323</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="294" name="image_324" descr="image_324"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>324</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="295" name="image_325" descr="image_325"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>325</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="296" name="image_326" descr="image_326"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>326</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="297" name="image_327" descr="image_327"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>327</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="298" name="image_328" descr="image_328"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>328</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="299" name="image_329" descr="image_329"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>329</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="300" name="image_330" descr="image_330"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>330</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="800100" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="301" name="image_331" descr="image_331"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>331</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="302" name="image_332" descr="image_332"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>332</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="303" name="image_333" descr="image_333"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>334</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="542925" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="304" name="image_335" descr="image_335"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>335</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="305" name="image_336" descr="image_336"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>336</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="306" name="image_337" descr="image_337"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>337</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="307" name="image_338" descr="image_338"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>338</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="308" name="image_339" descr="image_339"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>339</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="309" name="image_340" descr="image_340"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>340</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="310" name="image_341" descr="image_341"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>341</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="476250" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="311" name="image_342" descr="image_342"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>342</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="312" name="image_343" descr="image_343"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>345</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="313" name="image_346" descr="image_346"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>346</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="314" name="image_347" descr="image_347"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>347</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="381000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="315" name="image_348" descr="image_348"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>348</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="316" name="image_349" descr="image_349"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>349</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="317" name="image_350" descr="image_350"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>350</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="318" name="image_351" descr="image_351"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>351</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="319" name="image_352" descr="image_352"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>352</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="371475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="320" name="image_353" descr="image_353"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>353</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="321" name="image_354" descr="image_354"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>354</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="322" name="image_355" descr="image_355"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>356</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="323" name="image_357" descr="image_357"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>357</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="714375" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="324" name="image_358" descr="image_358"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>358</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="325" name="image_359" descr="image_359"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>359</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="326" name="image_360" descr="image_360"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>360</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="327" name="image_361" descr="image_361"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>361</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="328" name="image_362" descr="image_362"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>364</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="752475" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="329" name="image_365" descr="image_365"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>365</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="330" name="image_366" descr="image_366"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>366</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="331" name="image_367" descr="image_367"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>367</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="332" name="image_368" descr="image_368"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>368</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="333" name="image_369" descr="image_369"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>370</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="334" name="image_371" descr="image_371"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>371</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="335" name="image_372" descr="image_372"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>372</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="336" name="image_373" descr="image_373"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>373</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="337" name="image_374" descr="image_374"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>374</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="723900" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="338" name="image_375" descr="image_375"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>375</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="742950" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="339" name="image_376" descr="image_376"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>376</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="340" name="image_377" descr="image_377"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>377</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="341" name="image_378" descr="image_378"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>378</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="342" name="image_379" descr="image_379"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>379</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="343" name="image_380" descr="image_380"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>380</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="344" name="image_381" descr="image_381"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>381</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="345" name="image_382" descr="image_382"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>383</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="466725" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="346" name="image_384" descr="image_384"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>384</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="347" name="image_385" descr="image_385"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>385</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="685800" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="348" name="image_386" descr="image_386"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>386</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="349" name="image_387" descr="image_387"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>387</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="350" name="image_388" descr="image_388"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>388</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="351" name="image_389" descr="image_389"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>389</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="352" name="image_390" descr="image_390"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>390</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="353" name="image_391" descr="image_391"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>391</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="354" name="image_392" descr="image_392"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>392</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="355" name="image_393" descr="image_393"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>393</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="356" name="image_394" descr="image_394"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>394</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="357" name="image_395" descr="image_395"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>395</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="358" name="image_396" descr="image_396"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>396</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="695325" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="359" name="image_397" descr="image_397"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>397</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="360" name="image_398" descr="image_398"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>398</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="361" name="image_399" descr="image_399"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>399</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="200025" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="362" name="image_400" descr="image_400"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>400</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="363" name="image_401" descr="image_401"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>402</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="364" name="image_403" descr="image_403"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>404</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="365" name="image_405" descr="image_405"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>408</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="366" name="image_409" descr="image_409"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>409</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="367" name="image_410" descr="image_410"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>415</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="368" name="image_416" descr="image_416"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>416</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="369" name="image_417" descr="image_417"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>417</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="370" name="image_418" descr="image_418"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>418</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="371" name="image_419" descr="image_419"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>419</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="372" name="image_420" descr="image_420"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>420</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1019175" cy="762000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="373" name="image_421" descr="image_421"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>421</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="619125" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="image_36" descr="image_36"/>
-[...10409 lines deleted...]
-        <xdr:cNvPr id="374" name="image_412" descr="image_412"/>
+        <xdr:cNvPr id="374" name="image_422" descr="image_422"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374"/>
-        <a:stretch>
-[...508 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -17558,54 +16802,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P439"/>
+  <dimension ref="A1:P422"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P439"/>
+      <selection activeCell="A9" sqref="A9:P422"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -17900,147 +17144,147 @@
       <c r="G13" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="6">
         <v>4</v>
       </c>
       <c r="J13" s="10" t="s">
         <v>48</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L13" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O13" s="6">
-        <v>13005.38</v>
+        <v>12750.37</v>
       </c>
       <c r="P13" s="6"/>
     </row>
     <row r="14" spans="1:16" customHeight="1" ht="65">
       <c r="A14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="6">
         <v>0</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="6">
         <v>5.5</v>
       </c>
       <c r="J14" s="10" t="s">
         <v>53</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>54</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O14" s="6">
-        <v>20961.62</v>
+        <v>20550.6</v>
       </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="B15" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C15" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6">
         <v>12000137121</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>56</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="6">
         <v>6.16</v>
       </c>
       <c r="J15" s="10" t="s">
         <v>57</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="L15" s="10" t="s">
         <v>56</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O15" s="6">
-        <v>2900</v>
+        <v>2948.33</v>
       </c>
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
         <v>60</v>
       </c>
       <c r="B16" s="6">
         <v>0</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>63</v>
       </c>
@@ -18235,234 +17479,234 @@
         <v>1.325</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>86</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>87</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>88</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
     </row>
     <row r="21" spans="1:16" customHeight="1" ht="65">
       <c r="A21" s="6" t="s">
         <v>89</v>
       </c>
       <c r="B21" s="6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C21" s="6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>90</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I21" s="6">
         <v>10</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>91</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>92</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O21" s="6">
         <v>4087.26</v>
       </c>
       <c r="P21" s="6"/>
     </row>
     <row r="22" spans="1:16" customHeight="1" ht="65">
       <c r="A22" s="6" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C22" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>94</v>
       </c>
       <c r="F22" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="6">
         <v>0</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>95</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>71</v>
       </c>
       <c r="L22" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>96</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O22" s="6">
         <v>438.81</v>
       </c>
       <c r="P22" s="6"/>
     </row>
     <row r="23" spans="1:16" customHeight="1" ht="65">
       <c r="A23" s="6" t="s">
         <v>97</v>
       </c>
       <c r="B23" s="6">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C23" s="6">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
       <c r="E23" s="6">
         <v>431253613</v>
       </c>
       <c r="F23" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G23" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I23" s="6">
         <v>1.59</v>
       </c>
       <c r="J23" s="10" t="s">
         <v>99</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>100</v>
       </c>
       <c r="L23" s="10" t="s">
         <v>101</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O23" s="6">
-        <v>1204.87</v>
+        <v>1328.82</v>
       </c>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16" customHeight="1" ht="65">
       <c r="A24" s="6" t="s">
         <v>103</v>
       </c>
       <c r="B24" s="6">
         <v>0</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>104</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="6">
         <v>1.74</v>
       </c>
       <c r="J24" s="10" t="s">
         <v>105</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L24" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>107</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O24" s="6">
-        <v>12831.58</v>
+        <v>12579.98</v>
       </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16" customHeight="1" ht="65">
       <c r="A25" s="6" t="s">
         <v>108</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>109</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>39</v>
       </c>
@@ -18558,195 +17802,195 @@
       <c r="G27" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="6">
         <v>24</v>
       </c>
       <c r="J27" s="10" t="s">
         <v>121</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L27" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>122</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O27" s="6">
-        <v>29090.4</v>
+        <v>28519.99</v>
       </c>
       <c r="P27" s="6"/>
     </row>
     <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
         <v>123</v>
       </c>
       <c r="B28" s="6">
         <v>0</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>124</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="6">
         <v>32</v>
       </c>
       <c r="J28" s="10" t="s">
         <v>125</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L28" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>126</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O28" s="6">
-        <v>41534.39</v>
+        <v>40719.98</v>
       </c>
       <c r="P28" s="6"/>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="65">
       <c r="A29" s="6" t="s">
         <v>127</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="6">
         <v>32</v>
       </c>
       <c r="J29" s="10" t="s">
         <v>129</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L29" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>130</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O29" s="6">
-        <v>45695.97</v>
+        <v>44799.98</v>
       </c>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
         <v>131</v>
       </c>
       <c r="B30" s="6">
         <v>0</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>132</v>
       </c>
       <c r="F30" s="9" t="s">
         <v>120</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="6">
         <v>52.25</v>
       </c>
       <c r="J30" s="10" t="s">
         <v>133</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L30" s="10" t="s">
         <v>120</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>134</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O30" s="6">
-        <v>102265.15</v>
+        <v>100259.95</v>
       </c>
       <c r="P30" s="6"/>
     </row>
     <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
         <v>135</v>
       </c>
       <c r="B31" s="6">
         <v>0</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>136</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>39</v>
       </c>
@@ -18787,19074 +18031,18262 @@
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>141</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>142</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I32" s="6">
         <v>0.795</v>
       </c>
       <c r="J32" s="10" t="s">
         <v>143</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L32" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="M32" s="6" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O32" s="6"/>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="65">
       <c r="A33" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B33" s="6">
+        <v>0</v>
+      </c>
+      <c r="C33" s="6">
+        <v>0</v>
+      </c>
+      <c r="D33" s="6">
+        <v>0</v>
+      </c>
+      <c r="E33" s="6" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="6">
         <v>5</v>
       </c>
       <c r="J33" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="K33" s="6" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="L33" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O33" s="6">
-        <v>3131.4</v>
+        <v>3120.66</v>
       </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B34" s="6">
+        <v>0</v>
+      </c>
+      <c r="C34" s="6">
+        <v>0</v>
+      </c>
+      <c r="D34" s="6">
+        <v>0</v>
+      </c>
+      <c r="E34" s="6" t="s">
         <v>151</v>
-      </c>
-[...10 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I34" s="6">
         <v>0</v>
       </c>
       <c r="J34" s="10" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L34" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M34" s="6" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O34" s="6"/>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="B35" s="6">
+        <v>11</v>
+      </c>
+      <c r="C35" s="6">
+        <v>11</v>
+      </c>
+      <c r="D35" s="6">
+        <v>0</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>155</v>
-      </c>
-[...10 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>38</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I35" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J35" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="K35" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="10" t="s">
         <v>158</v>
       </c>
-      <c r="L35" s="10" t="s">
+      <c r="M35" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="M35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O35" s="6">
-        <v>25642.8</v>
+        <v>26257.2</v>
       </c>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="B36" s="6">
+        <v>0</v>
+      </c>
+      <c r="C36" s="6">
+        <v>0</v>
+      </c>
+      <c r="D36" s="6">
+        <v>0</v>
+      </c>
+      <c r="E36" s="6">
+        <v>93410754</v>
+      </c>
+      <c r="F36" s="9" t="s">
         <v>161</v>
       </c>
-      <c r="B36" s="6">
-[...8 lines deleted...]
-      <c r="E36" s="6" t="s">
+      <c r="G36" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I36" s="6">
+        <v>7</v>
+      </c>
+      <c r="J36" s="10" t="s">
         <v>162</v>
       </c>
-      <c r="F36" s="9" t="s">
+      <c r="K36" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="G36" s="10" t="s">
-[...8 lines deleted...]
-      <c r="J36" s="10" t="s">
+      <c r="L36" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="M36" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="K36" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N36" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O36" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O36" s="6"/>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6">
-        <v>93410754</v>
+        <v>93417944</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I37" s="6">
-        <v>7</v>
+        <v>8.5</v>
       </c>
       <c r="J37" s="10" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="K37" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L37" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M37" s="6" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O37" s="6"/>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="65">
       <c r="A38" s="6" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6">
-        <v>93417944</v>
+        <v>93417463</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I38" s="6">
-        <v>8.5</v>
+        <v>11.3</v>
       </c>
       <c r="J38" s="10" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="K38" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="L38" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="M38" s="6" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O38" s="6"/>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B39" s="6">
         <v>0</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6">
-        <v>93417463</v>
+        <v>93410778</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I39" s="6">
-        <v>11.3</v>
+        <v>9</v>
       </c>
       <c r="J39" s="10" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L39" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="65">
       <c r="A40" s="6" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B40" s="6">
         <v>0</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6">
         <v>0</v>
       </c>
       <c r="E40" s="6">
-        <v>93410778</v>
+        <v>93417425</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I40" s="6">
         <v>9</v>
       </c>
       <c r="J40" s="10" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="K40" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L40" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O40" s="6"/>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6">
         <v>0</v>
       </c>
       <c r="E41" s="6">
-        <v>93417425</v>
+        <v>93410761</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I41" s="6">
         <v>9</v>
       </c>
       <c r="J41" s="10" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="K41" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L41" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M41" s="6" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O41" s="6"/>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B42" s="6">
         <v>0</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
       <c r="E42" s="6">
-        <v>93410761</v>
+        <v>93414707</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I42" s="6">
-        <v>9</v>
+        <v>4.6</v>
       </c>
       <c r="J42" s="10" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="K42" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L42" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M42" s="6" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O42" s="6"/>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6">
-        <v>93414707</v>
+        <v>91275752</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I43" s="6">
-        <v>4.6</v>
+        <v>4</v>
       </c>
       <c r="J43" s="10" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O43" s="6"/>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="65">
       <c r="A44" s="6" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B44" s="6">
         <v>0</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6">
-        <v>91275752</v>
+        <v>93417999</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I44" s="6">
         <v>4</v>
       </c>
       <c r="J44" s="10" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="K44" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L44" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M44" s="6" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O44" s="6"/>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B45" s="6">
+        <v>420</v>
+      </c>
+      <c r="C45" s="6">
+        <v>420</v>
+      </c>
+      <c r="D45" s="6">
+        <v>0</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G45" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I45" s="6">
+        <v>0</v>
+      </c>
+      <c r="J45" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="K45" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="L45" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="M45" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="B45" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N45" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O45" s="6"/>
+      <c r="O45" s="6">
+        <v>522.03</v>
+      </c>
       <c r="P45" s="6"/>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="65">
       <c r="A46" s="6" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B46" s="6">
-        <v>542</v>
+        <v>0</v>
       </c>
       <c r="C46" s="6">
-        <v>542</v>
+        <v>0</v>
       </c>
       <c r="D46" s="6">
         <v>0</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>47</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I46" s="6">
-        <v>0</v>
+        <v>1.78</v>
       </c>
       <c r="J46" s="10" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="K46" s="6" t="s">
-        <v>199</v>
+        <v>106</v>
       </c>
       <c r="L46" s="10" t="s">
         <v>47</v>
       </c>
       <c r="M46" s="6" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O46" s="6">
-        <v>506.78</v>
+        <v>3750</v>
       </c>
       <c r="P46" s="6"/>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="65">
       <c r="A47" s="6" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B47" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C47" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D47" s="6">
         <v>0</v>
       </c>
-      <c r="E47" s="6" t="s">
-        <v>202</v>
+      <c r="E47" s="6">
+        <v>432106221</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I47" s="6">
-        <v>1.78</v>
+        <v>2.19</v>
       </c>
       <c r="J47" s="10" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>106</v>
+        <v>138</v>
       </c>
       <c r="L47" s="10" t="s">
-        <v>47</v>
+        <v>101</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O47" s="6">
-        <v>3825</v>
+        <v>2091.17</v>
       </c>
       <c r="P47" s="6"/>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="65">
       <c r="A48" s="6" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B48" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C48" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D48" s="6">
         <v>0</v>
       </c>
-      <c r="E48" s="6">
-        <v>432106221</v>
+      <c r="E48" s="6" t="s">
+        <v>202</v>
       </c>
       <c r="F48" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G48" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I48" s="6">
-        <v>2.19</v>
+        <v>0</v>
       </c>
       <c r="J48" s="10" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="K48" s="6" t="s">
-        <v>138</v>
+        <v>65</v>
       </c>
       <c r="L48" s="10" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="M48" s="6" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O48" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O48" s="6"/>
       <c r="P48" s="6"/>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="65">
       <c r="A49" s="6" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B49" s="6">
         <v>0</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6">
         <v>0</v>
       </c>
-      <c r="E49" s="6" t="s">
-        <v>209</v>
+      <c r="E49" s="6">
+        <v>91275769</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="G49" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I49" s="6">
-        <v>0</v>
+        <v>4.4</v>
       </c>
       <c r="J49" s="10" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="K49" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L49" s="10" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="M49" s="6" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O49" s="6"/>
       <c r="P49" s="6"/>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="65">
       <c r="A50" s="6" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B50" s="6">
         <v>0</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
         <v>0</v>
       </c>
-      <c r="E50" s="6" t="s">
-        <v>213</v>
+      <c r="E50" s="6">
+        <v>93410242</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>214</v>
+        <v>161</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I50" s="6">
-        <v>2.6</v>
+        <v>4.4</v>
       </c>
       <c r="J50" s="10" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="K50" s="6" t="s">
-        <v>216</v>
+        <v>163</v>
       </c>
       <c r="L50" s="10" t="s">
-        <v>214</v>
+        <v>161</v>
       </c>
       <c r="M50" s="6" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O50" s="6"/>
       <c r="P50" s="6"/>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="65">
       <c r="A51" s="6" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B51" s="6">
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6">
         <v>0</v>
       </c>
       <c r="E51" s="6">
-        <v>91275769</v>
+        <v>91275776</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G51" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I51" s="6">
-        <v>4.4</v>
+        <v>6.1</v>
       </c>
       <c r="J51" s="10" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L51" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O51" s="6"/>
       <c r="P51" s="6"/>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="65">
       <c r="A52" s="6" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B52" s="6">
         <v>0</v>
       </c>
       <c r="C52" s="6">
         <v>0</v>
       </c>
       <c r="D52" s="6">
         <v>0</v>
       </c>
       <c r="E52" s="6">
-        <v>93410242</v>
+        <v>91275783</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G52" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I52" s="6">
-        <v>4.4</v>
+        <v>5.5</v>
       </c>
       <c r="J52" s="10" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="K52" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L52" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M52" s="6" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O52" s="6"/>
       <c r="P52" s="6"/>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="65">
       <c r="A53" s="6" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B53" s="6">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6">
         <v>0</v>
       </c>
       <c r="E53" s="6">
-        <v>91275776</v>
+        <v>93410259</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I53" s="6">
-        <v>6.1</v>
+        <v>5.5</v>
       </c>
       <c r="J53" s="10" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="K53" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L53" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M53" s="6" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O53" s="6"/>
       <c r="P53" s="6"/>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="65">
       <c r="A54" s="6" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="B54" s="6">
         <v>0</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6">
         <v>0</v>
       </c>
       <c r="E54" s="6">
-        <v>91275783</v>
+        <v>93413519</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I54" s="6">
-        <v>5.5</v>
+        <v>4</v>
       </c>
       <c r="J54" s="10" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="K54" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L54" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M54" s="6" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O54" s="6"/>
       <c r="P54" s="6"/>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="65">
       <c r="A55" s="6" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="B55" s="6">
         <v>0</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
         <v>0</v>
       </c>
       <c r="E55" s="6">
-        <v>93410259</v>
+        <v>93415827</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G55" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I55" s="6">
-        <v>5.5</v>
+        <v>6.8</v>
       </c>
       <c r="J55" s="10" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L55" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O55" s="6"/>
       <c r="P55" s="6"/>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="65">
       <c r="A56" s="6" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="B56" s="6">
         <v>0</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6">
         <v>0</v>
       </c>
       <c r="E56" s="6">
-        <v>93413519</v>
+        <v>93411812</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I56" s="6">
-        <v>4</v>
+        <v>6.8</v>
       </c>
       <c r="J56" s="10" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="K56" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L56" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M56" s="6" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O56" s="6"/>
       <c r="P56" s="6"/>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="65">
       <c r="A57" s="6" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="B57" s="6">
         <v>0</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6">
         <v>0</v>
       </c>
       <c r="E57" s="6">
-        <v>93415827</v>
+        <v>91275790</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I57" s="6">
-        <v>6.8</v>
+        <v>5.5</v>
       </c>
       <c r="J57" s="10" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="K57" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L57" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M57" s="6" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O57" s="6"/>
       <c r="P57" s="6"/>
     </row>
-    <row r="58" spans="1:16" customHeight="1" ht="65">
+    <row r="58" spans="1:16">
       <c r="A58" s="6" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="B58" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C58" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D58" s="6">
         <v>0</v>
       </c>
-      <c r="E58" s="6">
-        <v>93411812</v>
+      <c r="E58" s="6" t="s">
+        <v>233</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
       <c r="G58" s="10" t="s">
-        <v>23</v>
+        <v>234</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I58" s="6">
-        <v>6.8</v>
+        <v>0.48</v>
       </c>
       <c r="J58" s="10" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="K58" s="6" t="s">
-        <v>170</v>
+        <v>236</v>
       </c>
       <c r="L58" s="10" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
       <c r="M58" s="6" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O58" s="6"/>
+      <c r="O58" s="6">
+        <v>391.68</v>
+      </c>
       <c r="P58" s="6"/>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="65">
       <c r="A59" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="B59" s="6">
+        <v>32</v>
+      </c>
+      <c r="C59" s="6">
+        <v>32</v>
+      </c>
+      <c r="D59" s="6">
+        <v>0</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="F59" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G59" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I59" s="6">
+        <v>6</v>
+      </c>
+      <c r="J59" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="L59" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="M59" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="N59" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O59" s="6">
+        <v>20224.1</v>
+      </c>
+      <c r="P59" s="6"/>
+    </row>
+    <row r="60" spans="1:16" customHeight="1" ht="65">
+      <c r="A60" s="6" t="s">
         <v>242</v>
       </c>
-      <c r="B59" s="6">
-[...23 lines deleted...]
-      <c r="J59" s="10" t="s">
+      <c r="B60" s="6">
+        <v>4</v>
+      </c>
+      <c r="C60" s="6">
+        <v>4</v>
+      </c>
+      <c r="D60" s="6">
+        <v>0</v>
+      </c>
+      <c r="E60" s="6" t="s">
         <v>243</v>
       </c>
-      <c r="K59" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M59" s="6" t="s">
+      <c r="F60" s="9" t="s">
         <v>244</v>
       </c>
-      <c r="N59" s="6" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="G60" s="10" t="s">
-        <v>247</v>
+        <v>69</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="6">
-        <v>0.48</v>
+        <v>3</v>
       </c>
       <c r="J60" s="10" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="K60" s="6" t="s">
-        <v>249</v>
+        <v>157</v>
       </c>
       <c r="L60" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M60" s="6" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O60" s="6">
-        <v>391.68</v>
+        <v>13400.38</v>
       </c>
       <c r="P60" s="6"/>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="65">
       <c r="A61" s="6" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B61" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C61" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D61" s="6">
         <v>0</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>38</v>
+        <v>244</v>
       </c>
       <c r="G61" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I61" s="6">
-        <v>6.8</v>
+        <v>10</v>
       </c>
       <c r="J61" s="10" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="K61" s="6" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="L61" s="10" t="s">
-        <v>159</v>
+        <v>244</v>
       </c>
       <c r="M61" s="6" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O61" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O61" s="6"/>
       <c r="P61" s="6"/>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="65">
       <c r="A62" s="6" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B62" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C62" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D62" s="6">
         <v>0</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>257</v>
+        <v>38</v>
       </c>
       <c r="G62" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="6">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="J62" s="10" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="K62" s="6" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="L62" s="10" t="s">
         <v>38</v>
       </c>
       <c r="M62" s="6" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O62" s="6">
-        <v>13257.32</v>
+        <v>17592.9</v>
       </c>
       <c r="P62" s="6"/>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="65">
       <c r="A63" s="6" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="B63" s="6">
         <v>0</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>0</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="F63" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G63" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H63" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I63" s="6">
+        <v>3.615</v>
+      </c>
+      <c r="J63" s="10" t="s">
         <v>257</v>
       </c>
-      <c r="G63" s="10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K63" s="6" t="s">
-        <v>158</v>
+        <v>65</v>
       </c>
       <c r="L63" s="10" t="s">
-        <v>257</v>
+        <v>62</v>
       </c>
       <c r="M63" s="6" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O63" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O63" s="6"/>
       <c r="P63" s="6"/>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="65">
       <c r="A64" s="6" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="B64" s="6">
         <v>0</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6">
         <v>0</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="G64" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I64" s="6">
-        <v>10</v>
+        <v>4.185</v>
       </c>
       <c r="J64" s="10" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="K64" s="6" t="s">
-        <v>158</v>
+        <v>65</v>
       </c>
       <c r="L64" s="10" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="M64" s="6" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O64" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O64" s="6"/>
       <c r="P64" s="6"/>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="65">
       <c r="A65" s="6" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="B65" s="6">
         <v>0</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6">
         <v>0</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I65" s="6">
-        <v>3.615</v>
+        <v>3.195</v>
       </c>
       <c r="J65" s="10" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L65" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M65" s="6" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O65" s="6"/>
       <c r="P65" s="6"/>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="65">
       <c r="A66" s="6" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="B66" s="6">
         <v>0</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6">
         <v>0</v>
       </c>
       <c r="E66" s="6" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I66" s="6">
-        <v>4.185</v>
+        <v>3.195</v>
       </c>
       <c r="J66" s="10" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L66" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M66" s="6" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O66" s="6"/>
       <c r="P66" s="6"/>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="65">
       <c r="A67" s="6" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="B67" s="6">
         <v>0</v>
       </c>
       <c r="C67" s="6">
         <v>0</v>
       </c>
       <c r="D67" s="6">
         <v>0</v>
       </c>
       <c r="E67" s="6" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G67" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I67" s="6">
-        <v>3.195</v>
+        <v>7.22</v>
       </c>
       <c r="J67" s="10" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L67" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M67" s="6" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O67" s="6"/>
       <c r="P67" s="6"/>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="65">
       <c r="A68" s="6" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="B68" s="6">
         <v>0</v>
       </c>
       <c r="C68" s="6">
         <v>0</v>
       </c>
       <c r="D68" s="6">
         <v>0</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="F68" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H68" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I68" s="6">
-        <v>3.195</v>
+        <v>7.22</v>
       </c>
       <c r="J68" s="10" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L68" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M68" s="6" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O68" s="6"/>
       <c r="P68" s="6"/>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="65">
       <c r="A69" s="6" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B69" s="6">
         <v>0</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6">
         <v>0</v>
       </c>
-      <c r="E69" s="6" t="s">
-        <v>285</v>
+      <c r="E69" s="6">
+        <v>93410266</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>62</v>
+        <v>161</v>
       </c>
       <c r="G69" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I69" s="6">
-        <v>7.22</v>
+        <v>5.5</v>
       </c>
       <c r="J69" s="10" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="K69" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L69" s="10" t="s">
-        <v>62</v>
+        <v>161</v>
       </c>
       <c r="M69" s="6" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O69" s="6"/>
       <c r="P69" s="6"/>
     </row>
     <row r="70" spans="1:16" customHeight="1" ht="65">
       <c r="A70" s="6" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="B70" s="6">
         <v>0</v>
       </c>
       <c r="C70" s="6">
         <v>0</v>
       </c>
       <c r="D70" s="6">
         <v>0</v>
       </c>
-      <c r="E70" s="6" t="s">
-        <v>289</v>
+      <c r="E70" s="6">
+        <v>93417531</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>62</v>
+        <v>161</v>
       </c>
       <c r="G70" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I70" s="6">
-        <v>7.22</v>
+        <v>27</v>
       </c>
       <c r="J70" s="10" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="K70" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L70" s="10" t="s">
-        <v>62</v>
+        <v>161</v>
       </c>
       <c r="M70" s="6" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O70" s="6"/>
       <c r="P70" s="6"/>
     </row>
     <row r="71" spans="1:16" customHeight="1" ht="65">
       <c r="A71" s="6" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="B71" s="6">
         <v>0</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
       <c r="E71" s="6">
-        <v>93410266</v>
+        <v>93417524</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G71" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I71" s="6">
-        <v>5.5</v>
+        <v>40</v>
       </c>
       <c r="J71" s="10" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="K71" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L71" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M71" s="6" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O71" s="6"/>
       <c r="P71" s="6"/>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="65">
       <c r="A72" s="6" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="B72" s="6">
         <v>0</v>
       </c>
       <c r="C72" s="6">
         <v>0</v>
       </c>
       <c r="D72" s="6">
         <v>0</v>
       </c>
       <c r="E72" s="6">
-        <v>93417531</v>
+        <v>93412635</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G72" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I72" s="6">
-        <v>27</v>
+        <v>0.17</v>
       </c>
       <c r="J72" s="10" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="K72" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L72" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M72" s="6" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O72" s="6"/>
       <c r="P72" s="6"/>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="65">
       <c r="A73" s="6" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="B73" s="6">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6">
         <v>0</v>
       </c>
       <c r="E73" s="6">
-        <v>93417524</v>
+        <v>93412642</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H73" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I73" s="6">
-        <v>40</v>
+        <v>0.25</v>
       </c>
       <c r="J73" s="10" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="K73" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L73" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M73" s="6" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O73" s="6"/>
       <c r="P73" s="6"/>
     </row>
     <row r="74" spans="1:16" customHeight="1" ht="65">
       <c r="A74" s="6" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="B74" s="6">
         <v>0</v>
       </c>
       <c r="C74" s="6">
         <v>0</v>
       </c>
       <c r="D74" s="6">
         <v>0</v>
       </c>
       <c r="E74" s="6">
-        <v>93412635</v>
+        <v>93417135</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I74" s="6">
-        <v>0.17</v>
+        <v>0.16</v>
       </c>
       <c r="J74" s="10" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="K74" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L74" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M74" s="6" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
     </row>
     <row r="75" spans="1:16" customHeight="1" ht="65">
       <c r="A75" s="6" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="B75" s="6">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>0</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
       <c r="E75" s="6">
-        <v>93412642</v>
+        <v>93724566</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I75" s="6">
-        <v>0.25</v>
+        <v>0.06</v>
       </c>
       <c r="J75" s="10" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="K75" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L75" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M75" s="6" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O75" s="6"/>
       <c r="P75" s="6"/>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="65">
       <c r="A76" s="6" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="B76" s="6">
         <v>0</v>
       </c>
       <c r="C76" s="6">
         <v>0</v>
       </c>
       <c r="D76" s="6">
         <v>0</v>
       </c>
       <c r="E76" s="6">
-        <v>93417135</v>
+        <v>93412154</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G76" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I76" s="6">
-        <v>0.16</v>
+        <v>0.135</v>
       </c>
       <c r="J76" s="10" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="K76" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L76" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M76" s="6" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O76" s="6"/>
       <c r="P76" s="6"/>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="65">
       <c r="A77" s="6" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="B77" s="6">
         <v>0</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6">
         <v>0</v>
       </c>
       <c r="E77" s="6">
-        <v>93724566</v>
+        <v>93412116</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I77" s="6">
-        <v>0.06</v>
+        <v>0.189</v>
       </c>
       <c r="J77" s="10" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="K77" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L77" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M77" s="6" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O77" s="6"/>
       <c r="P77" s="6"/>
     </row>
     <row r="78" spans="1:16" customHeight="1" ht="65">
       <c r="A78" s="6" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="B78" s="6">
         <v>0</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="6">
-        <v>93412154</v>
+        <v>93417104</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I78" s="6">
-        <v>0.135</v>
+        <v>0.189</v>
       </c>
       <c r="J78" s="10" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="K78" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L78" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M78" s="6" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O78" s="6"/>
       <c r="P78" s="6"/>
     </row>
-    <row r="79" spans="1:16" customHeight="1" ht="65">
+    <row r="79" spans="1:16">
       <c r="A79" s="6" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="B79" s="6">
         <v>0</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6">
         <v>0</v>
       </c>
-      <c r="E79" s="6">
-        <v>93412116</v>
+      <c r="E79" s="6" t="s">
+        <v>310</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>168</v>
+        <v>68</v>
       </c>
       <c r="G79" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H79" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I79" s="6">
-        <v>0.189</v>
+        <v>16</v>
       </c>
       <c r="J79" s="10" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="K79" s="6" t="s">
-        <v>170</v>
+        <v>312</v>
       </c>
       <c r="L79" s="10" t="s">
-        <v>168</v>
+        <v>68</v>
       </c>
       <c r="M79" s="6" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O79" s="6"/>
+      <c r="O79" s="6">
+        <v>11651.56</v>
+      </c>
       <c r="P79" s="6"/>
     </row>
-    <row r="80" spans="1:16" customHeight="1" ht="65">
+    <row r="80" spans="1:16">
       <c r="A80" s="6" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="B80" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C80" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D80" s="6">
         <v>0</v>
       </c>
-      <c r="E80" s="6">
-        <v>93417104</v>
+      <c r="E80" s="6" t="s">
+        <v>315</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
       <c r="G80" s="10" t="s">
-        <v>23</v>
+        <v>234</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I80" s="6">
-        <v>0.189</v>
+        <v>0.69</v>
       </c>
       <c r="J80" s="10" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="K80" s="6" t="s">
-        <v>170</v>
+        <v>236</v>
       </c>
       <c r="L80" s="10" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
       <c r="M80" s="6" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O80" s="6"/>
+      <c r="O80" s="6">
+        <v>576.01</v>
+      </c>
       <c r="P80" s="6"/>
     </row>
-    <row r="81" spans="1:16">
+    <row r="81" spans="1:16" customHeight="1" ht="65">
       <c r="A81" s="6" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B81" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C81" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D81" s="6">
         <v>0</v>
       </c>
       <c r="E81" s="6" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="F81" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I81" s="6">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="J81" s="10" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="K81" s="6" t="s">
-        <v>325</v>
+        <v>111</v>
       </c>
       <c r="L81" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M81" s="6" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O81" s="6">
-        <v>11651.57</v>
+        <v>32169.2</v>
       </c>
       <c r="P81" s="6"/>
     </row>
-    <row r="82" spans="1:16">
+    <row r="82" spans="1:16" customHeight="1" ht="65">
       <c r="A82" s="6" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B82" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C82" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D82" s="6">
         <v>0</v>
       </c>
       <c r="E82" s="6" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G82" s="10" t="s">
-        <v>247</v>
+        <v>63</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I82" s="6">
-        <v>0.69</v>
+        <v>0.46</v>
       </c>
       <c r="J82" s="10" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="K82" s="6" t="s">
-        <v>249</v>
+        <v>65</v>
       </c>
       <c r="L82" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M82" s="6" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O82" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O82" s="6"/>
       <c r="P82" s="6"/>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="65">
       <c r="A83" s="6" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="B83" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C83" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="6" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>333</v>
+        <v>115</v>
       </c>
       <c r="G83" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I83" s="6">
-        <v>3</v>
+        <v>0.235</v>
       </c>
       <c r="J83" s="10" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="K83" s="6" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
       <c r="L83" s="10" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="M83" s="6" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O83" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O83" s="6"/>
       <c r="P83" s="6"/>
     </row>
     <row r="84" spans="1:16" customHeight="1" ht="65">
       <c r="A84" s="6" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B84" s="6">
         <v>0</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="6" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="G84" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I84" s="6">
-        <v>0.46</v>
+        <v>12</v>
       </c>
       <c r="J84" s="10" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="K84" s="6" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L84" s="10" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="M84" s="6" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O84" s="6"/>
       <c r="P84" s="6"/>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="65">
       <c r="A85" s="6" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="B85" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C85" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D85" s="6">
         <v>0</v>
       </c>
       <c r="E85" s="6" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>115</v>
+        <v>56</v>
       </c>
       <c r="G85" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I85" s="6">
-        <v>0.235</v>
+        <v>12</v>
       </c>
       <c r="J85" s="10" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="K85" s="6" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L85" s="10" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="M85" s="6" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O85" s="6"/>
+      <c r="O85" s="6">
+        <v>4390.02</v>
+      </c>
       <c r="P85" s="6"/>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="65">
       <c r="A86" s="6" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="B86" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C86" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
       <c r="E86" s="6" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I86" s="6">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="J86" s="10" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="K86" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L86" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M86" s="6" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O86" s="6">
-        <v>3649.94</v>
+        <v>4608.68</v>
       </c>
       <c r="P86" s="6"/>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="65">
       <c r="A87" s="6" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="B87" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C87" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D87" s="6">
         <v>0</v>
       </c>
       <c r="E87" s="6" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="G87" s="10" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I87" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J87" s="10" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="K87" s="6" t="s">
-        <v>42</v>
+        <v>345</v>
       </c>
       <c r="L87" s="10" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="M87" s="6" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O87" s="6"/>
+      <c r="O87" s="6">
+        <v>21746.22</v>
+      </c>
       <c r="P87" s="6"/>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="65">
       <c r="A88" s="6" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="B88" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C88" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D88" s="6">
         <v>0</v>
       </c>
-      <c r="E88" s="6" t="s">
-        <v>353</v>
+      <c r="E88" s="6">
+        <v>432106021</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I88" s="6">
-        <v>11</v>
+        <v>1.04</v>
       </c>
       <c r="J88" s="10" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="K88" s="6" t="s">
-        <v>42</v>
+        <v>138</v>
       </c>
       <c r="L88" s="10" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="M88" s="6" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O88" s="6">
-        <v>4608.68</v>
+        <v>789.48</v>
       </c>
       <c r="P88" s="6"/>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="65">
       <c r="A89" s="6" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="B89" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C89" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D89" s="6">
         <v>0</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I89" s="6">
-        <v>0</v>
+        <v>7.22</v>
       </c>
       <c r="J89" s="10" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="K89" s="6" t="s">
-        <v>359</v>
+        <v>65</v>
       </c>
       <c r="L89" s="10" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="M89" s="6" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O89" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O89" s="6"/>
       <c r="P89" s="6"/>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="65">
       <c r="A90" s="6" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="B90" s="6">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C90" s="6">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="D90" s="6">
         <v>0</v>
       </c>
-      <c r="E90" s="6">
-        <v>432106021</v>
+      <c r="E90" s="6" t="s">
+        <v>355</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="G90" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H90" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I90" s="6">
-        <v>1.04</v>
+        <v>7.47</v>
       </c>
       <c r="J90" s="10" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="K90" s="6" t="s">
-        <v>138</v>
+        <v>65</v>
       </c>
       <c r="L90" s="10" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="M90" s="6" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O90" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O90" s="6"/>
       <c r="P90" s="6"/>
     </row>
     <row r="91" spans="1:16" customHeight="1" ht="65">
       <c r="A91" s="6" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="B91" s="6">
         <v>0</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6">
         <v>0</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="F91" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I91" s="6">
-        <v>7.22</v>
+        <v>3.665</v>
       </c>
       <c r="J91" s="10" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="K91" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L91" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M91" s="6" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O91" s="6"/>
       <c r="P91" s="6"/>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="65">
       <c r="A92" s="6" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="B92" s="6">
         <v>0</v>
       </c>
       <c r="C92" s="6">
         <v>0</v>
       </c>
       <c r="D92" s="6">
         <v>0</v>
       </c>
       <c r="E92" s="6" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="F92" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I92" s="6">
-        <v>7.47</v>
+        <v>3.695</v>
       </c>
       <c r="J92" s="10" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="K92" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L92" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M92" s="6" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O92" s="6"/>
       <c r="P92" s="6"/>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="65">
       <c r="A93" s="6" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="B93" s="6">
         <v>0</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6">
         <v>0</v>
       </c>
       <c r="E93" s="6" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="G93" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I93" s="6">
-        <v>3.665</v>
+        <v>0.5</v>
       </c>
       <c r="J93" s="10" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="K93" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L93" s="10" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="M93" s="6" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O93" s="6"/>
       <c r="P93" s="6"/>
     </row>
     <row r="94" spans="1:16" customHeight="1" ht="65">
       <c r="A94" s="6" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="B94" s="6">
         <v>0</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6">
         <v>0</v>
       </c>
       <c r="E94" s="6" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I94" s="6">
-        <v>3.695</v>
+        <v>0.845</v>
       </c>
       <c r="J94" s="10" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L94" s="10" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="M94" s="6" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O94" s="6"/>
       <c r="P94" s="6"/>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="65">
       <c r="A95" s="6" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="B95" s="6">
         <v>0</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6">
         <v>0</v>
       </c>
       <c r="E95" s="6" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="F95" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I95" s="6">
-        <v>0.5</v>
+        <v>0.42</v>
       </c>
       <c r="J95" s="10" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L95" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M95" s="6" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O95" s="6"/>
       <c r="P95" s="6"/>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="65">
       <c r="A96" s="6" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="B96" s="6">
         <v>0</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6">
         <v>0</v>
       </c>
       <c r="E96" s="6" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="F96" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I96" s="6">
-        <v>0.845</v>
+        <v>0.53</v>
       </c>
       <c r="J96" s="10" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L96" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M96" s="6" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O96" s="6"/>
       <c r="P96" s="6"/>
     </row>
     <row r="97" spans="1:16" customHeight="1" ht="65">
       <c r="A97" s="6" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="B97" s="6">
         <v>0</v>
       </c>
       <c r="C97" s="6">
         <v>0</v>
       </c>
       <c r="D97" s="6">
         <v>0</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="F97" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I97" s="6">
-        <v>0.42</v>
+        <v>0.595</v>
       </c>
       <c r="J97" s="10" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L97" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M97" s="6" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O97" s="6"/>
       <c r="P97" s="6"/>
     </row>
     <row r="98" spans="1:16" customHeight="1" ht="65">
       <c r="A98" s="6" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="B98" s="6">
         <v>0</v>
       </c>
       <c r="C98" s="6">
         <v>0</v>
       </c>
       <c r="D98" s="6">
         <v>0</v>
       </c>
       <c r="E98" s="6" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="F98" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I98" s="6">
-        <v>0.53</v>
+        <v>0.595</v>
       </c>
       <c r="J98" s="10" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L98" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M98" s="6" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O98" s="6"/>
       <c r="P98" s="6"/>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="65">
       <c r="A99" s="6" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="B99" s="6">
         <v>0</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6">
         <v>0</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="F99" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I99" s="6">
-        <v>0.595</v>
+        <v>0.47</v>
       </c>
       <c r="J99" s="10" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="K99" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L99" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M99" s="6" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="N99" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O99" s="6"/>
       <c r="P99" s="6"/>
     </row>
     <row r="100" spans="1:16" customHeight="1" ht="65">
       <c r="A100" s="6" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="B100" s="6">
         <v>0</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6">
         <v>0</v>
       </c>
       <c r="E100" s="6" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I100" s="6">
-        <v>0.595</v>
+        <v>0.25</v>
       </c>
       <c r="J100" s="10" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="K100" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L100" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M100" s="6" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="N100" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O100" s="6"/>
       <c r="P100" s="6"/>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="65">
       <c r="A101" s="6" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="B101" s="6">
         <v>0</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="F101" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I101" s="6">
-        <v>0.47</v>
+        <v>0.79</v>
       </c>
       <c r="J101" s="10" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="K101" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L101" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="N101" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O101" s="6"/>
       <c r="P101" s="6"/>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="65">
       <c r="A102" s="6" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="B102" s="6">
         <v>0</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6">
         <v>0</v>
       </c>
       <c r="E102" s="6" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="F102" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I102" s="6">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="J102" s="10" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="K102" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L102" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M102" s="6" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="N102" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O102" s="6"/>
       <c r="P102" s="6"/>
     </row>
     <row r="103" spans="1:16" customHeight="1" ht="65">
       <c r="A103" s="6" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="B103" s="6">
         <v>0</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6">
         <v>0</v>
       </c>
-      <c r="E103" s="6" t="s">
-        <v>413</v>
+      <c r="E103" s="6">
+        <v>93412147</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>75</v>
+        <v>161</v>
       </c>
       <c r="G103" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I103" s="6">
-        <v>0.79</v>
+        <v>0.222</v>
       </c>
       <c r="J103" s="10" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="K103" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L103" s="10" t="s">
-        <v>75</v>
+        <v>161</v>
       </c>
       <c r="M103" s="6" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="N103" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O103" s="6"/>
       <c r="P103" s="6"/>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="65">
       <c r="A104" s="6" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="B104" s="6">
         <v>0</v>
       </c>
       <c r="C104" s="6">
         <v>0</v>
       </c>
       <c r="D104" s="6">
         <v>0</v>
       </c>
-      <c r="E104" s="6" t="s">
-        <v>417</v>
+      <c r="E104" s="6">
+        <v>93412673</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>75</v>
+        <v>161</v>
       </c>
       <c r="G104" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I104" s="6">
-        <v>0</v>
+        <v>0.156</v>
       </c>
       <c r="J104" s="10" t="s">
-        <v>418</v>
+        <v>298</v>
       </c>
       <c r="K104" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L104" s="10" t="s">
-        <v>75</v>
+        <v>161</v>
       </c>
       <c r="M104" s="6" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="N104" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O104" s="6"/>
       <c r="P104" s="6"/>
     </row>
     <row r="105" spans="1:16" customHeight="1" ht="65">
       <c r="A105" s="6" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="B105" s="6">
         <v>0</v>
       </c>
       <c r="C105" s="6">
         <v>0</v>
       </c>
       <c r="D105" s="6">
         <v>0</v>
       </c>
       <c r="E105" s="6">
-        <v>93412147</v>
+        <v>93415896</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I105" s="6">
         <v>0.222</v>
       </c>
       <c r="J105" s="10" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
       <c r="K105" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L105" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M105" s="6" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
       <c r="N105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O105" s="6"/>
       <c r="P105" s="6"/>
     </row>
     <row r="106" spans="1:16" customHeight="1" ht="65">
       <c r="A106" s="6" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B106" s="6">
         <v>0</v>
       </c>
       <c r="C106" s="6">
         <v>0</v>
       </c>
       <c r="D106" s="6">
         <v>0</v>
       </c>
       <c r="E106" s="6">
-        <v>93412673</v>
+        <v>93412130</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I106" s="6">
-        <v>0.156</v>
+        <v>0.06</v>
       </c>
       <c r="J106" s="10" t="s">
-        <v>311</v>
+        <v>415</v>
       </c>
       <c r="K106" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L106" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M106" s="6" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="N106" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O106" s="6"/>
       <c r="P106" s="6"/>
     </row>
     <row r="107" spans="1:16" customHeight="1" ht="65">
       <c r="A107" s="6" t="s">
-        <v>425</v>
+        <v>417</v>
       </c>
       <c r="B107" s="6">
         <v>0</v>
       </c>
       <c r="C107" s="6">
         <v>0</v>
       </c>
       <c r="D107" s="6">
         <v>0</v>
       </c>
       <c r="E107" s="6">
-        <v>93415896</v>
+        <v>93412123</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I107" s="6">
-        <v>0.222</v>
+        <v>0.06</v>
       </c>
       <c r="J107" s="10" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="K107" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L107" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M107" s="6" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
       <c r="N107" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
     </row>
     <row r="108" spans="1:16" customHeight="1" ht="65">
       <c r="A108" s="6" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B108" s="6">
         <v>0</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6">
         <v>0</v>
       </c>
       <c r="E108" s="6">
-        <v>93412130</v>
+        <v>93411010</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I108" s="6">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
       <c r="J108" s="10" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="K108" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L108" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M108" s="6" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="N108" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O108" s="6"/>
       <c r="P108" s="6"/>
     </row>
     <row r="109" spans="1:16" customHeight="1" ht="65">
       <c r="A109" s="6" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="B109" s="6">
         <v>0</v>
       </c>
       <c r="C109" s="6">
         <v>0</v>
       </c>
       <c r="D109" s="6">
         <v>0</v>
       </c>
       <c r="E109" s="6">
-        <v>93412123</v>
+        <v>93411003</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I109" s="6">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
       <c r="J109" s="10" t="s">
-        <v>432</v>
+        <v>424</v>
       </c>
       <c r="K109" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L109" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M109" s="6" t="s">
-        <v>433</v>
+        <v>425</v>
       </c>
       <c r="N109" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O109" s="6"/>
       <c r="P109" s="6"/>
     </row>
     <row r="110" spans="1:16" customHeight="1" ht="65">
       <c r="A110" s="6" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="B110" s="6">
         <v>0</v>
       </c>
       <c r="C110" s="6">
         <v>0</v>
       </c>
       <c r="D110" s="6">
         <v>0</v>
       </c>
       <c r="E110" s="6">
-        <v>93411010</v>
+        <v>93725693</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I110" s="6">
-        <v>0.03</v>
+        <v>0.102</v>
       </c>
       <c r="J110" s="10" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="K110" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L110" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M110" s="6" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="N110" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O110" s="6"/>
       <c r="P110" s="6"/>
     </row>
     <row r="111" spans="1:16" customHeight="1" ht="65">
       <c r="A111" s="6" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="B111" s="6">
         <v>0</v>
       </c>
       <c r="C111" s="6">
         <v>0</v>
       </c>
       <c r="D111" s="6">
         <v>0</v>
       </c>
       <c r="E111" s="6">
-        <v>93411003</v>
+        <v>93725686</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I111" s="6">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="J111" s="10" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="K111" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L111" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M111" s="6" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="N111" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O111" s="6"/>
       <c r="P111" s="6"/>
     </row>
     <row r="112" spans="1:16" customHeight="1" ht="65">
       <c r="A112" s="6" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="B112" s="6">
         <v>0</v>
       </c>
       <c r="C112" s="6">
         <v>0</v>
       </c>
       <c r="D112" s="6">
         <v>0</v>
       </c>
-      <c r="E112" s="6">
-        <v>93725693</v>
+      <c r="E112" s="6" t="s">
+        <v>433</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>168</v>
+        <v>115</v>
       </c>
       <c r="G112" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I112" s="6">
-        <v>0.102</v>
+        <v>0</v>
       </c>
       <c r="J112" s="10" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="K112" s="6" t="s">
-        <v>170</v>
+        <v>65</v>
       </c>
       <c r="L112" s="10" t="s">
-        <v>168</v>
+        <v>115</v>
       </c>
       <c r="M112" s="6" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="N112" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O112" s="6"/>
       <c r="P112" s="6"/>
     </row>
-    <row r="113" spans="1:16" customHeight="1" ht="65">
+    <row r="113" spans="1:16">
       <c r="A113" s="6" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="B113" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="C113" s="6">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D113" s="6">
         <v>0</v>
       </c>
-      <c r="E113" s="6">
-        <v>93725686</v>
+      <c r="E113" s="6" t="s">
+        <v>437</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
       <c r="G113" s="10" t="s">
-        <v>23</v>
+        <v>234</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I113" s="6">
-        <v>0.04</v>
+        <v>0.67</v>
       </c>
       <c r="J113" s="10" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="K113" s="6" t="s">
-        <v>170</v>
+        <v>236</v>
       </c>
       <c r="L113" s="10" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
       <c r="M113" s="6" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="N113" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O113" s="6"/>
+      <c r="O113" s="6">
+        <v>576.01</v>
+      </c>
       <c r="P113" s="6"/>
     </row>
-    <row r="114" spans="1:16" customHeight="1" ht="65">
+    <row r="114" spans="1:16">
       <c r="A114" s="6" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="B114" s="6">
         <v>0</v>
       </c>
       <c r="C114" s="6">
         <v>0</v>
       </c>
       <c r="D114" s="6">
         <v>0</v>
       </c>
       <c r="E114" s="6" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G114" s="10" t="s">
-        <v>63</v>
+        <v>234</v>
       </c>
       <c r="H114" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I114" s="6">
         <v>0</v>
       </c>
       <c r="J114" s="10" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="K114" s="6" t="s">
-        <v>65</v>
+        <v>236</v>
       </c>
       <c r="L114" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M114" s="6" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="N114" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O114" s="6"/>
       <c r="P114" s="6"/>
     </row>
-    <row r="115" spans="1:16">
+    <row r="115" spans="1:16" customHeight="1" ht="65">
       <c r="A115" s="6" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="B115" s="6">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C115" s="6">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D115" s="6">
         <v>0</v>
       </c>
       <c r="E115" s="6" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G115" s="10" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="H115" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I115" s="6">
-        <v>0.67</v>
+        <v>10</v>
       </c>
       <c r="J115" s="10" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="K115" s="6" t="s">
-        <v>249</v>
+        <v>42</v>
       </c>
       <c r="L115" s="10" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="M115" s="6" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="N115" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O115" s="6">
-        <v>576.01</v>
+        <v>1597.9</v>
       </c>
       <c r="P115" s="6"/>
     </row>
-    <row r="116" spans="1:16">
+    <row r="116" spans="1:16" customHeight="1" ht="65">
       <c r="A116" s="6" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="B116" s="6">
         <v>0</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="G116" s="10" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="6">
-        <v>0</v>
+        <v>10.52</v>
       </c>
       <c r="J116" s="10" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="K116" s="6" t="s">
-        <v>249</v>
+        <v>345</v>
       </c>
       <c r="L116" s="10" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="M116" s="6" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="N116" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O116" s="6">
-        <v>4010.12</v>
+        <v>33669.54</v>
       </c>
       <c r="P116" s="6"/>
     </row>
     <row r="117" spans="1:16" customHeight="1" ht="65">
       <c r="A117" s="6" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="B117" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C117" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D117" s="6">
         <v>0</v>
       </c>
       <c r="E117" s="6" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="G117" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I117" s="6">
-        <v>10</v>
+        <v>0.717</v>
       </c>
       <c r="J117" s="10" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="K117" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L117" s="10" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="M117" s="6" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="N117" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O117" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O117" s="6"/>
       <c r="P117" s="6"/>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="65">
       <c r="A118" s="6" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="B118" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C118" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D118" s="6">
         <v>0</v>
       </c>
       <c r="E118" s="6" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="6">
-        <v>10.52</v>
+        <v>4.5</v>
       </c>
       <c r="J118" s="10" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="K118" s="6" t="s">
-        <v>359</v>
+        <v>71</v>
       </c>
       <c r="L118" s="10" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="M118" s="6" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="N118" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O118" s="6">
-        <v>33669.54</v>
+        <v>19197.73</v>
       </c>
       <c r="P118" s="6"/>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" s="6" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="B119" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C119" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D119" s="6">
         <v>0</v>
       </c>
       <c r="E119" s="6" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G119" s="10" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I119" s="6">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="J119" s="10" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="K119" s="6" t="s">
-        <v>249</v>
+        <v>463</v>
       </c>
       <c r="L119" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M119" s="6" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="N119" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O119" s="6">
-        <v>576.01</v>
+        <v>1782.44</v>
       </c>
       <c r="P119" s="6"/>
     </row>
     <row r="120" spans="1:16" customHeight="1" ht="65">
       <c r="A120" s="6" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="B120" s="6">
         <v>0</v>
       </c>
       <c r="C120" s="6">
         <v>0</v>
       </c>
       <c r="D120" s="6">
         <v>0</v>
       </c>
       <c r="E120" s="6" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="F120" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H120" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I120" s="6">
-        <v>0.717</v>
+        <v>2.395</v>
       </c>
       <c r="J120" s="10" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="K120" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L120" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M120" s="6" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="N120" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O120" s="6"/>
       <c r="P120" s="6"/>
     </row>
     <row r="121" spans="1:16" customHeight="1" ht="65">
       <c r="A121" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="B121" s="6">
+        <v>0</v>
+      </c>
+      <c r="C121" s="6">
+        <v>0</v>
+      </c>
+      <c r="D121" s="6">
+        <v>0</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="F121" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G121" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I121" s="6">
+        <v>1.195</v>
+      </c>
+      <c r="J121" s="10" t="s">
+        <v>471</v>
+      </c>
+      <c r="K121" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L121" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M121" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="N121" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O121" s="6"/>
+      <c r="P121" s="6"/>
+    </row>
+    <row r="122" spans="1:16" customHeight="1" ht="65">
+      <c r="A122" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B122" s="6">
+        <v>0</v>
+      </c>
+      <c r="C122" s="6">
+        <v>0</v>
+      </c>
+      <c r="D122" s="6">
+        <v>0</v>
+      </c>
+      <c r="E122" s="6" t="s">
         <v>474</v>
       </c>
-      <c r="B121" s="6">
-[...8 lines deleted...]
-      <c r="E121" s="6" t="s">
+      <c r="F122" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G122" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I122" s="6">
+        <v>1.09</v>
+      </c>
+      <c r="J122" s="10" t="s">
         <v>475</v>
       </c>
-      <c r="F121" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J121" s="10" t="s">
+      <c r="K122" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L122" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M122" s="6" t="s">
         <v>476</v>
       </c>
-      <c r="K121" s="6" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="N122" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O122" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O122" s="6"/>
       <c r="P122" s="6"/>
     </row>
     <row r="123" spans="1:16" customHeight="1" ht="65">
       <c r="A123" s="6" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="B123" s="6">
         <v>0</v>
       </c>
       <c r="C123" s="6">
         <v>0</v>
       </c>
       <c r="D123" s="6">
         <v>0</v>
       </c>
       <c r="E123" s="6" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="F123" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G123" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I123" s="6">
-        <v>2.395</v>
+        <v>0</v>
       </c>
       <c r="J123" s="10" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="K123" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L123" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M123" s="6" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="N123" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O123" s="6"/>
       <c r="P123" s="6"/>
     </row>
     <row r="124" spans="1:16" customHeight="1" ht="65">
       <c r="A124" s="6" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="B124" s="6">
         <v>0</v>
       </c>
       <c r="C124" s="6">
         <v>0</v>
       </c>
       <c r="D124" s="6">
         <v>0</v>
       </c>
       <c r="E124" s="6" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="F124" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I124" s="6">
-        <v>1.195</v>
+        <v>2.36</v>
       </c>
       <c r="J124" s="10" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="K124" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L124" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M124" s="6" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O124" s="6"/>
       <c r="P124" s="6"/>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="65">
       <c r="A125" s="6" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="B125" s="6">
         <v>0</v>
       </c>
       <c r="C125" s="6">
         <v>0</v>
       </c>
       <c r="D125" s="6">
         <v>0</v>
       </c>
       <c r="E125" s="6" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="F125" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H125" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I125" s="6">
-        <v>1.09</v>
+        <v>0.95</v>
       </c>
       <c r="J125" s="10" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="K125" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L125" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M125" s="6" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="N125" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O125" s="6"/>
       <c r="P125" s="6"/>
     </row>
     <row r="126" spans="1:16" customHeight="1" ht="65">
       <c r="A126" s="6" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="B126" s="6">
         <v>0</v>
       </c>
       <c r="C126" s="6">
         <v>0</v>
       </c>
       <c r="D126" s="6">
         <v>0</v>
       </c>
       <c r="E126" s="6" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="F126" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G126" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I126" s="6">
-        <v>0</v>
+        <v>0.95</v>
       </c>
       <c r="J126" s="10" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="K126" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L126" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M126" s="6" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="N126" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O126" s="6"/>
       <c r="P126" s="6"/>
     </row>
     <row r="127" spans="1:16" customHeight="1" ht="65">
       <c r="A127" s="6" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="B127" s="6">
         <v>0</v>
       </c>
       <c r="C127" s="6">
         <v>0</v>
       </c>
       <c r="D127" s="6">
         <v>0</v>
       </c>
       <c r="E127" s="6" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="F127" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G127" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I127" s="6">
-        <v>2.36</v>
+        <v>0</v>
       </c>
       <c r="J127" s="10" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="K127" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L127" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M127" s="6" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="N127" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O127" s="6"/>
       <c r="P127" s="6"/>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="65">
       <c r="A128" s="6" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="B128" s="6">
         <v>0</v>
       </c>
       <c r="C128" s="6">
         <v>0</v>
       </c>
       <c r="D128" s="6">
         <v>0</v>
       </c>
       <c r="E128" s="6" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="F128" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H128" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I128" s="6">
-        <v>0.95</v>
+        <v>0.295</v>
       </c>
       <c r="J128" s="10" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="K128" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L128" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M128" s="6" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="N128" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O128" s="6"/>
       <c r="P128" s="6"/>
     </row>
     <row r="129" spans="1:16" customHeight="1" ht="65">
       <c r="A129" s="6" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="B129" s="6">
         <v>0</v>
       </c>
       <c r="C129" s="6">
         <v>0</v>
       </c>
       <c r="D129" s="6">
         <v>0</v>
       </c>
       <c r="E129" s="6" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="F129" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I129" s="6">
-        <v>0.95</v>
+        <v>1.12</v>
       </c>
       <c r="J129" s="10" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="K129" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L129" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M129" s="6" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="N129" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O129" s="6"/>
       <c r="P129" s="6"/>
     </row>
     <row r="130" spans="1:16" customHeight="1" ht="65">
       <c r="A130" s="6" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="B130" s="6">
         <v>0</v>
       </c>
       <c r="C130" s="6">
         <v>0</v>
       </c>
       <c r="D130" s="6">
         <v>0</v>
       </c>
       <c r="E130" s="6" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="F130" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H130" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I130" s="6">
-        <v>0</v>
+        <v>1.12</v>
       </c>
       <c r="J130" s="10" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="K130" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L130" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M130" s="6" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="N130" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O130" s="6"/>
       <c r="P130" s="6"/>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="65">
       <c r="A131" s="6" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="B131" s="6">
         <v>0</v>
       </c>
       <c r="C131" s="6">
         <v>0</v>
       </c>
       <c r="D131" s="6">
         <v>0</v>
       </c>
       <c r="E131" s="6" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I131" s="6">
-        <v>0.295</v>
+        <v>1.465</v>
       </c>
       <c r="J131" s="10" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="K131" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L131" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M131" s="6" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="N131" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O131" s="6"/>
       <c r="P131" s="6"/>
     </row>
     <row r="132" spans="1:16" customHeight="1" ht="65">
       <c r="A132" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="B132" s="6">
+        <v>1</v>
+      </c>
+      <c r="C132" s="6">
+        <v>1</v>
+      </c>
+      <c r="D132" s="6">
+        <v>0</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="F132" s="9" t="s">
+        <v>515</v>
+      </c>
+      <c r="G132" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="H132" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I132" s="6">
+        <v>1.25</v>
+      </c>
+      <c r="J132" s="10" t="s">
+        <v>517</v>
+      </c>
+      <c r="K132" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="L132" s="10" t="s">
+        <v>515</v>
+      </c>
+      <c r="M132" s="6" t="s">
         <v>519</v>
       </c>
-      <c r="B132" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N132" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O132" s="6"/>
+      <c r="O132" s="6">
+        <v>7628.29</v>
+      </c>
       <c r="P132" s="6"/>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="65">
       <c r="A133" s="6" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="B133" s="6">
         <v>0</v>
       </c>
       <c r="C133" s="6">
         <v>0</v>
       </c>
       <c r="D133" s="6">
         <v>0</v>
       </c>
-      <c r="E133" s="6" t="s">
-        <v>524</v>
+      <c r="E133" s="6">
+        <v>93415216</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="G133" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H133" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I133" s="6">
-        <v>1.12</v>
+        <v>0.04</v>
       </c>
       <c r="J133" s="10" t="s">
-        <v>525</v>
+        <v>430</v>
       </c>
       <c r="K133" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L133" s="10" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="M133" s="6" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="N133" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O133" s="6"/>
       <c r="P133" s="6"/>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="65">
       <c r="A134" s="6" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="B134" s="6">
         <v>0</v>
       </c>
       <c r="C134" s="6">
         <v>0</v>
       </c>
       <c r="D134" s="6">
         <v>0</v>
       </c>
-      <c r="E134" s="6" t="s">
-        <v>528</v>
+      <c r="E134" s="6">
+        <v>93415223</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="G134" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I134" s="6">
-        <v>1.465</v>
+        <v>0.02</v>
       </c>
       <c r="J134" s="10" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="K134" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L134" s="10" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="M134" s="6" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="N134" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O134" s="6"/>
       <c r="P134" s="6"/>
     </row>
     <row r="135" spans="1:16" customHeight="1" ht="65">
       <c r="A135" s="6" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="B135" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C135" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D135" s="6">
         <v>0</v>
       </c>
-      <c r="E135" s="6" t="s">
-        <v>532</v>
+      <c r="E135" s="6">
+        <v>93415230</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>533</v>
+        <v>161</v>
       </c>
       <c r="G135" s="10" t="s">
-        <v>534</v>
+        <v>23</v>
       </c>
       <c r="H135" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I135" s="6">
-        <v>1.25</v>
+        <v>0.02</v>
       </c>
       <c r="J135" s="10" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="K135" s="6" t="s">
-        <v>536</v>
+        <v>163</v>
       </c>
       <c r="L135" s="10" t="s">
-        <v>533</v>
+        <v>161</v>
       </c>
       <c r="M135" s="6" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="N135" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O135" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O135" s="6"/>
       <c r="P135" s="6"/>
     </row>
     <row r="136" spans="1:16" customHeight="1" ht="65">
       <c r="A136" s="6" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="B136" s="6">
         <v>0</v>
       </c>
       <c r="C136" s="6">
         <v>0</v>
       </c>
       <c r="D136" s="6">
         <v>0</v>
       </c>
       <c r="E136" s="6">
-        <v>93415216</v>
+        <v>93725662</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>168</v>
+        <v>68</v>
       </c>
       <c r="G136" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I136" s="6">
-        <v>0.04</v>
+        <v>0.247</v>
       </c>
       <c r="J136" s="10" t="s">
-        <v>444</v>
+        <v>529</v>
       </c>
       <c r="K136" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L136" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M136" s="6" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="N136" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O136" s="6"/>
       <c r="P136" s="6"/>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="65">
       <c r="A137" s="6" t="s">
-        <v>540</v>
+        <v>531</v>
       </c>
       <c r="B137" s="6">
         <v>0</v>
       </c>
       <c r="C137" s="6">
         <v>0</v>
       </c>
       <c r="D137" s="6">
         <v>0</v>
       </c>
       <c r="E137" s="6">
-        <v>93415223</v>
+        <v>93417128</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G137" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H137" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I137" s="6">
-        <v>0.02</v>
+        <v>0.247</v>
       </c>
       <c r="J137" s="10" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="K137" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L137" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M137" s="6" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
       <c r="N137" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O137" s="6"/>
       <c r="P137" s="6"/>
     </row>
     <row r="138" spans="1:16" customHeight="1" ht="65">
       <c r="A138" s="6" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="B138" s="6">
         <v>0</v>
       </c>
       <c r="C138" s="6">
         <v>0</v>
       </c>
       <c r="D138" s="6">
         <v>0</v>
       </c>
       <c r="E138" s="6">
-        <v>93415230</v>
+        <v>93412161</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G138" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I138" s="6">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
       <c r="J138" s="10" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="K138" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L138" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M138" s="6" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="N138" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O138" s="6"/>
       <c r="P138" s="6"/>
     </row>
     <row r="139" spans="1:16" customHeight="1" ht="65">
       <c r="A139" s="6" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="B139" s="6">
         <v>0</v>
       </c>
       <c r="C139" s="6">
         <v>0</v>
       </c>
       <c r="D139" s="6">
         <v>0</v>
       </c>
       <c r="E139" s="6">
-        <v>93725662</v>
+        <v>93415674</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>68</v>
+        <v>161</v>
       </c>
       <c r="G139" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I139" s="6">
-        <v>0.247</v>
+        <v>0.15</v>
       </c>
       <c r="J139" s="10" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L139" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M139" s="6" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="N139" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O139" s="6"/>
       <c r="P139" s="6"/>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="65">
       <c r="A140" s="6" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="B140" s="6">
         <v>0</v>
       </c>
       <c r="C140" s="6">
         <v>0</v>
       </c>
       <c r="D140" s="6">
         <v>0</v>
       </c>
       <c r="E140" s="6">
-        <v>93417128</v>
+        <v>93415650</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H140" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I140" s="6">
-        <v>0.247</v>
+        <v>0.28</v>
       </c>
       <c r="J140" s="10" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="K140" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L140" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M140" s="6" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="N140" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O140" s="6"/>
       <c r="P140" s="6"/>
     </row>
     <row r="141" spans="1:16" customHeight="1" ht="65">
       <c r="A141" s="6" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="B141" s="6">
         <v>0</v>
       </c>
       <c r="C141" s="6">
         <v>0</v>
       </c>
       <c r="D141" s="6">
         <v>0</v>
       </c>
       <c r="E141" s="6">
-        <v>93412161</v>
+        <v>93411041</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H141" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I141" s="6">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="J141" s="10" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="K141" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L141" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M141" s="6" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="N141" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O141" s="6"/>
       <c r="P141" s="6"/>
     </row>
     <row r="142" spans="1:16" customHeight="1" ht="65">
       <c r="A142" s="6" t="s">
-        <v>555</v>
+        <v>546</v>
       </c>
       <c r="B142" s="6">
         <v>0</v>
       </c>
       <c r="C142" s="6">
         <v>0</v>
       </c>
       <c r="D142" s="6">
         <v>0</v>
       </c>
-      <c r="E142" s="6">
-        <v>93415674</v>
+      <c r="E142" s="6" t="s">
+        <v>547</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>168</v>
+        <v>68</v>
       </c>
       <c r="G142" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H142" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I142" s="6">
-        <v>0.15</v>
+        <v>5</v>
       </c>
       <c r="J142" s="10" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="K142" s="6" t="s">
-        <v>170</v>
+        <v>111</v>
       </c>
       <c r="L142" s="10" t="s">
-        <v>168</v>
+        <v>68</v>
       </c>
       <c r="M142" s="6" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="N142" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O142" s="6"/>
+      <c r="O142" s="6">
+        <v>20291.6</v>
+      </c>
       <c r="P142" s="6"/>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="65">
       <c r="A143" s="6" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="B143" s="6">
         <v>0</v>
       </c>
       <c r="C143" s="6">
         <v>0</v>
       </c>
       <c r="D143" s="6">
         <v>0</v>
       </c>
-      <c r="E143" s="6">
-        <v>93415650</v>
+      <c r="E143" s="6" t="s">
+        <v>551</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>168</v>
+        <v>47</v>
       </c>
       <c r="G143" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H143" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I143" s="6">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="J143" s="10" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="K143" s="6" t="s">
-        <v>170</v>
+        <v>49</v>
       </c>
       <c r="L143" s="10" t="s">
-        <v>168</v>
+        <v>47</v>
       </c>
       <c r="M143" s="6" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="N143" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O143" s="6"/>
+      <c r="O143" s="6">
+        <v>21870.64</v>
+      </c>
       <c r="P143" s="6"/>
     </row>
     <row r="144" spans="1:16" customHeight="1" ht="65">
       <c r="A144" s="6" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="B144" s="6">
         <v>0</v>
       </c>
       <c r="C144" s="6">
         <v>0</v>
       </c>
       <c r="D144" s="6">
         <v>0</v>
       </c>
-      <c r="E144" s="6">
-        <v>93411041</v>
+      <c r="E144" s="6" t="s">
+        <v>555</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>168</v>
+        <v>62</v>
       </c>
       <c r="G144" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I144" s="6">
-        <v>0.08</v>
+        <v>3.6</v>
       </c>
       <c r="J144" s="10" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="K144" s="6" t="s">
-        <v>170</v>
+        <v>65</v>
       </c>
       <c r="L144" s="10" t="s">
-        <v>168</v>
+        <v>62</v>
       </c>
       <c r="M144" s="6" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="N144" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O144" s="6"/>
       <c r="P144" s="6"/>
     </row>
     <row r="145" spans="1:16" customHeight="1" ht="65">
       <c r="A145" s="6" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="B145" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C145" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D145" s="6">
         <v>0</v>
       </c>
       <c r="E145" s="6" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H145" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I145" s="6">
         <v>24</v>
       </c>
-      <c r="I145" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="J145" s="10" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
       <c r="K145" s="6" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="L145" s="10" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="M145" s="6" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="N145" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O145" s="6">
-        <v>18677.53</v>
+        <v>25605.2</v>
       </c>
       <c r="P145" s="6"/>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="65">
       <c r="A146" s="6" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="B146" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C146" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D146" s="6">
         <v>0</v>
       </c>
       <c r="E146" s="6" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>47</v>
+        <v>120</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="6">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="J146" s="10" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="K146" s="6" t="s">
-        <v>49</v>
+        <v>106</v>
       </c>
       <c r="L146" s="10" t="s">
-        <v>47</v>
+        <v>120</v>
       </c>
       <c r="M146" s="6" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="N146" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O146" s="6">
-        <v>22308.04</v>
+        <v>45849</v>
       </c>
       <c r="P146" s="6"/>
     </row>
     <row r="147" spans="1:16" customHeight="1" ht="65">
       <c r="A147" s="6" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="B147" s="6">
         <v>0</v>
       </c>
       <c r="C147" s="6">
         <v>0</v>
       </c>
       <c r="D147" s="6">
         <v>0</v>
       </c>
       <c r="E147" s="6" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="G147" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H147" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I147" s="6">
-        <v>3.6</v>
+        <v>0</v>
       </c>
       <c r="J147" s="10" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="K147" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L147" s="10" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="M147" s="6" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="N147" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O147" s="6"/>
       <c r="P147" s="6"/>
     </row>
     <row r="148" spans="1:16" customHeight="1" ht="65">
       <c r="A148" s="6" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="B148" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C148" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D148" s="6">
         <v>0</v>
       </c>
       <c r="E148" s="6" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="G148" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H148" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I148" s="6">
-        <v>24</v>
+        <v>6.245</v>
       </c>
       <c r="J148" s="10" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="K148" s="6" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="L148" s="10" t="s">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="M148" s="6" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O148" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O148" s="6"/>
       <c r="P148" s="6"/>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="65">
       <c r="A149" s="6" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="B149" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C149" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D149" s="6">
         <v>0</v>
       </c>
       <c r="E149" s="6" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="G149" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H149" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I149" s="6">
-        <v>32</v>
+        <v>6.515</v>
       </c>
       <c r="J149" s="10" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="K149" s="6" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="L149" s="10" t="s">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="M149" s="6" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="N149" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O149" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O149" s="6"/>
       <c r="P149" s="6"/>
     </row>
     <row r="150" spans="1:16" customHeight="1" ht="65">
       <c r="A150" s="6" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="B150" s="6">
         <v>0</v>
       </c>
       <c r="C150" s="6">
         <v>0</v>
       </c>
       <c r="D150" s="6">
         <v>0</v>
       </c>
       <c r="E150" s="6" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="F150" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G150" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I150" s="6">
-        <v>0</v>
+        <v>7.765</v>
       </c>
       <c r="J150" s="10" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="K150" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M150" s="6" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="N150" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O150" s="6"/>
       <c r="P150" s="6"/>
     </row>
     <row r="151" spans="1:16" customHeight="1" ht="65">
       <c r="A151" s="6" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="B151" s="6">
         <v>0</v>
       </c>
       <c r="C151" s="6">
         <v>0</v>
       </c>
       <c r="D151" s="6">
         <v>0</v>
       </c>
       <c r="E151" s="6" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="F151" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G151" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H151" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I151" s="6">
-        <v>6.245</v>
+        <v>0.66</v>
       </c>
       <c r="J151" s="10" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="K151" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M151" s="6" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="N151" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O151" s="6"/>
       <c r="P151" s="6"/>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="65">
       <c r="A152" s="6" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="B152" s="6">
         <v>0</v>
       </c>
       <c r="C152" s="6">
         <v>0</v>
       </c>
       <c r="D152" s="6">
         <v>0</v>
       </c>
       <c r="E152" s="6" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>22</v>
+        <v>588</v>
       </c>
       <c r="G152" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I152" s="6">
-        <v>6.515</v>
+        <v>0</v>
       </c>
       <c r="J152" s="10" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="K152" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L152" s="10" t="s">
-        <v>22</v>
+        <v>588</v>
       </c>
       <c r="M152" s="6" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="N152" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O152" s="6"/>
       <c r="P152" s="6"/>
     </row>
     <row r="153" spans="1:16" customHeight="1" ht="65">
       <c r="A153" s="6" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="B153" s="6">
         <v>0</v>
       </c>
       <c r="C153" s="6">
         <v>0</v>
       </c>
       <c r="D153" s="6">
         <v>0</v>
       </c>
       <c r="E153" s="6" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>22</v>
+        <v>588</v>
       </c>
       <c r="G153" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H153" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I153" s="6">
-        <v>7.765</v>
+        <v>0</v>
       </c>
       <c r="J153" s="10" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="K153" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L153" s="10" t="s">
-        <v>22</v>
+        <v>588</v>
       </c>
       <c r="M153" s="6" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="N153" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O153" s="6"/>
       <c r="P153" s="6"/>
     </row>
     <row r="154" spans="1:16" customHeight="1" ht="65">
       <c r="A154" s="6" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="B154" s="6">
         <v>0</v>
       </c>
       <c r="C154" s="6">
         <v>0</v>
       </c>
       <c r="D154" s="6">
         <v>0</v>
       </c>
       <c r="E154" s="6" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>22</v>
+        <v>588</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I154" s="6">
-        <v>0.66</v>
+        <v>0</v>
       </c>
       <c r="J154" s="10" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="K154" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L154" s="10" t="s">
-        <v>22</v>
+        <v>588</v>
       </c>
       <c r="M154" s="6" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="N154" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O154" s="6"/>
       <c r="P154" s="6"/>
     </row>
     <row r="155" spans="1:16" customHeight="1" ht="65">
       <c r="A155" s="6" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="B155" s="6">
         <v>0</v>
       </c>
       <c r="C155" s="6">
         <v>0</v>
       </c>
       <c r="D155" s="6">
         <v>0</v>
       </c>
-      <c r="E155" s="6" t="s">
-        <v>605</v>
+      <c r="E155" s="6">
+        <v>93412192</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>214</v>
+        <v>161</v>
       </c>
       <c r="G155" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H155" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I155" s="6">
-        <v>0</v>
+        <v>0.28</v>
       </c>
       <c r="J155" s="10" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="K155" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L155" s="10" t="s">
-        <v>214</v>
+        <v>161</v>
       </c>
       <c r="M155" s="6" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="N155" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O155" s="6"/>
       <c r="P155" s="6"/>
     </row>
     <row r="156" spans="1:16" customHeight="1" ht="65">
       <c r="A156" s="6" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="B156" s="6">
         <v>0</v>
       </c>
       <c r="C156" s="6">
         <v>0</v>
       </c>
       <c r="D156" s="6">
         <v>0</v>
       </c>
-      <c r="E156" s="6" t="s">
-        <v>609</v>
+      <c r="E156" s="6">
+        <v>93412178</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>214</v>
+        <v>161</v>
       </c>
       <c r="G156" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H156" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I156" s="6">
-        <v>0</v>
+        <v>0.14</v>
       </c>
       <c r="J156" s="10" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="K156" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L156" s="10" t="s">
-        <v>214</v>
+        <v>161</v>
       </c>
       <c r="M156" s="6" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="N156" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O156" s="6"/>
       <c r="P156" s="6"/>
     </row>
     <row r="157" spans="1:16" customHeight="1" ht="65">
       <c r="A157" s="6" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="B157" s="6">
         <v>0</v>
       </c>
       <c r="C157" s="6">
         <v>0</v>
       </c>
       <c r="D157" s="6">
         <v>0</v>
       </c>
-      <c r="E157" s="6" t="s">
-        <v>613</v>
+      <c r="E157" s="6">
+        <v>93412185</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>214</v>
+        <v>161</v>
       </c>
       <c r="G157" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H157" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I157" s="6">
-        <v>0</v>
+        <v>0.168</v>
       </c>
       <c r="J157" s="10" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
       <c r="K157" s="6" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="L157" s="10" t="s">
-        <v>214</v>
+        <v>161</v>
       </c>
       <c r="M157" s="6" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="N157" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O157" s="6"/>
       <c r="P157" s="6"/>
     </row>
     <row r="158" spans="1:16" customHeight="1" ht="65">
       <c r="A158" s="6" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="B158" s="6">
         <v>0</v>
       </c>
       <c r="C158" s="6">
         <v>0</v>
       </c>
       <c r="D158" s="6">
         <v>0</v>
       </c>
       <c r="E158" s="6">
-        <v>93412192</v>
+        <v>93417111</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G158" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H158" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I158" s="6">
-        <v>0.28</v>
+        <v>0.168</v>
       </c>
       <c r="J158" s="10" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="K158" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L158" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M158" s="6" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N158" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O158" s="6"/>
       <c r="P158" s="6"/>
     </row>
     <row r="159" spans="1:16" customHeight="1" ht="65">
       <c r="A159" s="6" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="B159" s="6">
         <v>0</v>
       </c>
       <c r="C159" s="6">
         <v>0</v>
       </c>
       <c r="D159" s="6">
         <v>0</v>
       </c>
       <c r="E159" s="6">
-        <v>93412178</v>
+        <v>93411539</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G159" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H159" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I159" s="6">
-        <v>0.14</v>
+        <v>0.133</v>
       </c>
       <c r="J159" s="10" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="K159" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L159" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M159" s="6" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="N159" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O159" s="6"/>
       <c r="P159" s="6"/>
     </row>
     <row r="160" spans="1:16" customHeight="1" ht="65">
       <c r="A160" s="6" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="B160" s="6">
         <v>0</v>
       </c>
       <c r="C160" s="6">
         <v>0</v>
       </c>
       <c r="D160" s="6">
         <v>0</v>
       </c>
       <c r="E160" s="6">
-        <v>93412185</v>
+        <v>93412208</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G160" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H160" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I160" s="6">
-        <v>0.168</v>
+        <v>0.72</v>
       </c>
       <c r="J160" s="10" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="K160" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L160" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M160" s="6" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="N160" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O160" s="6"/>
       <c r="P160" s="6"/>
     </row>
     <row r="161" spans="1:16" customHeight="1" ht="65">
       <c r="A161" s="6" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="B161" s="6">
         <v>0</v>
       </c>
       <c r="C161" s="6">
         <v>0</v>
       </c>
       <c r="D161" s="6">
         <v>0</v>
       </c>
       <c r="E161" s="6">
-        <v>93417111</v>
+        <v>93412109</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G161" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H161" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I161" s="6">
-        <v>0.168</v>
+        <v>0.16</v>
       </c>
       <c r="J161" s="10" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="K161" s="6" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="L161" s="10" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M161" s="6" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="N161" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O161" s="6"/>
       <c r="P161" s="6"/>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="65">
       <c r="A162" s="6" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="B162" s="6">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="C162" s="6">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="D162" s="6">
         <v>0</v>
       </c>
-      <c r="E162" s="6">
-        <v>93411539</v>
+      <c r="E162" s="6" t="s">
+        <v>621</v>
       </c>
       <c r="F162" s="9" t="s">
-        <v>168</v>
+        <v>115</v>
       </c>
       <c r="G162" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H162" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I162" s="6">
-        <v>0.133</v>
+        <v>0.46</v>
       </c>
       <c r="J162" s="10" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="K162" s="6" t="s">
-        <v>170</v>
+        <v>42</v>
       </c>
       <c r="L162" s="10" t="s">
-        <v>168</v>
+        <v>115</v>
       </c>
       <c r="M162" s="6" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="N162" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O162" s="6"/>
+      <c r="O162" s="6">
+        <v>1631.36</v>
+      </c>
       <c r="P162" s="6"/>
     </row>
     <row r="163" spans="1:16" customHeight="1" ht="65">
       <c r="A163" s="6" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="B163" s="6">
         <v>0</v>
       </c>
       <c r="C163" s="6">
         <v>0</v>
       </c>
       <c r="D163" s="6">
         <v>0</v>
       </c>
-      <c r="E163" s="6">
-        <v>93412208</v>
+      <c r="E163" s="6" t="s">
+        <v>625</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>168</v>
+        <v>588</v>
       </c>
       <c r="G163" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H163" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I163" s="6">
-        <v>0.72</v>
+        <v>0</v>
       </c>
       <c r="J163" s="10" t="s">
-        <v>632</v>
+        <v>626</v>
       </c>
       <c r="K163" s="6" t="s">
-        <v>170</v>
+        <v>65</v>
       </c>
       <c r="L163" s="10" t="s">
-        <v>168</v>
+        <v>588</v>
       </c>
       <c r="M163" s="6" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="N163" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O163" s="6"/>
       <c r="P163" s="6"/>
     </row>
     <row r="164" spans="1:16" customHeight="1" ht="65">
       <c r="A164" s="6" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
       <c r="B164" s="6">
         <v>0</v>
       </c>
       <c r="C164" s="6">
         <v>0</v>
       </c>
       <c r="D164" s="6">
         <v>0</v>
       </c>
-      <c r="E164" s="6">
-        <v>93412109</v>
+      <c r="E164" s="6" t="s">
+        <v>629</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>168</v>
+        <v>588</v>
       </c>
       <c r="G164" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I164" s="6">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="J164" s="10" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="K164" s="6" t="s">
-        <v>170</v>
+        <v>65</v>
       </c>
       <c r="L164" s="10" t="s">
-        <v>168</v>
+        <v>588</v>
       </c>
       <c r="M164" s="6" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="N164" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O164" s="6"/>
       <c r="P164" s="6"/>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="65">
       <c r="A165" s="6" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
       <c r="B165" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C165" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D165" s="6">
         <v>0</v>
       </c>
       <c r="E165" s="6" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>115</v>
+        <v>588</v>
       </c>
       <c r="G165" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H165" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I165" s="6">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="J165" s="10" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="K165" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L165" s="10" t="s">
-        <v>115</v>
+        <v>588</v>
       </c>
       <c r="M165" s="6" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="N165" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O165" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O165" s="6"/>
       <c r="P165" s="6"/>
     </row>
     <row r="166" spans="1:16" customHeight="1" ht="65">
       <c r="A166" s="6" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="B166" s="6">
         <v>0</v>
       </c>
       <c r="C166" s="6">
         <v>0</v>
       </c>
       <c r="D166" s="6">
         <v>0</v>
       </c>
       <c r="E166" s="6" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>214</v>
+        <v>638</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I166" s="6">
         <v>0</v>
       </c>
       <c r="J166" s="10" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="K166" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L166" s="10" t="s">
-        <v>214</v>
+        <v>638</v>
       </c>
       <c r="M166" s="6" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="N166" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O166" s="6"/>
       <c r="P166" s="6"/>
     </row>
     <row r="167" spans="1:16" customHeight="1" ht="65">
       <c r="A167" s="6" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="B167" s="6">
         <v>0</v>
       </c>
       <c r="C167" s="6">
         <v>0</v>
       </c>
       <c r="D167" s="6">
         <v>0</v>
       </c>
       <c r="E167" s="6" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="F167" s="9" t="s">
-        <v>214</v>
+        <v>638</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H167" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I167" s="6">
         <v>0</v>
       </c>
       <c r="J167" s="10" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="K167" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L167" s="10" t="s">
-        <v>214</v>
+        <v>638</v>
       </c>
       <c r="M167" s="6" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="N167" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O167" s="6"/>
       <c r="P167" s="6"/>
     </row>
     <row r="168" spans="1:16" customHeight="1" ht="65">
       <c r="A168" s="6" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="B168" s="6">
         <v>0</v>
       </c>
       <c r="C168" s="6">
         <v>0</v>
       </c>
       <c r="D168" s="6">
         <v>0</v>
       </c>
       <c r="E168" s="6" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="F168" s="9" t="s">
-        <v>214</v>
+        <v>638</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H168" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I168" s="6">
         <v>0</v>
       </c>
       <c r="J168" s="10" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="K168" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L168" s="10" t="s">
-        <v>214</v>
+        <v>638</v>
       </c>
       <c r="M168" s="6" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="N168" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O168" s="6"/>
       <c r="P168" s="6"/>
     </row>
     <row r="169" spans="1:16" customHeight="1" ht="65">
       <c r="A169" s="6" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="B169" s="6">
         <v>0</v>
       </c>
       <c r="C169" s="6">
         <v>0</v>
       </c>
       <c r="D169" s="6">
         <v>0</v>
       </c>
       <c r="E169" s="6" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>655</v>
+        <v>638</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H169" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I169" s="6">
         <v>0</v>
       </c>
       <c r="J169" s="10" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="K169" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L169" s="10" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="M169" s="6" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="N169" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O169" s="6"/>
       <c r="P169" s="6"/>
     </row>
     <row r="170" spans="1:16" customHeight="1" ht="65">
       <c r="A170" s="6" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
       <c r="B170" s="6">
         <v>0</v>
       </c>
       <c r="C170" s="6">
         <v>0</v>
       </c>
       <c r="D170" s="6">
         <v>0</v>
       </c>
       <c r="E170" s="6" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>655</v>
+        <v>638</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I170" s="6">
         <v>0</v>
       </c>
       <c r="J170" s="10" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="K170" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L170" s="10" t="s">
+        <v>652</v>
+      </c>
+      <c r="M170" s="6" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="N170" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O170" s="6"/>
       <c r="P170" s="6"/>
     </row>
     <row r="171" spans="1:16" customHeight="1" ht="65">
       <c r="A171" s="6" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="B171" s="6">
         <v>0</v>
       </c>
       <c r="C171" s="6">
         <v>0</v>
       </c>
       <c r="D171" s="6">
         <v>0</v>
       </c>
       <c r="E171" s="6" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>655</v>
+        <v>638</v>
       </c>
       <c r="G171" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I171" s="6">
         <v>0</v>
       </c>
       <c r="J171" s="10" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="K171" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L171" s="10" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="M171" s="6" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="N171" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O171" s="6"/>
       <c r="P171" s="6"/>
     </row>
     <row r="172" spans="1:16" customHeight="1" ht="65">
       <c r="A172" s="6" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="B172" s="6">
         <v>0</v>
       </c>
       <c r="C172" s="6">
         <v>0</v>
       </c>
       <c r="D172" s="6">
         <v>0</v>
       </c>
       <c r="E172" s="6" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>655</v>
+        <v>638</v>
       </c>
       <c r="G172" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I172" s="6">
         <v>0</v>
       </c>
       <c r="J172" s="10" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="K172" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L172" s="10" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="M172" s="6" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="N172" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O172" s="6"/>
       <c r="P172" s="6"/>
     </row>
     <row r="173" spans="1:16" customHeight="1" ht="65">
       <c r="A173" s="6" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="B173" s="6">
         <v>0</v>
       </c>
       <c r="C173" s="6">
         <v>0</v>
       </c>
       <c r="D173" s="6">
         <v>0</v>
       </c>
       <c r="E173" s="6" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>655</v>
+        <v>638</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I173" s="6">
         <v>0</v>
       </c>
       <c r="J173" s="10" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="K173" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L173" s="10" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="M173" s="6" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="N173" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O173" s="6"/>
       <c r="P173" s="6"/>
     </row>
     <row r="174" spans="1:16" customHeight="1" ht="65">
       <c r="A174" s="6" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="B174" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C174" s="6">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D174" s="6">
         <v>0</v>
       </c>
-      <c r="E174" s="6" t="s">
-        <v>676</v>
+      <c r="E174" s="6">
+        <v>431243130</v>
       </c>
       <c r="F174" s="9" t="s">
-        <v>655</v>
+        <v>22</v>
       </c>
       <c r="G174" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H174" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I174" s="6">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="J174" s="10" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="K174" s="6" t="s">
-        <v>65</v>
+        <v>138</v>
       </c>
       <c r="L174" s="10" t="s">
-        <v>657</v>
+        <v>22</v>
       </c>
       <c r="M174" s="6" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="N174" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O174" s="6"/>
+      <c r="O174" s="6">
+        <v>202.62</v>
+      </c>
       <c r="P174" s="6"/>
     </row>
     <row r="175" spans="1:16" customHeight="1" ht="65">
       <c r="A175" s="6" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="B175" s="6">
         <v>0</v>
       </c>
       <c r="C175" s="6">
         <v>0</v>
       </c>
       <c r="D175" s="6">
         <v>0</v>
       </c>
       <c r="E175" s="6" t="s">
-        <v>680</v>
+        <v>674</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>655</v>
+        <v>47</v>
       </c>
       <c r="G175" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H175" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I175" s="6">
-        <v>0</v>
+        <v>16.5</v>
       </c>
       <c r="J175" s="10" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="K175" s="6" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="L175" s="10" t="s">
-        <v>657</v>
+        <v>47</v>
       </c>
       <c r="M175" s="6" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="N175" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O175" s="6"/>
+      <c r="O175" s="6">
+        <v>33209.98</v>
+      </c>
       <c r="P175" s="6"/>
     </row>
     <row r="176" spans="1:16" customHeight="1" ht="65">
       <c r="A176" s="6" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="B176" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C176" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D176" s="6">
         <v>0</v>
       </c>
       <c r="E176" s="6" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>655</v>
+        <v>588</v>
       </c>
       <c r="G176" s="10" t="s">
-        <v>63</v>
+        <v>516</v>
       </c>
       <c r="H176" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I176" s="6">
-        <v>0</v>
+        <v>5.9</v>
       </c>
       <c r="J176" s="10" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="K176" s="6" t="s">
-        <v>65</v>
+        <v>518</v>
       </c>
       <c r="L176" s="10" t="s">
-        <v>657</v>
+        <v>588</v>
       </c>
       <c r="M176" s="6" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="N176" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O176" s="6"/>
+      <c r="O176" s="6">
+        <v>14473.83</v>
+      </c>
       <c r="P176" s="6"/>
     </row>
-    <row r="177" spans="1:16" customHeight="1" ht="65">
+    <row r="177" spans="1:16">
       <c r="A177" s="6" t="s">
-        <v>687</v>
+        <v>681</v>
       </c>
       <c r="B177" s="6">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="C177" s="6">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="D177" s="6">
         <v>0</v>
       </c>
-      <c r="E177" s="6">
-        <v>431243130</v>
+      <c r="E177" s="6" t="s">
+        <v>682</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H177" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I177" s="6">
-        <v>0.2</v>
+        <v>2.6</v>
       </c>
       <c r="J177" s="10" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="K177" s="6" t="s">
-        <v>138</v>
+        <v>192</v>
       </c>
       <c r="L177" s="10" t="s">
-        <v>22</v>
+        <v>684</v>
       </c>
       <c r="M177" s="6" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="N177" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O177" s="6">
-        <v>202.62</v>
+        <v>3980.8</v>
       </c>
       <c r="P177" s="6"/>
     </row>
     <row r="178" spans="1:16" customHeight="1" ht="65">
       <c r="A178" s="6" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="B178" s="6">
         <v>0</v>
       </c>
       <c r="C178" s="6">
         <v>0</v>
       </c>
       <c r="D178" s="6">
         <v>0</v>
       </c>
-      <c r="E178" s="6" t="s">
-        <v>691</v>
+      <c r="E178" s="6">
+        <v>41000000004</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>47</v>
+        <v>120</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H178" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I178" s="6">
-        <v>16.5</v>
+        <v>8.5</v>
       </c>
       <c r="J178" s="10" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="K178" s="6" t="s">
-        <v>106</v>
+        <v>58</v>
       </c>
       <c r="L178" s="10" t="s">
-        <v>47</v>
+        <v>120</v>
       </c>
       <c r="M178" s="6" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="N178" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O178" s="6">
-        <v>33874.18</v>
+        <v>21248.33</v>
       </c>
       <c r="P178" s="6"/>
     </row>
     <row r="179" spans="1:16" customHeight="1" ht="65">
       <c r="A179" s="6" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="B179" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C179" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D179" s="6">
         <v>0</v>
       </c>
       <c r="E179" s="6" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>214</v>
+        <v>638</v>
       </c>
       <c r="G179" s="10" t="s">
-        <v>534</v>
+        <v>63</v>
       </c>
       <c r="H179" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I179" s="6">
-        <v>5.9</v>
+        <v>0</v>
       </c>
       <c r="J179" s="10" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="K179" s="6" t="s">
-        <v>536</v>
+        <v>65</v>
       </c>
       <c r="L179" s="10" t="s">
-        <v>214</v>
+        <v>652</v>
       </c>
       <c r="M179" s="6" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="N179" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O179" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O179" s="6"/>
       <c r="P179" s="6"/>
     </row>
     <row r="180" spans="1:16" customHeight="1" ht="65">
       <c r="A180" s="6" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="B180" s="6">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="C180" s="6">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="D180" s="6">
         <v>0</v>
       </c>
-      <c r="E180" s="6">
-        <v>41000000004</v>
+      <c r="E180" s="6" t="s">
+        <v>694</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>120</v>
+        <v>638</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H180" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I180" s="6">
-        <v>8.5</v>
+        <v>0</v>
       </c>
       <c r="J180" s="10" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="K180" s="6" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="L180" s="10" t="s">
-        <v>120</v>
+        <v>652</v>
       </c>
       <c r="M180" s="6" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="N180" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O180" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O180" s="6"/>
       <c r="P180" s="6"/>
     </row>
     <row r="181" spans="1:16" customHeight="1" ht="65">
       <c r="A181" s="6" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="B181" s="6">
         <v>0</v>
       </c>
       <c r="C181" s="6">
         <v>0</v>
       </c>
       <c r="D181" s="6">
         <v>0</v>
       </c>
       <c r="E181" s="6" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="F181" s="9" t="s">
-        <v>655</v>
+        <v>638</v>
       </c>
       <c r="G181" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H181" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I181" s="6">
         <v>0</v>
       </c>
       <c r="J181" s="10" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="K181" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L181" s="10" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="M181" s="6" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="N181" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O181" s="6"/>
       <c r="P181" s="6"/>
     </row>
     <row r="182" spans="1:16" customHeight="1" ht="65">
       <c r="A182" s="6" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="B182" s="6">
         <v>0</v>
       </c>
       <c r="C182" s="6">
         <v>0</v>
       </c>
       <c r="D182" s="6">
         <v>0</v>
       </c>
       <c r="E182" s="6" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>655</v>
+        <v>638</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H182" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I182" s="6">
         <v>0</v>
       </c>
       <c r="J182" s="10" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="K182" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L182" s="10" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="M182" s="6" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="N182" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O182" s="6"/>
       <c r="P182" s="6"/>
     </row>
     <row r="183" spans="1:16" customHeight="1" ht="65">
       <c r="A183" s="6" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="B183" s="6">
         <v>0</v>
       </c>
       <c r="C183" s="6">
         <v>0</v>
       </c>
       <c r="D183" s="6">
         <v>0</v>
       </c>
       <c r="E183" s="6" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>655</v>
+        <v>142</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H183" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I183" s="6">
-        <v>0</v>
+        <v>0.78</v>
       </c>
       <c r="J183" s="10" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="K183" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L183" s="10" t="s">
-        <v>657</v>
+        <v>142</v>
       </c>
       <c r="M183" s="6" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="N183" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O183" s="6"/>
       <c r="P183" s="6"/>
     </row>
-    <row r="184" spans="1:16" customHeight="1" ht="65">
+    <row r="184" spans="1:16">
       <c r="A184" s="6" t="s">
+        <v>709</v>
+      </c>
+      <c r="B184" s="6">
+        <v>19</v>
+      </c>
+      <c r="C184" s="6">
+        <v>19</v>
+      </c>
+      <c r="D184" s="6">
+        <v>0</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="F184" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G184" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H184" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I184" s="6">
+        <v>0</v>
+      </c>
+      <c r="J184" s="10"/>
+      <c r="K184" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L184" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M184" s="6" t="s">
+        <v>711</v>
+      </c>
+      <c r="N184" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" s="6">
+        <v>2094.4</v>
+      </c>
+      <c r="P184" s="6"/>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" s="6" t="s">
+        <v>712</v>
+      </c>
+      <c r="B185" s="6">
+        <v>5</v>
+      </c>
+      <c r="C185" s="6">
+        <v>5</v>
+      </c>
+      <c r="D185" s="6">
+        <v>0</v>
+      </c>
+      <c r="E185" s="6" t="s">
         <v>713</v>
       </c>
-      <c r="B184" s="6">
-[...8 lines deleted...]
-      <c r="E184" s="6" t="s">
+      <c r="F185" s="9" t="s">
+        <v>244</v>
+      </c>
+      <c r="G185" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H185" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I185" s="6">
+        <v>0</v>
+      </c>
+      <c r="J185" s="10"/>
+      <c r="K185" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L185" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="M185" s="6" t="s">
         <v>714</v>
       </c>
-      <c r="F184" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J184" s="10" t="s">
+      <c r="N185" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" s="6">
+        <v>1848</v>
+      </c>
+      <c r="P185" s="6"/>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" s="6" t="s">
         <v>715</v>
       </c>
-      <c r="K184" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M184" s="6" t="s">
+      <c r="B186" s="6">
+        <v>8</v>
+      </c>
+      <c r="C186" s="6">
+        <v>8</v>
+      </c>
+      <c r="D186" s="6">
+        <v>0</v>
+      </c>
+      <c r="E186" s="6" t="s">
         <v>716</v>
       </c>
-      <c r="N184" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A185" s="6" t="s">
+      <c r="F186" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G186" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H186" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I186" s="6">
+        <v>0</v>
+      </c>
+      <c r="J186" s="10"/>
+      <c r="K186" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L186" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M186" s="6" t="s">
         <v>717</v>
       </c>
-      <c r="B185" s="6">
-[...80 lines deleted...]
-      </c>
       <c r="N186" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O186" s="6"/>
+      <c r="O186" s="6">
+        <v>931.7</v>
+      </c>
       <c r="P186" s="6"/>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" s="6" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="B187" s="6">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C187" s="6">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="D187" s="6">
         <v>0</v>
       </c>
       <c r="E187" s="6" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>726</v>
+        <v>38</v>
       </c>
       <c r="G187" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H187" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I187" s="6">
         <v>0</v>
       </c>
       <c r="J187" s="10"/>
       <c r="K187" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L187" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M187" s="6" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
       <c r="N187" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O187" s="6">
-        <v>2230.73</v>
+        <v>2125.19</v>
       </c>
       <c r="P187" s="6"/>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" s="6" t="s">
-        <v>728</v>
+        <v>721</v>
       </c>
       <c r="B188" s="6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C188" s="6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D188" s="6">
         <v>0</v>
       </c>
       <c r="E188" s="6" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>726</v>
+        <v>43</v>
       </c>
       <c r="G188" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H188" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I188" s="6">
         <v>0</v>
       </c>
       <c r="J188" s="10"/>
       <c r="K188" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L188" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M188" s="6" t="s">
-        <v>730</v>
+        <v>723</v>
       </c>
       <c r="N188" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O188" s="6">
-        <v>1968.29</v>
+        <v>2559.48</v>
       </c>
       <c r="P188" s="6"/>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" s="6" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="B189" s="6">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="C189" s="6">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="D189" s="6">
         <v>0</v>
       </c>
       <c r="E189" s="6" t="s">
-        <v>732</v>
+        <v>725</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>726</v>
+        <v>56</v>
       </c>
       <c r="G189" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H189" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I189" s="6">
         <v>0</v>
       </c>
       <c r="J189" s="10"/>
       <c r="K189" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L189" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M189" s="6" t="s">
-        <v>733</v>
+        <v>726</v>
       </c>
       <c r="N189" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O189" s="6">
-        <v>992.35</v>
+        <v>2078.99</v>
       </c>
       <c r="P189" s="6"/>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" s="6" t="s">
-        <v>734</v>
+        <v>727</v>
       </c>
       <c r="B190" s="6">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C190" s="6">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="D190" s="6">
         <v>0</v>
       </c>
       <c r="E190" s="6" t="s">
-        <v>735</v>
+        <v>728</v>
       </c>
       <c r="F190" s="9" t="s">
-        <v>726</v>
+        <v>56</v>
       </c>
       <c r="G190" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H190" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I190" s="6">
         <v>0</v>
       </c>
       <c r="J190" s="10"/>
       <c r="K190" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L190" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M190" s="6" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="N190" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O190" s="6">
-        <v>2263.53</v>
+        <v>2346.96</v>
       </c>
       <c r="P190" s="6"/>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" s="6" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="B191" s="6">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C191" s="6">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D191" s="6">
         <v>0</v>
       </c>
       <c r="E191" s="6" t="s">
-        <v>738</v>
+        <v>731</v>
       </c>
       <c r="F191" s="9" t="s">
-        <v>726</v>
+        <v>43</v>
       </c>
       <c r="G191" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H191" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I191" s="6">
         <v>0</v>
       </c>
       <c r="J191" s="10"/>
       <c r="K191" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L191" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M191" s="6" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="N191" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O191" s="6">
-        <v>2726.08</v>
+        <v>572.88</v>
       </c>
       <c r="P191" s="6"/>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" s="6" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B192" s="6">
-        <v>48</v>
+        <v>446</v>
       </c>
       <c r="C192" s="6">
-        <v>48</v>
+        <v>446</v>
       </c>
       <c r="D192" s="6">
         <v>0</v>
       </c>
       <c r="E192" s="6" t="s">
-        <v>741</v>
+        <v>734</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>726</v>
+        <v>38</v>
       </c>
       <c r="G192" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H192" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I192" s="6">
         <v>0</v>
       </c>
       <c r="J192" s="10"/>
       <c r="K192" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L192" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M192" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="N192" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O192" s="6">
+        <v>572.88</v>
+      </c>
+      <c r="P192" s="6"/>
+    </row>
+    <row r="193" spans="1:16" customHeight="1" ht="65">
+      <c r="A193" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="B193" s="6">
+        <v>0</v>
+      </c>
+      <c r="C193" s="6">
+        <v>0</v>
+      </c>
+      <c r="D193" s="6">
+        <v>0</v>
+      </c>
+      <c r="E193" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="F193" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G193" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H193" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I193" s="6">
+        <v>2.92</v>
+      </c>
+      <c r="J193" s="10" t="s">
+        <v>738</v>
+      </c>
+      <c r="K193" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L193" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M193" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="N193" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" s="6"/>
+      <c r="P193" s="6"/>
+    </row>
+    <row r="194" spans="1:16" customHeight="1" ht="65">
+      <c r="A194" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="B194" s="6">
+        <v>0</v>
+      </c>
+      <c r="C194" s="6">
+        <v>0</v>
+      </c>
+      <c r="D194" s="6">
+        <v>0</v>
+      </c>
+      <c r="E194" s="6" t="s">
+        <v>741</v>
+      </c>
+      <c r="F194" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G194" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H194" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I194" s="6">
+        <v>2.915</v>
+      </c>
+      <c r="J194" s="10" t="s">
         <v>742</v>
       </c>
-      <c r="N192" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A193" s="6" t="s">
+      <c r="K194" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L194" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M194" s="6" t="s">
         <v>743</v>
       </c>
-      <c r="B193" s="6">
-[...8 lines deleted...]
-      <c r="E193" s="6" t="s">
+      <c r="N194" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O194" s="6"/>
+      <c r="P194" s="6"/>
+    </row>
+    <row r="195" spans="1:16" customHeight="1" ht="65">
+      <c r="A195" s="6" t="s">
         <v>744</v>
       </c>
-      <c r="F193" s="9" t="s">
-[...18 lines deleted...]
-      <c r="M193" s="6" t="s">
+      <c r="B195" s="6">
+        <v>0</v>
+      </c>
+      <c r="C195" s="6">
+        <v>0</v>
+      </c>
+      <c r="D195" s="6">
+        <v>0</v>
+      </c>
+      <c r="E195" s="6" t="s">
         <v>745</v>
       </c>
-      <c r="N193" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A194" s="6" t="s">
+      <c r="F195" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G195" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H195" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I195" s="6">
+        <v>3.585</v>
+      </c>
+      <c r="J195" s="10" t="s">
         <v>746</v>
       </c>
-      <c r="B194" s="6">
-[...8 lines deleted...]
-      <c r="E194" s="6" t="s">
+      <c r="K195" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L195" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M195" s="6" t="s">
         <v>747</v>
       </c>
-      <c r="F194" s="9" t="s">
-[...66 lines deleted...]
-      </c>
       <c r="N195" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O195" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O195" s="6"/>
       <c r="P195" s="6"/>
     </row>
     <row r="196" spans="1:16" customHeight="1" ht="65">
       <c r="A196" s="6" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="B196" s="6">
         <v>0</v>
       </c>
       <c r="C196" s="6">
         <v>0</v>
       </c>
       <c r="D196" s="6">
         <v>0</v>
       </c>
       <c r="E196" s="6" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="F196" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G196" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H196" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I196" s="6">
-        <v>2.92</v>
+        <v>3.585</v>
       </c>
       <c r="J196" s="10" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="K196" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L196" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M196" s="6" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="N196" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O196" s="6"/>
       <c r="P196" s="6"/>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="65">
       <c r="A197" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="B197" s="6">
+        <v>0</v>
+      </c>
+      <c r="C197" s="6">
+        <v>0</v>
+      </c>
+      <c r="D197" s="6">
+        <v>0</v>
+      </c>
+      <c r="E197" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="F197" s="9" t="s">
+        <v>588</v>
+      </c>
+      <c r="G197" s="10" t="s">
+        <v>754</v>
+      </c>
+      <c r="H197" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I197" s="6">
+        <v>3</v>
+      </c>
+      <c r="J197" s="10" t="s">
+        <v>755</v>
+      </c>
+      <c r="K197" s="6" t="s">
         <v>756</v>
       </c>
-      <c r="B197" s="6">
-[...8 lines deleted...]
-      <c r="E197" s="6" t="s">
+      <c r="L197" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="M197" s="6" t="s">
         <v>757</v>
       </c>
-      <c r="F197" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J197" s="10" t="s">
+      <c r="N197" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O197" s="6">
+        <v>5472.91</v>
+      </c>
+      <c r="P197" s="6"/>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" s="6" t="s">
         <v>758</v>
       </c>
-      <c r="K197" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M197" s="6" t="s">
+      <c r="B198" s="6">
+        <v>0</v>
+      </c>
+      <c r="C198" s="6">
+        <v>0</v>
+      </c>
+      <c r="D198" s="6">
+        <v>0</v>
+      </c>
+      <c r="E198" s="6" t="s">
         <v>759</v>
       </c>
-      <c r="N197" s="6" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="F198" s="9" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="G198" s="10" t="s">
-        <v>63</v>
+        <v>234</v>
       </c>
       <c r="H198" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I198" s="6">
-        <v>3.585</v>
+        <v>0.48</v>
       </c>
       <c r="J198" s="10" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="K198" s="6" t="s">
-        <v>65</v>
+        <v>236</v>
       </c>
       <c r="L198" s="10" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="M198" s="6" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="N198" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O198" s="6"/>
       <c r="P198" s="6"/>
     </row>
     <row r="199" spans="1:16" customHeight="1" ht="65">
       <c r="A199" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="B199" s="6">
+        <v>12</v>
+      </c>
+      <c r="C199" s="6">
+        <v>12</v>
+      </c>
+      <c r="D199" s="6">
+        <v>0</v>
+      </c>
+      <c r="E199" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="F199" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G199" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H199" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I199" s="6">
+        <v>0</v>
+      </c>
+      <c r="J199" s="10" t="s">
         <v>764</v>
       </c>
-      <c r="B199" s="6">
-[...8 lines deleted...]
-      <c r="E199" s="6" t="s">
+      <c r="K199" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="L199" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M199" s="6" t="s">
         <v>765</v>
       </c>
-      <c r="F199" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N199" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O199" s="6"/>
+      <c r="O199" s="6">
+        <v>21281.4</v>
+      </c>
       <c r="P199" s="6"/>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="65">
       <c r="A200" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="B200" s="6">
+        <v>0</v>
+      </c>
+      <c r="C200" s="6">
+        <v>0</v>
+      </c>
+      <c r="D200" s="6">
+        <v>0</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>767</v>
+      </c>
+      <c r="F200" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G200" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H200" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I200" s="6">
+        <v>0.54</v>
+      </c>
+      <c r="J200" s="10" t="s">
         <v>768</v>
       </c>
-      <c r="B200" s="6">
-[...8 lines deleted...]
-      <c r="E200" s="6" t="s">
+      <c r="K200" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L200" s="10" t="s">
         <v>769</v>
       </c>
-      <c r="F200" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G200" s="10" t="s">
+      <c r="M200" s="6" t="s">
         <v>770</v>
       </c>
-      <c r="H200" s="6" t="s">
+      <c r="N200" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O200" s="6"/>
+      <c r="P200" s="6"/>
+    </row>
+    <row r="201" spans="1:16" customHeight="1" ht="65">
+      <c r="A201" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="B201" s="6">
+        <v>0</v>
+      </c>
+      <c r="C201" s="6">
+        <v>0</v>
+      </c>
+      <c r="D201" s="6">
+        <v>0</v>
+      </c>
+      <c r="E201" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="F201" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="G201" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H201" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I201" s="6">
         <v>24</v>
       </c>
-      <c r="I200" s="6">
-[...11 lines deleted...]
-      <c r="M200" s="6" t="s">
+      <c r="J201" s="10" t="s">
         <v>773</v>
       </c>
-      <c r="N200" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A201" s="6" t="s">
+      <c r="K201" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L201" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="M201" s="6" t="s">
         <v>774</v>
       </c>
-      <c r="B201" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N201" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O201" s="6">
-        <v>391.68</v>
+        <v>33009.98</v>
       </c>
       <c r="P201" s="6"/>
     </row>
     <row r="202" spans="1:16" customHeight="1" ht="65">
       <c r="A202" s="6" t="s">
+        <v>775</v>
+      </c>
+      <c r="B202" s="6">
+        <v>0</v>
+      </c>
+      <c r="C202" s="6">
+        <v>0</v>
+      </c>
+      <c r="D202" s="6">
+        <v>0</v>
+      </c>
+      <c r="E202" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="F202" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G202" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H202" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I202" s="6">
+        <v>1.36</v>
+      </c>
+      <c r="J202" s="10" t="s">
+        <v>777</v>
+      </c>
+      <c r="K202" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L202" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M202" s="6" t="s">
         <v>778</v>
       </c>
-      <c r="B202" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N202" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O202" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O202" s="6"/>
       <c r="P202" s="6"/>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="65">
       <c r="A203" s="6" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="B203" s="6">
         <v>0</v>
       </c>
       <c r="C203" s="6">
         <v>0</v>
       </c>
       <c r="D203" s="6">
         <v>0</v>
       </c>
       <c r="E203" s="6" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="F203" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G203" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H203" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I203" s="6">
-        <v>0.54</v>
+        <v>1.36</v>
       </c>
       <c r="J203" s="10" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="K203" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L203" s="10" t="s">
-        <v>785</v>
+        <v>115</v>
       </c>
       <c r="M203" s="6" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="N203" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O203" s="6"/>
       <c r="P203" s="6"/>
     </row>
     <row r="204" spans="1:16" customHeight="1" ht="65">
       <c r="A204" s="6" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="B204" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C204" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D204" s="6">
         <v>0</v>
       </c>
       <c r="E204" s="6" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="G204" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H204" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I204" s="6">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="J204" s="10" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="K204" s="6" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="L204" s="10" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="M204" s="6" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="N204" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O204" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O204" s="6"/>
       <c r="P204" s="6"/>
     </row>
     <row r="205" spans="1:16" customHeight="1" ht="65">
       <c r="A205" s="6" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="B205" s="6">
         <v>0</v>
       </c>
       <c r="C205" s="6">
         <v>0</v>
       </c>
       <c r="D205" s="6">
         <v>0</v>
       </c>
       <c r="E205" s="6" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="F205" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G205" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H205" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I205" s="6">
-        <v>1.36</v>
+        <v>0.265</v>
       </c>
       <c r="J205" s="10" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="K205" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L205" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M205" s="6" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="N205" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O205" s="6"/>
       <c r="P205" s="6"/>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="65">
       <c r="A206" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="B206" s="6">
+        <v>62</v>
+      </c>
+      <c r="C206" s="6">
+        <v>62</v>
+      </c>
+      <c r="D206" s="6">
+        <v>0</v>
+      </c>
+      <c r="E206" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="F206" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G206" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H206" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I206" s="6">
+        <v>2.85</v>
+      </c>
+      <c r="J206" s="10" t="s">
+        <v>793</v>
+      </c>
+      <c r="K206" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L206" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M206" s="6" t="s">
         <v>795</v>
       </c>
-      <c r="B206" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N206" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O206" s="6"/>
+      <c r="O206" s="6">
+        <v>1798.3</v>
+      </c>
       <c r="P206" s="6"/>
     </row>
     <row r="207" spans="1:16" customHeight="1" ht="65">
       <c r="A207" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="B207" s="6">
+        <v>77</v>
+      </c>
+      <c r="C207" s="6">
+        <v>77</v>
+      </c>
+      <c r="D207" s="6">
+        <v>0</v>
+      </c>
+      <c r="E207" s="6" t="s">
+        <v>797</v>
+      </c>
+      <c r="F207" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G207" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H207" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I207" s="6">
+        <v>4.26</v>
+      </c>
+      <c r="J207" s="10" t="s">
+        <v>798</v>
+      </c>
+      <c r="K207" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L207" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M207" s="6" t="s">
         <v>799</v>
       </c>
-      <c r="B207" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N207" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O207" s="6"/>
+      <c r="O207" s="6">
+        <v>2969.46</v>
+      </c>
       <c r="P207" s="6"/>
     </row>
     <row r="208" spans="1:16" customHeight="1" ht="65">
       <c r="A208" s="6" t="s">
+        <v>800</v>
+      </c>
+      <c r="B208" s="6">
+        <v>46</v>
+      </c>
+      <c r="C208" s="6">
+        <v>46</v>
+      </c>
+      <c r="D208" s="6">
+        <v>0</v>
+      </c>
+      <c r="E208" s="6" t="s">
+        <v>801</v>
+      </c>
+      <c r="F208" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G208" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H208" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I208" s="6">
+        <v>0.76</v>
+      </c>
+      <c r="J208" s="10" t="s">
+        <v>802</v>
+      </c>
+      <c r="K208" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L208" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M208" s="6" t="s">
         <v>803</v>
       </c>
-      <c r="B208" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N208" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O208" s="6"/>
+      <c r="O208" s="6">
+        <v>631.27</v>
+      </c>
       <c r="P208" s="6"/>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="65">
       <c r="A209" s="6" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="B209" s="6">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="C209" s="6">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="D209" s="6">
         <v>0</v>
       </c>
       <c r="E209" s="6" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="F209" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G209" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H209" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I209" s="6">
-        <v>2.85</v>
+        <v>0.8</v>
       </c>
       <c r="J209" s="10" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="K209" s="6" t="s">
-        <v>216</v>
+        <v>26</v>
       </c>
       <c r="L209" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M209" s="6" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="N209" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O209" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O209" s="6"/>
       <c r="P209" s="6"/>
     </row>
     <row r="210" spans="1:16" customHeight="1" ht="65">
       <c r="A210" s="6" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="B210" s="6">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="C210" s="6">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="D210" s="6">
         <v>0</v>
       </c>
       <c r="E210" s="6" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="F210" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G210" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H210" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I210" s="6">
-        <v>4.26</v>
+        <v>0.8</v>
       </c>
       <c r="J210" s="10" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="K210" s="6" t="s">
-        <v>216</v>
+        <v>26</v>
       </c>
       <c r="L210" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M210" s="6" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="N210" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O210" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O210" s="6"/>
       <c r="P210" s="6"/>
     </row>
     <row r="211" spans="1:16" customHeight="1" ht="65">
       <c r="A211" s="6" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="B211" s="6">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="C211" s="6">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="D211" s="6">
         <v>0</v>
       </c>
       <c r="E211" s="6" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="F211" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G211" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H211" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I211" s="6">
-        <v>0.76</v>
+        <v>24.5</v>
       </c>
       <c r="J211" s="10" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="K211" s="6" t="s">
-        <v>216</v>
+        <v>106</v>
       </c>
       <c r="L211" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M211" s="6" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="N211" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O211" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O211" s="6"/>
       <c r="P211" s="6"/>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="65">
       <c r="A212" s="6" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="B212" s="6">
         <v>0</v>
       </c>
       <c r="C212" s="6">
         <v>0</v>
       </c>
       <c r="D212" s="6">
         <v>0</v>
       </c>
       <c r="E212" s="6" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>22</v>
+        <v>818</v>
       </c>
       <c r="G212" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H212" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I212" s="6">
-        <v>0.8</v>
+        <v>0.5</v>
       </c>
       <c r="J212" s="10" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="K212" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L212" s="10" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="M212" s="6" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="N212" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O212" s="6"/>
       <c r="P212" s="6"/>
     </row>
     <row r="213" spans="1:16" customHeight="1" ht="65">
       <c r="A213" s="6" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="B213" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C213" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D213" s="6">
         <v>0</v>
       </c>
       <c r="E213" s="6" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="G213" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H213" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I213" s="6">
-        <v>0.8</v>
+        <v>0.58</v>
       </c>
       <c r="J213" s="10" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="K213" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L213" s="10" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="M213" s="6" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="N213" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O213" s="6"/>
+      <c r="O213" s="6">
+        <v>1148.49</v>
+      </c>
       <c r="P213" s="6"/>
     </row>
     <row r="214" spans="1:16" customHeight="1" ht="65">
       <c r="A214" s="6" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="B214" s="6">
         <v>0</v>
       </c>
       <c r="C214" s="6">
         <v>0</v>
       </c>
       <c r="D214" s="6">
         <v>0</v>
       </c>
       <c r="E214" s="6" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="F214" s="9" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="G214" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H214" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I214" s="6">
-        <v>24.5</v>
+        <v>0.58</v>
       </c>
       <c r="J214" s="10" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="K214" s="6" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="L214" s="10" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="M214" s="6" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="N214" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O214" s="6"/>
       <c r="P214" s="6"/>
     </row>
     <row r="215" spans="1:16" customHeight="1" ht="65">
       <c r="A215" s="6" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="B215" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C215" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D215" s="6">
         <v>0</v>
       </c>
       <c r="E215" s="6" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="F215" s="9" t="s">
-        <v>833</v>
+        <v>75</v>
       </c>
       <c r="G215" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H215" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I215" s="6">
-        <v>0.5</v>
+        <v>0.408</v>
       </c>
       <c r="J215" s="10" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="K215" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L215" s="10" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="M215" s="6" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="N215" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O215" s="6"/>
+      <c r="O215" s="6">
+        <v>2025.09</v>
+      </c>
       <c r="P215" s="6"/>
     </row>
     <row r="216" spans="1:16" customHeight="1" ht="65">
       <c r="A216" s="6" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="B216" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C216" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D216" s="6">
         <v>0</v>
       </c>
       <c r="E216" s="6" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="F216" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G216" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H216" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I216" s="6">
-        <v>0.58</v>
+        <v>0.42</v>
       </c>
       <c r="J216" s="10" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="K216" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L216" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M216" s="6" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="N216" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O216" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O216" s="6"/>
       <c r="P216" s="6"/>
     </row>
     <row r="217" spans="1:16" customHeight="1" ht="65">
       <c r="A217" s="6" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="B217" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C217" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D217" s="6">
         <v>0</v>
       </c>
       <c r="E217" s="6" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="F217" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G217" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H217" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I217" s="6">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="J217" s="10" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="K217" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L217" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M217" s="6" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="N217" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O217" s="6"/>
+      <c r="O217" s="6">
+        <v>478.4</v>
+      </c>
       <c r="P217" s="6"/>
     </row>
     <row r="218" spans="1:16" customHeight="1" ht="65">
       <c r="A218" s="6" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="B218" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C218" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D218" s="6">
         <v>0</v>
       </c>
       <c r="E218" s="6" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="F218" s="9" t="s">
         <v>75</v>
       </c>
       <c r="G218" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H218" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I218" s="6">
-        <v>0.408</v>
+        <v>0.25</v>
       </c>
       <c r="J218" s="10" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="K218" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L218" s="10" t="s">
         <v>75</v>
       </c>
       <c r="M218" s="6" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="N218" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O218" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O218" s="6"/>
       <c r="P218" s="6"/>
     </row>
     <row r="219" spans="1:16" customHeight="1" ht="65">
       <c r="A219" s="6" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="B219" s="6">
         <v>0</v>
       </c>
       <c r="C219" s="6">
         <v>0</v>
       </c>
       <c r="D219" s="6">
         <v>0</v>
       </c>
       <c r="E219" s="6" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="F219" s="9" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="G219" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H219" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I219" s="6">
-        <v>0.42</v>
+        <v>1.14</v>
       </c>
       <c r="J219" s="10" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="K219" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L219" s="10" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="M219" s="6" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="N219" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O219" s="6"/>
       <c r="P219" s="6"/>
     </row>
     <row r="220" spans="1:16" customHeight="1" ht="65">
       <c r="A220" s="6" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="B220" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C220" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D220" s="6">
         <v>0</v>
       </c>
       <c r="E220" s="6" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="F220" s="9" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="G220" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H220" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I220" s="6">
-        <v>0.59</v>
+        <v>1.06</v>
       </c>
       <c r="J220" s="10" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="K220" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L220" s="10" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="M220" s="6" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="N220" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O220" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O220" s="6"/>
       <c r="P220" s="6"/>
     </row>
     <row r="221" spans="1:16" customHeight="1" ht="65">
       <c r="A221" s="6" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="B221" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C221" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D221" s="6">
         <v>0</v>
       </c>
       <c r="E221" s="6" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="F221" s="9" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="G221" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H221" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I221" s="6">
-        <v>0.25</v>
+        <v>0.99</v>
       </c>
       <c r="J221" s="10" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="K221" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L221" s="10" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="M221" s="6" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="N221" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O221" s="6"/>
+      <c r="O221" s="6">
+        <v>1277.66</v>
+      </c>
       <c r="P221" s="6"/>
     </row>
     <row r="222" spans="1:16" customHeight="1" ht="65">
       <c r="A222" s="6" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="B222" s="6">
         <v>0</v>
       </c>
       <c r="C222" s="6">
         <v>0</v>
       </c>
       <c r="D222" s="6">
         <v>0</v>
       </c>
       <c r="E222" s="6" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="F222" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G222" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H222" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I222" s="6">
-        <v>1.14</v>
+        <v>0.96</v>
       </c>
       <c r="J222" s="10" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="K222" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L222" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M222" s="6" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="N222" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O222" s="6"/>
       <c r="P222" s="6"/>
     </row>
     <row r="223" spans="1:16" customHeight="1" ht="65">
       <c r="A223" s="6" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="B223" s="6">
         <v>0</v>
       </c>
       <c r="C223" s="6">
         <v>0</v>
       </c>
       <c r="D223" s="6">
         <v>0</v>
       </c>
       <c r="E223" s="6" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="F223" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G223" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H223" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I223" s="6">
-        <v>1.06</v>
+        <v>1.2</v>
       </c>
       <c r="J223" s="10" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="K223" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L223" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M223" s="6" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="N223" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O223" s="6"/>
       <c r="P223" s="6"/>
     </row>
     <row r="224" spans="1:16" customHeight="1" ht="65">
       <c r="A224" s="6" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="B224" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C224" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D224" s="6">
         <v>0</v>
       </c>
       <c r="E224" s="6" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="F224" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G224" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H224" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I224" s="6">
-        <v>0.99</v>
+        <v>1.905</v>
       </c>
       <c r="J224" s="10" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="K224" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L224" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M224" s="6" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="N224" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O224" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O224" s="6"/>
       <c r="P224" s="6"/>
     </row>
     <row r="225" spans="1:16" customHeight="1" ht="65">
       <c r="A225" s="6" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="B225" s="6">
         <v>0</v>
       </c>
       <c r="C225" s="6">
         <v>0</v>
       </c>
       <c r="D225" s="6">
         <v>0</v>
       </c>
       <c r="E225" s="6" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="F225" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G225" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H225" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I225" s="6">
-        <v>0.96</v>
+        <v>1.71</v>
       </c>
       <c r="J225" s="10" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="K225" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L225" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M225" s="6" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="N225" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O225" s="6"/>
       <c r="P225" s="6"/>
     </row>
     <row r="226" spans="1:16" customHeight="1" ht="65">
       <c r="A226" s="6" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="B226" s="6">
         <v>0</v>
       </c>
       <c r="C226" s="6">
         <v>0</v>
       </c>
       <c r="D226" s="6">
         <v>0</v>
       </c>
       <c r="E226" s="6" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="F226" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G226" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H226" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I226" s="6">
-        <v>1.2</v>
+        <v>1.71</v>
       </c>
       <c r="J226" s="10" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="K226" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L226" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M226" s="6" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="N226" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O226" s="6"/>
       <c r="P226" s="6"/>
     </row>
     <row r="227" spans="1:16" customHeight="1" ht="65">
       <c r="A227" s="6" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="B227" s="6">
         <v>0</v>
       </c>
       <c r="C227" s="6">
         <v>0</v>
       </c>
       <c r="D227" s="6">
         <v>0</v>
       </c>
       <c r="E227" s="6" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="F227" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G227" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H227" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I227" s="6">
-        <v>1.905</v>
+        <v>1.505</v>
       </c>
       <c r="J227" s="10" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="K227" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L227" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M227" s="6" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="N227" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O227" s="6"/>
       <c r="P227" s="6"/>
     </row>
     <row r="228" spans="1:16" customHeight="1" ht="65">
       <c r="A228" s="6" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="B228" s="6">
         <v>0</v>
       </c>
       <c r="C228" s="6">
         <v>0</v>
       </c>
       <c r="D228" s="6">
         <v>0</v>
       </c>
       <c r="E228" s="6" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="F228" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G228" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H228" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I228" s="6">
-        <v>1.71</v>
+        <v>1.6</v>
       </c>
       <c r="J228" s="10" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="K228" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L228" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M228" s="6" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="N228" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O228" s="6"/>
       <c r="P228" s="6"/>
     </row>
     <row r="229" spans="1:16" customHeight="1" ht="65">
       <c r="A229" s="6" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="B229" s="6">
         <v>0</v>
       </c>
       <c r="C229" s="6">
         <v>0</v>
       </c>
       <c r="D229" s="6">
         <v>0</v>
       </c>
       <c r="E229" s="6" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="F229" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G229" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H229" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I229" s="6">
-        <v>1.71</v>
+        <v>3.32</v>
       </c>
       <c r="J229" s="10" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="K229" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L229" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M229" s="6" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="N229" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O229" s="6"/>
       <c r="P229" s="6"/>
     </row>
     <row r="230" spans="1:16" customHeight="1" ht="65">
       <c r="A230" s="6" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B230" s="6">
         <v>0</v>
       </c>
       <c r="C230" s="6">
         <v>0</v>
       </c>
       <c r="D230" s="6">
         <v>0</v>
       </c>
       <c r="E230" s="6" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="F230" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G230" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H230" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I230" s="6">
-        <v>1.505</v>
+        <v>3.435</v>
       </c>
       <c r="J230" s="10" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="K230" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L230" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M230" s="6" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="N230" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O230" s="6"/>
       <c r="P230" s="6"/>
     </row>
     <row r="231" spans="1:16" customHeight="1" ht="65">
       <c r="A231" s="6" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="B231" s="6">
         <v>0</v>
       </c>
       <c r="C231" s="6">
         <v>0</v>
       </c>
       <c r="D231" s="6">
         <v>0</v>
       </c>
       <c r="E231" s="6" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="F231" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G231" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H231" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I231" s="6">
-        <v>1.6</v>
+        <v>6.5</v>
       </c>
       <c r="J231" s="10" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="K231" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L231" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M231" s="6" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="N231" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O231" s="6"/>
       <c r="P231" s="6"/>
     </row>
     <row r="232" spans="1:16" customHeight="1" ht="65">
       <c r="A232" s="6" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="B232" s="6">
         <v>0</v>
       </c>
       <c r="C232" s="6">
         <v>0</v>
       </c>
       <c r="D232" s="6">
         <v>0</v>
       </c>
       <c r="E232" s="6" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="F232" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G232" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H232" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I232" s="6">
-        <v>3.32</v>
+        <v>9.1</v>
       </c>
       <c r="J232" s="10" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="K232" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L232" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M232" s="6" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="N232" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O232" s="6"/>
       <c r="P232" s="6"/>
     </row>
     <row r="233" spans="1:16" customHeight="1" ht="65">
       <c r="A233" s="6" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="B233" s="6">
         <v>0</v>
       </c>
       <c r="C233" s="6">
         <v>0</v>
       </c>
       <c r="D233" s="6">
         <v>0</v>
       </c>
       <c r="E233" s="6" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="F233" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G233" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H233" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I233" s="6">
-        <v>3.435</v>
+        <v>1.1</v>
       </c>
       <c r="J233" s="10" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="K233" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L233" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M233" s="6" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="N233" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O233" s="6"/>
       <c r="P233" s="6"/>
     </row>
     <row r="234" spans="1:16" customHeight="1" ht="65">
       <c r="A234" s="6" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="B234" s="6">
         <v>0</v>
       </c>
       <c r="C234" s="6">
         <v>0</v>
       </c>
       <c r="D234" s="6">
         <v>0</v>
       </c>
       <c r="E234" s="6" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="F234" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G234" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H234" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I234" s="6">
-        <v>6.5</v>
+        <v>1.81</v>
       </c>
       <c r="J234" s="10" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="K234" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L234" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M234" s="6" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="N234" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O234" s="6"/>
       <c r="P234" s="6"/>
     </row>
     <row r="235" spans="1:16" customHeight="1" ht="65">
       <c r="A235" s="6" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="B235" s="6">
         <v>0</v>
       </c>
       <c r="C235" s="6">
         <v>0</v>
       </c>
       <c r="D235" s="6">
         <v>0</v>
       </c>
       <c r="E235" s="6" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="F235" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G235" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H235" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I235" s="6">
-        <v>9.1</v>
+        <v>3.7</v>
       </c>
       <c r="J235" s="10" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="K235" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L235" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M235" s="6" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="N235" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O235" s="6"/>
       <c r="P235" s="6"/>
     </row>
     <row r="236" spans="1:16" customHeight="1" ht="65">
       <c r="A236" s="6" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="B236" s="6">
         <v>0</v>
       </c>
       <c r="C236" s="6">
         <v>0</v>
       </c>
       <c r="D236" s="6">
         <v>0</v>
       </c>
       <c r="E236" s="6" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="F236" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G236" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H236" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I236" s="6">
-        <v>1.1</v>
+        <v>11.8</v>
       </c>
       <c r="J236" s="10" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="K236" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L236" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M236" s="6" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="N236" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O236" s="6"/>
       <c r="P236" s="6"/>
     </row>
     <row r="237" spans="1:16" customHeight="1" ht="65">
       <c r="A237" s="6" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="B237" s="6">
         <v>0</v>
       </c>
       <c r="C237" s="6">
         <v>0</v>
       </c>
       <c r="D237" s="6">
         <v>0</v>
       </c>
       <c r="E237" s="6" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="F237" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G237" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H237" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I237" s="6">
-        <v>1.81</v>
+        <v>0</v>
       </c>
       <c r="J237" s="10" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="K237" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L237" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M237" s="6" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="N237" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O237" s="6"/>
       <c r="P237" s="6"/>
     </row>
     <row r="238" spans="1:16" customHeight="1" ht="65">
       <c r="A238" s="6" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="B238" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C238" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D238" s="6">
         <v>0</v>
       </c>
       <c r="E238" s="6" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="F238" s="9" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="G238" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H238" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I238" s="6">
-        <v>3.7</v>
+        <v>0.42</v>
       </c>
       <c r="J238" s="10" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="K238" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L238" s="10" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="M238" s="6" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="N238" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O238" s="6"/>
+      <c r="O238" s="6">
+        <v>504.72</v>
+      </c>
       <c r="P238" s="6"/>
     </row>
     <row r="239" spans="1:16" customHeight="1" ht="65">
       <c r="A239" s="6" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="B239" s="6">
         <v>0</v>
       </c>
       <c r="C239" s="6">
         <v>0</v>
       </c>
       <c r="D239" s="6">
         <v>0</v>
       </c>
       <c r="E239" s="6" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="F239" s="9" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="G239" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H239" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I239" s="6">
-        <v>11.8</v>
+        <v>0.415</v>
       </c>
       <c r="J239" s="10" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="K239" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L239" s="10" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="M239" s="6" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="N239" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O239" s="6"/>
       <c r="P239" s="6"/>
     </row>
     <row r="240" spans="1:16" customHeight="1" ht="65">
       <c r="A240" s="6" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="B240" s="6">
         <v>0</v>
       </c>
       <c r="C240" s="6">
         <v>0</v>
       </c>
       <c r="D240" s="6">
         <v>0</v>
       </c>
       <c r="E240" s="6" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="F240" s="9" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="G240" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H240" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I240" s="6">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J240" s="10" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="K240" s="6" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="L240" s="10" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="M240" s="6" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="N240" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O240" s="6"/>
       <c r="P240" s="6"/>
     </row>
     <row r="241" spans="1:16" customHeight="1" ht="65">
       <c r="A241" s="6" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="B241" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C241" s="6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D241" s="6">
         <v>0</v>
       </c>
       <c r="E241" s="6" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="F241" s="9" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="G241" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H241" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I241" s="6">
-        <v>0.42</v>
+        <v>10</v>
       </c>
       <c r="J241" s="10" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="K241" s="6" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="L241" s="10" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="M241" s="6" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="N241" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O241" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O241" s="6"/>
       <c r="P241" s="6"/>
     </row>
     <row r="242" spans="1:16" customHeight="1" ht="65">
       <c r="A242" s="6" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="B242" s="6">
         <v>0</v>
       </c>
       <c r="C242" s="6">
         <v>0</v>
       </c>
       <c r="D242" s="6">
         <v>0</v>
       </c>
       <c r="E242" s="6" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="G242" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H242" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I242" s="6">
-        <v>0.415</v>
+        <v>1.74</v>
       </c>
       <c r="J242" s="10" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="K242" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L242" s="10" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="M242" s="6" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="N242" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O242" s="6"/>
       <c r="P242" s="6"/>
     </row>
     <row r="243" spans="1:16" customHeight="1" ht="65">
       <c r="A243" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="B243" s="6">
+        <v>79</v>
+      </c>
+      <c r="C243" s="6">
+        <v>79</v>
+      </c>
+      <c r="D243" s="6">
+        <v>0</v>
+      </c>
+      <c r="E243" s="6" t="s">
+        <v>942</v>
+      </c>
+      <c r="F243" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G243" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H243" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I243" s="6">
+        <v>3.34</v>
+      </c>
+      <c r="J243" s="10" t="s">
+        <v>943</v>
+      </c>
+      <c r="K243" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L243" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M243" s="6" t="s">
         <v>944</v>
       </c>
-      <c r="B243" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N243" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O243" s="6"/>
+      <c r="O243" s="6">
+        <v>3246.77</v>
+      </c>
       <c r="P243" s="6"/>
     </row>
     <row r="244" spans="1:16" customHeight="1" ht="65">
       <c r="A244" s="6" t="s">
+        <v>945</v>
+      </c>
+      <c r="B244" s="6">
+        <v>10</v>
+      </c>
+      <c r="C244" s="6">
+        <v>10</v>
+      </c>
+      <c r="D244" s="6">
+        <v>0</v>
+      </c>
+      <c r="E244" s="6" t="s">
+        <v>946</v>
+      </c>
+      <c r="F244" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G244" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H244" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I244" s="6">
+        <v>1.87</v>
+      </c>
+      <c r="J244" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="K244" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L244" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M244" s="6" t="s">
         <v>948</v>
       </c>
-      <c r="B244" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N244" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O244" s="6"/>
+      <c r="O244" s="6">
+        <v>1122.03</v>
+      </c>
       <c r="P244" s="6"/>
     </row>
     <row r="245" spans="1:16" customHeight="1" ht="65">
       <c r="A245" s="6" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="B245" s="6">
         <v>0</v>
       </c>
       <c r="C245" s="6">
         <v>0</v>
       </c>
       <c r="D245" s="6">
         <v>0</v>
       </c>
       <c r="E245" s="6" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="F245" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G245" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H245" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I245" s="6">
-        <v>1.74</v>
+        <v>0.8</v>
       </c>
       <c r="J245" s="10" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="K245" s="6" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="L245" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M245" s="6" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="N245" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O245" s="6"/>
       <c r="P245" s="6"/>
     </row>
     <row r="246" spans="1:16" customHeight="1" ht="65">
       <c r="A246" s="6" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="B246" s="6">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="C246" s="6">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="D246" s="6">
         <v>0</v>
       </c>
       <c r="E246" s="6" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="F246" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G246" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H246" s="6" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I246" s="6">
-        <v>3.34</v>
+        <v>1</v>
       </c>
       <c r="J246" s="10" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="K246" s="6" t="s">
-        <v>216</v>
+        <v>26</v>
       </c>
       <c r="L246" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M246" s="6" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="N246" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O246" s="6">
-        <v>3215.18</v>
+        <v>1651.88</v>
       </c>
       <c r="P246" s="6"/>
     </row>
     <row r="247" spans="1:16" customHeight="1" ht="65">
       <c r="A247" s="6" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="B247" s="6">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="C247" s="6">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="D247" s="6">
         <v>0</v>
       </c>
       <c r="E247" s="6" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="F247" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G247" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H247" s="6" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I247" s="6">
-        <v>1.87</v>
+        <v>1</v>
       </c>
       <c r="J247" s="10" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="K247" s="6" t="s">
-        <v>216</v>
+        <v>26</v>
       </c>
       <c r="L247" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M247" s="6" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="N247" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O247" s="6">
-        <v>1110.33</v>
+        <v>1529.04</v>
       </c>
       <c r="P247" s="6"/>
     </row>
     <row r="248" spans="1:16" customHeight="1" ht="65">
       <c r="A248" s="6" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="B248" s="6">
         <v>0</v>
       </c>
       <c r="C248" s="6">
         <v>0</v>
       </c>
       <c r="D248" s="6">
         <v>0</v>
       </c>
       <c r="E248" s="6" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="F248" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G248" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H248" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I248" s="6">
-        <v>0.8</v>
+        <v>1</v>
       </c>
       <c r="J248" s="10" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="K248" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L248" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M248" s="6" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="N248" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O248" s="6"/>
+      <c r="O248" s="6">
+        <v>1496.74</v>
+      </c>
       <c r="P248" s="6"/>
     </row>
     <row r="249" spans="1:16" customHeight="1" ht="65">
       <c r="A249" s="6" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="B249" s="6">
         <v>0</v>
       </c>
       <c r="C249" s="6">
         <v>0</v>
       </c>
       <c r="D249" s="6">
         <v>0</v>
       </c>
       <c r="E249" s="6" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="F249" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G249" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H249" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I249" s="6">
         <v>1</v>
       </c>
       <c r="J249" s="10" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="K249" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L249" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M249" s="6" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="N249" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O249" s="6">
-        <v>1651.88</v>
+        <v>2019.31</v>
       </c>
       <c r="P249" s="6"/>
     </row>
     <row r="250" spans="1:16" customHeight="1" ht="65">
       <c r="A250" s="6" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="B250" s="6">
         <v>0</v>
       </c>
       <c r="C250" s="6">
         <v>0</v>
       </c>
       <c r="D250" s="6">
         <v>0</v>
       </c>
       <c r="E250" s="6" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="F250" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G250" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H250" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I250" s="6">
         <v>1</v>
       </c>
       <c r="J250" s="10" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="K250" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L250" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M250" s="6" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="N250" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O250" s="6">
-        <v>1529.04</v>
+        <v>1958.13</v>
       </c>
       <c r="P250" s="6"/>
     </row>
     <row r="251" spans="1:16" customHeight="1" ht="65">
       <c r="A251" s="6" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="B251" s="6">
         <v>0</v>
       </c>
       <c r="C251" s="6">
         <v>0</v>
       </c>
       <c r="D251" s="6">
         <v>0</v>
       </c>
       <c r="E251" s="6" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="F251" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G251" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H251" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I251" s="6">
-        <v>1</v>
+        <v>1.25</v>
       </c>
       <c r="J251" s="10" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="K251" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L251" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M251" s="6" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="N251" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O251" s="6">
-        <v>1496.74</v>
+        <v>2172.88</v>
       </c>
       <c r="P251" s="6"/>
     </row>
     <row r="252" spans="1:16" customHeight="1" ht="65">
       <c r="A252" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="B252" s="6">
+        <v>0</v>
+      </c>
+      <c r="C252" s="6">
+        <v>0</v>
+      </c>
+      <c r="D252" s="6">
+        <v>0</v>
+      </c>
+      <c r="E252" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="F252" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G252" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H252" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I252" s="6">
+        <v>0</v>
+      </c>
+      <c r="J252" s="10" t="s">
+        <v>979</v>
+      </c>
+      <c r="K252" s="6" t="s">
         <v>980</v>
       </c>
-      <c r="B252" s="6">
-[...8 lines deleted...]
-      <c r="E252" s="6" t="s">
+      <c r="L252" s="10" t="s">
         <v>981</v>
       </c>
-      <c r="F252" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J252" s="10" t="s">
+      <c r="M252" s="6" t="s">
         <v>982</v>
       </c>
-      <c r="K252" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N252" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O252" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O252" s="6"/>
       <c r="P252" s="6"/>
     </row>
     <row r="253" spans="1:16" customHeight="1" ht="65">
       <c r="A253" s="6" t="s">
+        <v>983</v>
+      </c>
+      <c r="B253" s="6">
+        <v>0</v>
+      </c>
+      <c r="C253" s="6">
+        <v>0</v>
+      </c>
+      <c r="D253" s="6">
+        <v>0</v>
+      </c>
+      <c r="E253" s="6">
+        <v>12000137117</v>
+      </c>
+      <c r="F253" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G253" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H253" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I253" s="6">
+        <v>0</v>
+      </c>
+      <c r="J253" s="10" t="s">
         <v>984</v>
       </c>
-      <c r="B253" s="6">
-[...8 lines deleted...]
-      <c r="E253" s="6" t="s">
+      <c r="K253" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L253" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M253" s="6" t="s">
         <v>985</v>
       </c>
-      <c r="F253" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N253" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O253" s="6">
-        <v>1958.13</v>
+        <v>2948.33</v>
       </c>
       <c r="P253" s="6"/>
     </row>
     <row r="254" spans="1:16" customHeight="1" ht="65">
       <c r="A254" s="6" t="s">
+        <v>986</v>
+      </c>
+      <c r="B254" s="6">
+        <v>0</v>
+      </c>
+      <c r="C254" s="6">
+        <v>0</v>
+      </c>
+      <c r="D254" s="6">
+        <v>0</v>
+      </c>
+      <c r="E254" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="F254" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G254" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H254" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I254" s="6">
+        <v>3.655</v>
+      </c>
+      <c r="J254" s="10" t="s">
         <v>988</v>
       </c>
-      <c r="B254" s="6">
-[...8 lines deleted...]
-      <c r="E254" s="6" t="s">
+      <c r="K254" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L254" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M254" s="6" t="s">
         <v>989</v>
       </c>
-      <c r="F254" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N254" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O254" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O254" s="6"/>
       <c r="P254" s="6"/>
     </row>
     <row r="255" spans="1:16" customHeight="1" ht="65">
       <c r="A255" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="B255" s="6">
+        <v>0</v>
+      </c>
+      <c r="C255" s="6">
+        <v>0</v>
+      </c>
+      <c r="D255" s="6">
+        <v>0</v>
+      </c>
+      <c r="E255" s="6" t="s">
+        <v>991</v>
+      </c>
+      <c r="F255" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G255" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H255" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I255" s="6">
+        <v>0</v>
+      </c>
+      <c r="J255" s="10" t="s">
         <v>992</v>
       </c>
-      <c r="B255" s="6">
-[...8 lines deleted...]
-      <c r="E255" s="6" t="s">
+      <c r="K255" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="L255" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="M255" s="6" t="s">
         <v>993</v>
       </c>
-      <c r="F255" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N255" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O255" s="6"/>
+      <c r="O255" s="6">
+        <v>23330.68</v>
+      </c>
       <c r="P255" s="6"/>
     </row>
     <row r="256" spans="1:16" customHeight="1" ht="65">
       <c r="A256" s="6" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="B256" s="6">
         <v>0</v>
       </c>
       <c r="C256" s="6">
         <v>0</v>
       </c>
       <c r="D256" s="6">
         <v>0</v>
       </c>
-      <c r="E256" s="6">
-        <v>12000137117</v>
+      <c r="E256" s="6" t="s">
+        <v>995</v>
       </c>
       <c r="F256" s="9" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="G256" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H256" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I256" s="6">
-        <v>0</v>
+        <v>0.68</v>
       </c>
       <c r="J256" s="10" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="K256" s="6" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="L256" s="10" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="M256" s="6" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="N256" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O256" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O256" s="6"/>
       <c r="P256" s="6"/>
     </row>
     <row r="257" spans="1:16" customHeight="1" ht="65">
       <c r="A257" s="6" t="s">
+        <v>998</v>
+      </c>
+      <c r="B257" s="6">
+        <v>4</v>
+      </c>
+      <c r="C257" s="6">
+        <v>4</v>
+      </c>
+      <c r="D257" s="6">
+        <v>0</v>
+      </c>
+      <c r="E257" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="F257" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G257" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H257" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I257" s="6">
+        <v>5</v>
+      </c>
+      <c r="J257" s="10" t="s">
+        <v>1000</v>
+      </c>
+      <c r="K257" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L257" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="M257" s="6" t="s">
         <v>1001</v>
       </c>
-      <c r="B257" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N257" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O257" s="6"/>
+      <c r="O257" s="6">
+        <v>19040</v>
+      </c>
       <c r="P257" s="6"/>
     </row>
     <row r="258" spans="1:16" customHeight="1" ht="65">
       <c r="A258" s="6" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="B258" s="6">
         <v>0</v>
       </c>
       <c r="C258" s="6">
         <v>0</v>
       </c>
       <c r="D258" s="6">
         <v>0</v>
       </c>
       <c r="E258" s="6" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="F258" s="9" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G258" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H258" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I258" s="6">
-        <v>0</v>
+        <v>5.8</v>
       </c>
       <c r="J258" s="10" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="K258" s="6" t="s">
-        <v>49</v>
+        <v>1005</v>
       </c>
       <c r="L258" s="10" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="M258" s="6" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="N258" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O258" s="6">
-        <v>23797.29</v>
+        <v>9903.27</v>
       </c>
       <c r="P258" s="6"/>
     </row>
     <row r="259" spans="1:16" customHeight="1" ht="65">
       <c r="A259" s="6" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="B259" s="6">
         <v>0</v>
       </c>
       <c r="C259" s="6">
         <v>0</v>
       </c>
       <c r="D259" s="6">
         <v>0</v>
       </c>
       <c r="E259" s="6" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="F259" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G259" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H259" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I259" s="6">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="J259" s="10" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="K259" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L259" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M259" s="6" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="N259" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O259" s="6"/>
       <c r="P259" s="6"/>
     </row>
     <row r="260" spans="1:16" customHeight="1" ht="65">
       <c r="A260" s="6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B260" s="6">
+        <v>0</v>
+      </c>
+      <c r="C260" s="6">
+        <v>0</v>
+      </c>
+      <c r="D260" s="6">
+        <v>0</v>
+      </c>
+      <c r="E260" s="6" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F260" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G260" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H260" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I260" s="6">
+        <v>0</v>
+      </c>
+      <c r="J260" s="10" t="s">
         <v>1013</v>
       </c>
-      <c r="B260" s="6">
-[...8 lines deleted...]
-      <c r="E260" s="6" t="s">
+      <c r="K260" s="6" t="s">
         <v>1014</v>
       </c>
-      <c r="F260" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J260" s="10" t="s">
+      <c r="L260" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M260" s="6" t="s">
         <v>1015</v>
       </c>
-      <c r="K260" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N260" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O260" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O260" s="6"/>
       <c r="P260" s="6"/>
     </row>
     <row r="261" spans="1:16" customHeight="1" ht="65">
       <c r="A261" s="6" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B261" s="6">
+        <v>0</v>
+      </c>
+      <c r="C261" s="6">
+        <v>0</v>
+      </c>
+      <c r="D261" s="6">
+        <v>0</v>
+      </c>
+      <c r="E261" s="6" t="s">
         <v>1017</v>
-      </c>
-[...10 lines deleted...]
-        <v>1018</v>
       </c>
       <c r="F261" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G261" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H261" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I261" s="6">
-        <v>5.8</v>
+        <v>1.25</v>
       </c>
       <c r="J261" s="10" t="s">
-        <v>1019</v>
+        <v>1018</v>
       </c>
       <c r="K261" s="6" t="s">
-        <v>1020</v>
+        <v>26</v>
       </c>
       <c r="L261" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M261" s="6" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="N261" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O261" s="6">
-        <v>10101.34</v>
+        <v>1866.2</v>
       </c>
       <c r="P261" s="6"/>
     </row>
     <row r="262" spans="1:16" customHeight="1" ht="65">
       <c r="A262" s="6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B262" s="6">
+        <v>0</v>
+      </c>
+      <c r="C262" s="6">
+        <v>0</v>
+      </c>
+      <c r="D262" s="6">
+        <v>0</v>
+      </c>
+      <c r="E262" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F262" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G262" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H262" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I262" s="6">
+        <v>1.25</v>
+      </c>
+      <c r="J262" s="10" t="s">
         <v>1022</v>
       </c>
-      <c r="B262" s="6">
-[...8 lines deleted...]
-      <c r="E262" s="6" t="s">
+      <c r="K262" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L262" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M262" s="6" t="s">
         <v>1023</v>
       </c>
-      <c r="F262" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N262" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O262" s="6"/>
+      <c r="O262" s="6">
+        <v>1934.21</v>
+      </c>
       <c r="P262" s="6"/>
     </row>
     <row r="263" spans="1:16" customHeight="1" ht="65">
       <c r="A263" s="6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B263" s="6">
+        <v>1</v>
+      </c>
+      <c r="C263" s="6">
+        <v>1</v>
+      </c>
+      <c r="D263" s="6">
+        <v>0</v>
+      </c>
+      <c r="E263" s="6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F263" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G263" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H263" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I263" s="6">
+        <v>8</v>
+      </c>
+      <c r="J263" s="10" t="s">
         <v>1026</v>
       </c>
-      <c r="B263" s="6">
-[...8 lines deleted...]
-      <c r="E263" s="6" t="s">
+      <c r="K263" s="6" t="s">
         <v>1027</v>
       </c>
-      <c r="F263" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J263" s="10" t="s">
+      <c r="L263" s="10" t="s">
         <v>1028</v>
       </c>
-      <c r="K263" s="6" t="s">
+      <c r="M263" s="6" t="s">
         <v>1029</v>
       </c>
-      <c r="L263" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N263" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O263" s="6"/>
+      <c r="O263" s="6">
+        <v>16148.79</v>
+      </c>
       <c r="P263" s="6"/>
     </row>
     <row r="264" spans="1:16" customHeight="1" ht="65">
       <c r="A264" s="6" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="B264" s="6">
         <v>0</v>
       </c>
       <c r="C264" s="6">
         <v>0</v>
       </c>
       <c r="D264" s="6">
         <v>0</v>
       </c>
-      <c r="E264" s="6" t="s">
-        <v>1032</v>
+      <c r="E264" s="6">
+        <v>431227609</v>
       </c>
       <c r="F264" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G264" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H264" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I264" s="6">
-        <v>1.25</v>
+        <v>0</v>
       </c>
       <c r="J264" s="10" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="K264" s="6" t="s">
-        <v>26</v>
+        <v>138</v>
       </c>
       <c r="L264" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M264" s="6" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="N264" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O264" s="6">
-        <v>1866.2</v>
+        <v>1572.98</v>
       </c>
       <c r="P264" s="6"/>
     </row>
     <row r="265" spans="1:16" customHeight="1" ht="65">
       <c r="A265" s="6" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="B265" s="6">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="C265" s="6">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="D265" s="6">
         <v>0</v>
       </c>
-      <c r="E265" s="6" t="s">
-        <v>1036</v>
+      <c r="E265" s="6">
+        <v>432106121</v>
       </c>
       <c r="F265" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G265" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H265" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I265" s="6">
+        <v>1.57</v>
+      </c>
+      <c r="J265" s="10" t="s">
+        <v>1034</v>
+      </c>
+      <c r="K265" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="L265" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="M265" s="6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="N265" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O265" s="6">
+        <v>1572.98</v>
+      </c>
+      <c r="P265" s="6"/>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B266" s="6">
+        <v>0</v>
+      </c>
+      <c r="C266" s="6">
+        <v>0</v>
+      </c>
+      <c r="D266" s="6">
+        <v>0</v>
+      </c>
+      <c r="E266" s="6" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F266" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="G266" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H266" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="I265" s="6">
-[...11 lines deleted...]
-      <c r="M265" s="6" t="s">
+      <c r="I266" s="6">
+        <v>100</v>
+      </c>
+      <c r="J266" s="10"/>
+      <c r="K266" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L266" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="M266" s="6" t="s">
         <v>1038</v>
       </c>
-      <c r="N265" s="6" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="N266" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O266" s="6">
-        <v>16148.79</v>
+        <v>151699.93</v>
       </c>
       <c r="P266" s="6"/>
     </row>
     <row r="267" spans="1:16" customHeight="1" ht="65">
       <c r="A267" s="6" t="s">
-        <v>1045</v>
+        <v>1039</v>
       </c>
       <c r="B267" s="6">
         <v>0</v>
       </c>
       <c r="C267" s="6">
         <v>0</v>
       </c>
       <c r="D267" s="6">
         <v>0</v>
       </c>
-      <c r="E267" s="6">
-        <v>431227609</v>
+      <c r="E267" s="6" t="s">
+        <v>1040</v>
       </c>
       <c r="F267" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G267" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H267" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I267" s="6">
-        <v>0</v>
+        <v>0.46</v>
       </c>
       <c r="J267" s="10" t="s">
-        <v>1046</v>
+        <v>1041</v>
       </c>
       <c r="K267" s="6" t="s">
-        <v>138</v>
+        <v>65</v>
       </c>
       <c r="L267" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M267" s="6" t="s">
-        <v>1047</v>
+        <v>1042</v>
       </c>
       <c r="N267" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O267" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O267" s="6"/>
       <c r="P267" s="6"/>
     </row>
     <row r="268" spans="1:16" customHeight="1" ht="65">
       <c r="A268" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B268" s="6">
+        <v>0</v>
+      </c>
+      <c r="C268" s="6">
+        <v>0</v>
+      </c>
+      <c r="D268" s="6">
+        <v>0</v>
+      </c>
+      <c r="E268" s="6" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F268" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G268" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H268" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I268" s="6">
+        <v>0.36</v>
+      </c>
+      <c r="J268" s="10" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K268" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L268" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M268" s="6" t="s">
+        <v>1046</v>
+      </c>
+      <c r="N268" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O268" s="6"/>
+      <c r="P268" s="6"/>
+    </row>
+    <row r="269" spans="1:16" customHeight="1" ht="65">
+      <c r="A269" s="6" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B269" s="6">
+        <v>1</v>
+      </c>
+      <c r="C269" s="6">
+        <v>1</v>
+      </c>
+      <c r="D269" s="6">
+        <v>0</v>
+      </c>
+      <c r="E269" s="6" t="s">
         <v>1048</v>
       </c>
-      <c r="B268" s="6">
-[...23 lines deleted...]
-      <c r="J268" s="10" t="s">
+      <c r="F269" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G269" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H269" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I269" s="6">
+        <v>0</v>
+      </c>
+      <c r="J269" s="10" t="s">
         <v>1049</v>
       </c>
-      <c r="K268" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M268" s="6" t="s">
+      <c r="K269" s="6" t="s">
         <v>1050</v>
       </c>
-      <c r="N268" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A269" s="6" t="s">
+      <c r="L269" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M269" s="6" t="s">
         <v>1051</v>
       </c>
-      <c r="B269" s="6">
-[...32 lines deleted...]
-      </c>
       <c r="N269" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O269" s="6">
-        <v>171920.92</v>
+        <v>1890.78</v>
       </c>
       <c r="P269" s="6"/>
     </row>
     <row r="270" spans="1:16" customHeight="1" ht="65">
       <c r="A270" s="6" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B270" s="6">
+        <v>0</v>
+      </c>
+      <c r="C270" s="6">
+        <v>0</v>
+      </c>
+      <c r="D270" s="6">
+        <v>0</v>
+      </c>
+      <c r="E270" s="6" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F270" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G270" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H270" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I270" s="6">
+        <v>0</v>
+      </c>
+      <c r="J270" s="10" t="s">
         <v>1054</v>
       </c>
-      <c r="B270" s="6">
-[...8 lines deleted...]
-      <c r="E270" s="6" t="s">
+      <c r="K270" s="6" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L270" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M270" s="6" t="s">
         <v>1055</v>
-      </c>
-[...22 lines deleted...]
-        <v>1059</v>
       </c>
       <c r="N270" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O270" s="6"/>
       <c r="P270" s="6"/>
     </row>
     <row r="271" spans="1:16" customHeight="1" ht="65">
       <c r="A271" s="6" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="B271" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C271" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D271" s="6">
         <v>0</v>
       </c>
       <c r="E271" s="6" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="F271" s="9" t="s">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="G271" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H271" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I271" s="6">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="J271" s="10" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="K271" s="6" t="s">
-        <v>65</v>
+        <v>1050</v>
       </c>
       <c r="L271" s="10" t="s">
-        <v>115</v>
+        <v>43</v>
       </c>
       <c r="M271" s="6" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="N271" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O271" s="6"/>
+      <c r="O271" s="6">
+        <v>2558.81</v>
+      </c>
       <c r="P271" s="6"/>
     </row>
     <row r="272" spans="1:16" customHeight="1" ht="65">
       <c r="A272" s="6" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
       <c r="B272" s="6">
         <v>0</v>
       </c>
       <c r="C272" s="6">
         <v>0</v>
       </c>
       <c r="D272" s="6">
         <v>0</v>
       </c>
       <c r="E272" s="6" t="s">
-        <v>1065</v>
+        <v>1061</v>
       </c>
       <c r="F272" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G272" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H272" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I272" s="6">
-        <v>0.36</v>
+        <v>0</v>
       </c>
       <c r="J272" s="10" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
       <c r="K272" s="6" t="s">
-        <v>65</v>
+        <v>794</v>
       </c>
       <c r="L272" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M272" s="6" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="N272" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O272" s="6"/>
       <c r="P272" s="6"/>
     </row>
     <row r="273" spans="1:16" customHeight="1" ht="65">
       <c r="A273" s="6" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="B273" s="6">
         <v>1</v>
       </c>
       <c r="C273" s="6">
         <v>1</v>
       </c>
       <c r="D273" s="6">
         <v>0</v>
       </c>
       <c r="E273" s="6" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="F273" s="9" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="G273" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H273" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I273" s="6">
         <v>0</v>
       </c>
       <c r="J273" s="10" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="K273" s="6" t="s">
-        <v>1071</v>
+        <v>1050</v>
       </c>
       <c r="L273" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M273" s="6" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
       <c r="N273" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O273" s="6">
-        <v>1890.78</v>
+        <v>1488.14</v>
       </c>
       <c r="P273" s="6"/>
     </row>
     <row r="274" spans="1:16" customHeight="1" ht="65">
       <c r="A274" s="6" t="s">
-        <v>1073</v>
+        <v>1068</v>
       </c>
       <c r="B274" s="6">
         <v>0</v>
       </c>
       <c r="C274" s="6">
         <v>0</v>
       </c>
       <c r="D274" s="6">
         <v>0</v>
       </c>
       <c r="E274" s="6" t="s">
-        <v>1074</v>
+        <v>1069</v>
       </c>
       <c r="F274" s="9" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="G274" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H274" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I274" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J274" s="10" t="s">
-        <v>1075</v>
+        <v>1070</v>
       </c>
       <c r="K274" s="6" t="s">
-        <v>1071</v>
+        <v>1050</v>
       </c>
       <c r="L274" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M274" s="6" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
       <c r="N274" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O274" s="6"/>
       <c r="P274" s="6"/>
     </row>
     <row r="275" spans="1:16" customHeight="1" ht="65">
       <c r="A275" s="6" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="B275" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C275" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D275" s="6">
         <v>0</v>
       </c>
       <c r="E275" s="6" t="s">
-        <v>1078</v>
+        <v>1073</v>
       </c>
       <c r="F275" s="9" t="s">
-        <v>84</v>
+        <v>1074</v>
       </c>
       <c r="G275" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H275" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I275" s="6">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="J275" s="10" t="s">
-        <v>1079</v>
+        <v>1075</v>
       </c>
       <c r="K275" s="6" t="s">
-        <v>1071</v>
+        <v>42</v>
       </c>
       <c r="L275" s="10" t="s">
-        <v>43</v>
+        <v>1076</v>
       </c>
       <c r="M275" s="6" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="N275" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O275" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O275" s="6"/>
       <c r="P275" s="6"/>
     </row>
     <row r="276" spans="1:16" customHeight="1" ht="65">
       <c r="A276" s="6" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="B276" s="6">
         <v>0</v>
       </c>
       <c r="C276" s="6">
         <v>0</v>
       </c>
       <c r="D276" s="6">
         <v>0</v>
       </c>
       <c r="E276" s="6" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="F276" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G276" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H276" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I276" s="6">
         <v>0</v>
       </c>
       <c r="J276" s="10" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="K276" s="6" t="s">
-        <v>216</v>
+        <v>65</v>
       </c>
       <c r="L276" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M276" s="6" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="N276" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O276" s="6"/>
       <c r="P276" s="6"/>
     </row>
     <row r="277" spans="1:16" customHeight="1" ht="65">
       <c r="A277" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B277" s="6">
+        <v>0</v>
+      </c>
+      <c r="C277" s="6">
+        <v>0</v>
+      </c>
+      <c r="D277" s="6">
+        <v>0</v>
+      </c>
+      <c r="E277" s="6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F277" s="9" t="s">
+        <v>818</v>
+      </c>
+      <c r="G277" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H277" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I277" s="6">
+        <v>0.85</v>
+      </c>
+      <c r="J277" s="10" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K277" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L277" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M277" s="6" t="s">
         <v>1085</v>
-      </c>
-[...34 lines deleted...]
-        <v>1089</v>
       </c>
       <c r="N277" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O277" s="6"/>
       <c r="P277" s="6"/>
     </row>
     <row r="278" spans="1:16" customHeight="1" ht="65">
       <c r="A278" s="6" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="B278" s="6">
+        <v>5</v>
+      </c>
+      <c r="C278" s="6">
+        <v>5</v>
+      </c>
+      <c r="D278" s="6">
+        <v>0</v>
+      </c>
+      <c r="E278" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F278" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G278" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H278" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I278" s="6">
         <v>1</v>
       </c>
-      <c r="C278" s="6">
-[...19 lines deleted...]
-      </c>
       <c r="J278" s="10" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="K278" s="6" t="s">
-        <v>1071</v>
+        <v>42</v>
       </c>
       <c r="L278" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M278" s="6" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="N278" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O278" s="6">
-        <v>1488.14</v>
+        <v>131.52</v>
       </c>
       <c r="P278" s="6"/>
     </row>
     <row r="279" spans="1:16" customHeight="1" ht="65">
       <c r="A279" s="6" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="B279" s="6">
         <v>0</v>
       </c>
       <c r="C279" s="6">
         <v>0</v>
       </c>
       <c r="D279" s="6">
         <v>0</v>
       </c>
       <c r="E279" s="6" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="F279" s="9" t="s">
-        <v>726</v>
+        <v>84</v>
       </c>
       <c r="G279" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H279" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I279" s="6">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J279" s="10" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
       <c r="K279" s="6" t="s">
-        <v>1071</v>
+        <v>1093</v>
       </c>
       <c r="L279" s="10" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="M279" s="6" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="N279" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O279" s="6"/>
       <c r="P279" s="6"/>
     </row>
     <row r="280" spans="1:16" customHeight="1" ht="65">
       <c r="A280" s="6" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="B280" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C280" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D280" s="6">
         <v>0</v>
       </c>
       <c r="E280" s="6" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="F280" s="9" t="s">
-        <v>1087</v>
+        <v>84</v>
       </c>
       <c r="G280" s="10" t="s">
         <v>69</v>
       </c>
       <c r="H280" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I280" s="6">
         <v>0</v>
       </c>
       <c r="J280" s="10" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="K280" s="6" t="s">
-        <v>1071</v>
+        <v>1093</v>
       </c>
       <c r="L280" s="10" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="M280" s="6" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="N280" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O280" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O280" s="6"/>
       <c r="P280" s="6"/>
     </row>
     <row r="281" spans="1:16" customHeight="1" ht="65">
       <c r="A281" s="6" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="B281" s="6">
         <v>0</v>
       </c>
       <c r="C281" s="6">
         <v>0</v>
       </c>
       <c r="D281" s="6">
         <v>0</v>
       </c>
       <c r="E281" s="6" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="F281" s="9" t="s">
-        <v>1056</v>
+        <v>84</v>
       </c>
       <c r="G281" s="10" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="H281" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I281" s="6">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="J281" s="10" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="K281" s="6" t="s">
-        <v>42</v>
+        <v>1093</v>
       </c>
       <c r="L281" s="10" t="s">
-        <v>1058</v>
+        <v>84</v>
       </c>
       <c r="M281" s="6" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="N281" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O281" s="6"/>
       <c r="P281" s="6"/>
     </row>
     <row r="282" spans="1:16" customHeight="1" ht="65">
       <c r="A282" s="6" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="B282" s="6">
         <v>0</v>
       </c>
       <c r="C282" s="6">
         <v>0</v>
       </c>
       <c r="D282" s="6">
         <v>0</v>
       </c>
       <c r="E282" s="6" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="F282" s="9" t="s">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="G282" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H282" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I282" s="6">
         <v>0</v>
       </c>
       <c r="J282" s="10" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="K282" s="6" t="s">
-        <v>65</v>
+        <v>1093</v>
       </c>
       <c r="L282" s="10" t="s">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="M282" s="6" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="N282" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O282" s="6"/>
       <c r="P282" s="6"/>
     </row>
     <row r="283" spans="1:16" customHeight="1" ht="65">
       <c r="A283" s="6" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="B283" s="6">
         <v>0</v>
       </c>
       <c r="C283" s="6">
         <v>0</v>
       </c>
       <c r="D283" s="6">
         <v>0</v>
       </c>
       <c r="E283" s="6" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="F283" s="9" t="s">
-        <v>833</v>
+        <v>84</v>
       </c>
       <c r="G283" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H283" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I283" s="6">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="J283" s="10" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="K283" s="6" t="s">
-        <v>65</v>
+        <v>1093</v>
       </c>
       <c r="L283" s="10" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="M283" s="6" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="N283" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O283" s="6"/>
       <c r="P283" s="6"/>
     </row>
     <row r="284" spans="1:16" customHeight="1" ht="65">
       <c r="A284" s="6" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="B284" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C284" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D284" s="6">
         <v>0</v>
       </c>
       <c r="E284" s="6" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="F284" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G284" s="10" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="H284" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I284" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J284" s="10" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="K284" s="6" t="s">
-        <v>42</v>
+        <v>1093</v>
       </c>
       <c r="L284" s="10" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="M284" s="6" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="N284" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O284" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O284" s="6"/>
       <c r="P284" s="6"/>
     </row>
     <row r="285" spans="1:16" customHeight="1" ht="65">
       <c r="A285" s="6" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="B285" s="6">
         <v>0</v>
       </c>
       <c r="C285" s="6">
         <v>0</v>
       </c>
       <c r="D285" s="6">
         <v>0</v>
       </c>
       <c r="E285" s="6" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="F285" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G285" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H285" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I285" s="6">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="J285" s="10" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="K285" s="6" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="L285" s="10" t="s">
         <v>84</v>
       </c>
       <c r="M285" s="6" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="N285" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O285" s="6"/>
       <c r="P285" s="6"/>
     </row>
     <row r="286" spans="1:16" customHeight="1" ht="65">
       <c r="A286" s="6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B286" s="6">
+        <v>1</v>
+      </c>
+      <c r="C286" s="6">
+        <v>1</v>
+      </c>
+      <c r="D286" s="6">
+        <v>0</v>
+      </c>
+      <c r="E286" s="6" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F286" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G286" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H286" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I286" s="6">
+        <v>19.5</v>
+      </c>
+      <c r="J286" s="10" t="s">
+        <v>1122</v>
+      </c>
+      <c r="K286" s="6" t="s">
         <v>1123</v>
       </c>
-      <c r="B286" s="6">
-[...8 lines deleted...]
-      <c r="E286" s="6" t="s">
+      <c r="L286" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M286" s="6" t="s">
         <v>1124</v>
       </c>
-      <c r="F286" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N286" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O286" s="6"/>
+      <c r="O286" s="6">
+        <v>19944.12</v>
+      </c>
       <c r="P286" s="6"/>
     </row>
     <row r="287" spans="1:16" customHeight="1" ht="65">
       <c r="A287" s="6" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B287" s="6">
+        <v>135</v>
+      </c>
+      <c r="C287" s="6">
+        <v>135</v>
+      </c>
+      <c r="D287" s="6">
+        <v>0</v>
+      </c>
+      <c r="E287" s="6" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F287" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G287" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H287" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I287" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="J287" s="10" t="s">
         <v>1127</v>
       </c>
-      <c r="B287" s="6">
-[...8 lines deleted...]
-      <c r="E287" s="6" t="s">
+      <c r="K287" s="6" t="s">
+        <v>1123</v>
+      </c>
+      <c r="L287" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M287" s="6" t="s">
         <v>1128</v>
       </c>
-      <c r="F287" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N287" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O287" s="6"/>
+      <c r="O287" s="6">
+        <v>11138.57</v>
+      </c>
       <c r="P287" s="6"/>
     </row>
     <row r="288" spans="1:16" customHeight="1" ht="65">
       <c r="A288" s="6" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="B288" s="6">
         <v>0</v>
       </c>
       <c r="C288" s="6">
         <v>0</v>
       </c>
       <c r="D288" s="6">
         <v>0</v>
       </c>
       <c r="E288" s="6" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="F288" s="9" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="G288" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H288" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I288" s="6">
         <v>0</v>
       </c>
       <c r="J288" s="10" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="K288" s="6" t="s">
-        <v>1121</v>
+        <v>65</v>
       </c>
       <c r="L288" s="10" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="M288" s="6" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
       <c r="N288" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O288" s="6"/>
       <c r="P288" s="6"/>
     </row>
     <row r="289" spans="1:16" customHeight="1" ht="65">
       <c r="A289" s="6" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="B289" s="6">
         <v>0</v>
       </c>
       <c r="C289" s="6">
         <v>0</v>
       </c>
       <c r="D289" s="6">
         <v>0</v>
       </c>
       <c r="E289" s="6" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="F289" s="9" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="G289" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H289" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I289" s="6">
         <v>0</v>
       </c>
       <c r="J289" s="10" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="K289" s="6" t="s">
-        <v>1121</v>
+        <v>65</v>
       </c>
       <c r="L289" s="10" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="M289" s="6" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="N289" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O289" s="6"/>
       <c r="P289" s="6"/>
     </row>
     <row r="290" spans="1:16" customHeight="1" ht="65">
       <c r="A290" s="6" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="B290" s="6">
         <v>0</v>
       </c>
       <c r="C290" s="6">
         <v>0</v>
       </c>
       <c r="D290" s="6">
         <v>0</v>
       </c>
       <c r="E290" s="6" t="s">
-        <v>1140</v>
+        <v>1138</v>
       </c>
       <c r="F290" s="9" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="G290" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H290" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I290" s="6">
         <v>0</v>
       </c>
       <c r="J290" s="10" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="K290" s="6" t="s">
-        <v>1121</v>
+        <v>65</v>
       </c>
       <c r="L290" s="10" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="M290" s="6" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
       <c r="N290" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O290" s="6"/>
       <c r="P290" s="6"/>
     </row>
     <row r="291" spans="1:16" customHeight="1" ht="65">
       <c r="A291" s="6" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="B291" s="6">
         <v>0</v>
       </c>
       <c r="C291" s="6">
         <v>0</v>
       </c>
       <c r="D291" s="6">
         <v>0</v>
       </c>
       <c r="E291" s="6" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="F291" s="9" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="G291" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H291" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I291" s="6">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="J291" s="10" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="K291" s="6" t="s">
-        <v>1146</v>
+        <v>65</v>
       </c>
       <c r="L291" s="10" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="M291" s="6" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="N291" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O291" s="6"/>
       <c r="P291" s="6"/>
     </row>
     <row r="292" spans="1:16" customHeight="1" ht="65">
       <c r="A292" s="6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B292" s="6">
+        <v>0</v>
+      </c>
+      <c r="C292" s="6">
+        <v>0</v>
+      </c>
+      <c r="D292" s="6">
+        <v>0</v>
+      </c>
+      <c r="E292" s="6" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F292" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G292" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="H292" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I292" s="6">
+        <v>5.95</v>
+      </c>
+      <c r="J292" s="10" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K292" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L292" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M292" s="6" t="s">
         <v>1148</v>
       </c>
-      <c r="B292" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N292" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O292" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O292" s="6"/>
       <c r="P292" s="6"/>
     </row>
     <row r="293" spans="1:16" customHeight="1" ht="65">
       <c r="A293" s="6" t="s">
-        <v>1153</v>
+        <v>1149</v>
       </c>
       <c r="B293" s="6">
-        <v>222</v>
+        <v>0</v>
       </c>
       <c r="C293" s="6">
-        <v>222</v>
+        <v>0</v>
       </c>
       <c r="D293" s="6">
         <v>0</v>
       </c>
       <c r="E293" s="6" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
       <c r="F293" s="9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="G293" s="10" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="H293" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I293" s="6">
-        <v>8.5</v>
+        <v>2.26</v>
       </c>
       <c r="J293" s="10" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="K293" s="6" t="s">
-        <v>1151</v>
+        <v>65</v>
       </c>
       <c r="L293" s="10" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="M293" s="6" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
       <c r="N293" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O293" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O293" s="6"/>
       <c r="P293" s="6"/>
     </row>
     <row r="294" spans="1:16" customHeight="1" ht="65">
       <c r="A294" s="6" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B294" s="6">
+        <v>0</v>
+      </c>
+      <c r="C294" s="6">
+        <v>0</v>
+      </c>
+      <c r="D294" s="6">
+        <v>0</v>
+      </c>
+      <c r="E294" s="6" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F294" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G294" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H294" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I294" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="J294" s="10" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K294" s="6" t="s">
+        <v>1156</v>
+      </c>
+      <c r="L294" s="10" t="s">
         <v>1157</v>
       </c>
-      <c r="B294" s="6">
-[...8 lines deleted...]
-      <c r="E294" s="6" t="s">
+      <c r="M294" s="6" t="s">
         <v>1158</v>
       </c>
-      <c r="F294" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N294" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O294" s="6"/>
+      <c r="O294" s="6">
+        <v>28412.64</v>
+      </c>
       <c r="P294" s="6"/>
     </row>
     <row r="295" spans="1:16" customHeight="1" ht="65">
       <c r="A295" s="6" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="B295" s="6">
         <v>0</v>
       </c>
       <c r="C295" s="6">
         <v>0</v>
       </c>
       <c r="D295" s="6">
         <v>0</v>
       </c>
       <c r="E295" s="6" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="F295" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G295" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H295" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I295" s="6">
-        <v>0</v>
+        <v>2.92</v>
       </c>
       <c r="J295" s="10" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="K295" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L295" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M295" s="6" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="N295" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O295" s="6"/>
       <c r="P295" s="6"/>
     </row>
-    <row r="296" spans="1:16" customHeight="1" ht="65">
+    <row r="296" spans="1:16">
       <c r="A296" s="6" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B296" s="6">
+        <v>46</v>
+      </c>
+      <c r="C296" s="6">
+        <v>46</v>
+      </c>
+      <c r="D296" s="6">
+        <v>0</v>
+      </c>
+      <c r="E296" s="6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F296" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G296" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H296" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I296" s="6">
+        <v>2.4</v>
+      </c>
+      <c r="J296" s="10" t="s">
         <v>1165</v>
       </c>
-      <c r="B296" s="6">
-[...8 lines deleted...]
-      <c r="E296" s="6" t="s">
+      <c r="K296" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="L296" s="10" t="s">
+        <v>684</v>
+      </c>
+      <c r="M296" s="6" t="s">
         <v>1166</v>
       </c>
-      <c r="F296" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N296" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O296" s="6"/>
+      <c r="O296" s="6">
+        <v>2493.44</v>
+      </c>
       <c r="P296" s="6"/>
     </row>
     <row r="297" spans="1:16" customHeight="1" ht="65">
       <c r="A297" s="6" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B297" s="6">
+        <v>3</v>
+      </c>
+      <c r="C297" s="6">
+        <v>3</v>
+      </c>
+      <c r="D297" s="6">
+        <v>0</v>
+      </c>
+      <c r="E297" s="6" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F297" s="9" t="s">
         <v>1169</v>
       </c>
-      <c r="B297" s="6">
-[...8 lines deleted...]
-      <c r="E297" s="6" t="s">
+      <c r="G297" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H297" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I297" s="6">
+        <v>4.69</v>
+      </c>
+      <c r="J297" s="10" t="s">
         <v>1170</v>
       </c>
-      <c r="F297" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J297" s="10" t="s">
+      <c r="K297" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L297" s="10" t="s">
+        <v>1169</v>
+      </c>
+      <c r="M297" s="6" t="s">
         <v>1171</v>
       </c>
-      <c r="K297" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N297" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O297" s="6"/>
+      <c r="O297" s="6">
+        <v>3480</v>
+      </c>
       <c r="P297" s="6"/>
     </row>
     <row r="298" spans="1:16" customHeight="1" ht="65">
       <c r="A298" s="6" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B298" s="6">
+        <v>0</v>
+      </c>
+      <c r="C298" s="6">
+        <v>0</v>
+      </c>
+      <c r="D298" s="6">
+        <v>0</v>
+      </c>
+      <c r="E298" s="6" t="s">
         <v>1173</v>
       </c>
-      <c r="B298" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F298" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G298" s="10" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="H298" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I298" s="6">
-        <v>5.95</v>
+        <v>0.46</v>
       </c>
       <c r="J298" s="10" t="s">
+        <v>1174</v>
+      </c>
+      <c r="K298" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L298" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M298" s="6" t="s">
         <v>1175</v>
-      </c>
-[...7 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="N298" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O298" s="6"/>
       <c r="P298" s="6"/>
     </row>
     <row r="299" spans="1:16" customHeight="1" ht="65">
       <c r="A299" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B299" s="6">
+        <v>0</v>
+      </c>
+      <c r="C299" s="6">
+        <v>0</v>
+      </c>
+      <c r="D299" s="6">
+        <v>0</v>
+      </c>
+      <c r="E299" s="6" t="s">
         <v>1177</v>
       </c>
-      <c r="B299" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F299" s="9" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="G299" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H299" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I299" s="6">
-        <v>2.26</v>
+        <v>0.41</v>
       </c>
       <c r="J299" s="10" t="s">
-        <v>1179</v>
+        <v>1178</v>
       </c>
       <c r="K299" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L299" s="10" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="M299" s="6" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="N299" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O299" s="6"/>
       <c r="P299" s="6"/>
     </row>
     <row r="300" spans="1:16" customHeight="1" ht="65">
       <c r="A300" s="6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B300" s="6">
+        <v>0</v>
+      </c>
+      <c r="C300" s="6">
+        <v>0</v>
+      </c>
+      <c r="D300" s="6">
+        <v>0</v>
+      </c>
+      <c r="E300" s="6" t="s">
         <v>1181</v>
       </c>
-      <c r="B300" s="6">
-[...8 lines deleted...]
-      <c r="E300" s="6" t="s">
+      <c r="F300" s="9" t="s">
+        <v>588</v>
+      </c>
+      <c r="G300" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H300" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I300" s="6">
+        <v>8.43</v>
+      </c>
+      <c r="J300" s="10" t="s">
         <v>1182</v>
       </c>
-      <c r="F300" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J300" s="10" t="s">
+      <c r="K300" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L300" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="M300" s="6" t="s">
         <v>1183</v>
       </c>
-      <c r="K300" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N300" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O300" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O300" s="6"/>
       <c r="P300" s="6"/>
     </row>
     <row r="301" spans="1:16" customHeight="1" ht="65">
       <c r="A301" s="6" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="B301" s="6">
         <v>0</v>
       </c>
       <c r="C301" s="6">
         <v>0</v>
       </c>
       <c r="D301" s="6">
         <v>0</v>
       </c>
       <c r="E301" s="6" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="F301" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G301" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H301" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I301" s="6">
-        <v>2.92</v>
+        <v>2.36</v>
       </c>
       <c r="J301" s="10" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="K301" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L301" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M301" s="6" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="N301" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O301" s="6"/>
       <c r="P301" s="6"/>
     </row>
     <row r="302" spans="1:16" customHeight="1" ht="65">
       <c r="A302" s="6" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="B302" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C302" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D302" s="6">
         <v>0</v>
       </c>
       <c r="E302" s="6" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="F302" s="9" t="s">
-        <v>163</v>
+        <v>43</v>
       </c>
       <c r="G302" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H302" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I302" s="6">
-        <v>4.69</v>
+        <v>5</v>
       </c>
       <c r="J302" s="10" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="K302" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L302" s="10" t="s">
-        <v>163</v>
+        <v>43</v>
       </c>
       <c r="M302" s="6" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="N302" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O302" s="6">
-        <v>3480</v>
+        <v>706.44</v>
       </c>
       <c r="P302" s="6"/>
     </row>
-    <row r="303" spans="1:16" customHeight="1" ht="65">
+    <row r="303" spans="1:16">
       <c r="A303" s="6" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="B303" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C303" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D303" s="6">
         <v>0</v>
       </c>
       <c r="E303" s="6" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="F303" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G303" s="10" t="s">
-        <v>63</v>
+        <v>234</v>
       </c>
       <c r="H303" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I303" s="6">
-        <v>0.46</v>
+        <v>1.65</v>
       </c>
       <c r="J303" s="10" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="K303" s="6" t="s">
-        <v>65</v>
+        <v>236</v>
       </c>
       <c r="L303" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M303" s="6" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="N303" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O303" s="6"/>
+      <c r="O303" s="6">
+        <v>1768.34</v>
+      </c>
       <c r="P303" s="6"/>
     </row>
     <row r="304" spans="1:16" customHeight="1" ht="65">
       <c r="A304" s="6" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="B304" s="6">
         <v>0</v>
       </c>
       <c r="C304" s="6">
         <v>0</v>
       </c>
       <c r="D304" s="6">
         <v>0</v>
       </c>
       <c r="E304" s="6" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="F304" s="9" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="G304" s="10" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="H304" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I304" s="6">
-        <v>0.41</v>
+        <v>11.4</v>
       </c>
       <c r="J304" s="10" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="K304" s="6" t="s">
-        <v>65</v>
+        <v>1199</v>
       </c>
       <c r="L304" s="10" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="M304" s="6" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="N304" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O304" s="6"/>
       <c r="P304" s="6"/>
     </row>
     <row r="305" spans="1:16" customHeight="1" ht="65">
       <c r="A305" s="6" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B305" s="6">
+        <v>0</v>
+      </c>
+      <c r="C305" s="6">
+        <v>0</v>
+      </c>
+      <c r="D305" s="6">
+        <v>0</v>
+      </c>
+      <c r="E305" s="6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F305" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G305" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H305" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I305" s="6">
+        <v>7</v>
+      </c>
+      <c r="J305" s="10" t="s">
         <v>1203</v>
       </c>
-      <c r="B305" s="6">
-[...8 lines deleted...]
-      <c r="E305" s="6" t="s">
+      <c r="K305" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="L305" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="M305" s="6" t="s">
         <v>1204</v>
       </c>
-      <c r="F305" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N305" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O305" s="6"/>
+      <c r="O305" s="6">
+        <v>14210.42</v>
+      </c>
       <c r="P305" s="6"/>
     </row>
     <row r="306" spans="1:16" customHeight="1" ht="65">
       <c r="A306" s="6" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B306" s="6">
+        <v>2</v>
+      </c>
+      <c r="C306" s="6">
+        <v>2</v>
+      </c>
+      <c r="D306" s="6">
+        <v>0</v>
+      </c>
+      <c r="E306" s="6" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F306" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G306" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H306" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I306" s="6">
+        <v>0</v>
+      </c>
+      <c r="J306" s="10" t="s">
         <v>1207</v>
       </c>
-      <c r="B306" s="6">
-[...8 lines deleted...]
-      <c r="E306" s="6" t="s">
+      <c r="K306" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="L306" s="10" t="s">
         <v>1208</v>
       </c>
-      <c r="F306" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J306" s="10" t="s">
+      <c r="M306" s="6" t="s">
         <v>1209</v>
       </c>
-      <c r="K306" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N306" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O306" s="6"/>
+      <c r="O306" s="6">
+        <v>25877.71</v>
+      </c>
       <c r="P306" s="6"/>
     </row>
     <row r="307" spans="1:16" customHeight="1" ht="65">
       <c r="A307" s="6" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B307" s="6">
+        <v>0</v>
+      </c>
+      <c r="C307" s="6">
+        <v>0</v>
+      </c>
+      <c r="D307" s="6">
+        <v>0</v>
+      </c>
+      <c r="E307" s="6" t="s">
         <v>1211</v>
       </c>
-      <c r="B307" s="6">
-[...8 lines deleted...]
-      <c r="E307" s="6" t="s">
+      <c r="F307" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G307" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H307" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I307" s="6">
+        <v>3.52</v>
+      </c>
+      <c r="J307" s="10" t="s">
         <v>1212</v>
       </c>
-      <c r="F307" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J307" s="10" t="s">
+      <c r="K307" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L307" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M307" s="6" t="s">
         <v>1213</v>
       </c>
-      <c r="K307" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M307" s="6" t="s">
+      <c r="N307" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O307" s="6"/>
+      <c r="P307" s="6"/>
+    </row>
+    <row r="308" spans="1:16" customHeight="1" ht="65">
+      <c r="A308" s="6" t="s">
         <v>1214</v>
       </c>
-      <c r="N307" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A308" s="6" t="s">
+      <c r="B308" s="6">
+        <v>0</v>
+      </c>
+      <c r="C308" s="6">
+        <v>0</v>
+      </c>
+      <c r="D308" s="6">
+        <v>0</v>
+      </c>
+      <c r="E308" s="6" t="s">
         <v>1215</v>
-      </c>
-[...10 lines deleted...]
-        <v>1216</v>
       </c>
       <c r="F308" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G308" s="10" t="s">
-        <v>247</v>
+        <v>23</v>
       </c>
       <c r="H308" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I308" s="6">
-        <v>1.65</v>
+        <v>2.78</v>
       </c>
       <c r="J308" s="10" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="K308" s="6" t="s">
-        <v>249</v>
+        <v>794</v>
       </c>
       <c r="L308" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M308" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="N308" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O308" s="6"/>
+      <c r="P308" s="6"/>
+    </row>
+    <row r="309" spans="1:16" customHeight="1" ht="65">
+      <c r="A309" s="6" t="s">
         <v>1218</v>
       </c>
-      <c r="N308" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A309" s="6" t="s">
+      <c r="B309" s="6">
+        <v>0</v>
+      </c>
+      <c r="C309" s="6">
+        <v>0</v>
+      </c>
+      <c r="D309" s="6">
+        <v>0</v>
+      </c>
+      <c r="E309" s="6" t="s">
         <v>1219</v>
       </c>
-      <c r="B309" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F309" s="9" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G309" s="10" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="H309" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I309" s="6">
-        <v>6.8</v>
+        <v>4.28</v>
       </c>
       <c r="J309" s="10" t="s">
         <v>1220</v>
       </c>
       <c r="K309" s="6" t="s">
-        <v>158</v>
+        <v>794</v>
       </c>
       <c r="L309" s="10" t="s">
-        <v>1043</v>
+        <v>22</v>
       </c>
       <c r="M309" s="6" t="s">
         <v>1221</v>
       </c>
       <c r="N309" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O309" s="6"/>
       <c r="P309" s="6"/>
     </row>
     <row r="310" spans="1:16" customHeight="1" ht="65">
       <c r="A310" s="6" t="s">
         <v>1222</v>
       </c>
       <c r="B310" s="6">
         <v>0</v>
       </c>
       <c r="C310" s="6">
         <v>0</v>
       </c>
       <c r="D310" s="6">
         <v>0</v>
       </c>
       <c r="E310" s="6" t="s">
         <v>1223</v>
       </c>
       <c r="F310" s="9" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G310" s="10" t="s">
-        <v>85</v>
+        <v>23</v>
       </c>
       <c r="H310" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I310" s="6">
-        <v>11.4</v>
+        <v>0.945</v>
       </c>
       <c r="J310" s="10" t="s">
         <v>1224</v>
       </c>
       <c r="K310" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L310" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M310" s="6" t="s">
         <v>1225</v>
-      </c>
-[...4 lines deleted...]
-        <v>1226</v>
       </c>
       <c r="N310" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O310" s="6"/>
       <c r="P310" s="6"/>
     </row>
     <row r="311" spans="1:16" customHeight="1" ht="65">
       <c r="A311" s="6" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B311" s="6">
+        <v>27</v>
+      </c>
+      <c r="C311" s="6">
+        <v>27</v>
+      </c>
+      <c r="D311" s="6">
+        <v>0</v>
+      </c>
+      <c r="E311" s="6" t="s">
         <v>1227</v>
       </c>
-      <c r="B311" s="6">
-[...8 lines deleted...]
-      <c r="E311" s="6" t="s">
+      <c r="F311" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G311" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H311" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I311" s="6">
+        <v>0.75</v>
+      </c>
+      <c r="J311" s="10" t="s">
         <v>1228</v>
       </c>
-      <c r="F311" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J311" s="10" t="s">
+      <c r="K311" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L311" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M311" s="6" t="s">
         <v>1229</v>
       </c>
-      <c r="K311" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N311" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O311" s="6">
-        <v>14280.42</v>
+        <v>618.68</v>
       </c>
       <c r="P311" s="6"/>
     </row>
     <row r="312" spans="1:16" customHeight="1" ht="65">
       <c r="A312" s="6" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B312" s="6">
+        <v>0</v>
+      </c>
+      <c r="C312" s="6">
+        <v>0</v>
+      </c>
+      <c r="D312" s="6">
+        <v>0</v>
+      </c>
+      <c r="E312" s="6" t="s">
         <v>1231</v>
       </c>
-      <c r="B312" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F312" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G312" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H312" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I312" s="6">
-        <v>0</v>
+        <v>0.746</v>
       </c>
       <c r="J312" s="10" t="s">
         <v>1232</v>
       </c>
       <c r="K312" s="6" t="s">
-        <v>1029</v>
+        <v>65</v>
       </c>
       <c r="L312" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M312" s="6" t="s">
         <v>1233</v>
-      </c>
-[...1 lines deleted...]
-        <v>1234</v>
       </c>
       <c r="N312" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O312" s="6"/>
       <c r="P312" s="6"/>
     </row>
     <row r="313" spans="1:16" customHeight="1" ht="65">
       <c r="A313" s="6" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B313" s="6">
+        <v>0</v>
+      </c>
+      <c r="C313" s="6">
+        <v>0</v>
+      </c>
+      <c r="D313" s="6">
+        <v>0</v>
+      </c>
+      <c r="E313" s="6" t="s">
         <v>1235</v>
       </c>
-      <c r="B313" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F313" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G313" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H313" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I313" s="6">
         <v>0</v>
       </c>
       <c r="J313" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="K313" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="L313" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M313" s="6" t="s">
         <v>1237</v>
       </c>
-      <c r="K313" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N313" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O313" s="6">
-        <v>25877.71</v>
+        <v>3120.66</v>
       </c>
       <c r="P313" s="6"/>
     </row>
     <row r="314" spans="1:16" customHeight="1" ht="65">
       <c r="A314" s="6" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="B314" s="6">
         <v>0</v>
       </c>
       <c r="C314" s="6">
         <v>0</v>
       </c>
       <c r="D314" s="6">
         <v>0</v>
       </c>
       <c r="E314" s="6" t="s">
-        <v>1241</v>
+        <v>1239</v>
       </c>
       <c r="F314" s="9" t="s">
-        <v>1056</v>
+        <v>115</v>
       </c>
       <c r="G314" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H314" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I314" s="6">
-        <v>0.33</v>
+        <v>1.05</v>
       </c>
       <c r="J314" s="10" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
       <c r="K314" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L314" s="10" t="s">
-        <v>1058</v>
+        <v>115</v>
       </c>
       <c r="M314" s="6" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="N314" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O314" s="6"/>
       <c r="P314" s="6"/>
     </row>
     <row r="315" spans="1:16" customHeight="1" ht="65">
       <c r="A315" s="6" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
       <c r="B315" s="6">
         <v>0</v>
       </c>
       <c r="C315" s="6">
         <v>0</v>
       </c>
       <c r="D315" s="6">
         <v>0</v>
       </c>
       <c r="E315" s="6" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="F315" s="9" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G315" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H315" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I315" s="6">
-        <v>3.52</v>
+        <v>0</v>
       </c>
       <c r="J315" s="10" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="K315" s="6" t="s">
-        <v>216</v>
+        <v>65</v>
       </c>
       <c r="L315" s="10" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="M315" s="6" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="N315" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O315" s="6"/>
       <c r="P315" s="6"/>
     </row>
     <row r="316" spans="1:16" customHeight="1" ht="65">
       <c r="A316" s="6" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="B316" s="6">
         <v>0</v>
       </c>
       <c r="C316" s="6">
         <v>0</v>
       </c>
       <c r="D316" s="6">
         <v>0</v>
       </c>
       <c r="E316" s="6" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="F316" s="9" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="G316" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H316" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I316" s="6">
-        <v>2.78</v>
+        <v>1</v>
       </c>
       <c r="J316" s="10" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
       <c r="K316" s="6" t="s">
-        <v>216</v>
+        <v>111</v>
       </c>
       <c r="L316" s="10" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="M316" s="6" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
       <c r="N316" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O316" s="6"/>
       <c r="P316" s="6"/>
     </row>
     <row r="317" spans="1:16" customHeight="1" ht="65">
       <c r="A317" s="6" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B317" s="6">
+        <v>17</v>
+      </c>
+      <c r="C317" s="6">
+        <v>17</v>
+      </c>
+      <c r="D317" s="6">
+        <v>0</v>
+      </c>
+      <c r="E317" s="6">
+        <v>12000137052</v>
+      </c>
+      <c r="F317" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G317" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H317" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I317" s="6">
+        <v>6.05</v>
+      </c>
+      <c r="J317" s="10" t="s">
+        <v>1251</v>
+      </c>
+      <c r="K317" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L317" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M317" s="6" t="s">
         <v>1252</v>
       </c>
-      <c r="B317" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N317" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O317" s="6"/>
+      <c r="O317" s="6">
+        <v>3151.67</v>
+      </c>
       <c r="P317" s="6"/>
     </row>
     <row r="318" spans="1:16" customHeight="1" ht="65">
       <c r="A318" s="6" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
       <c r="B318" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C318" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="D318" s="6">
         <v>0</v>
       </c>
-      <c r="E318" s="6" t="s">
-        <v>1257</v>
+      <c r="E318" s="6">
+        <v>12000137053</v>
       </c>
       <c r="F318" s="9" t="s">
-        <v>22</v>
+        <v>244</v>
       </c>
       <c r="G318" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H318" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I318" s="6">
-        <v>0.945</v>
+        <v>5.08</v>
       </c>
       <c r="J318" s="10" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
       <c r="K318" s="6" t="s">
-        <v>216</v>
+        <v>58</v>
       </c>
       <c r="L318" s="10" t="s">
-        <v>22</v>
+        <v>244</v>
       </c>
       <c r="M318" s="6" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="N318" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O318" s="6"/>
+      <c r="O318" s="6">
+        <v>2745</v>
+      </c>
       <c r="P318" s="6"/>
     </row>
     <row r="319" spans="1:16" customHeight="1" ht="65">
       <c r="A319" s="6" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="B319" s="6">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C319" s="6">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="D319" s="6">
         <v>0</v>
       </c>
-      <c r="E319" s="6" t="s">
-        <v>1261</v>
+      <c r="E319" s="6">
+        <v>12000137054</v>
       </c>
       <c r="F319" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G319" s="10" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H319" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I319" s="6">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="J319" s="10" t="s">
-        <v>1262</v>
+        <v>1257</v>
       </c>
       <c r="K319" s="6" t="s">
-        <v>216</v>
+        <v>58</v>
       </c>
       <c r="L319" s="10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="M319" s="6" t="s">
-        <v>1263</v>
+        <v>1258</v>
       </c>
       <c r="N319" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O319" s="6">
-        <v>618.68</v>
+        <v>3100.84</v>
       </c>
       <c r="P319" s="6"/>
     </row>
     <row r="320" spans="1:16" customHeight="1" ht="65">
       <c r="A320" s="6" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B320" s="6">
+        <v>0</v>
+      </c>
+      <c r="C320" s="6">
+        <v>0</v>
+      </c>
+      <c r="D320" s="6">
+        <v>0</v>
+      </c>
+      <c r="E320" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F320" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G320" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H320" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I320" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="J320" s="10" t="s">
+        <v>1261</v>
+      </c>
+      <c r="K320" s="6" t="s">
+        <v>1156</v>
+      </c>
+      <c r="L320" s="10" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M320" s="6" t="s">
+        <v>1262</v>
+      </c>
+      <c r="N320" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O320" s="6">
+        <v>14151.47</v>
+      </c>
+      <c r="P320" s="6"/>
+    </row>
+    <row r="321" spans="1:16">
+      <c r="A321" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B321" s="6">
+        <v>0</v>
+      </c>
+      <c r="C321" s="6">
+        <v>0</v>
+      </c>
+      <c r="D321" s="6">
+        <v>0</v>
+      </c>
+      <c r="E321" s="6" t="s">
         <v>1264</v>
       </c>
-      <c r="B320" s="6">
-[...8 lines deleted...]
-      <c r="E320" s="6" t="s">
+      <c r="F321" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G321" s="10" t="s">
+        <v>234</v>
+      </c>
+      <c r="H321" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I321" s="6">
+        <v>3.21</v>
+      </c>
+      <c r="J321" s="10" t="s">
         <v>1265</v>
       </c>
-      <c r="F320" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J320" s="10" t="s">
+      <c r="K321" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="L321" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M321" s="6" t="s">
         <v>1266</v>
       </c>
-      <c r="K320" s="6" t="s">
-[...53 lines deleted...]
-      </c>
       <c r="N321" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O321" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O321" s="6"/>
       <c r="P321" s="6"/>
     </row>
     <row r="322" spans="1:16" customHeight="1" ht="65">
       <c r="A322" s="6" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
       <c r="B322" s="6">
         <v>0</v>
       </c>
       <c r="C322" s="6">
         <v>0</v>
       </c>
       <c r="D322" s="6">
         <v>0</v>
       </c>
       <c r="E322" s="6" t="s">
-        <v>1273</v>
+        <v>1268</v>
       </c>
       <c r="F322" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G322" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H322" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I322" s="6">
-        <v>1.05</v>
+        <v>0.47</v>
       </c>
       <c r="J322" s="10" t="s">
-        <v>1274</v>
+        <v>1269</v>
       </c>
       <c r="K322" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L322" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M322" s="6" t="s">
-        <v>1275</v>
+        <v>1270</v>
       </c>
       <c r="N322" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O322" s="6"/>
       <c r="P322" s="6"/>
     </row>
     <row r="323" spans="1:16" customHeight="1" ht="65">
       <c r="A323" s="6" t="s">
-        <v>1276</v>
+        <v>1271</v>
       </c>
       <c r="B323" s="6">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="C323" s="6">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="D323" s="6">
         <v>0</v>
       </c>
       <c r="E323" s="6" t="s">
-        <v>1277</v>
+        <v>1272</v>
       </c>
       <c r="F323" s="9" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="G323" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H323" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I323" s="6">
-        <v>0</v>
+        <v>5.6</v>
       </c>
       <c r="J323" s="10" t="s">
-        <v>1278</v>
+        <v>1273</v>
       </c>
       <c r="K323" s="6" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="L323" s="10" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="M323" s="6" t="s">
-        <v>1279</v>
+        <v>1274</v>
       </c>
       <c r="N323" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O323" s="6"/>
+      <c r="O323" s="6">
+        <v>14949.99</v>
+      </c>
       <c r="P323" s="6"/>
     </row>
     <row r="324" spans="1:16" customHeight="1" ht="65">
       <c r="A324" s="6" t="s">
-        <v>1280</v>
+        <v>1275</v>
       </c>
       <c r="B324" s="6">
         <v>0</v>
       </c>
       <c r="C324" s="6">
         <v>0</v>
       </c>
       <c r="D324" s="6">
         <v>0</v>
       </c>
       <c r="E324" s="6" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="F324" s="9" t="s">
-        <v>333</v>
+        <v>115</v>
       </c>
       <c r="G324" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H324" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I324" s="6">
-        <v>1</v>
+        <v>0.67</v>
       </c>
       <c r="J324" s="10" t="s">
-        <v>1282</v>
+        <v>1277</v>
       </c>
       <c r="K324" s="6" t="s">
-        <v>111</v>
+        <v>65</v>
       </c>
       <c r="L324" s="10" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="M324" s="6" t="s">
-        <v>1283</v>
+        <v>1278</v>
       </c>
       <c r="N324" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O324" s="6"/>
       <c r="P324" s="6"/>
     </row>
-    <row r="325" spans="1:16">
+    <row r="325" spans="1:16" customHeight="1" ht="65">
       <c r="A325" s="6" t="s">
-        <v>1284</v>
+        <v>1279</v>
       </c>
       <c r="B325" s="6">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C325" s="6">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="D325" s="6">
         <v>0</v>
       </c>
-      <c r="E325" s="6" t="s">
-        <v>1285</v>
+      <c r="E325" s="6">
+        <v>1000003</v>
       </c>
       <c r="F325" s="9" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="G325" s="10" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="H325" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I325" s="6">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="J325" s="10" t="s">
-        <v>1286</v>
+        <v>1280</v>
       </c>
       <c r="K325" s="6" t="s">
-        <v>249</v>
+        <v>1281</v>
       </c>
       <c r="L325" s="10" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="M325" s="6" t="s">
-        <v>1287</v>
+        <v>1282</v>
       </c>
       <c r="N325" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O325" s="6">
-        <v>576.01</v>
+        <v>1530</v>
       </c>
       <c r="P325" s="6"/>
     </row>
     <row r="326" spans="1:16" customHeight="1" ht="65">
       <c r="A326" s="6" t="s">
-        <v>1288</v>
+        <v>1283</v>
       </c>
       <c r="B326" s="6">
+        <v>0</v>
+      </c>
+      <c r="C326" s="6">
+        <v>0</v>
+      </c>
+      <c r="D326" s="6">
+        <v>0</v>
+      </c>
+      <c r="E326" s="6" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F326" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C326" s="6">
+      <c r="G326" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H326" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I326" s="6">
+        <v>5.22</v>
+      </c>
+      <c r="J326" s="10" t="s">
+        <v>1285</v>
+      </c>
+      <c r="K326" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L326" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="D326" s="6">
-[...25 lines deleted...]
-      </c>
       <c r="M326" s="6" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
       <c r="N326" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O326" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O326" s="6"/>
       <c r="P326" s="6"/>
     </row>
     <row r="327" spans="1:16" customHeight="1" ht="65">
       <c r="A327" s="6" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="B327" s="6">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="C327" s="6">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="D327" s="6">
         <v>0</v>
       </c>
-      <c r="E327" s="6">
-        <v>12000137053</v>
+      <c r="E327" s="6" t="s">
+        <v>1288</v>
       </c>
       <c r="F327" s="9" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="G327" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H327" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I327" s="6">
-        <v>5.08</v>
+        <v>2.2</v>
       </c>
       <c r="J327" s="10" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="K327" s="6" t="s">
-        <v>58</v>
+        <v>236</v>
       </c>
       <c r="L327" s="10" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="M327" s="6" t="s">
-        <v>1293</v>
+        <v>1290</v>
       </c>
       <c r="N327" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O327" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O327" s="6"/>
       <c r="P327" s="6"/>
     </row>
     <row r="328" spans="1:16" customHeight="1" ht="65">
       <c r="A328" s="6" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="B328" s="6">
         <v>0</v>
       </c>
       <c r="C328" s="6">
         <v>0</v>
       </c>
       <c r="D328" s="6">
         <v>0</v>
       </c>
       <c r="E328" s="6">
-        <v>12000137054</v>
+        <v>1000005</v>
       </c>
       <c r="F328" s="9" t="s">
-        <v>38</v>
+        <v>84</v>
       </c>
       <c r="G328" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H328" s="6" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="I328" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J328" s="10" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="K328" s="6" t="s">
-        <v>58</v>
+        <v>1281</v>
       </c>
       <c r="L328" s="10" t="s">
-        <v>38</v>
+        <v>84</v>
       </c>
       <c r="M328" s="6" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="N328" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O328" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O328" s="6"/>
       <c r="P328" s="6"/>
     </row>
     <row r="329" spans="1:16" customHeight="1" ht="65">
       <c r="A329" s="6" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B329" s="6">
+        <v>0</v>
+      </c>
+      <c r="C329" s="6">
+        <v>0</v>
+      </c>
+      <c r="D329" s="6">
+        <v>0</v>
+      </c>
+      <c r="E329" s="6" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F329" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G329" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H329" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I329" s="6">
+        <v>1.24</v>
+      </c>
+      <c r="J329" s="10" t="s">
+        <v>1296</v>
+      </c>
+      <c r="K329" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L329" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M329" s="6" t="s">
         <v>1297</v>
       </c>
-      <c r="B329" s="6">
-[...8 lines deleted...]
-      <c r="E329" s="6" t="s">
+      <c r="N329" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O329" s="6"/>
+      <c r="P329" s="6"/>
+    </row>
+    <row r="330" spans="1:16" customHeight="1" ht="65">
+      <c r="A330" s="6" t="s">
         <v>1298</v>
       </c>
-      <c r="F329" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J329" s="10" t="s">
+      <c r="B330" s="6">
+        <v>0</v>
+      </c>
+      <c r="C330" s="6">
+        <v>0</v>
+      </c>
+      <c r="D330" s="6">
+        <v>0</v>
+      </c>
+      <c r="E330" s="6" t="s">
         <v>1299</v>
-      </c>
-[...31 lines deleted...]
-        <v>1302</v>
       </c>
       <c r="F330" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G330" s="10" t="s">
-        <v>247</v>
+        <v>23</v>
       </c>
       <c r="H330" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I330" s="6">
-        <v>3.21</v>
+        <v>0</v>
       </c>
       <c r="J330" s="10" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="K330" s="6" t="s">
-        <v>249</v>
+        <v>26</v>
       </c>
       <c r="L330" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M330" s="6" t="s">
-        <v>1304</v>
+        <v>1301</v>
       </c>
       <c r="N330" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O330" s="6">
-        <v>3907.58</v>
+        <v>1988.86</v>
       </c>
       <c r="P330" s="6"/>
     </row>
     <row r="331" spans="1:16" customHeight="1" ht="65">
       <c r="A331" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B331" s="6">
+        <v>0</v>
+      </c>
+      <c r="C331" s="6">
+        <v>0</v>
+      </c>
+      <c r="D331" s="6">
+        <v>0</v>
+      </c>
+      <c r="E331" s="6" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F331" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G331" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H331" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I331" s="6">
+        <v>7</v>
+      </c>
+      <c r="J331" s="10" t="s">
+        <v>1304</v>
+      </c>
+      <c r="K331" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="L331" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="M331" s="6" t="s">
         <v>1305</v>
       </c>
-      <c r="B331" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N331" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O331" s="6"/>
+      <c r="O331" s="6">
+        <v>15260.44</v>
+      </c>
       <c r="P331" s="6"/>
     </row>
     <row r="332" spans="1:16" customHeight="1" ht="65">
       <c r="A332" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B332" s="6">
+        <v>0</v>
+      </c>
+      <c r="C332" s="6">
+        <v>0</v>
+      </c>
+      <c r="D332" s="6">
+        <v>0</v>
+      </c>
+      <c r="E332" s="6" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F332" s="9" t="s">
+        <v>588</v>
+      </c>
+      <c r="G332" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H332" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I332" s="6">
+        <v>2.455</v>
+      </c>
+      <c r="J332" s="10" t="s">
+        <v>1308</v>
+      </c>
+      <c r="K332" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L332" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="M332" s="6" t="s">
         <v>1309</v>
       </c>
-      <c r="B332" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N332" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O332" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O332" s="6"/>
       <c r="P332" s="6"/>
     </row>
     <row r="333" spans="1:16" customHeight="1" ht="65">
       <c r="A333" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B333" s="6">
+        <v>1</v>
+      </c>
+      <c r="C333" s="6">
+        <v>1</v>
+      </c>
+      <c r="D333" s="6">
+        <v>0</v>
+      </c>
+      <c r="E333" s="6" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F333" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G333" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H333" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I333" s="6">
+        <v>0</v>
+      </c>
+      <c r="J333" s="10" t="s">
+        <v>1312</v>
+      </c>
+      <c r="K333" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="L333" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M333" s="6" t="s">
         <v>1313</v>
       </c>
-      <c r="B333" s="6">
-[...8 lines deleted...]
-      <c r="E333" s="6" t="s">
+      <c r="N333" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O333" s="6">
+        <v>15348.43</v>
+      </c>
+      <c r="P333" s="6"/>
+    </row>
+    <row r="334" spans="1:16">
+      <c r="A334" s="6" t="s">
         <v>1314</v>
       </c>
-      <c r="F333" s="9" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="B334" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C334" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D334" s="6">
         <v>0</v>
       </c>
       <c r="E334" s="6">
-        <v>1000003</v>
+        <v>12000137118</v>
       </c>
       <c r="F334" s="9" t="s">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="G334" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H334" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I334" s="6">
-        <v>0</v>
+        <v>6.16</v>
       </c>
       <c r="J334" s="10" t="s">
-        <v>1318</v>
+        <v>1315</v>
       </c>
       <c r="K334" s="6" t="s">
-        <v>1319</v>
+        <v>58</v>
       </c>
       <c r="L334" s="10" t="s">
-        <v>1320</v>
+        <v>56</v>
       </c>
       <c r="M334" s="6" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="N334" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O334" s="6">
-        <v>1530</v>
+        <v>2745</v>
       </c>
       <c r="P334" s="6"/>
     </row>
     <row r="335" spans="1:16" customHeight="1" ht="65">
       <c r="A335" s="6" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="B335" s="6">
         <v>0</v>
       </c>
       <c r="C335" s="6">
         <v>0</v>
       </c>
       <c r="D335" s="6">
         <v>0</v>
       </c>
-      <c r="E335" s="6" t="s">
-        <v>1323</v>
+      <c r="E335" s="6">
+        <v>102826</v>
       </c>
       <c r="F335" s="9" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="G335" s="10" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="H335" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I335" s="6">
-        <v>5.22</v>
+        <v>2.85</v>
       </c>
       <c r="J335" s="10" t="s">
-        <v>1324</v>
+        <v>1318</v>
       </c>
       <c r="K335" s="6" t="s">
-        <v>216</v>
+        <v>71</v>
       </c>
       <c r="L335" s="10" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="M335" s="6" t="s">
-        <v>1325</v>
+        <v>1319</v>
       </c>
       <c r="N335" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O335" s="6"/>
+      <c r="O335" s="6">
+        <v>19021.18</v>
+      </c>
       <c r="P335" s="6"/>
     </row>
     <row r="336" spans="1:16" customHeight="1" ht="65">
       <c r="A336" s="6" t="s">
-        <v>1326</v>
+        <v>1320</v>
       </c>
       <c r="B336" s="6">
         <v>0</v>
       </c>
       <c r="C336" s="6">
         <v>0</v>
       </c>
       <c r="D336" s="6">
         <v>0</v>
       </c>
       <c r="E336" s="6" t="s">
-        <v>1327</v>
+        <v>1321</v>
       </c>
       <c r="F336" s="9" t="s">
-        <v>214</v>
+        <v>47</v>
       </c>
       <c r="G336" s="10" t="s">
-        <v>534</v>
+        <v>39</v>
       </c>
       <c r="H336" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I336" s="6">
-        <v>3</v>
+        <v>4.5</v>
       </c>
       <c r="J336" s="10" t="s">
-        <v>1328</v>
+        <v>1322</v>
       </c>
       <c r="K336" s="6" t="s">
-        <v>536</v>
+        <v>106</v>
       </c>
       <c r="L336" s="10" t="s">
-        <v>214</v>
+        <v>47</v>
       </c>
       <c r="M336" s="6" t="s">
-        <v>1329</v>
+        <v>1323</v>
       </c>
       <c r="N336" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O336" s="6"/>
+      <c r="O336" s="6">
+        <v>14420</v>
+      </c>
       <c r="P336" s="6"/>
     </row>
     <row r="337" spans="1:16" customHeight="1" ht="65">
       <c r="A337" s="6" t="s">
-        <v>1330</v>
+        <v>1324</v>
       </c>
       <c r="B337" s="6">
         <v>0</v>
       </c>
       <c r="C337" s="6">
         <v>0</v>
       </c>
       <c r="D337" s="6">
         <v>0</v>
       </c>
       <c r="E337" s="6" t="s">
-        <v>1331</v>
+        <v>1325</v>
       </c>
       <c r="F337" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G337" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H337" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I337" s="6">
-        <v>2.2</v>
+        <v>2.855</v>
       </c>
       <c r="J337" s="10" t="s">
-        <v>1332</v>
+        <v>1326</v>
       </c>
       <c r="K337" s="6" t="s">
-        <v>249</v>
+        <v>65</v>
       </c>
       <c r="L337" s="10" t="s">
-        <v>1333</v>
+        <v>22</v>
       </c>
       <c r="M337" s="6" t="s">
-        <v>1334</v>
+        <v>1327</v>
       </c>
       <c r="N337" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O337" s="6"/>
       <c r="P337" s="6"/>
     </row>
     <row r="338" spans="1:16" customHeight="1" ht="65">
       <c r="A338" s="6" t="s">
-        <v>1335</v>
+        <v>1328</v>
       </c>
       <c r="B338" s="6">
         <v>0</v>
       </c>
       <c r="C338" s="6">
         <v>0</v>
       </c>
       <c r="D338" s="6">
         <v>0</v>
       </c>
-      <c r="E338" s="6">
-        <v>1000005</v>
+      <c r="E338" s="6" t="s">
+        <v>1329</v>
       </c>
       <c r="F338" s="9" t="s">
-        <v>84</v>
+        <v>1330</v>
       </c>
       <c r="G338" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H338" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I338" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J338" s="10" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="K338" s="6" t="s">
-        <v>1319</v>
+        <v>42</v>
       </c>
       <c r="L338" s="10" t="s">
-        <v>84</v>
+        <v>1330</v>
       </c>
       <c r="M338" s="6" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="N338" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O338" s="6"/>
       <c r="P338" s="6"/>
     </row>
     <row r="339" spans="1:16" customHeight="1" ht="65">
       <c r="A339" s="6" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="B339" s="6">
         <v>0</v>
       </c>
       <c r="C339" s="6">
         <v>0</v>
       </c>
       <c r="D339" s="6">
         <v>0</v>
       </c>
       <c r="E339" s="6" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="F339" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G339" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H339" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I339" s="6">
-        <v>1.24</v>
+        <v>5.045</v>
       </c>
       <c r="J339" s="10" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="K339" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L339" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M339" s="6" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="N339" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O339" s="6"/>
       <c r="P339" s="6"/>
     </row>
     <row r="340" spans="1:16" customHeight="1" ht="65">
       <c r="A340" s="6" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
       <c r="B340" s="6">
         <v>0</v>
       </c>
       <c r="C340" s="6">
         <v>0</v>
       </c>
       <c r="D340" s="6">
         <v>0</v>
       </c>
       <c r="E340" s="6" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="F340" s="9" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="G340" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H340" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I340" s="6">
-        <v>0</v>
+        <v>5.35</v>
       </c>
       <c r="J340" s="10" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
       <c r="K340" s="6" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="L340" s="10" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="M340" s="6" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="N340" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O340" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O340" s="6"/>
       <c r="P340" s="6"/>
     </row>
     <row r="341" spans="1:16" customHeight="1" ht="65">
       <c r="A341" s="6" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="B341" s="6">
         <v>0</v>
       </c>
       <c r="C341" s="6">
         <v>0</v>
       </c>
       <c r="D341" s="6">
         <v>0</v>
       </c>
       <c r="E341" s="6" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="F341" s="9" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="G341" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H341" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I341" s="6">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="J341" s="10" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
       <c r="K341" s="6" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="L341" s="10" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="M341" s="6" t="s">
-        <v>1349</v>
+        <v>1344</v>
       </c>
       <c r="N341" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O341" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O341" s="6"/>
       <c r="P341" s="6"/>
     </row>
     <row r="342" spans="1:16" customHeight="1" ht="65">
       <c r="A342" s="6" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="B342" s="6">
         <v>0</v>
       </c>
       <c r="C342" s="6">
         <v>0</v>
       </c>
       <c r="D342" s="6">
         <v>0</v>
       </c>
       <c r="E342" s="6" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="F342" s="9" t="s">
-        <v>214</v>
+        <v>75</v>
       </c>
       <c r="G342" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H342" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I342" s="6">
-        <v>2.455</v>
+        <v>0.62</v>
       </c>
       <c r="J342" s="10" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
       <c r="K342" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L342" s="10" t="s">
-        <v>214</v>
+        <v>75</v>
       </c>
       <c r="M342" s="6" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="N342" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O342" s="6"/>
       <c r="P342" s="6"/>
     </row>
     <row r="343" spans="1:16" customHeight="1" ht="65">
       <c r="A343" s="6" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B343" s="6">
+        <v>0</v>
+      </c>
+      <c r="C343" s="6">
+        <v>0</v>
+      </c>
+      <c r="D343" s="6">
+        <v>0</v>
+      </c>
+      <c r="E343" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F343" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G343" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H343" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I343" s="6">
+        <v>0.885</v>
+      </c>
+      <c r="J343" s="10" t="s">
+        <v>1351</v>
+      </c>
+      <c r="K343" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L343" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M343" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="N343" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" s="6"/>
+      <c r="P343" s="6"/>
+    </row>
+    <row r="344" spans="1:16">
+      <c r="A344" s="6" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B344" s="6">
+        <v>3</v>
+      </c>
+      <c r="C344" s="6">
+        <v>3</v>
+      </c>
+      <c r="D344" s="6">
+        <v>0</v>
+      </c>
+      <c r="E344" s="6">
+        <v>12000137119</v>
+      </c>
+      <c r="F344" s="9" t="s">
         <v>1354</v>
-      </c>
-[...61 lines deleted...]
-        <v>333</v>
       </c>
       <c r="G344" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H344" s="6" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="I344" s="6">
-        <v>0.288</v>
+        <v>5.18</v>
       </c>
       <c r="J344" s="10" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
       <c r="K344" s="6" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="L344" s="10" t="s">
-        <v>1185</v>
+        <v>1354</v>
       </c>
       <c r="M344" s="6" t="s">
-        <v>1361</v>
+        <v>1356</v>
       </c>
       <c r="N344" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O344" s="6">
-        <v>5552.78</v>
+        <v>3050</v>
       </c>
       <c r="P344" s="6"/>
     </row>
     <row r="345" spans="1:16">
       <c r="A345" s="6" t="s">
-        <v>1362</v>
+        <v>1357</v>
       </c>
       <c r="B345" s="6">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="C345" s="6">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="D345" s="6">
         <v>0</v>
       </c>
       <c r="E345" s="6">
-        <v>12000137118</v>
+        <v>500902</v>
       </c>
       <c r="F345" s="9" t="s">
-        <v>56</v>
+        <v>1169</v>
       </c>
       <c r="G345" s="10" t="s">
-        <v>39</v>
+        <v>1358</v>
       </c>
       <c r="H345" s="6" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I345" s="6">
-        <v>6.16</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J345" s="10"/>
       <c r="K345" s="6" t="s">
-        <v>58</v>
+        <v>1359</v>
       </c>
       <c r="L345" s="10" t="s">
-        <v>56</v>
+        <v>1169</v>
       </c>
       <c r="M345" s="6" t="s">
-        <v>1364</v>
+        <v>1360</v>
       </c>
       <c r="N345" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O345" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O345" s="6"/>
       <c r="P345" s="6"/>
     </row>
-    <row r="346" spans="1:16">
+    <row r="346" spans="1:16" customHeight="1" ht="65">
       <c r="A346" s="6" t="s">
-        <v>1365</v>
+        <v>1361</v>
       </c>
       <c r="B346" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C346" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D346" s="6">
         <v>0</v>
       </c>
-      <c r="E346" s="6" t="s">
-        <v>1366</v>
+      <c r="E346" s="6">
+        <v>431202630</v>
       </c>
       <c r="F346" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G346" s="10" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="H346" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I346" s="6">
-        <v>0.49</v>
+        <v>0.6</v>
       </c>
       <c r="J346" s="10" t="s">
-        <v>1367</v>
+        <v>1362</v>
       </c>
       <c r="K346" s="6" t="s">
-        <v>249</v>
+        <v>100</v>
       </c>
       <c r="L346" s="10" t="s">
         <v>22</v>
       </c>
       <c r="M346" s="6" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
       <c r="N346" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O346" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O346" s="6"/>
       <c r="P346" s="6"/>
     </row>
     <row r="347" spans="1:16" customHeight="1" ht="65">
       <c r="A347" s="6" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B347" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C347" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D347" s="6">
         <v>0</v>
       </c>
-      <c r="E347" s="6">
-        <v>1002952</v>
+      <c r="E347" s="6" t="s">
+        <v>1365</v>
       </c>
       <c r="F347" s="9" t="s">
-        <v>333</v>
+        <v>62</v>
       </c>
       <c r="G347" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H347" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I347" s="6">
-        <v>0</v>
+        <v>8.5</v>
       </c>
       <c r="J347" s="10" t="s">
-        <v>1370</v>
+        <v>1366</v>
       </c>
       <c r="K347" s="6" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="L347" s="10" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="M347" s="6" t="s">
-        <v>1371</v>
+        <v>1367</v>
       </c>
       <c r="N347" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O347" s="6"/>
+      <c r="O347" s="6">
+        <v>26425.62</v>
+      </c>
       <c r="P347" s="6"/>
     </row>
     <row r="348" spans="1:16" customHeight="1" ht="65">
       <c r="A348" s="6" t="s">
-        <v>1372</v>
+        <v>1368</v>
       </c>
       <c r="B348" s="6">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="C348" s="6">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="D348" s="6">
         <v>0</v>
       </c>
-      <c r="E348" s="6">
-        <v>1002955</v>
+      <c r="E348" s="6" t="s">
+        <v>1369</v>
       </c>
       <c r="F348" s="9" t="s">
-        <v>333</v>
+        <v>62</v>
       </c>
       <c r="G348" s="10" t="s">
-        <v>1373</v>
+        <v>23</v>
       </c>
       <c r="H348" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I348" s="6">
-        <v>0.27</v>
+        <v>8.53</v>
       </c>
       <c r="J348" s="10" t="s">
-        <v>1374</v>
+        <v>1370</v>
       </c>
       <c r="K348" s="6" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="L348" s="10" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="M348" s="6" t="s">
-        <v>1375</v>
+        <v>1371</v>
       </c>
       <c r="N348" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O348" s="6"/>
+      <c r="O348" s="6">
+        <v>29362.32</v>
+      </c>
       <c r="P348" s="6"/>
     </row>
     <row r="349" spans="1:16" customHeight="1" ht="65">
       <c r="A349" s="6" t="s">
-        <v>1376</v>
+        <v>1372</v>
       </c>
       <c r="B349" s="6">
         <v>0</v>
       </c>
       <c r="C349" s="6">
         <v>0</v>
       </c>
       <c r="D349" s="6">
         <v>0</v>
       </c>
-      <c r="E349" s="6">
-        <v>102826</v>
+      <c r="E349" s="6" t="s">
+        <v>1373</v>
       </c>
       <c r="F349" s="9" t="s">
-        <v>333</v>
+        <v>115</v>
       </c>
       <c r="G349" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H349" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I349" s="6">
-        <v>2.85</v>
+        <v>0.77</v>
       </c>
       <c r="J349" s="10" t="s">
-        <v>1377</v>
+        <v>1374</v>
       </c>
       <c r="K349" s="6" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="L349" s="10" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="M349" s="6" t="s">
-        <v>1378</v>
+        <v>1375</v>
       </c>
       <c r="N349" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O349" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O349" s="6"/>
       <c r="P349" s="6"/>
     </row>
     <row r="350" spans="1:16" customHeight="1" ht="65">
       <c r="A350" s="6" t="s">
-        <v>1379</v>
+        <v>1376</v>
       </c>
       <c r="B350" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C350" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D350" s="6">
         <v>0</v>
       </c>
       <c r="E350" s="6" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="F350" s="9" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="G350" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H350" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I350" s="6">
-        <v>4.5</v>
+        <v>12</v>
       </c>
       <c r="J350" s="10" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
       <c r="K350" s="6" t="s">
-        <v>106</v>
+        <v>42</v>
       </c>
       <c r="L350" s="10" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="M350" s="6" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
       <c r="N350" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O350" s="6">
-        <v>14708.39</v>
+        <v>3279.9</v>
       </c>
       <c r="P350" s="6"/>
     </row>
     <row r="351" spans="1:16" customHeight="1" ht="65">
       <c r="A351" s="6" t="s">
-        <v>1383</v>
+        <v>1380</v>
       </c>
       <c r="B351" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C351" s="6">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D351" s="6">
         <v>0</v>
       </c>
       <c r="E351" s="6" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
       <c r="F351" s="9" t="s">
-        <v>22</v>
+        <v>1354</v>
       </c>
       <c r="G351" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H351" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I351" s="6">
-        <v>2.855</v>
+        <v>10</v>
       </c>
       <c r="J351" s="10" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
       <c r="K351" s="6" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L351" s="10" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="M351" s="6" t="s">
-        <v>1386</v>
+        <v>1383</v>
       </c>
       <c r="N351" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O351" s="6"/>
+      <c r="O351" s="6">
+        <v>4692.78</v>
+      </c>
       <c r="P351" s="6"/>
     </row>
     <row r="352" spans="1:16" customHeight="1" ht="65">
       <c r="A352" s="6" t="s">
-        <v>1387</v>
+        <v>1384</v>
       </c>
       <c r="B352" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C352" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D352" s="6">
         <v>0</v>
       </c>
       <c r="E352" s="6" t="s">
-        <v>1388</v>
+        <v>1385</v>
       </c>
       <c r="F352" s="9" t="s">
-        <v>1389</v>
+        <v>1354</v>
       </c>
       <c r="G352" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H352" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I352" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J352" s="10" t="s">
-        <v>1390</v>
+        <v>1386</v>
       </c>
       <c r="K352" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L352" s="10" t="s">
-        <v>1389</v>
+        <v>1354</v>
       </c>
       <c r="M352" s="6" t="s">
-        <v>1391</v>
+        <v>1387</v>
       </c>
       <c r="N352" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O352" s="6"/>
+      <c r="O352" s="6">
+        <v>4978.72</v>
+      </c>
       <c r="P352" s="6"/>
     </row>
     <row r="353" spans="1:16" customHeight="1" ht="65">
       <c r="A353" s="6" t="s">
-        <v>1392</v>
+        <v>1388</v>
       </c>
       <c r="B353" s="6">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="C353" s="6">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="D353" s="6">
         <v>0</v>
       </c>
       <c r="E353" s="6" t="s">
-        <v>1393</v>
+        <v>1389</v>
       </c>
       <c r="F353" s="9" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="G353" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H353" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I353" s="6">
-        <v>5.045</v>
+        <v>8.52</v>
       </c>
       <c r="J353" s="10" t="s">
-        <v>1394</v>
+        <v>1390</v>
       </c>
       <c r="K353" s="6" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L353" s="10" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="M353" s="6" t="s">
-        <v>1395</v>
+        <v>1391</v>
       </c>
       <c r="N353" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O353" s="6"/>
+      <c r="O353" s="6">
+        <v>29362.32</v>
+      </c>
       <c r="P353" s="6"/>
     </row>
     <row r="354" spans="1:16" customHeight="1" ht="65">
       <c r="A354" s="6" t="s">
-        <v>1396</v>
+        <v>1392</v>
       </c>
       <c r="B354" s="6">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="C354" s="6">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="D354" s="6">
         <v>0</v>
       </c>
       <c r="E354" s="6" t="s">
-        <v>1397</v>
+        <v>1393</v>
       </c>
       <c r="F354" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G354" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H354" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I354" s="6">
-        <v>5.35</v>
+        <v>4.71</v>
       </c>
       <c r="J354" s="10" t="s">
-        <v>1398</v>
+        <v>1394</v>
       </c>
       <c r="K354" s="6" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L354" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M354" s="6" t="s">
-        <v>1399</v>
+        <v>1395</v>
       </c>
       <c r="N354" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O354" s="6"/>
+      <c r="O354" s="6">
+        <v>11954.09</v>
+      </c>
       <c r="P354" s="6"/>
     </row>
     <row r="355" spans="1:16" customHeight="1" ht="65">
       <c r="A355" s="6" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B355" s="6">
+        <v>3</v>
+      </c>
+      <c r="C355" s="6">
+        <v>3</v>
+      </c>
+      <c r="D355" s="6">
+        <v>0</v>
+      </c>
+      <c r="E355" s="6" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F355" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G355" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H355" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I355" s="6">
+        <v>0</v>
+      </c>
+      <c r="J355" s="10" t="s">
+        <v>1398</v>
+      </c>
+      <c r="K355" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="L355" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M355" s="6" t="s">
+        <v>1399</v>
+      </c>
+      <c r="N355" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O355" s="6">
+        <v>12624.46</v>
+      </c>
+      <c r="P355" s="6"/>
+    </row>
+    <row r="356" spans="1:16">
+      <c r="A356" s="6" t="s">
         <v>1400</v>
       </c>
-      <c r="B355" s="6">
-[...8 lines deleted...]
-      <c r="E355" s="6" t="s">
+      <c r="B356" s="6">
+        <v>1</v>
+      </c>
+      <c r="C356" s="6">
+        <v>1</v>
+      </c>
+      <c r="D356" s="6">
+        <v>0</v>
+      </c>
+      <c r="E356" s="6" t="s">
         <v>1401</v>
       </c>
-      <c r="F355" s="9" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="F356" s="9" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G356" s="10" t="s">
-        <v>63</v>
+        <v>234</v>
       </c>
       <c r="H356" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I356" s="6">
-        <v>0.62</v>
+        <v>0.48</v>
       </c>
       <c r="J356" s="10" t="s">
-        <v>1406</v>
+        <v>1402</v>
       </c>
       <c r="K356" s="6" t="s">
-        <v>65</v>
+        <v>236</v>
       </c>
       <c r="L356" s="10" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="M356" s="6" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="N356" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O356" s="6"/>
+      <c r="O356" s="6">
+        <v>391.68</v>
+      </c>
       <c r="P356" s="6"/>
     </row>
     <row r="357" spans="1:16" customHeight="1" ht="65">
       <c r="A357" s="6" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
       <c r="B357" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C357" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D357" s="6">
         <v>0</v>
       </c>
-      <c r="E357" s="6">
-        <v>1023325</v>
+      <c r="E357" s="6" t="s">
+        <v>1405</v>
       </c>
       <c r="F357" s="9" t="s">
-        <v>333</v>
+        <v>75</v>
       </c>
       <c r="G357" s="10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="H357" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I357" s="6">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="J357" s="10" t="s">
-        <v>1409</v>
+        <v>1406</v>
       </c>
       <c r="K357" s="6" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="L357" s="10" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="M357" s="6" t="s">
-        <v>1410</v>
+        <v>1407</v>
       </c>
       <c r="N357" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O357" s="6"/>
+      <c r="O357" s="6">
+        <v>1350.86</v>
+      </c>
       <c r="P357" s="6"/>
     </row>
     <row r="358" spans="1:16" customHeight="1" ht="65">
       <c r="A358" s="6" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B358" s="6">
+        <v>24</v>
+      </c>
+      <c r="C358" s="6">
+        <v>24</v>
+      </c>
+      <c r="D358" s="6">
+        <v>0</v>
+      </c>
+      <c r="E358" s="6" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F358" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G358" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H358" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I358" s="6">
+        <v>4.65</v>
+      </c>
+      <c r="J358" s="10" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K358" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L358" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M358" s="6" t="s">
         <v>1411</v>
       </c>
-      <c r="B358" s="6">
-[...8 lines deleted...]
-      <c r="E358" s="6" t="s">
+      <c r="N358" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O358" s="6">
+        <v>11953.91</v>
+      </c>
+      <c r="P358" s="6"/>
+    </row>
+    <row r="359" spans="1:16" customHeight="1" ht="65">
+      <c r="A359" s="6" t="s">
         <v>1412</v>
       </c>
-      <c r="F358" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J358" s="10" t="s">
+      <c r="B359" s="6">
+        <v>44</v>
+      </c>
+      <c r="C359" s="6">
+        <v>44</v>
+      </c>
+      <c r="D359" s="6">
+        <v>0</v>
+      </c>
+      <c r="E359" s="6" t="s">
         <v>1413</v>
       </c>
-      <c r="K358" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M358" s="6" t="s">
+      <c r="F359" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G359" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H359" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I359" s="6">
+        <v>3.25</v>
+      </c>
+      <c r="J359" s="10" t="s">
         <v>1414</v>
       </c>
-      <c r="N358" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A359" s="6" t="s">
+      <c r="K359" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L359" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M359" s="6" t="s">
         <v>1415</v>
       </c>
-      <c r="B359" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N359" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O359" s="6">
-        <v>3000</v>
+        <v>11325.6</v>
       </c>
       <c r="P359" s="6"/>
     </row>
     <row r="360" spans="1:16" customHeight="1" ht="65">
       <c r="A360" s="6" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B360" s="6">
+        <v>54</v>
+      </c>
+      <c r="C360" s="6">
+        <v>54</v>
+      </c>
+      <c r="D360" s="6">
+        <v>0</v>
+      </c>
+      <c r="E360" s="6" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F360" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G360" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H360" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I360" s="6">
+        <v>3.34</v>
+      </c>
+      <c r="J360" s="10" t="s">
         <v>1418</v>
       </c>
-      <c r="B360" s="6">
-[...23 lines deleted...]
-      <c r="J360" s="10" t="s">
+      <c r="K360" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L360" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M360" s="6" t="s">
         <v>1419</v>
       </c>
-      <c r="K360" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N360" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O360" s="6">
-        <v>615.51</v>
+        <v>11325.6</v>
       </c>
       <c r="P360" s="6"/>
     </row>
     <row r="361" spans="1:16" customHeight="1" ht="65">
       <c r="A361" s="6" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B361" s="6">
+        <v>24</v>
+      </c>
+      <c r="C361" s="6">
+        <v>24</v>
+      </c>
+      <c r="D361" s="6">
+        <v>0</v>
+      </c>
+      <c r="E361" s="6" t="s">
         <v>1421</v>
-      </c>
-[...10 lines deleted...]
-        <v>1422</v>
       </c>
       <c r="F361" s="9" t="s">
         <v>62</v>
       </c>
       <c r="G361" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H361" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I361" s="6">
-        <v>8.53</v>
+        <v>3.32</v>
       </c>
       <c r="J361" s="10" t="s">
-        <v>1423</v>
+        <v>1422</v>
       </c>
       <c r="K361" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L361" s="10" t="s">
         <v>62</v>
       </c>
       <c r="M361" s="6" t="s">
-        <v>1424</v>
+        <v>1423</v>
       </c>
       <c r="N361" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O361" s="6">
-        <v>29362.32</v>
+        <v>11325.6</v>
       </c>
       <c r="P361" s="6"/>
     </row>
     <row r="362" spans="1:16" customHeight="1" ht="65">
       <c r="A362" s="6" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B362" s="6">
+        <v>0</v>
+      </c>
+      <c r="C362" s="6">
+        <v>0</v>
+      </c>
+      <c r="D362" s="6">
+        <v>0</v>
+      </c>
+      <c r="E362" s="6" t="s">
         <v>1425</v>
       </c>
-      <c r="B362" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F362" s="9" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="G362" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H362" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I362" s="6">
-        <v>0.77</v>
+        <v>0.41</v>
       </c>
       <c r="J362" s="10" t="s">
-        <v>1427</v>
+        <v>1426</v>
       </c>
       <c r="K362" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L362" s="10" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="M362" s="6" t="s">
-        <v>1428</v>
+        <v>1427</v>
       </c>
       <c r="N362" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O362" s="6"/>
       <c r="P362" s="6"/>
     </row>
-    <row r="363" spans="1:16" customHeight="1" ht="65">
+    <row r="363" spans="1:16">
       <c r="A363" s="6" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B363" s="6">
+        <v>0</v>
+      </c>
+      <c r="C363" s="6">
+        <v>0</v>
+      </c>
+      <c r="D363" s="6">
+        <v>0</v>
+      </c>
+      <c r="E363" s="6" t="s">
         <v>1429</v>
       </c>
-      <c r="B363" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="F363" s="9" t="s">
-        <v>333</v>
+        <v>38</v>
       </c>
       <c r="G363" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H363" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I363" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J363" s="10" t="s">
+        <v>1430</v>
+      </c>
+      <c r="K363" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="L363" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="M363" s="6" t="s">
         <v>1431</v>
       </c>
-      <c r="K363" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M363" s="6" t="s">
+      <c r="N363" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O363" s="6">
+        <v>3077.66</v>
+      </c>
+      <c r="P363" s="6"/>
+    </row>
+    <row r="364" spans="1:16">
+      <c r="A364" s="6" t="s">
         <v>1432</v>
       </c>
-      <c r="N363" s="6" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="B364" s="6">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="C364" s="6">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D364" s="6">
         <v>0</v>
       </c>
-      <c r="E364" s="6" t="s">
-        <v>1434</v>
+      <c r="E364" s="6">
+        <v>12000082249</v>
       </c>
       <c r="F364" s="9" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="G364" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H364" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I364" s="6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J364" s="10" t="s">
-        <v>1435</v>
+        <v>1433</v>
       </c>
       <c r="K364" s="6" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="L364" s="10" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="M364" s="6" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="N364" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O364" s="6">
-        <v>3279.9</v>
+        <v>7828.33</v>
       </c>
       <c r="P364" s="6"/>
     </row>
     <row r="365" spans="1:16" customHeight="1" ht="65">
       <c r="A365" s="6" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B365" s="6">
+        <v>41</v>
+      </c>
+      <c r="C365" s="6">
+        <v>41</v>
+      </c>
+      <c r="D365" s="6">
+        <v>0</v>
+      </c>
+      <c r="E365" s="6" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F365" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G365" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H365" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I365" s="6">
+        <v>0.77</v>
+      </c>
+      <c r="J365" s="10" t="s">
         <v>1437</v>
-      </c>
-[...25 lines deleted...]
-        <v>1439</v>
       </c>
       <c r="K365" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L365" s="10" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="M365" s="6" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
       <c r="N365" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O365" s="6">
-        <v>4692.78</v>
+        <v>1045.99</v>
       </c>
       <c r="P365" s="6"/>
     </row>
     <row r="366" spans="1:16" customHeight="1" ht="65">
       <c r="A366" s="6" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="B366" s="6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C366" s="6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D366" s="6">
         <v>0</v>
       </c>
       <c r="E366" s="6" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="F366" s="9" t="s">
-        <v>1087</v>
+        <v>115</v>
       </c>
       <c r="G366" s="10" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="H366" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I366" s="6">
-        <v>10</v>
+        <v>0.67</v>
       </c>
       <c r="J366" s="10" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="K366" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L366" s="10" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="M366" s="6" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
       <c r="N366" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O366" s="6">
-        <v>4978.72</v>
+        <v>2137.51</v>
       </c>
       <c r="P366" s="6"/>
     </row>
     <row r="367" spans="1:16" customHeight="1" ht="65">
       <c r="A367" s="6" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B367" s="6">
+        <v>0</v>
+      </c>
+      <c r="C367" s="6">
+        <v>0</v>
+      </c>
+      <c r="D367" s="6">
+        <v>0</v>
+      </c>
+      <c r="E367" s="6" t="s">
+        <v>1444</v>
+      </c>
+      <c r="F367" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G367" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H367" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I367" s="6">
+        <v>0.575</v>
+      </c>
+      <c r="J367" s="10" t="s">
         <v>1445</v>
       </c>
-      <c r="B367" s="6">
-[...8 lines deleted...]
-      <c r="E367" s="6" t="s">
+      <c r="K367" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L367" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M367" s="6" t="s">
         <v>1446</v>
       </c>
-      <c r="F367" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N367" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O367" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O367" s="6"/>
       <c r="P367" s="6"/>
     </row>
     <row r="368" spans="1:16" customHeight="1" ht="65">
       <c r="A368" s="6" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B368" s="6">
+        <v>20</v>
+      </c>
+      <c r="C368" s="6">
+        <v>20</v>
+      </c>
+      <c r="D368" s="6">
+        <v>0</v>
+      </c>
+      <c r="E368" s="6" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F368" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G368" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H368" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I368" s="6">
+        <v>7</v>
+      </c>
+      <c r="J368" s="10" t="s">
         <v>1449</v>
       </c>
-      <c r="B368" s="6">
-[...8 lines deleted...]
-      <c r="E368" s="6" t="s">
+      <c r="K368" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="L368" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="M368" s="6" t="s">
         <v>1450</v>
       </c>
-      <c r="F368" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N368" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O368" s="6">
-        <v>11954.09</v>
+        <v>23676.9</v>
       </c>
       <c r="P368" s="6"/>
     </row>
     <row r="369" spans="1:16" customHeight="1" ht="65">
       <c r="A369" s="6" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="B369" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C369" s="6">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D369" s="6">
         <v>0</v>
       </c>
       <c r="E369" s="6" t="s">
-        <v>1454</v>
+        <v>1452</v>
       </c>
       <c r="F369" s="9" t="s">
         <v>68</v>
       </c>
       <c r="G369" s="10" t="s">
         <v>85</v>
       </c>
       <c r="H369" s="6" t="s">
         <v>98</v>
       </c>
       <c r="I369" s="6">
         <v>0</v>
       </c>
       <c r="J369" s="10" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
       <c r="K369" s="6" t="s">
-        <v>359</v>
+        <v>345</v>
       </c>
       <c r="L369" s="10" t="s">
         <v>68</v>
       </c>
       <c r="M369" s="6" t="s">
-        <v>1456</v>
+        <v>1454</v>
       </c>
       <c r="N369" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O369" s="6">
-        <v>12499.7</v>
+        <v>11138.26</v>
       </c>
       <c r="P369" s="6"/>
     </row>
     <row r="370" spans="1:16">
       <c r="A370" s="6" t="s">
-        <v>1457</v>
+        <v>1455</v>
       </c>
       <c r="B370" s="6">
         <v>1</v>
       </c>
       <c r="C370" s="6">
         <v>1</v>
       </c>
       <c r="D370" s="6">
         <v>0</v>
       </c>
       <c r="E370" s="6" t="s">
-        <v>1458</v>
+        <v>1456</v>
       </c>
       <c r="F370" s="9" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="G370" s="10" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="H370" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I370" s="6">
-        <v>0.48</v>
+        <v>19</v>
       </c>
       <c r="J370" s="10" t="s">
-        <v>1459</v>
+        <v>1457</v>
       </c>
       <c r="K370" s="6" t="s">
-        <v>249</v>
+        <v>312</v>
       </c>
       <c r="L370" s="10" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="M370" s="6" t="s">
-        <v>1460</v>
+        <v>1458</v>
       </c>
       <c r="N370" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O370" s="6">
-        <v>391.68</v>
+        <v>15106.86</v>
       </c>
       <c r="P370" s="6"/>
     </row>
     <row r="371" spans="1:16" customHeight="1" ht="65">
       <c r="A371" s="6" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B371" s="6">
+        <v>0</v>
+      </c>
+      <c r="C371" s="6">
+        <v>0</v>
+      </c>
+      <c r="D371" s="6">
+        <v>0</v>
+      </c>
+      <c r="E371" s="6" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F371" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G371" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H371" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I371" s="6">
+        <v>0.88</v>
+      </c>
+      <c r="J371" s="10" t="s">
         <v>1461</v>
       </c>
-      <c r="B371" s="6">
-[...8 lines deleted...]
-      <c r="E371" s="6" t="s">
+      <c r="K371" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L371" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M371" s="6" t="s">
         <v>1462</v>
       </c>
-      <c r="F371" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N371" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O371" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O371" s="6"/>
       <c r="P371" s="6"/>
     </row>
     <row r="372" spans="1:16" customHeight="1" ht="65">
       <c r="A372" s="6" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B372" s="6">
+        <v>0</v>
+      </c>
+      <c r="C372" s="6">
+        <v>0</v>
+      </c>
+      <c r="D372" s="6">
+        <v>0</v>
+      </c>
+      <c r="E372" s="6" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F372" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G372" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H372" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I372" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="J372" s="10" t="s">
         <v>1465</v>
       </c>
-      <c r="B372" s="6">
-[...8 lines deleted...]
-      <c r="E372" s="6" t="s">
+      <c r="K372" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="L372" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="M372" s="6" t="s">
         <v>1466</v>
       </c>
-      <c r="F372" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N372" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O372" s="6">
-        <v>11325.6</v>
+        <v>19890.58</v>
       </c>
       <c r="P372" s="6"/>
     </row>
     <row r="373" spans="1:16" customHeight="1" ht="65">
       <c r="A373" s="6" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B373" s="6">
+        <v>0</v>
+      </c>
+      <c r="C373" s="6">
+        <v>0</v>
+      </c>
+      <c r="D373" s="6">
+        <v>0</v>
+      </c>
+      <c r="E373" s="6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F373" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G373" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H373" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I373" s="6">
+        <v>0</v>
+      </c>
+      <c r="J373" s="10" t="s">
         <v>1469</v>
       </c>
-      <c r="B373" s="6">
-[...8 lines deleted...]
-      <c r="E373" s="6" t="s">
+      <c r="K373" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L373" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M373" s="6" t="s">
         <v>1470</v>
       </c>
-      <c r="F373" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N373" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O373" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O373" s="6"/>
       <c r="P373" s="6"/>
     </row>
     <row r="374" spans="1:16" customHeight="1" ht="65">
       <c r="A374" s="6" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B374" s="6">
+        <v>0</v>
+      </c>
+      <c r="C374" s="6">
+        <v>0</v>
+      </c>
+      <c r="D374" s="6">
+        <v>0</v>
+      </c>
+      <c r="E374" s="6">
+        <v>1013637</v>
+      </c>
+      <c r="F374" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G374" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H374" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I374" s="6">
+        <v>0.27</v>
+      </c>
+      <c r="J374" s="10" t="s">
+        <v>1472</v>
+      </c>
+      <c r="K374" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="L374" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M374" s="6" t="s">
         <v>1473</v>
       </c>
-      <c r="B374" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N374" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O374" s="6">
-        <v>11325.6</v>
+        <v>7662.79</v>
       </c>
       <c r="P374" s="6"/>
     </row>
     <row r="375" spans="1:16" customHeight="1" ht="65">
       <c r="A375" s="6" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B375" s="6">
+        <v>69</v>
+      </c>
+      <c r="C375" s="6">
+        <v>69</v>
+      </c>
+      <c r="D375" s="6">
+        <v>0</v>
+      </c>
+      <c r="E375" s="6" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F375" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G375" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H375" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I375" s="6">
+        <v>1.38</v>
+      </c>
+      <c r="J375" s="10" t="s">
+        <v>1476</v>
+      </c>
+      <c r="K375" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L375" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M375" s="6" t="s">
         <v>1477</v>
       </c>
-      <c r="B375" s="6">
-[...8 lines deleted...]
-      <c r="E375" s="6" t="s">
+      <c r="N375" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O375" s="6">
+        <v>1649.71</v>
+      </c>
+      <c r="P375" s="6"/>
+    </row>
+    <row r="376" spans="1:16" customHeight="1" ht="65">
+      <c r="A376" s="6" t="s">
         <v>1478</v>
       </c>
-      <c r="F375" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J375" s="10" t="s">
+      <c r="B376" s="6">
+        <v>57</v>
+      </c>
+      <c r="C376" s="6">
+        <v>57</v>
+      </c>
+      <c r="D376" s="6">
+        <v>0</v>
+      </c>
+      <c r="E376" s="6" t="s">
         <v>1479</v>
       </c>
-      <c r="K375" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M375" s="6" t="s">
+      <c r="F376" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G376" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H376" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I376" s="6">
+        <v>1.22</v>
+      </c>
+      <c r="J376" s="10" t="s">
         <v>1480</v>
       </c>
-      <c r="N375" s="6" t="s">
-[...6 lines deleted...]
-      <c r="A376" s="6" t="s">
+      <c r="K376" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L376" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M376" s="6" t="s">
         <v>1481</v>
       </c>
-      <c r="B376" s="6">
-[...8 lines deleted...]
-      <c r="E376" s="6" t="s">
+      <c r="N376" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O376" s="6">
+        <v>1887.22</v>
+      </c>
+      <c r="P376" s="6"/>
+    </row>
+    <row r="377" spans="1:16" customHeight="1" ht="65">
+      <c r="A377" s="6" t="s">
         <v>1482</v>
       </c>
-      <c r="F376" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J376" s="10" t="s">
+      <c r="B377" s="6">
+        <v>2</v>
+      </c>
+      <c r="C377" s="6">
+        <v>2</v>
+      </c>
+      <c r="D377" s="6">
+        <v>0</v>
+      </c>
+      <c r="E377" s="6" t="s">
         <v>1483</v>
       </c>
-      <c r="K376" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M376" s="6" t="s">
+      <c r="F377" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G377" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H377" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I377" s="6">
+        <v>1.36</v>
+      </c>
+      <c r="J377" s="10" t="s">
         <v>1484</v>
       </c>
-      <c r="N376" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A377" s="6" t="s">
+      <c r="K377" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L377" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M377" s="6" t="s">
         <v>1485</v>
       </c>
-      <c r="B377" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N377" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O377" s="6">
-        <v>7700</v>
+        <v>1645.01</v>
       </c>
       <c r="P377" s="6"/>
     </row>
     <row r="378" spans="1:16" customHeight="1" ht="65">
       <c r="A378" s="6" t="s">
-        <v>1488</v>
+        <v>1486</v>
       </c>
       <c r="B378" s="6">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="C378" s="6">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="D378" s="6">
         <v>0</v>
       </c>
       <c r="E378" s="6" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
       <c r="F378" s="9" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="G378" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H378" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I378" s="6">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="J378" s="10" t="s">
-        <v>1490</v>
+        <v>1488</v>
       </c>
       <c r="K378" s="6" t="s">
-        <v>42</v>
+        <v>1014</v>
       </c>
       <c r="L378" s="10" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="M378" s="6" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="N378" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O378" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O378" s="6"/>
       <c r="P378" s="6"/>
     </row>
     <row r="379" spans="1:16" customHeight="1" ht="65">
       <c r="A379" s="6" t="s">
-        <v>1492</v>
+        <v>1490</v>
       </c>
       <c r="B379" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C379" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D379" s="6">
         <v>0</v>
       </c>
       <c r="E379" s="6" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
       <c r="F379" s="9" t="s">
-        <v>115</v>
+        <v>818</v>
       </c>
       <c r="G379" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H379" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I379" s="6">
-        <v>0.67</v>
+        <v>0.68</v>
       </c>
       <c r="J379" s="10" t="s">
-        <v>1494</v>
+        <v>1492</v>
       </c>
       <c r="K379" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L379" s="10" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="M379" s="6" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="N379" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O379" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O379" s="6"/>
       <c r="P379" s="6"/>
     </row>
     <row r="380" spans="1:16" customHeight="1" ht="65">
       <c r="A380" s="6" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="B380" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C380" s="6">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D380" s="6">
         <v>0</v>
       </c>
       <c r="E380" s="6" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
       <c r="F380" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G380" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H380" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I380" s="6">
-        <v>0.575</v>
+        <v>0.68</v>
       </c>
       <c r="J380" s="10" t="s">
-        <v>1498</v>
+        <v>1496</v>
       </c>
       <c r="K380" s="6" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="L380" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M380" s="6" t="s">
-        <v>1499</v>
+        <v>1497</v>
       </c>
       <c r="N380" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O380" s="6"/>
+      <c r="O380" s="6">
+        <v>1632.96</v>
+      </c>
       <c r="P380" s="6"/>
     </row>
     <row r="381" spans="1:16" customHeight="1" ht="65">
       <c r="A381" s="6" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B381" s="6">
+        <v>0</v>
+      </c>
+      <c r="C381" s="6">
+        <v>0</v>
+      </c>
+      <c r="D381" s="6">
+        <v>0</v>
+      </c>
+      <c r="E381" s="6" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F381" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G381" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H381" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I381" s="6">
+        <v>2.45</v>
+      </c>
+      <c r="J381" s="10" t="s">
         <v>1500</v>
       </c>
-      <c r="B381" s="6">
-[...8 lines deleted...]
-      <c r="E381" s="6" t="s">
+      <c r="K381" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L381" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M381" s="6" t="s">
         <v>1501</v>
       </c>
-      <c r="F381" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N381" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O381" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O381" s="6"/>
       <c r="P381" s="6"/>
     </row>
     <row r="382" spans="1:16" customHeight="1" ht="65">
       <c r="A382" s="6" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B382" s="6">
+        <v>0</v>
+      </c>
+      <c r="C382" s="6">
+        <v>0</v>
+      </c>
+      <c r="D382" s="6">
+        <v>0</v>
+      </c>
+      <c r="E382" s="6" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F382" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G382" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H382" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I382" s="6">
+        <v>0.755</v>
+      </c>
+      <c r="J382" s="10" t="s">
         <v>1504</v>
       </c>
-      <c r="B382" s="6">
-[...8 lines deleted...]
-      <c r="E382" s="6" t="s">
+      <c r="K382" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L382" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M382" s="6" t="s">
         <v>1505</v>
       </c>
-      <c r="F382" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N382" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O382" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O382" s="6"/>
       <c r="P382" s="6"/>
     </row>
     <row r="383" spans="1:16">
       <c r="A383" s="6" t="s">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="B383" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C383" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D383" s="6">
         <v>0</v>
       </c>
       <c r="E383" s="6" t="s">
-        <v>1509</v>
+        <v>1507</v>
       </c>
       <c r="F383" s="9" t="s">
-        <v>68</v>
+        <v>1169</v>
       </c>
       <c r="G383" s="10" t="s">
-        <v>39</v>
+        <v>1358</v>
       </c>
       <c r="H383" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I383" s="6">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J383" s="10"/>
       <c r="K383" s="6" t="s">
-        <v>325</v>
+        <v>1359</v>
       </c>
       <c r="L383" s="10" t="s">
-        <v>68</v>
+        <v>1169</v>
       </c>
       <c r="M383" s="6" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="N383" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O383" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O383" s="6"/>
       <c r="P383" s="6"/>
     </row>
     <row r="384" spans="1:16" customHeight="1" ht="65">
       <c r="A384" s="6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B384" s="6">
+        <v>15</v>
+      </c>
+      <c r="C384" s="6">
+        <v>15</v>
+      </c>
+      <c r="D384" s="6">
+        <v>0</v>
+      </c>
+      <c r="E384" s="6" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F384" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G384" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H384" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I384" s="6">
+        <v>1.03</v>
+      </c>
+      <c r="J384" s="10" t="s">
+        <v>1511</v>
+      </c>
+      <c r="K384" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L384" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M384" s="6" t="s">
         <v>1512</v>
       </c>
-      <c r="B384" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N384" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O384" s="6"/>
+      <c r="O384" s="6">
+        <v>4179.22</v>
+      </c>
       <c r="P384" s="6"/>
     </row>
     <row r="385" spans="1:16" customHeight="1" ht="65">
       <c r="A385" s="6" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B385" s="6">
+        <v>0</v>
+      </c>
+      <c r="C385" s="6">
+        <v>0</v>
+      </c>
+      <c r="D385" s="6">
+        <v>0</v>
+      </c>
+      <c r="E385" s="6" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F385" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G385" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H385" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I385" s="6">
+        <v>0</v>
+      </c>
+      <c r="J385" s="10" t="s">
+        <v>1515</v>
+      </c>
+      <c r="K385" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L385" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M385" s="6" t="s">
         <v>1516</v>
       </c>
-      <c r="B385" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N385" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O385" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O385" s="6"/>
       <c r="P385" s="6"/>
     </row>
     <row r="386" spans="1:16" customHeight="1" ht="65">
       <c r="A386" s="6" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="B386" s="6">
         <v>0</v>
       </c>
       <c r="C386" s="6">
         <v>0</v>
       </c>
       <c r="D386" s="6">
         <v>0</v>
       </c>
       <c r="E386" s="6" t="s">
-        <v>1521</v>
+        <v>1518</v>
       </c>
       <c r="F386" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G386" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H386" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I386" s="6">
         <v>0</v>
       </c>
       <c r="J386" s="10" t="s">
-        <v>1522</v>
+        <v>1519</v>
       </c>
       <c r="K386" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L386" s="10" t="s">
-        <v>115</v>
+        <v>1076</v>
       </c>
       <c r="M386" s="6" t="s">
-        <v>1523</v>
+        <v>1520</v>
       </c>
       <c r="N386" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O386" s="6"/>
       <c r="P386" s="6"/>
     </row>
     <row r="387" spans="1:16" customHeight="1" ht="65">
       <c r="A387" s="6" t="s">
-        <v>1524</v>
+        <v>1521</v>
       </c>
       <c r="B387" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C387" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D387" s="6">
         <v>0</v>
       </c>
-      <c r="E387" s="6">
-        <v>1013637</v>
+      <c r="E387" s="6" t="s">
+        <v>1522</v>
       </c>
       <c r="F387" s="9" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="G387" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H387" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I387" s="6">
-        <v>0.27</v>
+        <v>4</v>
       </c>
       <c r="J387" s="10" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="K387" s="6" t="s">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="L387" s="10" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="M387" s="6" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="N387" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O387" s="6">
-        <v>7662.79</v>
+        <v>13290.39</v>
       </c>
       <c r="P387" s="6"/>
     </row>
     <row r="388" spans="1:16" customHeight="1" ht="65">
       <c r="A388" s="6" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B388" s="6">
+        <v>136</v>
+      </c>
+      <c r="C388" s="6">
+        <v>136</v>
+      </c>
+      <c r="D388" s="6">
+        <v>0</v>
+      </c>
+      <c r="E388" s="6" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F388" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G388" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H388" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I388" s="6">
+        <v>10.5</v>
+      </c>
+      <c r="J388" s="10" t="s">
         <v>1527</v>
       </c>
-      <c r="B388" s="6">
-[...8 lines deleted...]
-      <c r="E388" s="6" t="s">
+      <c r="K388" s="6" t="s">
+        <v>1123</v>
+      </c>
+      <c r="L388" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M388" s="6" t="s">
         <v>1528</v>
       </c>
-      <c r="F388" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N388" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O388" s="6">
-        <v>1649.71</v>
+        <v>12410.48</v>
       </c>
       <c r="P388" s="6"/>
     </row>
     <row r="389" spans="1:16" customHeight="1" ht="65">
       <c r="A389" s="6" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B389" s="6">
+        <v>0</v>
+      </c>
+      <c r="C389" s="6">
+        <v>0</v>
+      </c>
+      <c r="D389" s="6">
+        <v>0</v>
+      </c>
+      <c r="E389" s="6" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F389" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G389" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H389" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I389" s="6">
+        <v>14.5</v>
+      </c>
+      <c r="J389" s="10" t="s">
         <v>1531</v>
       </c>
-      <c r="B389" s="6">
-[...8 lines deleted...]
-      <c r="E389" s="6" t="s">
+      <c r="K389" s="6" t="s">
+        <v>1123</v>
+      </c>
+      <c r="L389" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M389" s="6" t="s">
         <v>1532</v>
       </c>
-      <c r="F389" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N389" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O389" s="6">
-        <v>1515.16</v>
+        <v>14639.24</v>
       </c>
       <c r="P389" s="6"/>
     </row>
     <row r="390" spans="1:16" customHeight="1" ht="65">
       <c r="A390" s="6" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B390" s="6">
+        <v>31</v>
+      </c>
+      <c r="C390" s="6">
+        <v>31</v>
+      </c>
+      <c r="D390" s="6">
+        <v>0</v>
+      </c>
+      <c r="E390" s="6">
+        <v>431253713</v>
+      </c>
+      <c r="F390" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G390" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H390" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I390" s="6">
+        <v>2.22</v>
+      </c>
+      <c r="J390" s="10" t="s">
+        <v>1534</v>
+      </c>
+      <c r="K390" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="L390" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="M390" s="6" t="s">
         <v>1535</v>
       </c>
-      <c r="B390" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N390" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O390" s="6">
-        <v>1887.22</v>
+        <v>1772.35</v>
       </c>
       <c r="P390" s="6"/>
     </row>
     <row r="391" spans="1:16" customHeight="1" ht="65">
       <c r="A391" s="6" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="B391" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C391" s="6">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D391" s="6">
         <v>0</v>
       </c>
       <c r="E391" s="6" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="F391" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G391" s="10" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="H391" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I391" s="6">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="J391" s="10" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="K391" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L391" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M391" s="6" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="N391" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O391" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O391" s="6"/>
       <c r="P391" s="6"/>
     </row>
     <row r="392" spans="1:16" customHeight="1" ht="65">
       <c r="A392" s="6" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B392" s="6">
+        <v>0</v>
+      </c>
+      <c r="C392" s="6">
+        <v>0</v>
+      </c>
+      <c r="D392" s="6">
+        <v>0</v>
+      </c>
+      <c r="E392" s="6" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F392" s="9" t="s">
+        <v>1330</v>
+      </c>
+      <c r="G392" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H392" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I392" s="6">
+        <v>0</v>
+      </c>
+      <c r="J392" s="10" t="s">
+        <v>1542</v>
+      </c>
+      <c r="K392" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L392" s="10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="M392" s="6" t="s">
         <v>1543</v>
-      </c>
-[...34 lines deleted...]
-        <v>1546</v>
       </c>
       <c r="N392" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O392" s="6"/>
       <c r="P392" s="6"/>
     </row>
     <row r="393" spans="1:16" customHeight="1" ht="65">
       <c r="A393" s="6" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="B393" s="6">
         <v>0</v>
       </c>
       <c r="C393" s="6">
         <v>0</v>
       </c>
       <c r="D393" s="6">
         <v>0</v>
       </c>
       <c r="E393" s="6" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="F393" s="9" t="s">
-        <v>833</v>
+        <v>120</v>
       </c>
       <c r="G393" s="10" t="s">
-        <v>63</v>
+        <v>1546</v>
       </c>
       <c r="H393" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I393" s="6">
-        <v>0.68</v>
+        <v>8</v>
       </c>
       <c r="J393" s="10" t="s">
+        <v>1547</v>
+      </c>
+      <c r="K393" s="6" t="s">
+        <v>1548</v>
+      </c>
+      <c r="L393" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="M393" s="6" t="s">
         <v>1549</v>
-      </c>
-[...7 lines deleted...]
-        <v>1550</v>
       </c>
       <c r="N393" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O393" s="6"/>
       <c r="P393" s="6"/>
     </row>
     <row r="394" spans="1:16" customHeight="1" ht="65">
       <c r="A394" s="6" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B394" s="6">
+        <v>0</v>
+      </c>
+      <c r="C394" s="6">
+        <v>0</v>
+      </c>
+      <c r="D394" s="6">
+        <v>0</v>
+      </c>
+      <c r="E394" s="6" t="s">
         <v>1551</v>
-      </c>
-[...10 lines deleted...]
-        <v>1552</v>
       </c>
       <c r="F394" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G394" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H394" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I394" s="6">
-        <v>0.68</v>
+        <v>0.885</v>
       </c>
       <c r="J394" s="10" t="s">
-        <v>1553</v>
+        <v>1552</v>
       </c>
       <c r="K394" s="6" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="L394" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M394" s="6" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="N394" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O394" s="6"/>
       <c r="P394" s="6"/>
     </row>
     <row r="395" spans="1:16" customHeight="1" ht="65">
       <c r="A395" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B395" s="6">
+        <v>0</v>
+      </c>
+      <c r="C395" s="6">
+        <v>0</v>
+      </c>
+      <c r="D395" s="6">
+        <v>0</v>
+      </c>
+      <c r="E395" s="6" t="s">
         <v>1555</v>
-      </c>
-[...10 lines deleted...]
-        <v>1556</v>
       </c>
       <c r="F395" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G395" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H395" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I395" s="6">
-        <v>2.45</v>
+        <v>0.89</v>
       </c>
       <c r="J395" s="10" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
       <c r="K395" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L395" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M395" s="6" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="N395" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O395" s="6"/>
       <c r="P395" s="6"/>
     </row>
     <row r="396" spans="1:16" customHeight="1" ht="65">
       <c r="A396" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B396" s="6">
+        <v>0</v>
+      </c>
+      <c r="C396" s="6">
+        <v>0</v>
+      </c>
+      <c r="D396" s="6">
+        <v>0</v>
+      </c>
+      <c r="E396" s="6" t="s">
         <v>1559</v>
-      </c>
-[...10 lines deleted...]
-        <v>1560</v>
       </c>
       <c r="F396" s="9" t="s">
         <v>115</v>
       </c>
       <c r="G396" s="10" t="s">
         <v>63</v>
       </c>
       <c r="H396" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I396" s="6">
-        <v>0.755</v>
+        <v>1.235</v>
       </c>
       <c r="J396" s="10" t="s">
-        <v>1561</v>
+        <v>1560</v>
       </c>
       <c r="K396" s="6" t="s">
         <v>65</v>
       </c>
       <c r="L396" s="10" t="s">
         <v>115</v>
       </c>
       <c r="M396" s="6" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="N396" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O396" s="6"/>
       <c r="P396" s="6"/>
     </row>
     <row r="397" spans="1:16" customHeight="1" ht="65">
       <c r="A397" s="6" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B397" s="6">
+        <v>0</v>
+      </c>
+      <c r="C397" s="6">
+        <v>0</v>
+      </c>
+      <c r="D397" s="6">
+        <v>0</v>
+      </c>
+      <c r="E397" s="6" t="s">
         <v>1563</v>
       </c>
-      <c r="B397" s="6">
-[...8 lines deleted...]
-      <c r="E397" s="6" t="s">
+      <c r="F397" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G397" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H397" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I397" s="6">
+        <v>1.235</v>
+      </c>
+      <c r="J397" s="10" t="s">
         <v>1564</v>
       </c>
-      <c r="F397" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J397" s="10" t="s">
+      <c r="K397" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L397" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M397" s="6" t="s">
         <v>1565</v>
       </c>
-      <c r="K397" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N397" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O397" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O397" s="6"/>
       <c r="P397" s="6"/>
     </row>
     <row r="398" spans="1:16" customHeight="1" ht="65">
       <c r="A398" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B398" s="6">
+        <v>0</v>
+      </c>
+      <c r="C398" s="6">
+        <v>0</v>
+      </c>
+      <c r="D398" s="6">
+        <v>0</v>
+      </c>
+      <c r="E398" s="6" t="s">
         <v>1567</v>
       </c>
-      <c r="B398" s="6">
-[...8 lines deleted...]
-      <c r="E398" s="6" t="s">
+      <c r="F398" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G398" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H398" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I398" s="6">
+        <v>0.615</v>
+      </c>
+      <c r="J398" s="10" t="s">
         <v>1568</v>
       </c>
-      <c r="F398" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J398" s="10" t="s">
+      <c r="K398" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L398" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M398" s="6" t="s">
         <v>1569</v>
       </c>
-      <c r="K398" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N398" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O398" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O398" s="6"/>
       <c r="P398" s="6"/>
     </row>
     <row r="399" spans="1:16" customHeight="1" ht="65">
       <c r="A399" s="6" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B399" s="6">
+        <v>0</v>
+      </c>
+      <c r="C399" s="6">
+        <v>0</v>
+      </c>
+      <c r="D399" s="6">
+        <v>0</v>
+      </c>
+      <c r="E399" s="6">
+        <v>41000000319</v>
+      </c>
+      <c r="F399" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="G399" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H399" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I399" s="6">
+        <v>112</v>
+      </c>
+      <c r="J399" s="10" t="s">
         <v>1571</v>
       </c>
-      <c r="B399" s="6">
-[...8 lines deleted...]
-      <c r="E399" s="6" t="s">
+      <c r="K399" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L399" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="M399" s="6" t="s">
         <v>1572</v>
       </c>
-      <c r="F399" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N399" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O399" s="6"/>
+      <c r="O399" s="6">
+        <v>156967.8</v>
+      </c>
       <c r="P399" s="6"/>
     </row>
     <row r="400" spans="1:16" customHeight="1" ht="65">
       <c r="A400" s="6" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="B400" s="6">
         <v>0</v>
       </c>
       <c r="C400" s="6">
         <v>0</v>
       </c>
       <c r="D400" s="6">
         <v>0</v>
       </c>
-      <c r="E400" s="6" t="s">
-        <v>1576</v>
+      <c r="E400" s="6">
+        <v>1002045</v>
       </c>
       <c r="F400" s="9" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="G400" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H400" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I400" s="6">
         <v>0</v>
       </c>
       <c r="J400" s="10" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="K400" s="6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="L400" s="10" t="s">
-        <v>1058</v>
+        <v>68</v>
       </c>
       <c r="M400" s="6" t="s">
-        <v>1578</v>
+        <v>1575</v>
       </c>
       <c r="N400" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O400" s="6"/>
       <c r="P400" s="6"/>
     </row>
     <row r="401" spans="1:16" customHeight="1" ht="65">
       <c r="A401" s="6" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B401" s="6">
+        <v>0</v>
+      </c>
+      <c r="C401" s="6">
+        <v>0</v>
+      </c>
+      <c r="D401" s="6">
+        <v>0</v>
+      </c>
+      <c r="E401" s="6" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F401" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G401" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H401" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I401" s="6">
+        <v>0</v>
+      </c>
+      <c r="J401" s="10" t="s">
+        <v>1578</v>
+      </c>
+      <c r="K401" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L401" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M401" s="6" t="s">
         <v>1579</v>
       </c>
-      <c r="B401" s="6">
-[...8 lines deleted...]
-      <c r="E401" s="6" t="s">
+      <c r="N401" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O401" s="6"/>
+      <c r="P401" s="6"/>
+    </row>
+    <row r="402" spans="1:16">
+      <c r="A402" s="6" t="s">
         <v>1580</v>
       </c>
-      <c r="F401" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J401" s="10" t="s">
+      <c r="B402" s="6">
+        <v>0</v>
+      </c>
+      <c r="C402" s="6">
+        <v>0</v>
+      </c>
+      <c r="D402" s="6">
+        <v>0</v>
+      </c>
+      <c r="E402" s="6" t="s">
         <v>1581</v>
       </c>
-      <c r="K401" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M401" s="6" t="s">
+      <c r="F402" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G402" s="10" t="s">
+        <v>234</v>
+      </c>
+      <c r="H402" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I402" s="6">
+        <v>2.04</v>
+      </c>
+      <c r="J402" s="10" t="s">
         <v>1582</v>
       </c>
-      <c r="N401" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A402" s="6" t="s">
+      <c r="K402" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="L402" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M402" s="6" t="s">
         <v>1583</v>
       </c>
-      <c r="B402" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="N402" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O402" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O402" s="6"/>
       <c r="P402" s="6"/>
     </row>
     <row r="403" spans="1:16" customHeight="1" ht="65">
       <c r="A403" s="6" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B403" s="6">
+        <v>0</v>
+      </c>
+      <c r="C403" s="6">
+        <v>0</v>
+      </c>
+      <c r="D403" s="6">
+        <v>0</v>
+      </c>
+      <c r="E403" s="6" t="s">
+        <v>1585</v>
+      </c>
+      <c r="F403" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="G403" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H403" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I403" s="6">
+        <v>32</v>
+      </c>
+      <c r="J403" s="10" t="s">
+        <v>564</v>
+      </c>
+      <c r="K403" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L403" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="M403" s="6" t="s">
+        <v>1586</v>
+      </c>
+      <c r="N403" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O403" s="6">
+        <v>45849.98</v>
+      </c>
+      <c r="P403" s="6"/>
+    </row>
+    <row r="404" spans="1:16">
+      <c r="A404" s="6" t="s">
         <v>1587</v>
       </c>
-      <c r="B403" s="6">
-[...8 lines deleted...]
-      <c r="E403" s="6" t="s">
+      <c r="B404" s="6">
+        <v>0</v>
+      </c>
+      <c r="C404" s="6">
+        <v>0</v>
+      </c>
+      <c r="D404" s="6">
+        <v>0</v>
+      </c>
+      <c r="E404" s="6">
+        <v>9310115</v>
+      </c>
+      <c r="F404" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G404" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H404" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I404" s="6">
+        <v>0</v>
+      </c>
+      <c r="J404" s="10" t="s">
         <v>1588</v>
       </c>
-      <c r="F403" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J403" s="10" t="s">
+      <c r="K404" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="L404" s="10" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M404" s="6" t="s">
         <v>1589</v>
       </c>
-      <c r="K403" s="6" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="N404" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O404" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O404" s="6"/>
       <c r="P404" s="6"/>
     </row>
     <row r="405" spans="1:16" customHeight="1" ht="65">
       <c r="A405" s="6" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B405" s="6">
+        <v>0</v>
+      </c>
+      <c r="C405" s="6">
+        <v>0</v>
+      </c>
+      <c r="D405" s="6">
+        <v>0</v>
+      </c>
+      <c r="E405" s="6">
+        <v>431227709</v>
+      </c>
+      <c r="F405" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G405" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H405" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I405" s="6">
+        <v>0</v>
+      </c>
+      <c r="J405" s="10" t="s">
+        <v>1591</v>
+      </c>
+      <c r="K405" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="L405" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="M405" s="6" t="s">
+        <v>1592</v>
+      </c>
+      <c r="N405" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O405" s="6">
+        <v>2091.16</v>
+      </c>
+      <c r="P405" s="6"/>
+    </row>
+    <row r="406" spans="1:16">
+      <c r="A406" s="6" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B406" s="6">
+        <v>0</v>
+      </c>
+      <c r="C406" s="6">
+        <v>0</v>
+      </c>
+      <c r="D406" s="6">
+        <v>0</v>
+      </c>
+      <c r="E406" s="6" t="s">
         <v>1594</v>
       </c>
-      <c r="B405" s="6">
-[...56 lines deleted...]
-      </c>
       <c r="F406" s="9" t="s">
-        <v>1389</v>
+        <v>38</v>
       </c>
       <c r="G406" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H406" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I406" s="6">
         <v>0</v>
       </c>
       <c r="J406" s="10" t="s">
-        <v>1600</v>
+        <v>1595</v>
       </c>
       <c r="K406" s="6" t="s">
-        <v>42</v>
+        <v>463</v>
       </c>
       <c r="L406" s="10" t="s">
-        <v>1389</v>
+        <v>38</v>
       </c>
       <c r="M406" s="6" t="s">
-        <v>1601</v>
+        <v>1596</v>
       </c>
       <c r="N406" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O406" s="6"/>
+      <c r="O406" s="6">
+        <v>2711.39</v>
+      </c>
       <c r="P406" s="6"/>
     </row>
-    <row r="407" spans="1:16" customHeight="1" ht="65">
+    <row r="407" spans="1:16">
       <c r="A407" s="6" t="s">
-        <v>1602</v>
+        <v>1597</v>
       </c>
       <c r="B407" s="6">
         <v>0</v>
       </c>
       <c r="C407" s="6">
         <v>0</v>
       </c>
       <c r="D407" s="6">
         <v>0</v>
       </c>
       <c r="E407" s="6" t="s">
-        <v>1603</v>
+        <v>1598</v>
       </c>
       <c r="F407" s="9" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>1169</v>
+      </c>
+      <c r="G407" s="10"/>
       <c r="H407" s="6" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I407" s="6">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="J407" s="10"/>
       <c r="K407" s="6" t="s">
-        <v>1606</v>
+        <v>1014</v>
       </c>
       <c r="L407" s="10" t="s">
-        <v>120</v>
+        <v>1169</v>
       </c>
       <c r="M407" s="6" t="s">
-        <v>1607</v>
+        <v>1599</v>
       </c>
       <c r="N407" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O407" s="6"/>
       <c r="P407" s="6"/>
     </row>
-    <row r="408" spans="1:16" customHeight="1" ht="65">
+    <row r="408" spans="1:16">
       <c r="A408" s="6" t="s">
-        <v>1608</v>
+        <v>1600</v>
       </c>
       <c r="B408" s="6">
-        <v>0</v>
+        <v>1943</v>
       </c>
       <c r="C408" s="6">
-        <v>0</v>
+        <v>1943</v>
       </c>
       <c r="D408" s="6">
         <v>0</v>
       </c>
       <c r="E408" s="6" t="s">
-        <v>1609</v>
+        <v>1601</v>
       </c>
       <c r="F408" s="9" t="s">
-        <v>115</v>
+        <v>588</v>
       </c>
       <c r="G408" s="10" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="H408" s="6" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="I408" s="6">
-        <v>0.885</v>
+        <v>1.27</v>
       </c>
       <c r="J408" s="10" t="s">
-        <v>1610</v>
+        <v>1602</v>
       </c>
       <c r="K408" s="6" t="s">
-        <v>65</v>
+        <v>794</v>
       </c>
       <c r="L408" s="10" t="s">
-        <v>115</v>
+        <v>588</v>
       </c>
       <c r="M408" s="6" t="s">
-        <v>1611</v>
+        <v>1603</v>
       </c>
       <c r="N408" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O408" s="6"/>
+      <c r="O408" s="6">
+        <v>2132.36</v>
+      </c>
       <c r="P408" s="6"/>
     </row>
     <row r="409" spans="1:16" customHeight="1" ht="65">
       <c r="A409" s="6" t="s">
-        <v>1612</v>
+        <v>1604</v>
       </c>
       <c r="B409" s="6">
         <v>0</v>
       </c>
       <c r="C409" s="6">
         <v>0</v>
       </c>
       <c r="D409" s="6">
         <v>0</v>
       </c>
       <c r="E409" s="6" t="s">
-        <v>1613</v>
+        <v>1605</v>
       </c>
       <c r="F409" s="9" t="s">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="G409" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H409" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I409" s="6">
-        <v>0.89</v>
+        <v>800</v>
       </c>
       <c r="J409" s="10" t="s">
-        <v>1614</v>
+        <v>1606</v>
       </c>
       <c r="K409" s="6" t="s">
-        <v>65</v>
+        <v>1281</v>
       </c>
       <c r="L409" s="10" t="s">
-        <v>115</v>
+        <v>1607</v>
       </c>
       <c r="M409" s="6" t="s">
-        <v>1615</v>
+        <v>1608</v>
       </c>
       <c r="N409" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O409" s="6"/>
       <c r="P409" s="6"/>
     </row>
     <row r="410" spans="1:16" customHeight="1" ht="65">
       <c r="A410" s="6" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B410" s="6">
+        <v>60</v>
+      </c>
+      <c r="C410" s="6">
+        <v>60</v>
+      </c>
+      <c r="D410" s="6">
+        <v>0</v>
+      </c>
+      <c r="E410" s="6" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F410" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G410" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H410" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="I410" s="6">
+        <v>2.96</v>
+      </c>
+      <c r="J410" s="10" t="s">
+        <v>1611</v>
+      </c>
+      <c r="K410" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L410" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M410" s="6" t="s">
+        <v>1612</v>
+      </c>
+      <c r="N410" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O410" s="6">
+        <v>7115.94</v>
+      </c>
+      <c r="P410" s="6"/>
+    </row>
+    <row r="411" spans="1:16">
+      <c r="A411" s="6" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B411" s="6">
+        <v>0</v>
+      </c>
+      <c r="C411" s="6">
+        <v>0</v>
+      </c>
+      <c r="D411" s="6">
+        <v>0</v>
+      </c>
+      <c r="E411" s="6">
+        <v>12000032461</v>
+      </c>
+      <c r="F411" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G411" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H411" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I411" s="6">
+        <v>0</v>
+      </c>
+      <c r="J411" s="10" t="s">
+        <v>1614</v>
+      </c>
+      <c r="K411" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L411" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M411" s="6" t="s">
+        <v>1615</v>
+      </c>
+      <c r="N411" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O411" s="6">
+        <v>2643.33</v>
+      </c>
+      <c r="P411" s="6"/>
+    </row>
+    <row r="412" spans="1:16">
+      <c r="A412" s="6" t="s">
         <v>1616</v>
       </c>
-      <c r="B410" s="6">
-[...8 lines deleted...]
-      <c r="E410" s="6" t="s">
+      <c r="B412" s="6">
+        <v>0</v>
+      </c>
+      <c r="C412" s="6">
+        <v>0</v>
+      </c>
+      <c r="D412" s="6">
+        <v>0</v>
+      </c>
+      <c r="E412" s="6">
+        <v>12000032460</v>
+      </c>
+      <c r="F412" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G412" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H412" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I412" s="6">
+        <v>0</v>
+      </c>
+      <c r="J412" s="10" t="s">
         <v>1617</v>
       </c>
-      <c r="F410" s="9" t="s">
+      <c r="K412" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L412" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M412" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="N412" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O412" s="6">
+        <v>3050</v>
+      </c>
+      <c r="P412" s="6"/>
+    </row>
+    <row r="413" spans="1:16">
+      <c r="A413" s="6" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B413" s="6">
+        <v>1324</v>
+      </c>
+      <c r="C413" s="6">
+        <v>1324</v>
+      </c>
+      <c r="D413" s="6">
+        <v>0</v>
+      </c>
+      <c r="E413" s="6" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F413" s="9" t="s">
+        <v>588</v>
+      </c>
+      <c r="G413" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H413" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I413" s="6">
+        <v>1.7</v>
+      </c>
+      <c r="J413" s="10" t="s">
+        <v>1621</v>
+      </c>
+      <c r="K413" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L413" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="M413" s="6" t="s">
+        <v>1622</v>
+      </c>
+      <c r="N413" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O413" s="6">
+        <v>2433.02</v>
+      </c>
+      <c r="P413" s="6"/>
+    </row>
+    <row r="414" spans="1:16">
+      <c r="A414" s="6" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B414" s="6">
+        <v>1424</v>
+      </c>
+      <c r="C414" s="6">
+        <v>1424</v>
+      </c>
+      <c r="D414" s="6">
+        <v>0</v>
+      </c>
+      <c r="E414" s="6" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F414" s="9" t="s">
+        <v>588</v>
+      </c>
+      <c r="G414" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H414" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I414" s="6">
+        <v>2.2</v>
+      </c>
+      <c r="J414" s="10" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K414" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="L414" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="M414" s="6" t="s">
+        <v>1626</v>
+      </c>
+      <c r="N414" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O414" s="6">
+        <v>3045.87</v>
+      </c>
+      <c r="P414" s="6"/>
+    </row>
+    <row r="415" spans="1:16">
+      <c r="A415" s="6" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B415" s="6">
+        <v>0</v>
+      </c>
+      <c r="C415" s="6">
+        <v>0</v>
+      </c>
+      <c r="D415" s="6">
+        <v>0</v>
+      </c>
+      <c r="E415" s="6">
+        <v>12000137120</v>
+      </c>
+      <c r="F415" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G415" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H415" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I415" s="6">
+        <v>0</v>
+      </c>
+      <c r="J415" s="10" t="s">
+        <v>1628</v>
+      </c>
+      <c r="K415" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L415" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M415" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N415" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O415" s="6">
+        <v>3456.67</v>
+      </c>
+      <c r="P415" s="6"/>
+    </row>
+    <row r="416" spans="1:16" customHeight="1" ht="65">
+      <c r="A416" s="6" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B416" s="6">
+        <v>0</v>
+      </c>
+      <c r="C416" s="6">
+        <v>0</v>
+      </c>
+      <c r="D416" s="6">
+        <v>0</v>
+      </c>
+      <c r="E416" s="6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F416" s="9" t="s">
         <v>115</v>
       </c>
-      <c r="G410" s="10" t="s">
+      <c r="G416" s="10" t="s">
         <v>63</v>
       </c>
-      <c r="H410" s="6" t="s">
+      <c r="H416" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="I410" s="6">
-[...5 lines deleted...]
-      <c r="K410" s="6" t="s">
+      <c r="I416" s="6">
+        <v>1.09</v>
+      </c>
+      <c r="J416" s="10" t="s">
+        <v>1632</v>
+      </c>
+      <c r="K416" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="L410" s="10" t="s">
+      <c r="L416" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="M410" s="6" t="s">
-[...185 lines deleted...]
-      <c r="M414" s="6" t="s">
+      <c r="M416" s="6" t="s">
         <v>1633</v>
       </c>
-      <c r="N414" s="6" t="s">
-[...90 lines deleted...]
-      </c>
       <c r="N416" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O416" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O416" s="6"/>
       <c r="P416" s="6"/>
     </row>
     <row r="417" spans="1:16" customHeight="1" ht="65">
       <c r="A417" s="6" t="s">
-        <v>1642</v>
+        <v>1634</v>
       </c>
       <c r="B417" s="6">
         <v>0</v>
       </c>
       <c r="C417" s="6">
         <v>0</v>
       </c>
       <c r="D417" s="6">
         <v>0</v>
       </c>
       <c r="E417" s="6" t="s">
-        <v>1643</v>
+        <v>1635</v>
       </c>
       <c r="F417" s="9" t="s">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="G417" s="10" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H417" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I417" s="6">
-        <v>32</v>
+        <v>2.06</v>
       </c>
       <c r="J417" s="10" t="s">
-        <v>582</v>
+        <v>1636</v>
       </c>
       <c r="K417" s="6" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="L417" s="10" t="s">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="M417" s="6" t="s">
-        <v>1644</v>
+        <v>1637</v>
       </c>
       <c r="N417" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O417" s="6">
-        <v>46766.98</v>
+        <v>3446.78</v>
       </c>
       <c r="P417" s="6"/>
     </row>
-    <row r="418" spans="1:16">
+    <row r="418" spans="1:16" customHeight="1" ht="65">
       <c r="A418" s="6" t="s">
-        <v>1645</v>
+        <v>1638</v>
       </c>
       <c r="B418" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C418" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D418" s="6">
         <v>0</v>
       </c>
-      <c r="E418" s="6">
-        <v>9310115</v>
+      <c r="E418" s="6" t="s">
+        <v>1639</v>
       </c>
       <c r="F418" s="9" t="s">
-        <v>38</v>
+        <v>244</v>
       </c>
       <c r="G418" s="10" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="H418" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I418" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J418" s="10" t="s">
-        <v>1646</v>
+        <v>1640</v>
       </c>
       <c r="K418" s="6" t="s">
-        <v>995</v>
+        <v>42</v>
       </c>
       <c r="L418" s="10" t="s">
-        <v>1043</v>
+        <v>43</v>
       </c>
       <c r="M418" s="6" t="s">
-        <v>1647</v>
+        <v>1641</v>
       </c>
       <c r="N418" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O418" s="6"/>
+      <c r="O418" s="6">
+        <v>3599.48</v>
+      </c>
       <c r="P418" s="6"/>
     </row>
     <row r="419" spans="1:16" customHeight="1" ht="65">
       <c r="A419" s="6" t="s">
-        <v>1648</v>
+        <v>1642</v>
       </c>
       <c r="B419" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C419" s="6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D419" s="6">
         <v>0</v>
       </c>
-      <c r="E419" s="6">
-        <v>431227709</v>
+      <c r="E419" s="6" t="s">
+        <v>1643</v>
       </c>
       <c r="F419" s="9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G419" s="10" t="s">
         <v>39</v>
       </c>
       <c r="H419" s="6" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I419" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J419" s="10" t="s">
-        <v>1649</v>
+        <v>1644</v>
       </c>
       <c r="K419" s="6" t="s">
-        <v>138</v>
+        <v>42</v>
       </c>
       <c r="L419" s="10" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="M419" s="6" t="s">
-        <v>1650</v>
+        <v>1645</v>
       </c>
       <c r="N419" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O419" s="6">
-        <v>1914.86</v>
+        <v>1648.36</v>
       </c>
       <c r="P419" s="6"/>
     </row>
     <row r="420" spans="1:16" customHeight="1" ht="65">
       <c r="A420" s="6" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B420" s="6">
+        <v>22</v>
+      </c>
+      <c r="C420" s="6">
+        <v>22</v>
+      </c>
+      <c r="D420" s="6">
+        <v>0</v>
+      </c>
+      <c r="E420" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F420" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="G420" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H420" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I420" s="6">
+        <v>0.885</v>
+      </c>
+      <c r="J420" s="10" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K420" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L420" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="M420" s="6" t="s">
+        <v>1649</v>
+      </c>
+      <c r="N420" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O420" s="6">
+        <v>2316.61</v>
+      </c>
+      <c r="P420" s="6"/>
+    </row>
+    <row r="421" spans="1:16" customHeight="1" ht="65">
+      <c r="A421" s="6" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B421" s="6">
+        <v>0</v>
+      </c>
+      <c r="C421" s="6">
+        <v>0</v>
+      </c>
+      <c r="D421" s="6">
+        <v>0</v>
+      </c>
+      <c r="E421" s="6" t="s">
         <v>1651</v>
       </c>
-      <c r="B420" s="6">
-[...8 lines deleted...]
-      <c r="E420" s="6" t="s">
+      <c r="F421" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G421" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H421" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I421" s="6">
+        <v>0.62</v>
+      </c>
+      <c r="J421" s="10" t="s">
         <v>1652</v>
       </c>
-      <c r="F420" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J420" s="10" t="s">
+      <c r="K421" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L421" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M421" s="6" t="s">
         <v>1653</v>
       </c>
-      <c r="K420" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M420" s="6" t="s">
+      <c r="N421" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O421" s="6"/>
+      <c r="P421" s="6"/>
+    </row>
+    <row r="422" spans="1:16" customHeight="1" ht="65">
+      <c r="A422" s="6" t="s">
         <v>1654</v>
       </c>
-      <c r="N420" s="6" t="s">
-[...8 lines deleted...]
-      <c r="A421" s="6" t="s">
+      <c r="B422" s="6">
+        <v>0</v>
+      </c>
+      <c r="C422" s="6">
+        <v>0</v>
+      </c>
+      <c r="D422" s="6">
+        <v>0</v>
+      </c>
+      <c r="E422" s="6" t="s">
         <v>1655</v>
       </c>
-      <c r="B421" s="6">
-[...8 lines deleted...]
-      <c r="E421" s="6" t="s">
+      <c r="F422" s="9" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G422" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H422" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I422" s="6">
+        <v>0</v>
+      </c>
+      <c r="J422" s="10" t="s">
         <v>1656</v>
       </c>
-      <c r="F421" s="9" t="s">
-[...11 lines deleted...]
-      <c r="J421" s="10" t="s">
+      <c r="K422" s="6" t="s">
         <v>1657</v>
       </c>
-      <c r="K421" s="6" t="s">
-[...5 lines deleted...]
-      <c r="M421" s="6" t="s">
+      <c r="L422" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M422" s="6" t="s">
         <v>1658</v>
       </c>
-      <c r="N421" s="6" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="N422" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="O422" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O422" s="6"/>
       <c r="P422" s="6"/>
-    </row>
-[...802 lines deleted...]
-      <c r="P439" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>