--- v0 (2025-11-04)
+++ v1 (2026-02-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Td" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Прайс-лист</t>
   </si>
   <si>
     <t>АО "Торговый Дизайн"</t>
   </si>
   <si>
     <t>Прайс-лист от</t>
   </si>
   <si>
-    <t>04.11.2025 17:16:00</t>
+    <t>19.02.2026 07:21:49</t>
   </si>
   <si>
     <t>Бренд/Номенклатура</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Свободно</t>
   </si>
   <si>
     <t>Резерв</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Страна происхождения</t>
   </si>
   <si>
     <t>С - склад, П и З - заказ, (но товар может быть по наличию). Н - распродаем</t>
   </si>
@@ -184,177 +184,122 @@
   <si>
     <t>CNW-520</t>
   </si>
   <si>
     <t>Габариты: 590х605х125 мм. Мощность 175 Вт. Напряжение 220 В. Максимальная запечатываемая длина 500 мм. Размер нагревательного элемента 430х123 мм. Максимальная толщина свариваемого материала 0,5 мм. Температура нагрева рабочей поверхности от 20 до 120 С. Температура нагревателя резака до 150 С. Корпус из нержавеющей стали. Тефлоновое покрытие отличается повышенной прочностью и износостойкостью. Сварка пленок: стрейч пленка, LMF пленка. Встроенный термостат. Наружное расположение рулона. Электробезопасность.</t>
   </si>
   <si>
     <t>00000000601</t>
   </si>
   <si>
     <t>Аппарат для запайки лотков EKSI EDQ-1</t>
   </si>
   <si>
     <t>EDQ-1</t>
   </si>
   <si>
     <t>Аппараты для запайки лотков</t>
   </si>
   <si>
     <t>Запайщик лотков т.м. EKSI серии EDQ, мод EDQ-1 (без матриц), 630х256х260мм, 220В, 0,7 кВт, 7-8 цикл/мин, полуавтомат, без обрезки, БЕЗ МАТРИЦЫ,  макс размер контейнера 226*162*115мм , максимальный размер пленки 180*160мм</t>
   </si>
   <si>
     <t>00000431276</t>
   </si>
   <si>
-    <t>Вакуумный упаковщик EKSI М EDZ-400/2T</t>
-[...2 lines deleted...]
-    <t>М EDZ-400/2T</t>
+    <t>Вакуумный упаковщик Gastrorag TVS-DZ-260</t>
+  </si>
+  <si>
+    <t>TVS-DZ-260</t>
   </si>
   <si>
     <t>Вакуумные упаковщики</t>
   </si>
   <si>
-    <t>Машина вакуумной упаковки камерного типа т.м.EKSI серии EDZ, модель EDZ-400/2T, 540x480x550мм, 220В, 1000Вт</t>
+    <t>Вакуумная упаковочная машина серии TVS, мод. TVS-DZ-260, настольная, размер камеры 390х260х50, ширина шва 260мм, скорость откачки 10 куб/м в час, 500х350х370 мм, 370Вт, 220В</t>
+  </si>
+  <si>
+    <t>Gastrorag</t>
   </si>
   <si>
     <t>Упаковщики вакуумные</t>
   </si>
   <si>
-    <t>00000369012</t>
-[...8 lines deleted...]
-    <t>Пленки</t>
+    <t>00000345325</t>
+  </si>
+  <si>
+    <t>Аппарат для запечатывания пакетов скотчем Novem Sealer 2 001</t>
+  </si>
+  <si>
+    <t>2 001</t>
+  </si>
+  <si>
+    <t>Аппараты для запечатывания пакетов скотчем</t>
   </si>
   <si>
     <t>НИДЕРЛАНДЫ</t>
   </si>
   <si>
-    <t>Расходная лента для упаковщиков универсальных т.м. INNOSEAL.  В 1 коробке -84 бобин лент бумаги (мультицвет), длина 20м и ширина 12 мм и 84 бобин лент прозрачного скотча из полипропилена, длина 66м и ширина 12 мм.  Размер коробки 450х150х130мм.</t>
+    <t>Упаковщик универсальный INNOSEAL арт. 2001 (с белой передней крышкой). Вес 630 г, Полностью непрозрачный корпус из ABS пластика белого цвета. Внутри две бобины бумага/скотч, упаковщик готов к работе.</t>
   </si>
   <si>
     <t>Novem Sealer</t>
   </si>
   <si>
-    <t>Расходные материалы для клипсаторов</t>
-[...31 lines deleted...]
-  <si>
     <t>00000401664</t>
   </si>
   <si>
     <t>Упаковщик в стретч-пленку Assum HW-450E</t>
   </si>
   <si>
     <t>HW-450E</t>
   </si>
   <si>
     <t>Машина для запайки и запечатывания (упаковщик "горячий стол") т.м. ASSUM, модель HW-450E, 620х540х140 мм, ширина пленки 450 мм, 230Вт, 220В</t>
   </si>
   <si>
     <t>Assum</t>
   </si>
   <si>
     <t>00000393862</t>
   </si>
   <si>
-    <t>Аппарат для запайки пакетов EKSI М EFS-400(AL)</t>
-[...2 lines deleted...]
-    <t>М EFS-400(AL)</t>
+    <t>Аппарат для запайки пакетов EKSI М EFS-200(AL)</t>
+  </si>
+  <si>
+    <t>М EFS-200(AL)</t>
   </si>
   <si>
     <t>Н</t>
   </si>
   <si>
-    <t>Машина для запаивания пакетов (сварщик) т.м.EKSI серии EFS, мод. EFS-400, 540x85x280мм, 220В, 550Вт</t>
-[...10 lines deleted...]
-  <si>
     <t>Машина для запаивания пакетов (сварщик) т.м.EKSI серии EFS, мод. EFS-200, 325x75x225мм, 220В, 280Вт</t>
   </si>
   <si>
     <t>00000369014</t>
   </si>
   <si>
-    <t>Вакуумный упаковщик EKSI EDZ-280</t>
-[...11 lines deleted...]
-  <si>
     <t>Запайщик для стаканов TSM-F-90/95</t>
   </si>
   <si>
     <t>TSM-F-90/95</t>
   </si>
   <si>
     <t>Машины упаковочные</t>
   </si>
   <si>
     <t>Turbo Sealing Machine</t>
   </si>
   <si>
     <t>ЦБ-00005431</t>
   </si>
   <si>
     <t>Запайщик для стаканов TSM-Q10-90/95 белый</t>
   </si>
   <si>
     <t>TSM-Q10-90/95 white</t>
   </si>
   <si>
     <t>ЦБ-00005432</t>
   </si>
   <si>
     <t>Запайщик для стаканов TSM-Q10-90/95 черный</t>
@@ -371,118 +316,93 @@
   <si>
     <t>TSM-Q10-90/95 pink</t>
   </si>
   <si>
     <t>ЦБ-00005434</t>
   </si>
   <si>
     <t>Запайщик для стаканов TSM-Q8-90/95 черный</t>
   </si>
   <si>
     <t>TSM-Q8-90/95 black</t>
   </si>
   <si>
     <t>ЦБ-00005435</t>
   </si>
   <si>
     <t>Запайщик для стаканов TSM-Q8-90/95 белый</t>
   </si>
   <si>
     <t>TSM-Q8-90/95 white</t>
   </si>
   <si>
     <t>ЦБ-00005436</t>
   </si>
   <si>
-    <t>Упаковщик в стретч-пленку EKSI ETW-450</t>
-[...10 lines deleted...]
-  <si>
     <t>Запайщик для алюминиевых лотков TSM-H-220</t>
   </si>
   <si>
     <t>TSM-H-220</t>
   </si>
   <si>
     <t>ЦБ-00005439</t>
   </si>
   <si>
     <t>Крышка для лотка алюминиевого 220х150 для запайщика TSM</t>
   </si>
   <si>
     <t>TSM-FC220</t>
   </si>
   <si>
     <t>ЦБ-00005440</t>
   </si>
   <si>
     <t>Вакуумный упаковщик EKSI EDZ-400/2F_Z.JIANGNAN</t>
   </si>
   <si>
     <t>EDZ-400/2F_Z.JIANGNAN</t>
   </si>
   <si>
     <t>Машина вакуумной упаковки камерного типа т.м.EKSI серии EDZ, мод. EDZ-400/2F, 490x540х960 мм, 220В, мощность мотора 900 Вт, мощность нагрева 800-2000 Вт. Предназначена для упаковки продуктов питания в вакуумные пакеты, что позволяет длительное время сохранять их свежесть. Модель с электронной панелью управления, двойная запаечная планка, опция газонаполнения. Запаечная планка- 2. Размер запаечной планки, мм- 400*10. Размер вакуумной камеры- 420x440x75.</t>
   </si>
   <si>
     <t>00000430689</t>
   </si>
   <si>
     <t>Аппарат термоусадочный EKSI EBSF-5540</t>
   </si>
   <si>
     <t>EBSF-5540</t>
   </si>
   <si>
     <t>Аппараты термоусадочные</t>
   </si>
   <si>
     <t>Машина термоусадочная камерного типа серии EBSF, модель EBSF-5540, 1380×690×1065мм, 220В, 4000Вт, производить-ть 500-800 уп./час, ручная модель. В филиале новый, без упаковки</t>
   </si>
   <si>
     <t>00000271657</t>
-  </si>
-[...11 lines deleted...]
-    <t>00000431275</t>
   </si>
   <si>
     <t>Аппарат для запайки пакетов EKSI М EFS-400C</t>
   </si>
   <si>
     <t>М EFS-400C</t>
   </si>
   <si>
     <t>Машина для запаивания пакетов (сварщик) т.м.EKSI серии EFS, мод. EFS-400C, 540x85x280мм, 220В, 600Вт</t>
   </si>
   <si>
     <t>00000369018</t>
   </si>
   <si>
     <t>Вакуумный упаковщик Vortmax VM312</t>
   </si>
   <si>
     <t>VM312</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Габаритные размеры: 415x592x407мм, эл. мощность 750Вт, напряжение 220В, производительность вакуумного насоса 12 м3/ч, длина сварочной планки 310 мм, размер камеры 343х434х175 мм
 Вакуумный упаковщик используется на предприятиях пищевой промышленности, общественного питания и торговли для вакуумной упаковки продуктов питания, жидкости, готовых блюд и непищевых товаров.</t>
@@ -611,172 +531,88 @@
   </si>
   <si>
     <t>VM6260_3N без газозаполн.</t>
   </si>
   <si>
     <t>Габаритные размеры: 765х710х1050мм, 380В, 1500Вт, размер камеры 650х535х200мм. Напольное исполнение. Электронная панель управления. Производительность вакуумного насоса 60 м3/ч, 2 сварочных планки каждая длиной 620мм
 Используется  на предприятиях общественного питания всех типов.</t>
   </si>
   <si>
     <t>00000265123</t>
   </si>
   <si>
     <t>Вакуумный упаковщик Vortmax VM412</t>
   </si>
   <si>
     <t>VM412</t>
   </si>
   <si>
     <t>Габаритные размеры: 535x591x438мм, эл. мощность 750Вт, напряжение 220В, производительность вакуумного насоса 12 м3/ч, длина сварочной планки 410 мм, размер камеры 435х435х180мм
 Вакуумный упаковщик используется на предприятиях пищевой промышленности, общественного питания и торговли для вакуумной упаковки продуктов питания, жидкости, готовых блюд и непищевых товаров.</t>
   </si>
   <si>
     <t>00000265126</t>
   </si>
   <si>
-    <t>Аппарат для запайки пакетов EKSI М EFS-300(AL)</t>
-[...10 lines deleted...]
-  <si>
     <t>Вакуумный упаковщик EKSI М EDZ-400/2E</t>
   </si>
   <si>
     <t>М EDZ-400/2E</t>
   </si>
   <si>
     <t>Машина вакуумной упаковки камерного типа т.м.EKSI серии EDZ, модель EDZ-400/2E, 540x480x1010мм, 220В, 750Вт, вакуумный насос - 20 м3/час
 Рабочая камера изготовлена из нержавеющей стали, размеры камеры - 440х420х130 мм, длина запайки - 400 мм.</t>
   </si>
   <si>
     <t>00000369011</t>
-  </si>
-[...46 lines deleted...]
-    <t>00000277687</t>
   </si>
   <si>
     <t>Вакуумный упаковщик Vortmax VM254</t>
   </si>
   <si>
     <t>VM254</t>
   </si>
   <si>
     <t>Габаритные размеры: 357x490x329 мм, напряжение 220В, эл. мощность 350Вт, производительность вакуумного насоса 4 м3/ч, длина сварочной планки 250 мм, размер камеры 270х352х150 мм
 Вакуумный упаковщик используется на предприятиях пищевой промышленности, общественного питания и торговли для вакуумной упаковки продуктов питания, жидкости, готовых блюд и непищевых товаров.</t>
   </si>
   <si>
     <t>00000265122</t>
   </si>
   <si>
     <t>Вакуумный упаковщик EKSI EDZ-260</t>
   </si>
   <si>
     <t>EDZ-260</t>
   </si>
   <si>
     <t>Машина вакуумной упаковки камерного типа т.м.EKSI серии EDZ, мод. EDZ-260,  402x315x300мм, 220В, мощность мотора 250 Вт, мощность нагрева 1200 Вт. Предназначена для упаковки продуктов питания в вакуумные пакеты, что позволяет длительное время сохранять их свежесть. Модель с электронной панелью управления. А.	Время вакуумирования: в соответствии с требованиями к упаковке и значением, указанным на вакуумметре, время может быть увеличено после достижения -0,1 Мпа. Максимальное время — 50 секунд для продуктов с высокой влажностью упаковки или других особых продуктов. Время зависит от ситуации использования.
 Б.	Время запаивания: обычно время нагрева составляет от 1,5 до 2 секунд. 
 размер камеры - 390*280*50mm</t>
   </si>
   <si>
     <t>00000426542</t>
-  </si>
-[...22 lines deleted...]
-    <t>00000369016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -863,51 +699,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66332ee1a1e546a5942d948b92a11b05.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f7e5ee72beb045a20879ee6db8a062.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d204d35c7617de212dc494cd1dc45cf1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a6e84d4e67491b92d0ba2bfa222e45.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e430a1710646403bde377f84df3006.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31272a143464552688651b6714c00282.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace566133a0256a95f505d01d223a3e8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95937e1754acfb6f77dd107c0520f7ff.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258aad64aa7c90e6a1a44acbbf3eff98.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff13a116bacd317a63fa6dd22aedc61.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e31f668a7bdf1954496eee02685b9c69.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3de31a7ed522b7affc0366ca756d40cf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae0cbbd12f0b2a2f793db48943614d6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e980a4d60f93f8076771d7130bbe17.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c18adcf24caf2a906dbcca6ae80bfd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca04ff6ad28aef212d17e2af1ced614.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8276f18578dcbf6de8162aa5ec6d3f1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e24045fd62ae6f466a050c74992f3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96debf767afb1e97672adec430590619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d709b898e3dee7f17eb79841a277612c.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58551f1e1c8a8841b2ebbcb0b400f042.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b07841e4f502fecf405532fc221169c1.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13928597e9fd73a5a331c2d01b8c5dd3.JPG"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c06d355ac3e4f21ff16a2b3611656de.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725020ff1a657cebb01592c48f47cfbe.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dd5ebfaa17c585c8345848d84d3522c.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dea3c280dc3694c66d2c64106e23257.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9853ca0b6331b9262b85871810753246.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84940ed2c80980fd64c604b48af1de5e.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ded2cbc38fab3c26359fcf06591255.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0dbf25dfdb229161563251ba9604093.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7976d09db1411b37b35acebabbe2dd02.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a810f6363e9ec308b60638c94defde.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fc1727e72507cab08dbe4bbce5bf760.JPG"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4fa2f292aa016f3d6094b6c4226d14.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce7e610e3f75d5eeb964fdb4d7a4e4ce.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e5e5cf0256f463bdb35312a1cc5796.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f75f85d4395feb6310406e2d6bd521.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a12b1ad3d645d5428fd4ce5c1a6eb1.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c42fda95c8060f8cd0a148dc813a8d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66332ee1a1e546a5942d948b92a11b05.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f7e5ee72beb045a20879ee6db8a062.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d204d35c7617de212dc494cd1dc45cf1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a6e84d4e67491b92d0ba2bfa222e45.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e430a1710646403bde377f84df3006.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31272a143464552688651b6714c00282.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258aad64aa7c90e6a1a44acbbf3eff98.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff13a116bacd317a63fa6dd22aedc61.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3de31a7ed522b7affc0366ca756d40cf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c18adcf24caf2a906dbcca6ae80bfd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca04ff6ad28aef212d17e2af1ced614.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4e24045fd62ae6f466a050c74992f3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96debf767afb1e97672adec430590619.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d709b898e3dee7f17eb79841a277612c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58551f1e1c8a8841b2ebbcb0b400f042.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b07841e4f502fecf405532fc221169c1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13928597e9fd73a5a331c2d01b8c5dd3.JPG"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c06d355ac3e4f21ff16a2b3611656de.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725020ff1a657cebb01592c48f47cfbe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dd5ebfaa17c585c8345848d84d3522c.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dea3c280dc3694c66d2c64106e23257.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9853ca0b6331b9262b85871810753246.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84940ed2c80980fd64c604b48af1de5e.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ded2cbc38fab3c26359fcf06591255.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7976d09db1411b37b35acebabbe2dd02.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e5e5cf0256f463bdb35312a1cc5796.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f75f85d4395feb6310406e2d6bd521.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image_10" descr="image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1055,531 +891,531 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="657225" cy="762000"/>
+    <xdr:ext cx="628650" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="image_16" descr="image_16"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1200150" cy="762000"/>
+    <xdr:ext cx="1104900" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="image_17" descr="image_17"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="628650" cy="762000"/>
+    <xdr:ext cx="1162050" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="image_18" descr="image_18"/>
+        <xdr:cNvPr id="9" name="image_19" descr="image_19"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1104900" cy="762000"/>
+    <xdr:ext cx="552450" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="image_19" descr="image_19"/>
+        <xdr:cNvPr id="10" name="image_28" descr="image_28"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="866775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="image_21" descr="image_21"/>
+        <xdr:cNvPr id="11" name="image_29" descr="image_29"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1162050" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="image_22" descr="image_22"/>
+        <xdr:cNvPr id="12" name="image_30" descr="image_30"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="914400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="image_23" descr="image_23"/>
+        <xdr:cNvPr id="13" name="image_31" descr="image_31"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1028700" cy="762000"/>
+    <xdr:ext cx="914400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="image_30" descr="image_30"/>
+        <xdr:cNvPr id="14" name="image_32" descr="image_32"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="552450" cy="762000"/>
+    <xdr:ext cx="914400" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="image_33" descr="image_33"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="866775" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="image_34" descr="image_34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="571500" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="image_35" descr="image_35"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="1009650" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="image_36" descr="image_36"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:ext cx="762000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="image_37" descr="image_37"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:ext cx="1190625" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="image_38" descr="image_38"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="914400" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="image_39" descr="image_39"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="image_40" descr="image_40"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="762000"/>
+    <xdr:ext cx="1143000" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="image_41" descr="image_41"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
@@ -1595,510 +1431,120 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="762000" cy="762000"/>
+    <xdr:ext cx="685800" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="image_43" descr="image_43"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1190625" cy="762000"/>
+    <xdr:ext cx="1028700" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="image_44" descr="image_44"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="762000"/>
+    <xdr:ext cx="790575" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="image_45" descr="image_45"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
-        <a:stretch>
-[...388 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2365,54 +1811,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P58"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:P58"/>
+      <selection activeCell="A9" sqref="A9:P45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="45" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" customWidth="true" style="1"/>
     <col min="3" max="3" width="11" customWidth="true" style="1"/>
     <col min="4" max="4" width="11" customWidth="true" style="1"/>
     <col min="5" max="5" width="11" customWidth="true" style="1"/>
     <col min="6" max="6" width="14" customWidth="true" style="1"/>
     <col min="7" max="7" width="14" customWidth="true" style="1"/>
     <col min="8" max="8" width="14" customWidth="true" style="1"/>
     <col min="9" max="9" width="14" customWidth="true" style="1"/>
     <col min="10" max="10" width="20" customWidth="true" style="1"/>
     <col min="11" max="11" width="14" customWidth="true" style="1"/>
     <col min="12" max="12" width="14" customWidth="true" style="1"/>
     <col min="13" max="13" width="14" customWidth="true" style="1"/>
     <col min="14" max="14" width="14" customWidth="true" style="1"/>
     <col min="15" max="15" width="10" customWidth="true" style="1"/>
     <col min="16" max="16" width="21" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
@@ -2567,51 +2013,51 @@
       <c r="G10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="6">
         <v>1.6</v>
       </c>
       <c r="J10" s="10" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="6">
-        <v>1784.44</v>
+        <v>1820.15</v>
       </c>
       <c r="P10" s="6"/>
     </row>
     <row r="11" spans="1:16" customHeight="1" ht="65">
       <c r="A11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="6">
         <v>0</v>
       </c>
       <c r="C11" s="6">
         <v>0</v>
       </c>
       <c r="D11" s="6">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>32</v>
       </c>
@@ -2661,147 +2107,147 @@
       <c r="G12" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="6">
         <v>4</v>
       </c>
       <c r="J12" s="10" t="s">
         <v>39</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L12" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O12" s="6">
-        <v>9251.86</v>
+        <v>9436.9</v>
       </c>
       <c r="P12" s="6"/>
     </row>
     <row r="13" spans="1:16" customHeight="1" ht="65">
       <c r="A13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="6">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="C13" s="6">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D13" s="6">
         <v>0</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>43</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>44</v>
       </c>
       <c r="I13" s="6">
         <v>5</v>
       </c>
       <c r="J13" s="10" t="s">
         <v>45</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L13" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>46</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O13" s="6">
-        <v>9825.64</v>
+        <v>10022.16</v>
       </c>
       <c r="P13" s="6"/>
     </row>
     <row r="14" spans="1:16" customHeight="1" ht="65">
       <c r="A14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="6">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="C14" s="6">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="D14" s="6">
         <v>0</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>43</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>32</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>44</v>
       </c>
       <c r="I14" s="6">
         <v>6.01</v>
       </c>
       <c r="J14" s="10" t="s">
         <v>49</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="L14" s="10" t="s">
         <v>43</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>50</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O14" s="6">
-        <v>11777.21</v>
+        <v>12012.76</v>
       </c>
       <c r="P14" s="6"/>
     </row>
     <row r="15" spans="1:16" customHeight="1" ht="65">
       <c r="A15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="6">
         <v>0</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>53</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>23</v>
       </c>
@@ -2830,2054 +2276,1434 @@
       <c r="P15" s="6"/>
     </row>
     <row r="16" spans="1:16" customHeight="1" ht="65">
       <c r="A16" s="6" t="s">
         <v>56</v>
       </c>
       <c r="B16" s="6">
         <v>0</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F16" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I16" s="6">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>59</v>
       </c>
       <c r="K16" s="6" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="L16" s="10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M16" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O16" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O16" s="6"/>
       <c r="P16" s="6"/>
     </row>
     <row r="17" spans="1:16" customHeight="1" ht="65">
       <c r="A17" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B17" s="6">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="C17" s="6">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>44</v>
       </c>
       <c r="I17" s="6">
-        <v>4.3</v>
+        <v>0.63</v>
       </c>
       <c r="J17" s="10" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K17" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L17" s="10" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>69</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O17" s="6">
-        <v>19067.4</v>
+        <v>6644.18</v>
       </c>
       <c r="P17" s="6"/>
     </row>
-    <row r="18" spans="1:16" customHeight="1" ht="65">
+    <row r="18" spans="1:16">
       <c r="A18" s="6" t="s">
         <v>70</v>
       </c>
       <c r="B18" s="6">
         <v>0</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="G18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I18" s="6">
-        <v>35</v>
+        <v>5.6</v>
       </c>
       <c r="J18" s="10" t="s">
         <v>72</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>73</v>
       </c>
       <c r="L18" s="10" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>74</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
     </row>
     <row r="19" spans="1:16" customHeight="1" ht="65">
       <c r="A19" s="6" t="s">
         <v>75</v>
       </c>
       <c r="B19" s="6">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="C19" s="6">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="H19" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="G19" s="10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I19" s="6">
-        <v>0.63</v>
+        <v>1.6</v>
       </c>
       <c r="J19" s="10" t="s">
         <v>78</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="L19" s="10" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O19" s="6">
-        <v>6513.9</v>
+        <v>1971.63</v>
       </c>
       <c r="P19" s="6"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="6" t="s">
         <v>80</v>
       </c>
       <c r="B20" s="6">
         <v>0</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6">
         <v>0</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I20" s="6">
-        <v>5.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="J20" s="10"/>
       <c r="K20" s="6" t="s">
         <v>83</v>
       </c>
       <c r="L20" s="10" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>84</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O20" s="6"/>
+      <c r="O20" s="6">
+        <v>117102.45</v>
+      </c>
       <c r="P20" s="6"/>
     </row>
-    <row r="21" spans="1:16" customHeight="1" ht="65">
+    <row r="21" spans="1:16">
       <c r="A21" s="6" t="s">
         <v>85</v>
       </c>
       <c r="B21" s="6">
         <v>0</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="I21" s="6">
-        <v>2.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="J21" s="10"/>
       <c r="K21" s="6" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="L21" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M21" s="6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O21" s="6"/>
+      <c r="O21" s="6">
+        <v>94724.3</v>
+      </c>
       <c r="P21" s="6"/>
     </row>
-    <row r="22" spans="1:16" customHeight="1" ht="65">
+    <row r="22" spans="1:16">
       <c r="A22" s="6" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B22" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C22" s="6">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="I22" s="6">
-        <v>1.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="J22" s="10"/>
       <c r="K22" s="6" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="L22" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M22" s="6" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O22" s="6">
-        <v>1971.63</v>
+        <v>94724.3</v>
       </c>
       <c r="P22" s="6"/>
     </row>
-    <row r="23" spans="1:16" customHeight="1" ht="65">
+    <row r="23" spans="1:16">
       <c r="A23" s="6" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B23" s="6">
         <v>0</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="G23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="6">
-        <v>2.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="J23" s="10"/>
       <c r="K23" s="6" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="L23" s="10" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O23" s="6">
-        <v>5355.65</v>
+        <v>94724.3</v>
       </c>
       <c r="P23" s="6"/>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="6" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B24" s="6">
         <v>0</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="6">
         <v>28</v>
       </c>
       <c r="J24" s="10"/>
       <c r="K24" s="6" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="L24" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M24" s="6" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O24" s="6">
-        <v>114806.83</v>
+        <v>86867.27</v>
       </c>
       <c r="P24" s="6"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="6" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="B25" s="6">
         <v>0</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="6">
         <v>28</v>
       </c>
       <c r="J25" s="10"/>
       <c r="K25" s="6" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="L25" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M25" s="6" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O25" s="6">
-        <v>92866.41</v>
+        <v>86867.27</v>
       </c>
       <c r="P25" s="6"/>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="6" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="B26" s="6">
         <v>0</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6">
         <v>0</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="G26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="6">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="J26" s="10"/>
       <c r="K26" s="6" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="L26" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M26" s="6" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O26" s="6">
-        <v>92866.41</v>
+        <v>163139.69</v>
       </c>
       <c r="P26" s="6"/>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="6" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B27" s="6">
         <v>0</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6">
         <v>0</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="G27" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="6">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="J27" s="10"/>
       <c r="K27" s="6" t="s">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="L27" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O27" s="6">
-        <v>92866.41</v>
+        <v>20.97</v>
       </c>
       <c r="P27" s="6"/>
     </row>
-    <row r="28" spans="1:16">
+    <row r="28" spans="1:16" customHeight="1" ht="65">
       <c r="A28" s="6" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="B28" s="6">
         <v>0</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>100</v>
+        <v>58</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I28" s="6">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="J28" s="10"/>
+        <v>68</v>
+      </c>
+      <c r="J28" s="10" t="s">
+        <v>108</v>
+      </c>
       <c r="K28" s="6" t="s">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="L28" s="10" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="M28" s="6" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O28" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O28" s="6"/>
       <c r="P28" s="6"/>
     </row>
-    <row r="29" spans="1:16">
+    <row r="29" spans="1:16" customHeight="1" ht="65">
       <c r="A29" s="6" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B29" s="6">
         <v>0</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I29" s="6">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="J29" s="10"/>
+        <v>125</v>
+      </c>
+      <c r="J29" s="10" t="s">
+        <v>113</v>
+      </c>
       <c r="K29" s="6" t="s">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="L29" s="10" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="M29" s="6" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O29" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O29" s="6"/>
       <c r="P29" s="6"/>
     </row>
     <row r="30" spans="1:16" customHeight="1" ht="65">
       <c r="A30" s="6" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B30" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C30" s="6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="I30" s="6">
-        <v>0</v>
+        <v>4.55</v>
       </c>
       <c r="J30" s="10" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L30" s="10" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="M30" s="6" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O30" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O30" s="6"/>
       <c r="P30" s="6"/>
     </row>
-    <row r="31" spans="1:16">
+    <row r="31" spans="1:16" customHeight="1" ht="65">
       <c r="A31" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B31" s="6">
+        <v>0</v>
+      </c>
+      <c r="C31" s="6">
+        <v>0</v>
+      </c>
+      <c r="D31" s="6">
+        <v>0</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="G31" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="I31" s="6">
+        <v>0</v>
+      </c>
+      <c r="J31" s="10" t="s">
         <v>122</v>
       </c>
-      <c r="B31" s="6">
-[...8 lines deleted...]
-      <c r="E31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="F31" s="9" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="L31" s="10" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O31" s="6">
-        <v>159940.74</v>
+        <v>191808.61</v>
       </c>
       <c r="P31" s="6"/>
     </row>
-    <row r="32" spans="1:16">
+    <row r="32" spans="1:16" customHeight="1" ht="65">
       <c r="A32" s="6" t="s">
         <v>125</v>
       </c>
       <c r="B32" s="6">
         <v>0</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>100</v>
+        <v>58</v>
       </c>
       <c r="G32" s="10" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="I32" s="6">
         <v>0</v>
       </c>
-      <c r="J32" s="10"/>
+      <c r="J32" s="10" t="s">
+        <v>127</v>
+      </c>
       <c r="K32" s="6" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="L32" s="10" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="M32" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O32" s="6">
-        <v>20.97</v>
+        <v>182463.59</v>
       </c>
       <c r="P32" s="6"/>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="65">
       <c r="A33" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B33" s="6">
         <v>0</v>
       </c>
       <c r="C33" s="6">
         <v>0</v>
       </c>
       <c r="D33" s="6">
         <v>0</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G33" s="10" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I33" s="6">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="J33" s="10" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K33" s="6" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="L33" s="10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M33" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O33" s="6"/>
+      <c r="O33" s="6">
+        <v>170780.98</v>
+      </c>
       <c r="P33" s="6"/>
     </row>
     <row r="34" spans="1:16" customHeight="1" ht="65">
       <c r="A34" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B34" s="6">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="C34" s="6">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="D34" s="6">
         <v>0</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>134</v>
+        <v>22</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I34" s="6">
-        <v>125</v>
+        <v>2.9</v>
       </c>
       <c r="J34" s="10" t="s">
         <v>135</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L34" s="10" t="s">
-        <v>134</v>
+        <v>27</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>136</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O34" s="6"/>
+      <c r="O34" s="6">
+        <v>3914.49</v>
+      </c>
       <c r="P34" s="6"/>
     </row>
     <row r="35" spans="1:16" customHeight="1" ht="65">
       <c r="A35" s="6" t="s">
         <v>137</v>
       </c>
       <c r="B35" s="6">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I35" s="6">
-        <v>0</v>
+        <v>146</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>139</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="L35" s="10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O35" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O35" s="6"/>
       <c r="P35" s="6"/>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="65">
       <c r="A36" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B36" s="6">
         <v>0</v>
       </c>
       <c r="C36" s="6">
         <v>0</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G36" s="10" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="I36" s="6">
-        <v>4.55</v>
+        <v>61</v>
       </c>
       <c r="J36" s="10" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K36" s="6" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="L36" s="10" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="M36" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O36" s="6">
-        <v>6573.32</v>
+        <v>240453.32</v>
       </c>
       <c r="P36" s="6"/>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="65">
       <c r="A37" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B37" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C37" s="6">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G37" s="10" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I37" s="6">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="J37" s="10" t="s">
         <v>148</v>
       </c>
       <c r="K37" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="L37" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="M37" s="6" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O37" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="O37" s="6"/>
       <c r="P37" s="6"/>
     </row>
     <row r="38" spans="1:16" customHeight="1" ht="65">
       <c r="A38" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B38" s="6">
+        <v>6</v>
+      </c>
+      <c r="C38" s="6">
+        <v>6</v>
+      </c>
+      <c r="D38" s="6">
+        <v>0</v>
+      </c>
+      <c r="E38" s="6" t="s">
         <v>151</v>
-      </c>
-[...10 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G38" s="10" t="s">
-        <v>147</v>
+        <v>121</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>44</v>
       </c>
       <c r="I38" s="6">
-        <v>0</v>
+        <v>5.9</v>
       </c>
       <c r="J38" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="L38" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="M38" s="6" t="s">
         <v>153</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O38" s="6">
-        <v>178885.32</v>
+        <v>35685.48</v>
       </c>
       <c r="P38" s="6"/>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="65">
       <c r="A39" s="6" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B39" s="6">
         <v>1</v>
       </c>
       <c r="C39" s="6">
         <v>1</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G39" s="10" t="s">
-        <v>147</v>
+        <v>121</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J39" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="L39" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="M39" s="6" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>158</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O39" s="6">
-        <v>167431.68</v>
+        <v>60325.99</v>
       </c>
       <c r="P39" s="6"/>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="65">
       <c r="A40" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="B40" s="6">
+        <v>1</v>
+      </c>
+      <c r="C40" s="6">
+        <v>1</v>
+      </c>
+      <c r="D40" s="6">
+        <v>0</v>
+      </c>
+      <c r="E40" s="6" t="s">
         <v>159</v>
-      </c>
-[...10 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>22</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="I40" s="6">
-        <v>2.9</v>
+        <v>5.66</v>
       </c>
       <c r="J40" s="10" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="10" t="s">
         <v>27</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O40" s="6">
-        <v>3837.3</v>
+        <v>10068.48</v>
       </c>
       <c r="P40" s="6"/>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="65">
       <c r="A41" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="B41" s="6">
+        <v>0</v>
+      </c>
+      <c r="C41" s="6">
+        <v>0</v>
+      </c>
+      <c r="D41" s="6">
+        <v>0</v>
+      </c>
+      <c r="E41" s="6" t="s">
         <v>163</v>
-      </c>
-[...10 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G41" s="10" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="I41" s="6">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="J41" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="L41" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="M41" s="6" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="O41" s="6"/>
+      <c r="O41" s="6">
+        <v>632355.94</v>
+      </c>
       <c r="P41" s="6"/>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="65">
       <c r="A42" s="6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B42" s="6">
         <v>0</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>0</v>
       </c>
       <c r="E42" s="6" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G42" s="10" t="s">
-        <v>147</v>
+        <v>121</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="6">
+        <v>0</v>
+      </c>
+      <c r="J42" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="L42" s="10" t="s">
         <v>61</v>
       </c>
-      <c r="J42" s="10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M42" s="6" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O42" s="6">
-        <v>235738.21</v>
+        <v>214112.87</v>
       </c>
       <c r="P42" s="6"/>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="65">
       <c r="A43" s="6" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6">
         <v>0</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="F43" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="6">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="J43" s="10" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O43" s="6"/>
       <c r="P43" s="6"/>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="65">
       <c r="A44" s="6" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B44" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C44" s="6">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D44" s="6">
         <v>0</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G44" s="10" t="s">
-        <v>147</v>
+        <v>121</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="I44" s="6">
-        <v>5.9</v>
+        <v>0</v>
       </c>
       <c r="J44" s="10" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="K44" s="6" t="s">
-        <v>149</v>
+        <v>123</v>
       </c>
       <c r="L44" s="10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M44" s="6" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O44" s="6">
-        <v>34985.27</v>
+        <v>141891.28</v>
       </c>
       <c r="P44" s="6"/>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="65">
       <c r="A45" s="6" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B45" s="6">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="C45" s="6">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D45" s="6">
         <v>0</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="F45" s="9" t="s">
         <v>58</v>
       </c>
       <c r="G45" s="10" t="s">
-        <v>147</v>
+        <v>23</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="I45" s="6">
-        <v>9</v>
+        <v>27.2</v>
       </c>
       <c r="J45" s="10" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="K45" s="6" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
       <c r="L45" s="10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M45" s="6" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O45" s="6">
-        <v>59142.55</v>
+        <v>71907.84</v>
       </c>
       <c r="P45" s="6"/>
-    </row>
-[...616 lines deleted...]
-      <c r="P58" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>