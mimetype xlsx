--- v0 (2025-10-17)
+++ v1 (2025-12-08)
@@ -602,50 +602,107 @@
   <si>
     <t>Выезд мастера (в пределах города)</t>
   </si>
   <si>
     <t>P325</t>
   </si>
   <si>
     <t>Работа инженера 1 категории</t>
   </si>
   <si>
     <t>P2668</t>
   </si>
   <si>
     <t>Выезд за пределы города</t>
   </si>
   <si>
     <t>Выезд за пределы города (за 1 км)</t>
   </si>
   <si>
     <t>P1</t>
   </si>
   <si>
     <t>Мясо-перерабатывающее оборудования</t>
   </si>
   <si>
+    <t>Проведение регламентных работ на мясо-перерабатывающем оборудовании</t>
+  </si>
+  <si>
+    <t>P1863</t>
+  </si>
+  <si>
+    <t>Балансиры</t>
+  </si>
+  <si>
+    <t>Диагностика пилы (балансиры)</t>
+  </si>
+  <si>
+    <t>P1773</t>
+  </si>
+  <si>
+    <t>Замена вала на пиле (балансире)</t>
+  </si>
+  <si>
+    <t>P1777</t>
+  </si>
+  <si>
+    <t>Замена двигателя на пиле (балансире)</t>
+  </si>
+  <si>
+    <t>P1775</t>
+  </si>
+  <si>
+    <t>Замена кнопок управления на пиле (балансире)</t>
+  </si>
+  <si>
+    <t>P1780</t>
+  </si>
+  <si>
+    <t>Замена механизма торможения на пиле (балансире)</t>
+  </si>
+  <si>
+    <t>P1778</t>
+  </si>
+  <si>
+    <t>Замена платы управления на пиле (балансире)</t>
+  </si>
+  <si>
+    <t>P1779</t>
+  </si>
+  <si>
+    <t>Замена подшипника на пиле (балансире)</t>
+  </si>
+  <si>
+    <t>P1776</t>
+  </si>
+  <si>
+    <t>Проведение регламентных работ на пиле (балансире)</t>
+  </si>
+  <si>
+    <t>P1774</t>
+  </si>
+  <si>
     <t>Пельменные аппараты, аппараты для изделий с начинкой</t>
   </si>
   <si>
     <t>Диагностика пельменного аппарата, аппарата для изделий с начинкой</t>
   </si>
   <si>
     <t>P1830</t>
   </si>
   <si>
     <t>Замена двигателя на пельменном аппарате, аппарате для изделий с начинкой</t>
   </si>
   <si>
     <t>P1833</t>
   </si>
   <si>
     <t>Замена кнопок управления на пельменном аппарате, аппарате для изделий с начинкой</t>
   </si>
   <si>
     <t>P1837</t>
   </si>
   <si>
     <t>Замена магнитного пускателя на пельменном аппарате, аппарате для изделий с начинкой</t>
   </si>
   <si>
     <t>P1836</t>
@@ -653,107 +710,50 @@
   <si>
     <t>Замена подшипников на пельменном аппарате, аппарате для изделий с начинкой</t>
   </si>
   <si>
     <t>P1832</t>
   </si>
   <si>
     <t>Замена редуктора на пельменном аппарате, аппарате для изделий с начинкой</t>
   </si>
   <si>
     <t>P1835</t>
   </si>
   <si>
     <t>Замена шестерень на пельменном аппарате, аппарате для изделий с начинкой</t>
   </si>
   <si>
     <t>P1834</t>
   </si>
   <si>
     <t>Проведение регламентных работ на пельменном аппарате, аппарате для изделий с начинкой</t>
   </si>
   <si>
     <t>P1831</t>
   </si>
   <si>
-    <t>Проведение регламентных работ на мясо-перерабатывающем оборудовании</t>
-[...55 lines deleted...]
-  <si>
     <t>Слайсеры</t>
   </si>
   <si>
     <t>Диагностика слайсера</t>
   </si>
   <si>
     <t>P1666</t>
   </si>
   <si>
     <t>Замена двигателя на  слайсере</t>
   </si>
   <si>
     <t>P1670</t>
   </si>
   <si>
     <t>Замена кнопок старт-стоп на  слайсере</t>
   </si>
   <si>
     <t>P1674</t>
   </si>
   <si>
     <t>Замена подшипника на  слайсере</t>
   </si>
   <si>
     <t>P1671</t>
@@ -6119,50 +6119,53 @@
   <si>
     <t>Замена терморегулятора на аппарате для шаурмы, хот-догов</t>
   </si>
   <si>
     <t>P1043</t>
   </si>
   <si>
     <t>Замена тэна на аппарате для шаурмы, хот-догов</t>
   </si>
   <si>
     <t>P1042</t>
   </si>
   <si>
     <t>Стейкеры</t>
   </si>
   <si>
     <t>Регламентное обслуживание стейкера</t>
   </si>
   <si>
     <t>P2215</t>
   </si>
   <si>
     <t>Прачечное оборудование</t>
   </si>
   <si>
+    <t>P2075</t>
+  </si>
+  <si>
     <t>Высокоскоростные, быстроскоростные, низкоскоростные стирально-отжимные машины, для самообслуживания промышленные стиральные машины</t>
   </si>
   <si>
     <t>Диагностика промышленной стиральной машины</t>
   </si>
   <si>
     <t>P1955</t>
   </si>
   <si>
     <t>Замена двигателя на  промышленной стиральной машине</t>
   </si>
   <si>
     <t>P1956</t>
   </si>
   <si>
     <t>Замена инвертора на  промышленной стиральной машине</t>
   </si>
   <si>
     <t>P1963</t>
   </si>
   <si>
     <t>Замена паровых подводок на  промышленной стиральной машине</t>
   </si>
   <si>
     <t>P1965</t>
@@ -6200,50 +6203,137 @@
   <si>
     <t>Замена температурного датчика на  промышленной стиральной машине</t>
   </si>
   <si>
     <t>P1960</t>
   </si>
   <si>
     <t>Замена термозащиты на  промышленной стиральной машине</t>
   </si>
   <si>
     <t>P1961</t>
   </si>
   <si>
     <t>Замена тэн на  промышленной стиральной машине</t>
   </si>
   <si>
     <t>P1958</t>
   </si>
   <si>
     <t>Регламентные работы на  промышленной стиральной машине</t>
   </si>
   <si>
     <t>P1966</t>
   </si>
   <si>
+    <t>Стирально-сушильные машины, машины для самообслуживания</t>
+  </si>
+  <si>
+    <t>Диагностика стирально-сушильной машины</t>
+  </si>
+  <si>
+    <t>P1995</t>
+  </si>
+  <si>
+    <t>Замена двигателя на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P1997</t>
+  </si>
+  <si>
+    <t>Замена инвертора на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2005</t>
+  </si>
+  <si>
+    <t>Замена монетоприемника на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2009</t>
+  </si>
+  <si>
+    <t>Замена паровых подводок на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2008</t>
+  </si>
+  <si>
+    <t>Замена платы управления на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2004</t>
+  </si>
+  <si>
+    <t>Замена подшипников на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P1998</t>
+  </si>
+  <si>
+    <t>Замена ремня на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2007</t>
+  </si>
+  <si>
+    <t>Замена сливного клапана на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2000</t>
+  </si>
+  <si>
+    <t>Замена соленоидных клапанов на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P1999</t>
+  </si>
+  <si>
+    <t>Замена температурного датчика на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2001</t>
+  </si>
+  <si>
+    <t>Замена термозащиты на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2003</t>
+  </si>
+  <si>
+    <t>Замена ТЭНа на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2002</t>
+  </si>
+  <si>
+    <t>Замена уплотнения на стирально-сушильной машине</t>
+  </si>
+  <si>
+    <t>P2006</t>
+  </si>
+  <si>
     <t>Гладильные катки, гладильно-сушильные катки, гладильные катки для самообслуживания, индустриальные гладильные катки</t>
   </si>
   <si>
     <t>Диагностика гладильного катка</t>
   </si>
   <si>
     <t>P2012</t>
   </si>
   <si>
     <t>Замена вала на  гладильном катке</t>
   </si>
   <si>
     <t>P2017</t>
   </si>
   <si>
     <t>Замена двигателя на  гладильном катке</t>
   </si>
   <si>
     <t>P2014</t>
   </si>
   <si>
     <t>Замена инвертора на  гладильном катке</t>
   </si>
   <si>
     <t>P2016</t>
@@ -6261,140 +6351,50 @@
     <t>P2021</t>
   </si>
   <si>
     <t>Замена редуктора на  гладильном катке</t>
   </si>
   <si>
     <t>P2015</t>
   </si>
   <si>
     <t>Замена температурного контроллера на  гладильном катке</t>
   </si>
   <si>
     <t>P2018</t>
   </si>
   <si>
     <t>Замена температурной защиты на  гладильном катке</t>
   </si>
   <si>
     <t>P2020</t>
   </si>
   <si>
     <t>Замена ТЭНа на  гладильном катке</t>
   </si>
   <si>
     <t>P2019</t>
-  </si>
-[...88 lines deleted...]
-    <t>P2006</t>
   </si>
   <si>
     <t>Барьерные промышленные стиральные машины</t>
   </si>
   <si>
     <t>Диагностика  промышленной стиральной машины (барьерные)</t>
   </si>
   <si>
     <t>P1968</t>
   </si>
   <si>
     <t>Замена двигателя  на промышленной стиральной машине (барьерные)</t>
   </si>
   <si>
     <t>P1969</t>
   </si>
   <si>
     <t>Замена инвертора  на промышленной стиральной машине (барьерные)</t>
   </si>
   <si>
     <t>P1977</t>
   </si>
   <si>
     <t>Замена компрессора  на промышленной стиральной машине (барьерные)</t>
   </si>
@@ -10100,161 +10100,161 @@
         <v>192</v>
       </c>
       <c r="C104" s="10"/>
       <c r="D104" s="9"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3"/>
       <c r="B105" s="5" t="s">
         <v>193</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>194</v>
       </c>
       <c r="D105" s="5"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="11"/>
       <c r="B106" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C106" s="12"/>
       <c r="D106" s="7"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="8">
-        <v>1829</v>
+        <v>2713</v>
       </c>
       <c r="B107" s="9" t="s">
-        <v>196</v>
+        <v>7</v>
       </c>
       <c r="C107" s="10"/>
       <c r="D107" s="9"/>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3"/>
       <c r="B108" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="C108" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="C108" s="6" t="s">
+      <c r="D108" s="5"/>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" s="8">
+        <v>2721</v>
+      </c>
+      <c r="B109" s="9" t="s">
         <v>198</v>
       </c>
-      <c r="D108" s="5"/>
-[...9 lines deleted...]
-      <c r="D109" s="5"/>
+      <c r="C109" s="10"/>
+      <c r="D109" s="9"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3"/>
       <c r="B110" s="5" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D110" s="5"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3"/>
       <c r="B111" s="5" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D111" s="5"/>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3"/>
       <c r="B112" s="5" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D112" s="5"/>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3"/>
       <c r="B113" s="5" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C113" s="6" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D113" s="5"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3"/>
       <c r="B114" s="5" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C114" s="6" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D114" s="5"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3"/>
       <c r="B115" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="D115" s="5"/>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" s="3"/>
+      <c r="B116" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C115" s="6" t="s">
+      <c r="C116" s="6" t="s">
         <v>212</v>
       </c>
-      <c r="D115" s="5"/>
-[...9 lines deleted...]
-      <c r="D116" s="9"/>
+      <c r="D116" s="5"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3"/>
       <c r="B117" s="5" t="s">
         <v>213</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D117" s="5"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="8">
-        <v>2721</v>
+        <v>1829</v>
       </c>
       <c r="B118" s="9" t="s">
         <v>215</v>
       </c>
       <c r="C118" s="10"/>
       <c r="D118" s="9"/>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3"/>
       <c r="B119" s="5" t="s">
         <v>216</v>
       </c>
       <c r="C119" s="6" t="s">
         <v>217</v>
       </c>
       <c r="D119" s="5"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3"/>
       <c r="B120" s="5" t="s">
         <v>218</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>219</v>
       </c>
@@ -19816,367 +19816,367 @@
         <v>2031</v>
       </c>
       <c r="C1077" s="10"/>
       <c r="D1077" s="9"/>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" s="3"/>
       <c r="B1078" s="5" t="s">
         <v>2032</v>
       </c>
       <c r="C1078" s="6" t="s">
         <v>2033</v>
       </c>
       <c r="D1078" s="5"/>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" s="11"/>
       <c r="B1079" s="7" t="s">
         <v>2034</v>
       </c>
       <c r="C1079" s="12"/>
       <c r="D1079" s="7"/>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" s="8">
-        <v>1954</v>
+        <v>2716</v>
       </c>
       <c r="B1080" s="9" t="s">
-        <v>2035</v>
+        <v>1268</v>
       </c>
       <c r="C1080" s="10"/>
       <c r="D1080" s="9"/>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" s="3"/>
       <c r="B1081" s="5" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C1081" s="6" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D1081" s="5"/>
+    </row>
+    <row r="1082" spans="1:4">
+      <c r="A1082" s="8">
+        <v>1954</v>
+      </c>
+      <c r="B1082" s="9" t="s">
         <v>2036</v>
       </c>
-      <c r="C1081" s="6" t="s">
-[...12 lines deleted...]
-      <c r="D1082" s="5"/>
+      <c r="C1082" s="10"/>
+      <c r="D1082" s="9"/>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" s="3"/>
       <c r="B1083" s="5" t="s">
-        <v>2040</v>
+        <v>2037</v>
       </c>
       <c r="C1083" s="6" t="s">
-        <v>2041</v>
+        <v>2038</v>
       </c>
       <c r="D1083" s="5"/>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" s="3"/>
       <c r="B1084" s="5" t="s">
-        <v>2042</v>
+        <v>2039</v>
       </c>
       <c r="C1084" s="6" t="s">
-        <v>2043</v>
+        <v>2040</v>
       </c>
       <c r="D1084" s="5"/>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" s="3"/>
       <c r="B1085" s="5" t="s">
-        <v>2044</v>
+        <v>2041</v>
       </c>
       <c r="C1085" s="6" t="s">
-        <v>2045</v>
+        <v>2042</v>
       </c>
       <c r="D1085" s="5"/>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" s="3"/>
       <c r="B1086" s="5" t="s">
-        <v>2046</v>
+        <v>2043</v>
       </c>
       <c r="C1086" s="6" t="s">
-        <v>2047</v>
+        <v>2044</v>
       </c>
       <c r="D1086" s="5"/>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" s="3"/>
       <c r="B1087" s="5" t="s">
-        <v>2048</v>
+        <v>2045</v>
       </c>
       <c r="C1087" s="6" t="s">
-        <v>2049</v>
+        <v>2046</v>
       </c>
       <c r="D1087" s="5"/>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" s="3"/>
       <c r="B1088" s="5" t="s">
-        <v>2050</v>
+        <v>2047</v>
       </c>
       <c r="C1088" s="6" t="s">
-        <v>2051</v>
+        <v>2048</v>
       </c>
       <c r="D1088" s="5"/>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" s="3"/>
       <c r="B1089" s="5" t="s">
-        <v>2052</v>
+        <v>2049</v>
       </c>
       <c r="C1089" s="6" t="s">
-        <v>2053</v>
+        <v>2050</v>
       </c>
       <c r="D1089" s="5"/>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" s="3"/>
       <c r="B1090" s="5" t="s">
-        <v>2054</v>
+        <v>2051</v>
       </c>
       <c r="C1090" s="6" t="s">
-        <v>2055</v>
+        <v>2052</v>
       </c>
       <c r="D1090" s="5"/>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" s="3"/>
       <c r="B1091" s="5" t="s">
-        <v>2056</v>
+        <v>2053</v>
       </c>
       <c r="C1091" s="6" t="s">
-        <v>2057</v>
+        <v>2054</v>
       </c>
       <c r="D1091" s="5"/>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" s="3"/>
       <c r="B1092" s="5" t="s">
-        <v>2058</v>
+        <v>2055</v>
       </c>
       <c r="C1092" s="6" t="s">
-        <v>2059</v>
+        <v>2056</v>
       </c>
       <c r="D1092" s="5"/>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" s="3"/>
       <c r="B1093" s="5" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C1093" s="6" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D1093" s="5"/>
+    </row>
+    <row r="1094" spans="1:4">
+      <c r="A1094" s="3"/>
+      <c r="B1094" s="5" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C1094" s="6" t="s">
         <v>2060</v>
       </c>
-      <c r="C1093" s="6" t="s">
-[...12 lines deleted...]
-      <c r="D1094" s="9"/>
+      <c r="D1094" s="5"/>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" s="3"/>
       <c r="B1095" s="5" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C1095" s="6" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D1095" s="5"/>
+    </row>
+    <row r="1096" spans="1:4">
+      <c r="A1096" s="8">
+        <v>1994</v>
+      </c>
+      <c r="B1096" s="9" t="s">
         <v>2063</v>
       </c>
-      <c r="C1095" s="6" t="s">
-[...12 lines deleted...]
-      <c r="D1096" s="5"/>
+      <c r="C1096" s="10"/>
+      <c r="D1096" s="9"/>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" s="3"/>
       <c r="B1097" s="5" t="s">
-        <v>2067</v>
+        <v>2064</v>
       </c>
       <c r="C1097" s="6" t="s">
-        <v>2068</v>
+        <v>2065</v>
       </c>
       <c r="D1097" s="5"/>
     </row>
     <row r="1098" spans="1:4">
       <c r="A1098" s="3"/>
       <c r="B1098" s="5" t="s">
-        <v>2069</v>
+        <v>2066</v>
       </c>
       <c r="C1098" s="6" t="s">
-        <v>2070</v>
+        <v>2067</v>
       </c>
       <c r="D1098" s="5"/>
     </row>
     <row r="1099" spans="1:4">
       <c r="A1099" s="3"/>
       <c r="B1099" s="5" t="s">
-        <v>2071</v>
+        <v>2068</v>
       </c>
       <c r="C1099" s="6" t="s">
-        <v>2072</v>
+        <v>2069</v>
       </c>
       <c r="D1099" s="5"/>
     </row>
     <row r="1100" spans="1:4">
       <c r="A1100" s="3"/>
       <c r="B1100" s="5" t="s">
-        <v>2073</v>
+        <v>2070</v>
       </c>
       <c r="C1100" s="6" t="s">
-        <v>2074</v>
+        <v>2071</v>
       </c>
       <c r="D1100" s="5"/>
     </row>
     <row r="1101" spans="1:4">
       <c r="A1101" s="3"/>
       <c r="B1101" s="5" t="s">
-        <v>2075</v>
+        <v>2072</v>
       </c>
       <c r="C1101" s="6" t="s">
-        <v>2076</v>
+        <v>2073</v>
       </c>
       <c r="D1101" s="5"/>
     </row>
     <row r="1102" spans="1:4">
       <c r="A1102" s="3"/>
       <c r="B1102" s="5" t="s">
-        <v>2077</v>
+        <v>2074</v>
       </c>
       <c r="C1102" s="6" t="s">
-        <v>2078</v>
+        <v>2075</v>
       </c>
       <c r="D1102" s="5"/>
     </row>
     <row r="1103" spans="1:4">
       <c r="A1103" s="3"/>
       <c r="B1103" s="5" t="s">
-        <v>2079</v>
+        <v>2076</v>
       </c>
       <c r="C1103" s="6" t="s">
-        <v>2080</v>
+        <v>2077</v>
       </c>
       <c r="D1103" s="5"/>
     </row>
     <row r="1104" spans="1:4">
       <c r="A1104" s="3"/>
       <c r="B1104" s="5" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C1104" s="6" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D1104" s="5"/>
+    </row>
+    <row r="1105" spans="1:4">
+      <c r="A1105" s="3"/>
+      <c r="B1105" s="5" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C1105" s="6" t="s">
         <v>2081</v>
       </c>
-      <c r="C1104" s="6" t="s">
-[...12 lines deleted...]
-      <c r="D1105" s="9"/>
+      <c r="D1105" s="5"/>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" s="3"/>
       <c r="B1106" s="5" t="s">
-        <v>1268</v>
+        <v>2082</v>
       </c>
       <c r="C1106" s="6" t="s">
         <v>2083</v>
       </c>
       <c r="D1106" s="5"/>
     </row>
     <row r="1107" spans="1:4">
-      <c r="A1107" s="8">
-[...2 lines deleted...]
-      <c r="B1107" s="9" t="s">
+      <c r="A1107" s="3"/>
+      <c r="B1107" s="5" t="s">
         <v>2084</v>
       </c>
-      <c r="C1107" s="10"/>
-      <c r="D1107" s="9"/>
+      <c r="C1107" s="6" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D1107" s="5"/>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" s="3"/>
       <c r="B1108" s="5" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="C1108" s="6" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="D1108" s="5"/>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" s="3"/>
       <c r="B1109" s="5" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="C1109" s="6" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="D1109" s="5"/>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" s="3"/>
       <c r="B1110" s="5" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="C1110" s="6" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="D1110" s="5"/>
     </row>
     <row r="1111" spans="1:4">
-      <c r="A1111" s="3"/>
-[...3 lines deleted...]
-      <c r="C1111" s="6" t="s">
+      <c r="A1111" s="8">
+        <v>2011</v>
+      </c>
+      <c r="B1111" s="9" t="s">
         <v>2092</v>
       </c>
-      <c r="D1111" s="5"/>
+      <c r="C1111" s="10"/>
+      <c r="D1111" s="9"/>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" s="3"/>
       <c r="B1112" s="5" t="s">
         <v>2093</v>
       </c>
       <c r="C1112" s="6" t="s">
         <v>2094</v>
       </c>
       <c r="D1112" s="5"/>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" s="3"/>
       <c r="B1113" s="5" t="s">
         <v>2095</v>
       </c>
       <c r="C1113" s="6" t="s">
         <v>2096</v>
       </c>
       <c r="D1113" s="5"/>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" s="3"/>
       <c r="B1114" s="5" t="s">
         <v>2097</v>